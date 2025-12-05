--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -8,685 +8,775 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="460" uniqueCount="241">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Абразивный инструмент Kranz</t>
   </si>
   <si>
-    <t>1.1 Круги лепестковые торцевые Kranz</t>
+    <t>1.1 Абразивные круги без отверстий Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1146</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P80, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-91-1144</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P40, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1148</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P120, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1152</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P320, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1153</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P400, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1145</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P60, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1150</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P180, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1151</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P240, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1142</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P24, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1147</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P100, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1143</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P36, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1149</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P150, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1154</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P220, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>1.2 Щетки-насадки Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1207</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, витая латунированная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-1248</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1237</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с пластиковой ручкой 6 ряд. 260 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1209</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1201</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1203</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1231</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1234</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1257</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с деревянной ручкой, 4 ряда, 280мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1236</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с пластиковой ручкой 4 ряд. 260 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1206</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, витая латунированная проволока, 115мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1239</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 150мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1247</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 200мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1211</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 65мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1212</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 75мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1240</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 175мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1250</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 65мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1251</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 75мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1252</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 150мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1200</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 100мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1235</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1238</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 125мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1243</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с деревянной ручкой 6 ряд. 280 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1202</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 115мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1242</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, витая латунированная проволока, 125мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1245</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1210</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1233</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, нейлоновая проволока с абразивным покрытием, 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1241</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, витая латунированная проволока, 100мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1244</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1246</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1232</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, витая латунированная проволока, 150мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1205</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, витая латунированная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1249</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1253</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1254</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 65мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1255</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1258</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с деревянной ручкой, 5 рядов, 280мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1256</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с пластиковой ручкой, 5 рядов, 260мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1354</t>
+  </si>
+  <si>
+    <t>Щетка металлическая с пластиковой ручкой, витая латунированная проволока KRANZ</t>
+  </si>
+  <si>
+    <t>1.3 Шкурки шлифовальные в листах</t>
+  </si>
+  <si>
+    <t>KR-91-1335</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х533мм, P60 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1332</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х457мм, P80 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1309</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р320 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1303</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р80 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1302</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р60 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1336</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х533мм, P80 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1304</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р100 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1306</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р150 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1310</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие, 230х280мм, Р400 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1308</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р240 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1330</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х457мм, P40 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1331</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х457мм, P60 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1333</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х457мм, P100 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1334</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х533мм, P40 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1337</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х533мм, P100 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1305</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р120 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1307</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р180 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.4 Круги лепестковые торцевые Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0004</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P24, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0005</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P40, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0030-1</t>
+  </si>
+  <si>
+    <t>Круг зачистной коралловый CERAMIC 125xМ14, быстрая установка, адаптер KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0016</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P100, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0012</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P40, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0013</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P60, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0021</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P40, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0022</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P60, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0017</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P120, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0023</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P80, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0014-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P80, 125х22,2мм INOX KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0012-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P40, 125х22,2мм INOX KRANZ</t>
   </si>
   <si>
     <t>KR-90-0014</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой P80, 125х22,2 мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t>Круг лепестковый торцевой P60, 125х22,2мм KRANZ</t>
+    <t>KR-90-0007</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P80, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0008</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P100, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0009</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P120, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0018</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P40, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0019</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P60, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0016-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P100, 125х22,2мм INOX KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0030</t>
+  </si>
+  <si>
+    <t>Круг зачистной коралловый 125x22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0013-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P60, 125х22,2мм INOX KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0017-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P120, 125х22,2мм INOX KRANZ</t>
   </si>
   <si>
     <t>KR-90-0006</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P60, 115х22,2мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0017</t>
-[...46 lines deleted...]
-  <si>
     <t>KR-90-0010</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P24, 125х22,2мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0019</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-90-0020</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P80, 150х22,2мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0023</t>
-[...11 lines deleted...]
-    <t>1.2 Абразивные круги с отверстиями Kranz</t>
+    <t>1.5 Абразивные круги с отверстиями Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1164</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P40, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-1168</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P120, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
-    <t>упак</t>
-[...7 lines deleted...]
-  <si>
     <t>KR-91-1166</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P80, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0047</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р400, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0043</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р120, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0041</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р80, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0044</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р180, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0046</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р320, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0045</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р240, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0040</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р60, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1165</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P60, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1169</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P180, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-1167</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P100, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1165</t>
-[...86 lines deleted...]
-    <t>1.4 Насадки для абразивных кругов Kranz</t>
+    <t>KR-90-0042</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р100, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>1.6 Насадки для абразивных кругов Kranz</t>
   </si>
   <si>
     <t>KR-91-1180</t>
   </si>
   <si>
     <t>Насадка для дрели и УШМ с липучкой и адаптером, 125мм,10мм, мягкая KRANZ</t>
   </si>
   <si>
     <t>KR-91-1181</t>
   </si>
   <si>
     <t>Насадка для дрели и УШМ с липучкой и адаптером, 125мм, 5мм, мягкая KRANZ</t>
-  </si>
-[...346 lines deleted...]
-    <t>Лента шлифовальная бесконечная, 75х533мм, P40 (5 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1071,56 +1161,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-125h22-2-mm-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-115h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-180h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-150h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-180h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-115h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-115h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-115h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-115h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-150h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-150h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-180h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-115h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p120-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p40-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p80-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p180-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p100-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p60-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p100-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p240-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p320-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p180-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p60-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p80-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p400-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p120-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p40-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p150-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p24-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p36-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p220-125mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-i-adapterom-125mm-10mm-myagkaya-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-i-adapterom-125mm-5mm-myagkaya-kranz.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-6-ryad-280-mm-kranz.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-115mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-6-ryad-260-mm-kranz.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-75mm-kranz.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-65mm-kranz.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-4-ryada-280mm-kranz.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-65mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-5-ryadov-280mm-kranz.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-4-ryad-260-mm-kranz.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-100mm-kranz.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-neylonovaya-provoloka-s-abrazivnym-pokrytiem-100mm-kranz.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-50mm-kranz.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-65mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-metallicheskaya-s-plastikovoy-ruchkoy-vitaya-latunirovannaya-provoloka-kranz.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-100mm-kranz.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-5-ryadov-260mm-kranz.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-175mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-200mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-150mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-115mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-75mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-75mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p40-5-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r100-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p80-5-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p100-5-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p80-5-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r60-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r120-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r150-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r320-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r400-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p60-5-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r240-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r80-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r180-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p60-5-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p100-5-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p40-5-sht-up-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-80-125-mm-10-sht-kranz-24633" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-40-125-mm-10-sht-kranz-24630" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-120-125-mm-10-sht-kranz-24626" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-320-125-mm-10-sht-kranz-24629" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-400-125-mm-10-sht-kranz-24631" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-60-125-mm-10-sht-kranz-24632" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-180-125-mm-10-sht-kranz-24627" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-240-125-mm-10-sht-kranz-24628" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p24-125mm-10-sht-kranz-30198" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-100-125-mm-10-sht-kranz-24625" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p36-125mm-10-sht-kranz-30199" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p150-125mm-10-sht-kranz-30200" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p220-125mm-10-sht-kranz-30201" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz-30909" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz-30915" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-6-ryad-260-mm-kranz-26995" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100-mm-m14-kranz-26988" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100-mm-m14-kranz-26985" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kranz-pletenie-puchki-stalnoy-provoloki-100-m14-26987" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-kranz-vitaya-latunirovannaya-stalnaya-provoloka-100-mm-26990" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kranz-100-mm-m14-kruchenaya-kranz-26992" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-4-ryada-280mm-kranz-30920" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-4-ryad-260-mm-kranz-26994" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-115mm-m14-kranz-30908" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-otv-22-23mm-kranz-30903" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-200mm-otv-22-23mm-kranz-30905" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-65mm-m14-kranz-30910" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-75mm-m14-kranz-30911" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-175mm-otv-22-23mm-kranz-30904" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-65mm-m14-kranz-30912" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-75mm-m14-kranz-30913" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-m14-kranz-30914" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-100-mm-otv-22-23-mm-26984" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125-mm-m14-kranz-26993" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125-mm-otv-22-23-mm-kranz-26996" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-6-ryad-280-mm-kranz-26999" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-115-mm-m14-kranz-26986" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125-mm-otv-22-23-mm-kranz-26998" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-75-mm-kranz-27001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kranz-latunirovannaya-provoloka-125-mm-m14-26989" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-kranz-neylonovaya-provoloka-s-abrazivnim-pokritiem-100-mm-26991" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kranz-latun-100-mm-otv-22-23-mm-kranz-26997" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-kranz-vitaya-stalnaya-provoloka-50-mm-kranz-27000" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-kranz-vitaya-stalnaya-provoloka-100-mm-kranz-27002" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-150mm-otv-22-23mm-kranz-30906" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz-30907" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz-30916" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz-30917" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-65mm-kranz-30918" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz-30919" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-5-ryadov-280mm-kranz-30921" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-5-ryadov-260mm-kranz-30922" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-metallicheskaya-s-plastikovoy-ruchkoy-vitaya-latunirovannaya-provoloka-kranz-30923" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p60-5-sht-up-kranz-31274" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p80-5-sht-up-kranz-31271" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r400-10-sht-up-26983" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r80-10-sht-up-27087" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r60-10-sht-up-27086" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p80-5-sht-up-kranz-31275" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r100-10-sht-up-27088" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r150-10-sht-up-27090" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r400-10-sht-up-kranz-31542" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r240-10-sht-up-26982" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p40-5-sht-up-kranz-31269" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p60-5-sht-up-kranz-31270" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p100-5-sht-up-kranz-31272" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p40-5-sht-up-kranz-31273" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p100-5-sht-up-kranz-31276" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r120-10-sht-up-27089" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r180-10-sht-up-26981" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p24-115h22-2mm-kranz-30253" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p40-115h22-2mm-kranz-30254" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-ceramic-125xm14-bystraya-ustanovka-adapter-kranz.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p-100-125h22-2-mm-kranz-24621" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p-40-125h22-2-mm-kranz-24622" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p-60-125h22-2-mm-kranz-24623" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p40-180h22-2mm-kranz-30264" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p60-180h22-2mm-kranz-30265" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p120-125h22-2mm-kranz-30260" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p80-180h22-2mm-kranz-30266" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p80-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p40-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p-80-125h22-2-mm-kranz-24624" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p80-115h22-2mm-kranz-30256" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p100-115h22-2mm-kranz-30257" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p120-115h22-2mm-kranz-30258" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p40-150h22-2mm-kranz-30261" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p60-150h22-2mm-kranz-30262" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p100-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-125x22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p60-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p120-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p60-115h22-2mm-kranz-30255" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p24-125h22-2mm-kranz-30259" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p80-150h22-2mm-kranz-30263" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-perforirovanniy-p40-125mm-10-sht-kranz-30202" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-perforirovanniy-p120-125mm-10-sht-kranz-30228" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-perforirovanniy-p80-125mm-10-sht-kranz-30204" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r400-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r120-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r80-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r180-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r320-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r240-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r60-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-perforirovanniy-p60-125mm-10-sht-kranz-30203" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-perforirovanniy-p180-125mm-10-sht-kranz-30227" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-perforirovanniy-p100-125mm-10-sht-kranz-30229" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r100-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-adapter-125-mm-10-mm-myagkaya-kranz-24634" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-i-adapterom-125-mm-5-mm-myagkaya-kranz-27336" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I104"/>
+  <dimension ref="A1:I119"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1152,2998 +1242,3448 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>151.98</v>
+        <v>160</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>8377</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>148.56</v>
+        <v>150</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>5830</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>152.28</v>
+        <v>150</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>9173</v>
+        <v>1606</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>152.21</v>
+        <v>105</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>12424</v>
+        <v>741</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>200</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>133</v>
+        <v>160</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1609</v>
+        <v>1179</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>141.48</v>
+        <v>160</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>3299</v>
+        <v>209</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>352.89</v>
+        <v>92.63</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1036</v>
+        <v>2212</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>173.24</v>
+        <v>105</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>339</v>
+        <v>688</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>199.32</v>
+        <v>150</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>117.01</v>
+        <v>150</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>200</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1832</v>
+        <v>80</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>93.1</v>
+        <v>150</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>379</v>
+        <v>1678</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>345</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="3" t="s">
+      <c r="A17" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>168.25</v>
+        <v>468.05</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>801</v>
+        <v>506</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>156.29</v>
+        <v>134.48</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F19" s="3">
-        <v>712</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>351.66</v>
+        <v>269.23</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F20" s="3">
-        <v>1043</v>
+        <v>1213</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1</v>
+        <v>120</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>133</v>
+        <v>469.23</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F21" s="3">
-        <v>1624</v>
+        <v>1203</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="2" t="s">
+      <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="B22" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C22" s="3">
+        <v>339.63</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" s="3">
+        <v>1623</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>50</v>
+      </c>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>150.28</v>
+        <v>508.25</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F23" s="3">
-        <v>1334</v>
+        <v>735</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>134.6</v>
+        <v>252.84</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>1305</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>126.03</v>
+        <v>402.19</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>1390</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>200</v>
+        <v>36</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>140.47</v>
+        <v>115.38</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F26" s="3">
-        <v>698</v>
+        <v>1534</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>129.77</v>
+        <v>182.69</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F27" s="3">
-        <v>1914</v>
+        <v>1434</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>126.45</v>
+        <v>312.04</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F28" s="3">
-        <v>564</v>
+        <v>522</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="2" t="s">
+      <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B29" s="2"/>
-[...6 lines deleted...]
-      <c r="I29" s="2"/>
+      <c r="B29" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C29" s="3">
+        <v>552.81</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" s="3">
+        <v>249</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
+        <v>40</v>
+      </c>
+      <c r="I29" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>150</v>
+        <v>1119.56</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I30" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>105</v>
+        <v>250.94</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F31" s="3">
-        <v>928</v>
+        <v>863</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>105</v>
+        <v>290.26</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F32" s="3">
-        <v>888</v>
+        <v>65</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I32" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>92.63</v>
+        <v>714.44</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F33" s="3">
-        <v>2823</v>
+        <v>260</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I33" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>160</v>
+        <v>256.36</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F34" s="3">
-        <v>1599</v>
+        <v>377</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>160</v>
+        <v>245.98</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>603</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I35" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>160</v>
+        <v>761.9</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F36" s="3">
-        <v>1296</v>
+        <v>320</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I36" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>150</v>
+        <v>292.75</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F37" s="3">
-        <v>1812</v>
+        <v>1249</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>150</v>
+        <v>905.42</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F38" s="3">
-        <v>811</v>
+        <v>670</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>200</v>
+        <v>72</v>
       </c>
       <c r="I38" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>150</v>
+        <v>531.87</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F39" s="3">
-        <v>1593</v>
+        <v>1735</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C40" s="3">
         <v>150</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>1824</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>150</v>
+        <v>373.3</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F41" s="3">
-        <v>179</v>
+        <v>821</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>150</v>
+        <v>476.54</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I43" s="2"/>
+      <c r="A43" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C43" s="3">
+        <v>211.42</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" s="3">
+        <v>560</v>
+      </c>
+      <c r="G43" s="3">
+        <v>1</v>
+      </c>
+      <c r="H43" s="3">
+        <v>100</v>
+      </c>
+      <c r="I43" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>259.35</v>
+        <v>590.64</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F44" s="3">
-        <v>7881</v>
+        <v>1168</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>222.28</v>
+        <v>547.43</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F45" s="3">
-        <v>4270</v>
+        <v>2310</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A46" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I46" s="2"/>
+      <c r="A46" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C46" s="3">
+        <v>266.43</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" s="3">
+        <v>1718</v>
+      </c>
+      <c r="G46" s="3">
+        <v>1</v>
+      </c>
+      <c r="H46" s="3">
+        <v>100</v>
+      </c>
+      <c r="I46" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>905.42</v>
+        <v>170.52</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F47" s="3">
-        <v>739</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>150</v>
+        <v>245.28</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F48" s="3">
-        <v>1888</v>
+        <v>293</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>120</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>339.63</v>
+        <v>522.83</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F49" s="3">
-        <v>1674</v>
+        <v>8</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>373.3</v>
+        <v>381.25</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F50" s="3">
-        <v>866</v>
+        <v>809</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>50</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>469.23</v>
+        <v>183.52</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F51" s="3">
-        <v>1277</v>
+        <v>3</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I51" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>269.23</v>
+        <v>157.4</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F52" s="3">
-        <v>1371</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>211.42</v>
+        <v>211.15</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F53" s="3">
-        <v>888</v>
+        <v>601</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>100</v>
       </c>
       <c r="I53" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>590.64</v>
+        <v>153.96</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F54" s="3">
-        <v>1236</v>
+        <v>27</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>531.87</v>
+        <v>125</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F55" s="3">
-        <v>1850</v>
+        <v>1142</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>476.54</v>
+        <v>188.46</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F56" s="3">
-        <v>1550</v>
+        <v>330</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>468.05</v>
+        <v>115.38</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F57" s="3">
-        <v>569</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A58" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A58" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B58" s="2"/>
+      <c r="C58" s="2"/>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>157.4</v>
+        <v>444.52</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>125</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>115.38</v>
+        <v>385.91</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>1603</v>
+        <v>71</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C61" s="3">
-        <v>256.36</v>
+        <v>560.1</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>407</v>
+        <v>1498</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>125</v>
+        <v>560.1</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>1242</v>
+        <v>997</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="I62" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>182.69</v>
+        <v>560.1</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>1736</v>
+        <v>1083</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>252.84</v>
+        <v>424.98</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>1440</v>
+        <v>118</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I64" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C65" s="3">
-        <v>547.43</v>
+        <v>560.1</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>2650</v>
+        <v>1014</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I65" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>402.19</v>
+        <v>560.1</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>1537</v>
+        <v>475</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>266.43</v>
+        <v>560.1</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>1768</v>
+        <v>1515</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>170.52</v>
+        <v>560.1</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>122</v>
+        <v>1511</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>250.94</v>
+        <v>405.45</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>971</v>
+        <v>55</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I69" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>292.75</v>
+        <v>405.45</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>1305</v>
+        <v>83</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>508.25</v>
+        <v>385.91</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>774</v>
+        <v>122</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>115.38</v>
+        <v>444.52</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>123</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I72" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>245.28</v>
+        <v>424.98</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>1103</v>
+        <v>104</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I73" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>188.46</v>
+        <v>560.1</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>602</v>
+        <v>1060</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="I74" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C75" s="3">
-        <v>761.9</v>
+        <v>560.1</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>340</v>
+        <v>1569</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I75" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A76" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A76" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="B76" s="2"/>
+      <c r="C76" s="2"/>
+      <c r="D76" s="2"/>
+      <c r="E76" s="2"/>
+      <c r="F76" s="2"/>
+      <c r="G76" s="2"/>
+      <c r="H76" s="2"/>
+      <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>552.81</v>
+        <v>117.01</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F77" s="3">
-        <v>289</v>
+        <v>47</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>714.44</v>
+        <v>133</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F78" s="3">
-        <v>290</v>
+        <v>1408</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>1119.56</v>
+        <v>1770</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F79" s="3">
-        <v>550</v>
+        <v>855</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>522.83</v>
+        <v>148.56</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F80" s="3">
-        <v>461</v>
+        <v>5705</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I80" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>312.04</v>
+        <v>152.28</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F81" s="3">
-        <v>564</v>
+        <v>6234</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I81" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>245.98</v>
+        <v>152.21</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F82" s="3">
-        <v>632</v>
+        <v>11249</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I82" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>290.26</v>
+        <v>352.89</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F83" s="3">
-        <v>95</v>
+        <v>863</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>134.48</v>
+        <v>199.32</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F84" s="3">
-        <v>261</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>183.52</v>
+        <v>141.48</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F85" s="3">
-        <v>0</v>
+        <v>2739</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>153.96</v>
+        <v>351.66</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F86" s="3">
-        <v>126</v>
+        <v>1023</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
+        <v>1</v>
+      </c>
+      <c r="I86" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C87" s="3">
+        <v>195</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F87" s="3">
+        <v>1704</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
         <v>100</v>
       </c>
-      <c r="I86" s="3">
-[...14 lines deleted...]
-      <c r="I87" s="2"/>
+      <c r="I87" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>405.45</v>
+        <v>215</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F88" s="3">
-        <v>78</v>
+        <v>1686</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I88" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>560.1</v>
+        <v>151.98</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F89" s="3">
-        <v>1063</v>
+        <v>6892</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I89" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>385.91</v>
+        <v>133</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F90" s="3">
-        <v>73</v>
+        <v>1547</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I90" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>385.91</v>
+        <v>93.1</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F91" s="3">
-        <v>124</v>
+        <v>290</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I91" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>424.98</v>
+        <v>133</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F92" s="3">
-        <v>122</v>
+        <v>310</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I92" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>560.1</v>
+        <v>173.24</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F93" s="3">
-        <v>1088</v>
+        <v>382</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>1</v>
+        <v>80</v>
       </c>
       <c r="I93" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>560.1</v>
+        <v>168.25</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F94" s="3">
-        <v>1068</v>
+        <v>841</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>1</v>
+        <v>80</v>
       </c>
       <c r="I94" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>560.1</v>
+        <v>190</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F95" s="3">
-        <v>484</v>
+        <v>1118</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I95" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>560.1</v>
+        <v>660</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F96" s="3">
-        <v>1513</v>
+        <v>602</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I96" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>560.1</v>
+        <v>200</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F97" s="3">
-        <v>1535</v>
+        <v>1583</v>
       </c>
       <c r="G97" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>444.52</v>
+        <v>185</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F98" s="3">
-        <v>129</v>
+        <v>776</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I98" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C99" s="3">
+        <v>133</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F99" s="3">
+        <v>1386</v>
+      </c>
+      <c r="G99" s="3">
+        <v>1</v>
+      </c>
+      <c r="H99" s="3">
         <v>200</v>
       </c>
-      <c r="C99" s="3">
-[...16 lines deleted...]
-      </c>
       <c r="I99" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>560.1</v>
+        <v>120.4</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F100" s="3">
-        <v>1036</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I100" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>560.1</v>
+        <v>156.29</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F101" s="3">
-        <v>1578</v>
+        <v>551</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>1</v>
+        <v>80</v>
       </c>
       <c r="I101" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A102" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A102" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="B102" s="2"/>
+      <c r="C102" s="2"/>
+      <c r="D102" s="2"/>
+      <c r="E102" s="2"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="2"/>
+      <c r="H102" s="2"/>
+      <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C103" s="3">
-        <v>424.98</v>
+        <v>134.6</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I103" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>444.52</v>
+        <v>150.28</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>127</v>
+        <v>879</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I104" s="3">
-        <v>5</v>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A105" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="C105" s="3">
+        <v>126.03</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F105" s="3">
+        <v>0</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>200</v>
+      </c>
+      <c r="I105" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="C106" s="3">
+        <v>285</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" s="3">
+        <v>833</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>100</v>
+      </c>
+      <c r="I106" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C107" s="3">
+        <v>315</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F107" s="3">
+        <v>836</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>100</v>
+      </c>
+      <c r="I107" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A108" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="C108" s="3">
+        <v>300</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F108" s="3">
+        <v>1337</v>
+      </c>
+      <c r="G108" s="3">
+        <v>1</v>
+      </c>
+      <c r="H108" s="3">
+        <v>100</v>
+      </c>
+      <c r="I108" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="C109" s="3">
+        <v>283</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F109" s="3">
+        <v>832</v>
+      </c>
+      <c r="G109" s="3">
+        <v>1</v>
+      </c>
+      <c r="H109" s="3">
+        <v>100</v>
+      </c>
+      <c r="I109" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A110" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="C110" s="3">
+        <v>280</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F110" s="3">
+        <v>847</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>100</v>
+      </c>
+      <c r="I110" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C111" s="3">
+        <v>275</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F111" s="3">
+        <v>828</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>100</v>
+      </c>
+      <c r="I111" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A112" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C112" s="3">
+        <v>300</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F112" s="3">
+        <v>1333</v>
+      </c>
+      <c r="G112" s="3">
+        <v>1</v>
+      </c>
+      <c r="H112" s="3">
+        <v>100</v>
+      </c>
+      <c r="I112" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="C113" s="3">
+        <v>126.45</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F113" s="3">
+        <v>4</v>
+      </c>
+      <c r="G113" s="3">
+        <v>1</v>
+      </c>
+      <c r="H113" s="3">
+        <v>200</v>
+      </c>
+      <c r="I113" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C114" s="3">
+        <v>140.47</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" s="3">
+        <v>196</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>200</v>
+      </c>
+      <c r="I114" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="C115" s="3">
+        <v>129.77</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F115" s="3">
+        <v>1475</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1</v>
+      </c>
+      <c r="H115" s="3">
+        <v>200</v>
+      </c>
+      <c r="I115" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C116" s="3">
+        <v>305</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" s="3">
+        <v>1329</v>
+      </c>
+      <c r="G116" s="3">
+        <v>1</v>
+      </c>
+      <c r="H116" s="3">
+        <v>100</v>
+      </c>
+      <c r="I116" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="B117" s="2"/>
+      <c r="C117" s="2"/>
+      <c r="D117" s="2"/>
+      <c r="E117" s="2"/>
+      <c r="F117" s="2"/>
+      <c r="G117" s="2"/>
+      <c r="H117" s="2"/>
+      <c r="I117" s="2"/>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A118" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="C118" s="3">
+        <v>259.35</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F118" s="3">
+        <v>7269</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
+        <v>100</v>
+      </c>
+      <c r="I118" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A119" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="C119" s="3">
+        <v>222.28</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F119" s="3">
+        <v>4092</v>
+      </c>
+      <c r="G119" s="3">
+        <v>1</v>
+      </c>
+      <c r="H119" s="3">
+        <v>100</v>
+      </c>
+      <c r="I119" s="3">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A22:I22"/>
-[...3 lines deleted...]
-    <mergeCell ref="A87:I87"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A58:I58"/>
+    <mergeCell ref="A76:I76"/>
+    <mergeCell ref="A102:I102"/>
+    <mergeCell ref="A117:I117"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
-    <hyperlink ref="D17" r:id="rId14"/>
-[...3 lines deleted...]
-    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
-    <hyperlink ref="D30" r:id="rId25"/>
-[...70 lines deleted...]
-    <hyperlink ref="D104" r:id="rId96"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D43" r:id="rId39"/>
+    <hyperlink ref="D44" r:id="rId40"/>
+    <hyperlink ref="D45" r:id="rId41"/>
+    <hyperlink ref="D46" r:id="rId42"/>
+    <hyperlink ref="D47" r:id="rId43"/>
+    <hyperlink ref="D48" r:id="rId44"/>
+    <hyperlink ref="D49" r:id="rId45"/>
+    <hyperlink ref="D50" r:id="rId46"/>
+    <hyperlink ref="D51" r:id="rId47"/>
+    <hyperlink ref="D52" r:id="rId48"/>
+    <hyperlink ref="D53" r:id="rId49"/>
+    <hyperlink ref="D54" r:id="rId50"/>
+    <hyperlink ref="D55" r:id="rId51"/>
+    <hyperlink ref="D56" r:id="rId52"/>
+    <hyperlink ref="D57" r:id="rId53"/>
+    <hyperlink ref="D59" r:id="rId54"/>
+    <hyperlink ref="D60" r:id="rId55"/>
+    <hyperlink ref="D61" r:id="rId56"/>
+    <hyperlink ref="D62" r:id="rId57"/>
+    <hyperlink ref="D63" r:id="rId58"/>
+    <hyperlink ref="D64" r:id="rId59"/>
+    <hyperlink ref="D65" r:id="rId60"/>
+    <hyperlink ref="D66" r:id="rId61"/>
+    <hyperlink ref="D67" r:id="rId62"/>
+    <hyperlink ref="D68" r:id="rId63"/>
+    <hyperlink ref="D69" r:id="rId64"/>
+    <hyperlink ref="D70" r:id="rId65"/>
+    <hyperlink ref="D71" r:id="rId66"/>
+    <hyperlink ref="D72" r:id="rId67"/>
+    <hyperlink ref="D73" r:id="rId68"/>
+    <hyperlink ref="D74" r:id="rId69"/>
+    <hyperlink ref="D75" r:id="rId70"/>
+    <hyperlink ref="D77" r:id="rId71"/>
+    <hyperlink ref="D78" r:id="rId72"/>
+    <hyperlink ref="D79" r:id="rId73"/>
+    <hyperlink ref="D80" r:id="rId74"/>
+    <hyperlink ref="D81" r:id="rId75"/>
+    <hyperlink ref="D82" r:id="rId76"/>
+    <hyperlink ref="D83" r:id="rId77"/>
+    <hyperlink ref="D84" r:id="rId78"/>
+    <hyperlink ref="D85" r:id="rId79"/>
+    <hyperlink ref="D86" r:id="rId80"/>
+    <hyperlink ref="D87" r:id="rId81"/>
+    <hyperlink ref="D88" r:id="rId82"/>
+    <hyperlink ref="D89" r:id="rId83"/>
+    <hyperlink ref="D90" r:id="rId84"/>
+    <hyperlink ref="D91" r:id="rId85"/>
+    <hyperlink ref="D92" r:id="rId86"/>
+    <hyperlink ref="D93" r:id="rId87"/>
+    <hyperlink ref="D94" r:id="rId88"/>
+    <hyperlink ref="D95" r:id="rId89"/>
+    <hyperlink ref="D96" r:id="rId90"/>
+    <hyperlink ref="D97" r:id="rId91"/>
+    <hyperlink ref="D98" r:id="rId92"/>
+    <hyperlink ref="D99" r:id="rId93"/>
+    <hyperlink ref="D100" r:id="rId94"/>
+    <hyperlink ref="D101" r:id="rId95"/>
+    <hyperlink ref="D103" r:id="rId96"/>
+    <hyperlink ref="D104" r:id="rId97"/>
+    <hyperlink ref="D105" r:id="rId98"/>
+    <hyperlink ref="D106" r:id="rId99"/>
+    <hyperlink ref="D107" r:id="rId100"/>
+    <hyperlink ref="D108" r:id="rId101"/>
+    <hyperlink ref="D109" r:id="rId102"/>
+    <hyperlink ref="D110" r:id="rId103"/>
+    <hyperlink ref="D111" r:id="rId104"/>
+    <hyperlink ref="D112" r:id="rId105"/>
+    <hyperlink ref="D113" r:id="rId106"/>
+    <hyperlink ref="D114" r:id="rId107"/>
+    <hyperlink ref="D115" r:id="rId108"/>
+    <hyperlink ref="D116" r:id="rId109"/>
+    <hyperlink ref="D118" r:id="rId110"/>
+    <hyperlink ref="D119" r:id="rId111"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>