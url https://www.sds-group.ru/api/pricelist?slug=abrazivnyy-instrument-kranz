--- v1 (2025-12-05)
+++ v2 (2026-01-22)
@@ -42,741 +42,741 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Абразивный инструмент Kranz</t>
   </si>
   <si>
-    <t>1.1 Абразивные круги без отверстий Kranz</t>
+    <t>1.1 Круги лепестковые торцевые Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0012</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P40, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-90-0014</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P80, 125х22,2 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0004</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P24, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0007</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P80, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0008</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P100, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0009</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P120, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0019</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P60, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0021</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P40, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0023</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P80, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0016</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P100, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0014-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P80, 125х22,2мм INOX KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0017-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P120, 125х22,2мм INOX KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0030-1</t>
+  </si>
+  <si>
+    <t>Круг зачистной коралловый CERAMIC 125xМ14, быстрая установка, адаптер KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0013-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P60, 125х22,2мм INOX KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0005</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P40, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0006</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P60, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0010</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P24, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0017</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P120, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0018</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P40, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0020</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P80, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0022</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P60, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0012-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P40, 125х22,2мм INOX KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0016-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P100, 125х22,2мм INOX KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0013</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P60, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0030</t>
+  </si>
+  <si>
+    <t>Круг зачистной коралловый 125x22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>1.2 Абразивные круги с отверстиями Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1166</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P80, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-91-1169</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P180, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1168</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P120, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1167</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P100, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0043</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р120, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0044</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р180, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0045</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р240, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0040</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р60, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0041</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р80, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0046</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р320, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0047</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р400, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1164</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P40, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1165</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P60, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0042</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р100, 5 шт Kranz</t>
+  </si>
+  <si>
+    <t>1.3 Абразивные круги без отверстий Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1147</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P100, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1148</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P120, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1150</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P180, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1151</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P240, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1152</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P320, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1145</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P60, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1149</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P150, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1154</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P220, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1144</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P40, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1153</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P400, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-1146</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P80, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...46 lines deleted...]
-  <si>
     <t>KR-91-1142</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P24, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1147</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-91-1143</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P36, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1149</t>
-[...11 lines deleted...]
-    <t>1.2 Щетки-насадки Kranz</t>
+    <t>1.4 Насадки для абразивных кругов Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1181</t>
+  </si>
+  <si>
+    <t>Насадка для дрели и УШМ с липучкой и адаптером, 125мм, 5мм, мягкая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1180</t>
+  </si>
+  <si>
+    <t>Насадка для дрели и УШМ с липучкой и адаптером, 125мм,10мм, мягкая KRANZ</t>
+  </si>
+  <si>
+    <t>1.5 Щетки-насадки Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1209</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1235</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1242</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, витая латунированная проволока, 125мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1211</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 65мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1200</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 100мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1203</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1210</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1231</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1233</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, нейлоновая проволока с абразивным покрытием, 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1241</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, витая латунированная проволока, 100мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1201</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1238</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 125мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1243</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с деревянной ручкой 6 ряд. 280 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1257</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с деревянной ручкой, 4 ряда, 280мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1239</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 150мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1247</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 200мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1232</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, витая латунированная проволока, 150мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1206</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, витая латунированная проволока, 115мм, М14 KRANZ</t>
   </si>
   <si>
     <t>KR-91-1207</t>
   </si>
   <si>
     <t>Щетка коническая для УШМ, витая латунированная проволока, 125мм, М14 KRANZ</t>
   </si>
   <si>
-    <t>шт</t>
+    <t>KR-91-1212</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 75мм, М14 KRANZ</t>
   </si>
   <si>
     <t>KR-91-1248</t>
   </si>
   <si>
     <t>Щетка дисковая для дрели, витая латунированная проволока, 50мм KRANZ</t>
   </si>
   <si>
+    <t>KR-91-1249</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1253</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1254</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 65мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1258</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с деревянной ручкой, 5 рядов, 280мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1256</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с пластиковой ручкой, 5 рядов, 260мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1202</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 115мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1236</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с пластиковой ручкой 4 ряд. 260 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1245</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1250</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 65мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1234</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1244</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1246</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 100мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1237</t>
   </si>
   <si>
     <t>Щетка по металлу с пластиковой ручкой 6 ряд. 260 мм Kranz</t>
   </si>
   <si>
-    <t>KR-91-1209</t>
-[...68 lines deleted...]
-    <t>Щетка чашечная для УШМ, витая латунированная проволока, 75мм, М14 KRANZ</t>
+    <t>KR-91-1255</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 75мм KRANZ</t>
   </si>
   <si>
     <t>KR-91-1240</t>
   </si>
   <si>
     <t>Щетка дисковая для УШМ, крученая стальная проволока, 175мм, отв. 22,23мм KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1250</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-91-1251</t>
   </si>
   <si>
     <t>Щетка чашечная для УШМ, крученая стальная проволока, 75мм, М14 KRANZ</t>
   </si>
   <si>
     <t>KR-91-1252</t>
   </si>
   <si>
     <t>Щетка чашечная для УШМ, крученая стальная проволока, 150мм, М14 KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1200</t>
-[...76 lines deleted...]
-  <si>
     <t>KR-91-1205</t>
   </si>
   <si>
     <t>Щетка коническая для УШМ, витая латунированная проволока, 100мм, М14 KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1249</t>
-[...34 lines deleted...]
-  <si>
     <t>KR-91-1354</t>
   </si>
   <si>
     <t>Щетка металлическая с пластиковой ручкой, витая латунированная проволока KRANZ</t>
   </si>
   <si>
-    <t>1.3 Шкурки шлифовальные в листах</t>
+    <t>1.6 Шкурки шлифовальные в листах</t>
+  </si>
+  <si>
+    <t>KR-91-1309</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р320 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1330</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х457мм, P40 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1331</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х457мм, P60 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1332</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х457мм, P80 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1334</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х533мм, P40 (5 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-91-1335</t>
   </si>
   <si>
     <t>Лента шлифовальная бесконечная, 75х533мм, P60 (5 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1332</t>
-[...8 lines deleted...]
-    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р320 (10 шт/уп) KRANZ</t>
+    <t>KR-91-1336</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х533мм, P80 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1337</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х533мм, P100 (5 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-91-1303</t>
   </si>
   <si>
     <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р80 (10 шт/уп) KRANZ</t>
   </si>
   <si>
+    <t>KR-91-1304</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р100 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1306</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р150 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1308</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р240 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1333</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х457мм, P100 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1305</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р120 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1310</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие, 230х280мм, Р400 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1302</t>
   </si>
   <si>
     <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р60 (10 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1336</t>
-[...64 lines deleted...]
-  <si>
     <t>KR-91-1307</t>
   </si>
   <si>
     <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р180 (10 шт/уп) KRANZ</t>
-  </si>
-[...253 lines deleted...]
-    <t>Насадка для дрели и УШМ с липучкой и адаптером, 125мм, 5мм, мягкая KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1161,51 +1161,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-80-125-mm-10-sht-kranz-24633" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-40-125-mm-10-sht-kranz-24630" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-120-125-mm-10-sht-kranz-24626" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-320-125-mm-10-sht-kranz-24629" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-400-125-mm-10-sht-kranz-24631" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-60-125-mm-10-sht-kranz-24632" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-180-125-mm-10-sht-kranz-24627" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-240-125-mm-10-sht-kranz-24628" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p24-125mm-10-sht-kranz-30198" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p-100-125-mm-10-sht-kranz-24625" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p36-125mm-10-sht-kranz-30199" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p150-125mm-10-sht-kranz-30200" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p220-125mm-10-sht-kranz-30201" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz-30909" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz-30915" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-6-ryad-260-mm-kranz-26995" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100-mm-m14-kranz-26988" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100-mm-m14-kranz-26985" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kranz-pletenie-puchki-stalnoy-provoloki-100-m14-26987" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-kranz-vitaya-latunirovannaya-stalnaya-provoloka-100-mm-26990" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kranz-100-mm-m14-kruchenaya-kranz-26992" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-4-ryada-280mm-kranz-30920" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-4-ryad-260-mm-kranz-26994" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-115mm-m14-kranz-30908" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-otv-22-23mm-kranz-30903" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-200mm-otv-22-23mm-kranz-30905" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-65mm-m14-kranz-30910" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-75mm-m14-kranz-30911" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-175mm-otv-22-23mm-kranz-30904" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-65mm-m14-kranz-30912" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-75mm-m14-kranz-30913" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-m14-kranz-30914" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-100-mm-otv-22-23-mm-26984" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125-mm-m14-kranz-26993" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125-mm-otv-22-23-mm-kranz-26996" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-6-ryad-280-mm-kranz-26999" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-115-mm-m14-kranz-26986" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125-mm-otv-22-23-mm-kranz-26998" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-75-mm-kranz-27001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kranz-latunirovannaya-provoloka-125-mm-m14-26989" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-kranz-neylonovaya-provoloka-s-abrazivnim-pokritiem-100-mm-26991" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kranz-latun-100-mm-otv-22-23-mm-kranz-26997" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-kranz-vitaya-stalnaya-provoloka-50-mm-kranz-27000" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-kranz-vitaya-stalnaya-provoloka-100-mm-kranz-27002" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-150mm-otv-22-23mm-kranz-30906" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz-30907" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz-30916" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz-30917" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-65mm-kranz-30918" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz-30919" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-5-ryadov-280mm-kranz-30921" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-5-ryadov-260mm-kranz-30922" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-metallicheskaya-s-plastikovoy-ruchkoy-vitaya-latunirovannaya-provoloka-kranz-30923" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p60-5-sht-up-kranz-31274" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p80-5-sht-up-kranz-31271" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r400-10-sht-up-26983" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r80-10-sht-up-27087" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r60-10-sht-up-27086" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p80-5-sht-up-kranz-31275" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r100-10-sht-up-27088" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r150-10-sht-up-27090" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r400-10-sht-up-kranz-31542" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r240-10-sht-up-26982" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p40-5-sht-up-kranz-31269" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p60-5-sht-up-kranz-31270" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p100-5-sht-up-kranz-31272" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p40-5-sht-up-kranz-31273" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p100-5-sht-up-kranz-31276" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r120-10-sht-up-27089" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnie-kranz-v-listah-na-tkanevoy-osnove-vodostoykie-230h280-mm-r180-10-sht-up-26981" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p24-115h22-2mm-kranz-30253" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p40-115h22-2mm-kranz-30254" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-ceramic-125xm14-bystraya-ustanovka-adapter-kranz.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p-100-125h22-2-mm-kranz-24621" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p-40-125h22-2-mm-kranz-24622" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p-60-125h22-2-mm-kranz-24623" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p40-180h22-2mm-kranz-30264" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p60-180h22-2mm-kranz-30265" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p120-125h22-2mm-kranz-30260" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p80-180h22-2mm-kranz-30266" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p80-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p40-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p-80-125h22-2-mm-kranz-24624" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p80-115h22-2mm-kranz-30256" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p100-115h22-2mm-kranz-30257" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p120-115h22-2mm-kranz-30258" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p40-150h22-2mm-kranz-30261" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p60-150h22-2mm-kranz-30262" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p100-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-125x22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p60-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p120-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p60-115h22-2mm-kranz-30255" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p24-125h22-2mm-kranz-30259" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkoviy-tortsevoy-p80-150h22-2mm-kranz-30263" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-perforirovanniy-p40-125mm-10-sht-kranz-30202" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-perforirovanniy-p120-125mm-10-sht-kranz-30228" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-perforirovanniy-p80-125mm-10-sht-kranz-30204" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r400-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r120-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r80-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r180-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r320-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r240-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r60-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-perforirovanniy-p60-125mm-10-sht-kranz-30203" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-perforirovanniy-p180-125mm-10-sht-kranz-30227" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivniy-na-vorsovoy-osnove-na-lipuchke-perforirovanniy-p100-125mm-10-sht-kranz-30229" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r100-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-adapter-125-mm-10-mm-myagkaya-kranz-24634" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-i-adapterom-125-mm-5-mm-myagkaya-kranz-27336" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-125h22-2-mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p80-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p120-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-ceramic-125xm14-bystraya-ustanovka-adapter-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p60-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p40-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p100-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-125x22-2mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p80-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p180-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p120-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p100-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r120-5-sht-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r180-5-sht-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r240-5-sht-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r60-5-sht-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r80-5-sht-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r320-5-sht-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r400-5-sht-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p40-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p60-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r100-5-sht-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p100-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p120-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p180-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p240-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p320-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p60-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p150-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p220-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p40-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p400-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p80-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p24-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p36-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-i-adapterom-125mm-5mm-myagkaya-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-i-adapterom-125mm-10mm-myagkaya-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-65mm-m14-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-100mm-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-neylonovaya-provoloka-s-abrazivnym-pokrytiem-100mm-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-6-ryad-280-mm-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-4-ryada-280mm-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-200mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-150mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-115mm-m14-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-75mm-m14-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-65mm-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-5-ryadov-280mm-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-5-ryadov-260mm-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-115mm-m14-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-4-ryad-260-mm-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-65mm-m14-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-100mm-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-6-ryad-260-mm-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-175mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-75mm-m14-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-m14-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-metallicheskaya-s-plastikovoy-ruchkoy-vitaya-latunirovannaya-provoloka-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r320-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p40-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p60-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p80-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p40-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p60-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p80-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p100-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r80-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r100-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r150-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r240-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p100-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r120-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r400-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r60-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r180-10-sht-up-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I119"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1242,3446 +1242,3446 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>160</v>
+        <v>154.87</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>4705</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>150</v>
+        <v>154.56</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>6486</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>150</v>
+        <v>119</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1606</v>
+        <v>13</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>105</v>
+        <v>135.26</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>741</v>
+        <v>1535</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>200</v>
       </c>
       <c r="I7" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>160</v>
+        <v>111.87</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1179</v>
+        <v>259</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>160</v>
+        <v>135.26</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>209</v>
+        <v>326</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>92.63</v>
+        <v>171.11</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2212</v>
+        <v>720</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I10" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>105</v>
+        <v>358.89</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>688</v>
+        <v>888</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I11" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>150</v>
+        <v>357.64</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>1033</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>150</v>
+        <v>151.09</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>5519</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>200</v>
       </c>
       <c r="I13" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>150</v>
+        <v>198.32</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>80</v>
+        <v>1696</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>150</v>
+        <v>188.15</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1678</v>
+        <v>775</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>150</v>
+        <v>1800.09</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>860</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="2" t="s">
+      <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="2"/>
-[...6 lines deleted...]
-      <c r="I17" s="2"/>
+      <c r="B17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" s="3">
+        <v>203.4</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="3">
+        <v>1582</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>100</v>
+      </c>
+      <c r="I17" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>468.05</v>
+        <v>135.26</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>506</v>
+        <v>1392</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>134.48</v>
+        <v>135.26</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>1358</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>269.23</v>
+        <v>122.45</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1213</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>469.23</v>
+        <v>143.89</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1203</v>
+        <v>2543</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>339.63</v>
+        <v>176.19</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1623</v>
+        <v>361</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>508.25</v>
+        <v>158.95</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>735</v>
+        <v>503</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>252.84</v>
+        <v>202.71</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1305</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>402.19</v>
+        <v>218.66</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1390</v>
+        <v>1678</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>115.38</v>
+        <v>193.23</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1534</v>
+        <v>1112</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>182.69</v>
+        <v>154.8</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1434</v>
+        <v>10473</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>312.04</v>
+        <v>671.22</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="3" t="s">
+      <c r="A29" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="C30" s="3">
+        <v>128.17</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="C30" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F30" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>250.94</v>
+        <v>142.86</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F31" s="3">
-        <v>863</v>
+        <v>161</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>290.26</v>
+        <v>152.83</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F32" s="3">
-        <v>65</v>
+        <v>733</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>714.44</v>
+        <v>131.98</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F33" s="3">
-        <v>260</v>
+        <v>1334</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>256.36</v>
+        <v>320.36</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F34" s="3">
-        <v>377</v>
+        <v>834</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>245.98</v>
+        <v>287.81</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F35" s="3">
-        <v>603</v>
+        <v>828</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>761.9</v>
+        <v>279.68</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F36" s="3">
-        <v>320</v>
+        <v>816</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>292.75</v>
+        <v>305.1</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F37" s="3">
-        <v>1249</v>
+        <v>1323</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>905.42</v>
+        <v>305.1</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F38" s="3">
-        <v>670</v>
+        <v>1339</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>531.87</v>
+        <v>284.76</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F39" s="3">
-        <v>1735</v>
+        <v>847</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>150</v>
+        <v>289.85</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F40" s="3">
-        <v>1824</v>
+        <v>838</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>373.3</v>
+        <v>136.89</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F41" s="3">
-        <v>821</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>476.54</v>
+        <v>128.6</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F42" s="3">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>211.42</v>
+        <v>310.19</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F43" s="3">
-        <v>560</v>
+        <v>1321</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A44" s="3" t="s">
+      <c r="A44" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>547.43</v>
+        <v>152.55</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F45" s="3">
-        <v>2310</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>266.43</v>
+        <v>152.55</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F46" s="3">
-        <v>1718</v>
+        <v>1346</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>170.52</v>
+        <v>94.2</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>1826</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I47" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>245.28</v>
+        <v>116.96</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F48" s="3">
-        <v>293</v>
+        <v>394</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I48" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>522.83</v>
+        <v>106.79</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F49" s="3">
-        <v>8</v>
+        <v>451</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>381.25</v>
+        <v>162.72</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F50" s="3">
-        <v>809</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>183.52</v>
+        <v>152.55</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F51" s="3">
-        <v>3</v>
+        <v>1188</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>157.4</v>
+        <v>152.55</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>211.15</v>
+        <v>152.55</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F53" s="3">
-        <v>601</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>153.96</v>
+        <v>162.72</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F54" s="3">
-        <v>27</v>
+        <v>1126</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I54" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>125</v>
+        <v>162.72</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F55" s="3">
-        <v>1142</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>188.46</v>
+        <v>152.55</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F56" s="3">
-        <v>330</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>115.38</v>
+        <v>152.55</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>444.52</v>
+        <v>226.06</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>125</v>
+        <v>3959</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I59" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B60" s="3" t="s">
+      <c r="C60" s="3">
+        <v>263.76</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" s="3">
+        <v>6120</v>
+      </c>
+      <c r="G60" s="3">
+        <v>1</v>
+      </c>
+      <c r="H60" s="3">
+        <v>100</v>
+      </c>
+      <c r="I60" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="C60" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>560.1</v>
+        <v>477.21</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>997</v>
+        <v>1206</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>560.1</v>
+        <v>920.81</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>1083</v>
+        <v>719</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>1</v>
+        <v>72</v>
       </c>
       <c r="I63" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>424.98</v>
+        <v>484.64</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>118</v>
+        <v>1291</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I64" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>560.1</v>
+        <v>255.21</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>1014</v>
+        <v>838</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>560.1</v>
+        <v>297.73</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>475</v>
+        <v>898</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>560.1</v>
+        <v>516.89</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>1515</v>
+        <v>579</v>
       </c>
       <c r="G67" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>60</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>560.1</v>
+        <v>600.68</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>1511</v>
+        <v>1149</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="I68" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>405.45</v>
+        <v>257.14</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>55</v>
+        <v>978</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="I69" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>405.45</v>
+        <v>556.74</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>83</v>
+        <v>2083</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I70" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>385.91</v>
+        <v>270.96</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>122</v>
+        <v>1380</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I71" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>444.52</v>
+        <v>345.4</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>123</v>
+        <v>1380</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I72" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>424.98</v>
+        <v>540.91</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>104</v>
+        <v>1682</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I73" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>560.1</v>
+        <v>152.55</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>1060</v>
+        <v>1709</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>1</v>
+        <v>120</v>
       </c>
       <c r="I74" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C75" s="3">
+        <v>117.34</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F75" s="3">
+        <v>1271</v>
+      </c>
+      <c r="G75" s="3">
+        <v>1</v>
+      </c>
+      <c r="H75" s="3">
+        <v>120</v>
+      </c>
+      <c r="I75" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B75" s="3" t="s">
+      <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="C75" s="3">
-[...32 lines deleted...]
-      <c r="I76" s="2"/>
+      <c r="C76" s="3">
+        <v>562.21</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F76" s="3">
+        <v>240</v>
+      </c>
+      <c r="G76" s="3">
+        <v>1</v>
+      </c>
+      <c r="H76" s="3">
+        <v>40</v>
+      </c>
+      <c r="I76" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>117.01</v>
+        <v>1138.59</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>47</v>
+        <v>519</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>133</v>
+        <v>531.72</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>1408</v>
+        <v>1</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>1770</v>
+        <v>317.34</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>855</v>
+        <v>508</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>148.56</v>
+        <v>476.01</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>5705</v>
+        <v>488</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I80" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>152.28</v>
+        <v>295.19</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>6234</v>
+        <v>48</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>152.21</v>
+        <v>136.77</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>11249</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I82" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>352.89</v>
+        <v>186.64</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>863</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>199.32</v>
+        <v>160.08</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F84" s="3">
         <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>141.48</v>
+        <v>214.74</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>2739</v>
+        <v>575</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>351.66</v>
+        <v>127.13</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>1023</v>
+        <v>948</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>1</v>
+        <v>120</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>195</v>
+        <v>191.66</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>1704</v>
+        <v>27</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>215</v>
+        <v>379.65</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>1686</v>
+        <v>645</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I88" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>151.98</v>
+        <v>185.8</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>6892</v>
+        <v>1123</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="3">
-        <v>133</v>
+        <v>215.01</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>1547</v>
+        <v>355</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I90" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>93.1</v>
+        <v>260.72</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>290</v>
+        <v>327</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="3">
-        <v>133</v>
+        <v>409.03</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>310</v>
+        <v>1420</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>200</v>
+        <v>36</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="3">
-        <v>173.24</v>
+        <v>173.42</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>382</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="3">
-        <v>168.25</v>
+        <v>249.45</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>841</v>
+        <v>261</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I94" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="3">
-        <v>190</v>
+        <v>273.81</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>1118</v>
+        <v>883</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I95" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="3">
-        <v>660</v>
+        <v>156.58</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>602</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>100</v>
       </c>
       <c r="I96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>200</v>
+        <v>726.59</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>1583</v>
+        <v>260</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="3">
-        <v>185</v>
+        <v>250.16</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>776</v>
+        <v>536</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="3">
-        <v>133</v>
+        <v>774.85</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>1386</v>
+        <v>319</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B100" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="3">
-        <v>120.4</v>
+        <v>387.73</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>0</v>
+        <v>799</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="3">
-        <v>156.29</v>
+        <v>117.34</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>551</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
       <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="3">
-        <v>134.6</v>
+        <v>569.62</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F103" s="3">
-        <v>0</v>
+        <v>1485</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I103" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="3">
-        <v>150.28</v>
+        <v>412.34</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F104" s="3">
-        <v>879</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>200</v>
+        <v>48</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3">
-        <v>126.03</v>
+        <v>412.34</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F105" s="3">
         <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>200</v>
+        <v>48</v>
       </c>
       <c r="I105" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>285</v>
+        <v>392.47</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F106" s="3">
-        <v>833</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I106" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>315</v>
+        <v>452.08</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F107" s="3">
-        <v>836</v>
+        <v>22</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I107" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>300</v>
+        <v>452.08</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F108" s="3">
-        <v>1337</v>
+        <v>124</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I108" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3">
-        <v>283</v>
+        <v>432.2</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F109" s="3">
-        <v>832</v>
+        <v>117</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I109" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="3">
-        <v>280</v>
+        <v>432.2</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F110" s="3">
-        <v>847</v>
+        <v>2</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I110" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="3">
-        <v>275</v>
+        <v>569.62</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F111" s="3">
-        <v>828</v>
+        <v>1024</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I111" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="3">
-        <v>300</v>
+        <v>569.62</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F112" s="3">
-        <v>1333</v>
+        <v>1043</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="3">
-        <v>126.45</v>
+        <v>569.62</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F113" s="3">
-        <v>4</v>
+        <v>475</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I113" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="3">
-        <v>140.47</v>
+        <v>569.62</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F114" s="3">
-        <v>196</v>
+        <v>1501</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I114" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" s="3">
-        <v>129.77</v>
+        <v>392.47</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F115" s="3">
-        <v>1475</v>
+        <v>121</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>200</v>
+        <v>48</v>
       </c>
       <c r="I115" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B116" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B116" s="3" t="s">
+      <c r="C116" s="3">
+        <v>569.62</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F116" s="3">
+        <v>1050</v>
+      </c>
+      <c r="G116" s="3">
+        <v>1</v>
+      </c>
+      <c r="H116" s="3">
+        <v>1</v>
+      </c>
+      <c r="I116" s="3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="C116" s="3">
-[...22 lines deleted...]
-      <c r="A117" s="2" t="s">
+      <c r="B117" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B117" s="2"/>
-[...6 lines deleted...]
-      <c r="I117" s="2"/>
+      <c r="C117" s="3">
+        <v>569.62</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F117" s="3">
+        <v>1513</v>
+      </c>
+      <c r="G117" s="3">
+        <v>1</v>
+      </c>
+      <c r="H117" s="3">
+        <v>60</v>
+      </c>
+      <c r="I117" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C118" s="3">
-        <v>259.35</v>
+        <v>569.62</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F118" s="3">
-        <v>7269</v>
+        <v>1092</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C119" s="3">
-        <v>222.28</v>
+        <v>569.62</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F119" s="3">
-        <v>4092</v>
+        <v>1578</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I119" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A29:I29"/>
+    <mergeCell ref="A44:I44"/>
     <mergeCell ref="A58:I58"/>
-    <mergeCell ref="A76:I76"/>
+    <mergeCell ref="A61:I61"/>
     <mergeCell ref="A102:I102"/>
-    <mergeCell ref="A117:I117"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
-    <hyperlink ref="D18" r:id="rId14"/>
-[...10 lines deleted...]
-    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D22" r:id="rId19"/>
+    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D24" r:id="rId21"/>
+    <hyperlink ref="D25" r:id="rId22"/>
+    <hyperlink ref="D26" r:id="rId23"/>
+    <hyperlink ref="D27" r:id="rId24"/>
+    <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
-    <hyperlink ref="D44" r:id="rId40"/>
-[...68 lines deleted...]
-    <hyperlink ref="D116" r:id="rId109"/>
+    <hyperlink ref="D45" r:id="rId40"/>
+    <hyperlink ref="D46" r:id="rId41"/>
+    <hyperlink ref="D47" r:id="rId42"/>
+    <hyperlink ref="D48" r:id="rId43"/>
+    <hyperlink ref="D49" r:id="rId44"/>
+    <hyperlink ref="D50" r:id="rId45"/>
+    <hyperlink ref="D51" r:id="rId46"/>
+    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId50"/>
+    <hyperlink ref="D56" r:id="rId51"/>
+    <hyperlink ref="D57" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D62" r:id="rId55"/>
+    <hyperlink ref="D63" r:id="rId56"/>
+    <hyperlink ref="D64" r:id="rId57"/>
+    <hyperlink ref="D65" r:id="rId58"/>
+    <hyperlink ref="D66" r:id="rId59"/>
+    <hyperlink ref="D67" r:id="rId60"/>
+    <hyperlink ref="D68" r:id="rId61"/>
+    <hyperlink ref="D69" r:id="rId62"/>
+    <hyperlink ref="D70" r:id="rId63"/>
+    <hyperlink ref="D71" r:id="rId64"/>
+    <hyperlink ref="D72" r:id="rId65"/>
+    <hyperlink ref="D73" r:id="rId66"/>
+    <hyperlink ref="D74" r:id="rId67"/>
+    <hyperlink ref="D75" r:id="rId68"/>
+    <hyperlink ref="D76" r:id="rId69"/>
+    <hyperlink ref="D77" r:id="rId70"/>
+    <hyperlink ref="D78" r:id="rId71"/>
+    <hyperlink ref="D79" r:id="rId72"/>
+    <hyperlink ref="D80" r:id="rId73"/>
+    <hyperlink ref="D81" r:id="rId74"/>
+    <hyperlink ref="D82" r:id="rId75"/>
+    <hyperlink ref="D83" r:id="rId76"/>
+    <hyperlink ref="D84" r:id="rId77"/>
+    <hyperlink ref="D85" r:id="rId78"/>
+    <hyperlink ref="D86" r:id="rId79"/>
+    <hyperlink ref="D87" r:id="rId80"/>
+    <hyperlink ref="D88" r:id="rId81"/>
+    <hyperlink ref="D89" r:id="rId82"/>
+    <hyperlink ref="D90" r:id="rId83"/>
+    <hyperlink ref="D91" r:id="rId84"/>
+    <hyperlink ref="D92" r:id="rId85"/>
+    <hyperlink ref="D93" r:id="rId86"/>
+    <hyperlink ref="D94" r:id="rId87"/>
+    <hyperlink ref="D95" r:id="rId88"/>
+    <hyperlink ref="D96" r:id="rId89"/>
+    <hyperlink ref="D97" r:id="rId90"/>
+    <hyperlink ref="D98" r:id="rId91"/>
+    <hyperlink ref="D99" r:id="rId92"/>
+    <hyperlink ref="D100" r:id="rId93"/>
+    <hyperlink ref="D101" r:id="rId94"/>
+    <hyperlink ref="D103" r:id="rId95"/>
+    <hyperlink ref="D104" r:id="rId96"/>
+    <hyperlink ref="D105" r:id="rId97"/>
+    <hyperlink ref="D106" r:id="rId98"/>
+    <hyperlink ref="D107" r:id="rId99"/>
+    <hyperlink ref="D108" r:id="rId100"/>
+    <hyperlink ref="D109" r:id="rId101"/>
+    <hyperlink ref="D110" r:id="rId102"/>
+    <hyperlink ref="D111" r:id="rId103"/>
+    <hyperlink ref="D112" r:id="rId104"/>
+    <hyperlink ref="D113" r:id="rId105"/>
+    <hyperlink ref="D114" r:id="rId106"/>
+    <hyperlink ref="D115" r:id="rId107"/>
+    <hyperlink ref="D116" r:id="rId108"/>
+    <hyperlink ref="D117" r:id="rId109"/>
     <hyperlink ref="D118" r:id="rId110"/>
     <hyperlink ref="D119" r:id="rId111"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">