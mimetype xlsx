--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -8,775 +8,781 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="460" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="464" uniqueCount="243">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Абразивный инструмент Kranz</t>
   </si>
   <si>
     <t>1.1 Круги лепестковые торцевые Kranz</t>
   </si>
   <si>
+    <t>KR-90-0016</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P100, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>KR-90-0012</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой P40, 125х22,2мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-90-0013</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P60, 125х22,2мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0014</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой P80, 125х22,2 мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0004</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P24, 115х22,2мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0005</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P40, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0006</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P60, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0007</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P80, 115х22,2мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0008</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P100, 115х22,2мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0009</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P120, 115х22,2мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0010</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P24, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0017</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P120, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0018</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P40, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0019</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P60, 150х22,2мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0020</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P80, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0021</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P40, 180х22,2мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0022</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P60, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0023</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P80, 180х22,2мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0016</t>
-[...2 lines deleted...]
-    <t>Круг лепестковый торцевой P100, 125х22,2мм KRANZ</t>
+    <t>KR-90-0030-1</t>
+  </si>
+  <si>
+    <t>Круг зачистной коралловый CERAMIC 125xМ14, быстрая установка, адаптер KRANZ</t>
   </si>
   <si>
     <t>KR-90-0014-1</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, циркониевый, P80, 125х22,2мм INOX KRANZ</t>
   </si>
   <si>
     <t>KR-90-0017-1</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, циркониевый, P120, 125х22,2мм INOX KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0030-1</t>
-[...2 lines deleted...]
-    <t>Круг зачистной коралловый CERAMIC 125xМ14, быстрая установка, адаптер KRANZ</t>
+    <t>KR-90-0030</t>
+  </si>
+  <si>
+    <t>Круг зачистной коралловый 125x22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0012-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P40, 125х22,2мм INOX KRANZ</t>
   </si>
   <si>
     <t>KR-90-0013-1</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, циркониевый, P60, 125х22,2мм INOX KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0005</t>
-[...46 lines deleted...]
-  <si>
     <t>KR-90-0016-1</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, циркониевый, P100, 125х22,2мм INOX KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0013</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Абразивные круги с отверстиями Kranz</t>
   </si>
   <si>
+    <t>KR-91-1164</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P40, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-91-1165</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P60, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1166</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P80, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
-    <t>упак</t>
-[...1 lines deleted...]
-  <si>
     <t>KR-91-1169</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P180, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-1168</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P120, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-1167</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, перфорированный, P100, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-90-0043</t>
   </si>
   <si>
     <t>Диск шлифовальный на сетчатой основе 125 мм, Р120, 5 шт Kranz</t>
   </si>
   <si>
     <t>KR-90-0044</t>
   </si>
   <si>
     <t>Диск шлифовальный на сетчатой основе 125 мм, Р180, 5 шт Kranz</t>
   </si>
   <si>
     <t>KR-90-0045</t>
   </si>
   <si>
     <t>Диск шлифовальный на сетчатой основе 125 мм, Р240, 5 шт Kranz</t>
   </si>
   <si>
     <t>KR-90-0040</t>
   </si>
   <si>
     <t>Диск шлифовальный на сетчатой основе 125 мм, Р60, 5 шт Kranz</t>
   </si>
   <si>
     <t>KR-90-0041</t>
   </si>
   <si>
     <t>Диск шлифовальный на сетчатой основе 125 мм, Р80, 5 шт Kranz</t>
   </si>
   <si>
+    <t>KR-90-0042</t>
+  </si>
+  <si>
+    <t>Диск шлифовальный на сетчатой основе 125 мм, Р100, 5 шт Kranz</t>
+  </si>
+  <si>
     <t>KR-90-0046</t>
   </si>
   <si>
     <t>Диск шлифовальный на сетчатой основе 125 мм, Р320, 5 шт Kranz</t>
   </si>
   <si>
     <t>KR-90-0047</t>
   </si>
   <si>
     <t>Диск шлифовальный на сетчатой основе 125 мм, Р400, 5 шт Kranz</t>
   </si>
   <si>
-    <t>KR-91-1164</t>
-[...16 lines deleted...]
-  <si>
     <t>1.3 Абразивные круги без отверстий Kranz</t>
   </si>
   <si>
     <t>KR-91-1147</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P100, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-1148</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P120, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-1150</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P180, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-1151</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P240, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-1152</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P320, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
+    <t>KR-91-1144</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P40, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1153</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P400, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1145</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P60, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
+    <t>KR-91-1146</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P80, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1142</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P24, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1143</t>
+  </si>
+  <si>
+    <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P36, 125мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1149</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P150, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-1154</t>
   </si>
   <si>
     <t>Диск абразивный на ворсовой основе, на липучке, без отверстий, P220, 125мм, 10 шт. KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1144</t>
-[...28 lines deleted...]
-  <si>
     <t>1.4 Насадки для абразивных кругов Kranz</t>
   </si>
   <si>
+    <t>KR-91-1180</t>
+  </si>
+  <si>
+    <t>Насадка для дрели и УШМ с липучкой и адаптером, 125мм,10мм, мягкая KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1181</t>
   </si>
   <si>
     <t>Насадка для дрели и УШМ с липучкой и адаптером, 125мм, 5мм, мягкая KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1180</t>
-[...2 lines deleted...]
-    <t>Насадка для дрели и УШМ с липучкой и адаптером, 125мм,10мм, мягкая KRANZ</t>
+    <t>KR-91-1183</t>
+  </si>
+  <si>
+    <t>Тарелка опорная для эксцентриковой шлифовальной машины, 125мм, 10мм, мягкая KRANZ</t>
   </si>
   <si>
     <t>1.5 Щетки-насадки Kranz</t>
   </si>
   <si>
+    <t>KR-91-1201</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1202</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 115мм, М14 KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1209</t>
   </si>
   <si>
     <t>Щетка чашечная для УШМ, витая латунированная проволока, 100мм, М14 KRANZ</t>
   </si>
   <si>
     <t>KR-91-1235</t>
   </si>
   <si>
     <t>Щетка чашечная для УШМ, крученая стальная проволока, 125мм, М14 KRANZ</t>
   </si>
   <si>
+    <t>KR-91-1236</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с пластиковой ручкой 4 ряд. 260 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1237</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с пластиковой ручкой 6 ряд. 260 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1238</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 125мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1242</t>
   </si>
   <si>
     <t>Щетка дисковая для УШМ, витая латунированная проволока, 125мм, отв. 22,23мм KRANZ</t>
   </si>
   <si>
+    <t>KR-91-1243</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с деревянной ручкой 6 ряд. 280 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1245</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1200</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 100мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1203</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1210</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1231</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1233</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, нейлоновая проволока с абразивным покрытием, 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1234</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1241</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, витая латунированная проволока, 100мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1244</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1246</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1239</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 150мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1240</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 175мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1247</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 200мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1232</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, витая латунированная проволока, 150мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1205</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, витая латунированная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1206</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, витая латунированная проволока, 115мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1207</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, витая латунированная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1211</t>
   </si>
   <si>
     <t>Щетка чашечная для УШМ, витая латунированная проволока, 65мм, М14 KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1200</t>
-[...50 lines deleted...]
-    <t>Щетка по металлу с деревянной ручкой 6 ряд. 280 мм Kranz</t>
+    <t>KR-91-1212</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 75мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1250</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 65мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1251</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 75мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1252</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 150мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1248</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1249</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1253</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1254</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 65мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1255</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 75мм KRANZ</t>
   </si>
   <si>
     <t>KR-91-1257</t>
   </si>
   <si>
     <t>Щетка по металлу с деревянной ручкой, 4 ряда, 280мм KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1239</t>
-[...58 lines deleted...]
-  <si>
     <t>KR-91-1258</t>
   </si>
   <si>
     <t>Щетка по металлу с деревянной ручкой, 5 рядов, 280мм KRANZ</t>
   </si>
   <si>
     <t>KR-91-1256</t>
   </si>
   <si>
     <t>Щетка по металлу с пластиковой ручкой, 5 рядов, 260мм KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1202</t>
-[...76 lines deleted...]
-  <si>
     <t>KR-91-1354</t>
   </si>
   <si>
     <t>Щетка металлическая с пластиковой ручкой, витая латунированная проволока KRANZ</t>
   </si>
   <si>
     <t>1.6 Шкурки шлифовальные в листах</t>
   </si>
   <si>
+    <t>KR-91-1330</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х457мм, P40 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1331</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х457мм, P60 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1332</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х457мм, P80 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1333</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х457мм, P100 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1334</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х533мм, P40 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1335</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х533мм, P60 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1336</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х533мм, P80 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1337</t>
+  </si>
+  <si>
+    <t>Лента шлифовальная бесконечная, 75х533мм, P100 (5 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1302</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р60 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1303</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р80 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1304</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р100 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1305</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р120 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1306</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р150 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1307</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р180 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1308</t>
+  </si>
+  <si>
+    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р240 (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1309</t>
   </si>
   <si>
     <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р320 (10 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1330</t>
-[...76 lines deleted...]
-  <si>
     <t>KR-91-1310</t>
   </si>
   <si>
     <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие, 230х280мм, Р400 (10 шт/уп) KRANZ</t>
-  </si>
-[...10 lines deleted...]
-    <t>Шкурки шлифовальные в листах на тканевой основе, водостойкие 230х280мм, Р180 (10 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1161,56 +1167,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-125h22-2-mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p80-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p120-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-ceramic-125xm14-bystraya-ustanovka-adapter-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p60-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p40-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p100-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-125x22-2mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p80-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p180-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p120-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p100-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r120-5-sht-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r180-5-sht-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r240-5-sht-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r60-5-sht-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r80-5-sht-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r320-5-sht-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r400-5-sht-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p40-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p60-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r100-5-sht-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p100-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p120-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p180-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p240-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p320-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p60-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p150-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p220-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p40-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p400-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p80-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p24-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p36-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-i-adapterom-125mm-5mm-myagkaya-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-i-adapterom-125mm-10mm-myagkaya-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-65mm-m14-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-100mm-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-neylonovaya-provoloka-s-abrazivnym-pokrytiem-100mm-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-6-ryad-280-mm-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-4-ryada-280mm-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-200mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-150mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-115mm-m14-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-75mm-m14-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-65mm-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-5-ryadov-280mm-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-5-ryadov-260mm-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-115mm-m14-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-4-ryad-260-mm-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-65mm-m14-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-100mm-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-6-ryad-260-mm-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-175mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-75mm-m14-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-m14-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-metallicheskaya-s-plastikovoy-ruchkoy-vitaya-latunirovannaya-provoloka-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r320-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p40-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p60-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p80-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p40-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p60-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p80-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p100-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r80-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r100-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r150-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r240-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p100-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r120-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r400-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r60-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r180-10-sht-up-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-125h22-2-mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-ceramic-125xm14-bystraya-ustanovka-adapter-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p80-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p120-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-125x22-2mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p40-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p60-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p100-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p40-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p60-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p80-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p180-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p120-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-perforirovannyy-p100-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r120-5-sht-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r180-5-sht-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r240-5-sht-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r60-5-sht-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r80-5-sht-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r100-5-sht-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r320-5-sht-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-shlifovalnyy-na-setchatoy-osnove-125-mm-r400-5-sht-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p100-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p120-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p180-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p240-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p320-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p40-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p400-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p60-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p80-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p24-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p36-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p150-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-abrazivnyy-na-vorsovoy-osnove-na-lipuchke-bez-otverstiy-p220-125mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-i-adapterom-125mm-10mm-myagkaya-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-i-adapterom-125mm-5mm-myagkaya-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tarelka-opornaya-dlya-ekstsentrikovoy-shlifovalnoy-mashiny-125mm-10mm-myagkaya-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-115mm-m14-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-po-metallu-s-plastikovoy-ruchkoy-4-ryad-260-mm-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-po-metallu-s-plastikovoy-ruchkoy-6-ryad-260-mm-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-po-metallu-s-derevyannoy-ruchkoy-6-ryad-280-mm-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-100mm-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-neylonovaya-provoloka-s-abrazivnym-pokrytiem-100mm-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-100mm-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-175mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-200mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-150mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-115mm-m14-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-65mm-m14-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-75mm-m14-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-65mm-m14-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-75mm-m14-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-m14-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-65mm-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-po-metallu-s-derevyannoy-ruchkoy-4-ryada-280mm-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-po-metallu-s-derevyannoy-ruchkoy-5-ryadov-280mm-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-po-metallu-s-plastikovoy-ruchkoy-5-ryadov-260mm-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-metallicheskaya-s-plastikovoy-ruchkoy-vitaya-latunirovannaya-provoloka-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p40-5-shtup-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p60-5-shtup-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p80-5-shtup-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h457mm-p100-5-shtup-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p40-5-shtup-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p60-5-shtup-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p80-5-shtup-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-shlifovalnaya-beskonechnaya-75h533mm-p100-5-shtup-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r60-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r80-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r100-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r120-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r150-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r180-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r240-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r320-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkurki-shlifovalnye-v-listah-na-tkanevoy-osnove-vodostoykie-230h280mm-r400-10-shtup-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I119"/>
+  <dimension ref="A1:I120"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1242,3335 +1248,3364 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>154.87</v>
+        <v>143.54</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>4705</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>154.56</v>
+        <v>147.13</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>6486</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>119</v>
+        <v>147.06</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>135.26</v>
+        <v>146.83</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1535</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>200</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>111.87</v>
+        <v>83.3</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>259</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>135.26</v>
+        <v>128.5</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>326</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>171.11</v>
+        <v>128.5</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>720</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>358.89</v>
+        <v>128.5</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>888</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>357.64</v>
+        <v>78.31</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1033</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>151.09</v>
+        <v>128.5</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>5519</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>200</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>198.32</v>
+        <v>116.33</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1696</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>188.15</v>
+        <v>136.7</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>775</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>1800.09</v>
+        <v>123.33</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>860</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>203.4</v>
+        <v>119.78</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1582</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>135.26</v>
+        <v>111.27</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1392</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>135.26</v>
+        <v>340.95</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1358</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>122.45</v>
+        <v>141.9</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>143.89</v>
+        <v>339.76</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>2543</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>176.19</v>
+        <v>1440.07</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>361</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>158.95</v>
+        <v>198.32</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>503</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>202.71</v>
+        <v>188.15</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>218.66</v>
+        <v>536.98</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1678</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>193.23</v>
+        <v>218.66</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1112</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>154.8</v>
+        <v>203.4</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>10473</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>671.22</v>
+        <v>193.23</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>515</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>128.17</v>
+        <v>125.94</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>200</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>142.86</v>
+        <v>122.17</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F31" s="3">
-        <v>161</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>200</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>152.83</v>
+        <v>119.2</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F32" s="3">
-        <v>733</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>200</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>131.98</v>
+        <v>135.72</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F33" s="3">
-        <v>1334</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>200</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>320.36</v>
+        <v>145.19</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F34" s="3">
-        <v>834</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>287.81</v>
+        <v>125.38</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F35" s="3">
-        <v>828</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>279.68</v>
+        <v>272.31</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F36" s="3">
-        <v>816</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>305.1</v>
+        <v>267.66</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F37" s="3">
-        <v>1323</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>305.1</v>
+        <v>257.31</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F38" s="3">
-        <v>1339</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>284.76</v>
+        <v>305.1</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F39" s="3">
-        <v>847</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
         <v>289.85</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F40" s="3">
-        <v>838</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>136.89</v>
+        <v>303.99</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>128.6</v>
+        <v>264.83</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>310.19</v>
+        <v>275.36</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F43" s="3">
-        <v>1321</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>152.55</v>
+        <v>144.92</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>200</v>
       </c>
       <c r="I45" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>152.55</v>
+        <v>144.92</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F46" s="3">
-        <v>1346</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>200</v>
       </c>
       <c r="I46" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>94.2</v>
+        <v>65.94</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F47" s="3">
-        <v>1826</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>200</v>
       </c>
       <c r="I47" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>116.96</v>
+        <v>81.87</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F48" s="3">
-        <v>394</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>200</v>
       </c>
       <c r="I48" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>106.79</v>
+        <v>74.75</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F49" s="3">
-        <v>451</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>200</v>
       </c>
       <c r="I49" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>162.72</v>
+        <v>144.92</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>200</v>
       </c>
       <c r="I50" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>152.55</v>
+        <v>154.58</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F51" s="3">
-        <v>1188</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>200</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>152.55</v>
+        <v>154.58</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>200</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>152.55</v>
+        <v>154.58</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>200</v>
       </c>
       <c r="I53" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>162.72</v>
+        <v>144.92</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F54" s="3">
-        <v>1126</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>200</v>
       </c>
       <c r="I54" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>162.72</v>
+        <v>144.92</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>200</v>
       </c>
       <c r="I55" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>152.55</v>
+        <v>144.92</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>200</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>152.55</v>
+        <v>144.92</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>200</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>226.06</v>
+        <v>250.57</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>3959</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>100</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>263.76</v>
+        <v>214.76</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>6120</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A61" s="2" t="s">
+      <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B61" s="2"/>
-[...6 lines deleted...]
-      <c r="I61" s="2"/>
+      <c r="B61" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C61" s="3">
+        <v>285</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" s="3">
+        <v>0</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>50</v>
+      </c>
+      <c r="I61" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A62" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B62" s="3" t="s">
+      <c r="A62" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="C62" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>920.81</v>
+        <v>328.13</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>719</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>484.64</v>
+        <v>360.67</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>1291</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>255.21</v>
+        <v>429.49</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>838</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>297.73</v>
+        <v>828.73</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>898</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>516.89</v>
+        <v>176.51</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>579</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>600.68</v>
+        <v>260.12</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>1149</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>36</v>
+        <v>120</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>257.14</v>
+        <v>486.82</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>978</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>556.74</v>
+        <v>436.18</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>2083</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>270.96</v>
+        <v>144.92</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>1380</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>345.4</v>
+        <v>204.26</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>1380</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>540.91</v>
+        <v>208.41</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>1682</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>152.55</v>
+        <v>485.88</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>1709</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>117.34</v>
+        <v>564.64</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>1271</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="I75" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>562.21</v>
+        <v>249.43</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I76" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>1138.59</v>
+        <v>523.34</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>519</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>531.72</v>
+        <v>286.32</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>317.34</v>
+        <v>262.83</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>508</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I79" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>476.01</v>
+        <v>168.22</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>488</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I80" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>295.19</v>
+        <v>241.97</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I81" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>136.77</v>
+        <v>393.55</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
         <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C83" s="3">
-        <v>186.64</v>
+        <v>508.61</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
         <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C84" s="3">
-        <v>160.08</v>
+        <v>1024.73</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
         <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C85" s="3">
-        <v>214.74</v>
+        <v>478.55</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>575</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C86" s="3">
-        <v>127.13</v>
+        <v>368.34</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>948</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C87" s="3">
-        <v>191.66</v>
+        <v>222.14</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C88" s="3">
-        <v>379.65</v>
+        <v>428.41</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>645</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I88" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C89" s="3">
-        <v>185.8</v>
+        <v>242.45</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>1123</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I89" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C90" s="3">
-        <v>215.01</v>
+        <v>280.43</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>355</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>260.72</v>
+        <v>182.5</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>327</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>100</v>
       </c>
       <c r="I91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C92" s="3">
-        <v>409.03</v>
+        <v>175.11</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>1420</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>173.42</v>
+        <v>542.4</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
         <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I93" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C94" s="3">
-        <v>249.45</v>
+        <v>129.93</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>261</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>120</v>
       </c>
       <c r="I94" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>273.81</v>
+        <v>177.31</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>883</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C96" s="3">
-        <v>156.58</v>
+        <v>152.08</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
         <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>100</v>
       </c>
       <c r="I96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C97" s="3">
-        <v>726.59</v>
+        <v>204</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C98" s="3">
-        <v>250.16</v>
+        <v>109.61</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>536</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C99" s="3">
-        <v>774.85</v>
+        <v>111.47</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>319</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C100" s="3">
-        <v>387.73</v>
+        <v>120.77</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>799</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C101" s="3">
-        <v>117.34</v>
+        <v>182.08</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
         <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>120</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A102" s="2" t="s">
+      <c r="A102" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="B102" s="2"/>
-[...6 lines deleted...]
-      <c r="I102" s="2"/>
+      <c r="B102" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C102" s="3">
+        <v>111.47</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F102" s="3">
+        <v>0</v>
+      </c>
+      <c r="G102" s="3">
+        <v>1</v>
+      </c>
+      <c r="H102" s="3">
+        <v>120</v>
+      </c>
+      <c r="I102" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B103" s="3" t="s">
+      <c r="A103" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="C103" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C104" s="3">
-        <v>412.34</v>
+        <v>371.11</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F104" s="3">
         <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>48</v>
       </c>
       <c r="I104" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C105" s="3">
-        <v>412.34</v>
+        <v>371.11</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F105" s="3">
         <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>48</v>
       </c>
       <c r="I105" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C106" s="3">
-        <v>392.47</v>
+        <v>353.22</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F106" s="3">
         <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>48</v>
       </c>
       <c r="I106" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C107" s="3">
-        <v>452.08</v>
+        <v>274.73</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F107" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>48</v>
       </c>
       <c r="I107" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C108" s="3">
-        <v>452.08</v>
+        <v>406.87</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F108" s="3">
-        <v>124</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>48</v>
       </c>
       <c r="I108" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C109" s="3">
-        <v>432.2</v>
+        <v>406.87</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F109" s="3">
-        <v>117</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>48</v>
       </c>
       <c r="I109" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C110" s="3">
-        <v>432.2</v>
+        <v>302.54</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F110" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>48</v>
       </c>
       <c r="I110" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C111" s="3">
-        <v>569.62</v>
+        <v>388.98</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F111" s="3">
-        <v>1024</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="I111" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C112" s="3">
-        <v>569.62</v>
+        <v>455.7</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F112" s="3">
-        <v>1043</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>1</v>
       </c>
       <c r="I112" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C113" s="3">
-        <v>569.62</v>
+        <v>455.7</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F113" s="3">
-        <v>475</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
         <v>1</v>
       </c>
       <c r="I113" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C114" s="3">
-        <v>569.62</v>
+        <v>455.7</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F114" s="3">
-        <v>1501</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>1</v>
       </c>
       <c r="I114" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C115" s="3">
-        <v>392.47</v>
+        <v>455.7</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F115" s="3">
-        <v>121</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="I115" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C116" s="3">
-        <v>569.62</v>
+        <v>455.7</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F116" s="3">
-        <v>1050</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>1</v>
       </c>
       <c r="I116" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C117" s="3">
-        <v>569.62</v>
+        <v>455.7</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F117" s="3">
-        <v>1513</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I117" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C118" s="3">
-        <v>569.62</v>
+        <v>455.7</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F118" s="3">
-        <v>1092</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
         <v>1</v>
       </c>
       <c r="I118" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C119" s="3">
-        <v>569.62</v>
+        <v>455.7</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F119" s="3">
-        <v>1578</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>1</v>
       </c>
       <c r="I119" s="3">
         <v>10</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A120" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C120" s="3">
+        <v>455.7</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F120" s="3">
+        <v>0</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>60</v>
+      </c>
+      <c r="I120" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A29:I29"/>
     <mergeCell ref="A44:I44"/>
     <mergeCell ref="A58:I58"/>
-    <mergeCell ref="A61:I61"/>
-    <mergeCell ref="A102:I102"/>
+    <mergeCell ref="A62:I62"/>
+    <mergeCell ref="A103:I103"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
@@ -4583,107 +4618,108 @@
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
     <hyperlink ref="D52" r:id="rId47"/>
     <hyperlink ref="D53" r:id="rId48"/>
     <hyperlink ref="D54" r:id="rId49"/>
     <hyperlink ref="D55" r:id="rId50"/>
     <hyperlink ref="D56" r:id="rId51"/>
     <hyperlink ref="D57" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D60" r:id="rId54"/>
-    <hyperlink ref="D62" r:id="rId55"/>
+    <hyperlink ref="D61" r:id="rId55"/>
     <hyperlink ref="D63" r:id="rId56"/>
     <hyperlink ref="D64" r:id="rId57"/>
     <hyperlink ref="D65" r:id="rId58"/>
     <hyperlink ref="D66" r:id="rId59"/>
     <hyperlink ref="D67" r:id="rId60"/>
     <hyperlink ref="D68" r:id="rId61"/>
     <hyperlink ref="D69" r:id="rId62"/>
     <hyperlink ref="D70" r:id="rId63"/>
     <hyperlink ref="D71" r:id="rId64"/>
     <hyperlink ref="D72" r:id="rId65"/>
     <hyperlink ref="D73" r:id="rId66"/>
     <hyperlink ref="D74" r:id="rId67"/>
     <hyperlink ref="D75" r:id="rId68"/>
     <hyperlink ref="D76" r:id="rId69"/>
     <hyperlink ref="D77" r:id="rId70"/>
     <hyperlink ref="D78" r:id="rId71"/>
     <hyperlink ref="D79" r:id="rId72"/>
     <hyperlink ref="D80" r:id="rId73"/>
     <hyperlink ref="D81" r:id="rId74"/>
     <hyperlink ref="D82" r:id="rId75"/>
     <hyperlink ref="D83" r:id="rId76"/>
     <hyperlink ref="D84" r:id="rId77"/>
     <hyperlink ref="D85" r:id="rId78"/>
     <hyperlink ref="D86" r:id="rId79"/>
     <hyperlink ref="D87" r:id="rId80"/>
     <hyperlink ref="D88" r:id="rId81"/>
     <hyperlink ref="D89" r:id="rId82"/>
     <hyperlink ref="D90" r:id="rId83"/>
     <hyperlink ref="D91" r:id="rId84"/>
     <hyperlink ref="D92" r:id="rId85"/>
     <hyperlink ref="D93" r:id="rId86"/>
     <hyperlink ref="D94" r:id="rId87"/>
     <hyperlink ref="D95" r:id="rId88"/>
     <hyperlink ref="D96" r:id="rId89"/>
     <hyperlink ref="D97" r:id="rId90"/>
     <hyperlink ref="D98" r:id="rId91"/>
     <hyperlink ref="D99" r:id="rId92"/>
     <hyperlink ref="D100" r:id="rId93"/>
     <hyperlink ref="D101" r:id="rId94"/>
-    <hyperlink ref="D103" r:id="rId95"/>
+    <hyperlink ref="D102" r:id="rId95"/>
     <hyperlink ref="D104" r:id="rId96"/>
     <hyperlink ref="D105" r:id="rId97"/>
     <hyperlink ref="D106" r:id="rId98"/>
     <hyperlink ref="D107" r:id="rId99"/>
     <hyperlink ref="D108" r:id="rId100"/>
     <hyperlink ref="D109" r:id="rId101"/>
     <hyperlink ref="D110" r:id="rId102"/>
     <hyperlink ref="D111" r:id="rId103"/>
     <hyperlink ref="D112" r:id="rId104"/>
     <hyperlink ref="D113" r:id="rId105"/>
     <hyperlink ref="D114" r:id="rId106"/>
     <hyperlink ref="D115" r:id="rId107"/>
     <hyperlink ref="D116" r:id="rId108"/>
     <hyperlink ref="D117" r:id="rId109"/>
     <hyperlink ref="D118" r:id="rId110"/>
     <hyperlink ref="D119" r:id="rId111"/>
+    <hyperlink ref="D120" r:id="rId112"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>