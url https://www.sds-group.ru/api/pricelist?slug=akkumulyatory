--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -42,279 +42,279 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Аккумуляторы</t>
   </si>
   <si>
-    <t>1.1 Литий-ионные (Li-ion)</t>
+    <t>1.1 Свинцово-кислотные (AGM)</t>
+  </si>
+  <si>
+    <t>30-2070-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 1207, 12В, 7Ач, срок службы 3 года</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>30-2090-4</t>
+  </si>
+  <si>
+    <t>Батарея аккумуляторная 12В, 9Ач, 1 штука</t>
+  </si>
+  <si>
+    <t>30-2170-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 1218, 12В, 18Ач, срок службы 3 года</t>
+  </si>
+  <si>
+    <t>30-6045-4</t>
+  </si>
+  <si>
+    <t>Батарея аккумуляторная 6В, 4,5Ач, 1 штука</t>
+  </si>
+  <si>
+    <t>30-2012-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 12012, 12В, 1,2Ач, срок службы 3 года</t>
+  </si>
+  <si>
+    <t>30-2022-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 12022, 12В, 2,2Ач, срок службы 3 года</t>
+  </si>
+  <si>
+    <t>30-2045-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 12045, 12В, 4,5Ач, срок службы 3 года</t>
+  </si>
+  <si>
+    <t>30-6070-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Батарея аккумуляторная 6В, 7Ач, 1 штука </t>
+  </si>
+  <si>
+    <t>30-2120-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 1212, 12В, 12Ач, срок службы 3 года</t>
+  </si>
+  <si>
+    <t>1.2 USB аккумуляторы</t>
+  </si>
+  <si>
+    <t>30-2032</t>
+  </si>
+  <si>
+    <t>Батарейка аккумуляторная АА/HR6, 2000 мАч, 2 шт, пальчиковая, зарядка от USB Type-C REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>30-2033</t>
+  </si>
+  <si>
+    <t>Батарейка аккумуляторная ААА/HR03, 900 мАч, 2 шт, мизинчиковая, зарядка от USB Type-C REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Литий-ионные (Li-ion)</t>
   </si>
   <si>
     <t>30-2000-01</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 1 шт, бопп пакет PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>30-2000</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 10 шт, коробка PROconnect</t>
   </si>
   <si>
     <t>30-2060</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18500, 3,7В, 1400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
+    <t>30-2035</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аккумулятор Li-ion (литий-ион) 16340, 3,7В, 700мАч, без платы защиты, 4 шт, пластиковая упаковка REXANT </t>
+  </si>
+  <si>
+    <t>30-2030-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-2010</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2020</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2600мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2030</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2040</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 16340, 3,7В, 700мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2050</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 14500, 3,7В, 750мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2080</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 26650, 3,7В, 4800мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
     <t>30-2065</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 10440, 3,7В, 320мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
-    <t>30-2040</t>
-[...16 lines deleted...]
-  <si>
     <t>30-2085</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18350, 3,7В, 900мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
-    <t>30-2030-05</t>
-[...26 lines deleted...]
-    <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+    <t>30-2010-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-2035-05</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-2036</t>
-[...4 lines deleted...]
-  <si>
     <t>30-2034</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 2400мАч, с платой защиты, 2 шт, пластиковая упаковка REXANT</t>
   </si>
   <si>
     <t>30-2037</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 3000мАч, без платы защиты, 2 шт, пластиковая упаковка REXANT</t>
   </si>
   <si>
-    <t>30-2010-05</t>
-[...5 lines deleted...]
-    <t>1.2 Никель-металлогидридные (Ni-Mh)</t>
+    <t>1.4 Никель-металлогидридные (Ni-Mh)</t>
+  </si>
+  <si>
+    <t>30-1428</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 2800мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1411</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 1100мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1406</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 600мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1409</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 900мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1419</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 1900мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1423</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 2300мАч, 2 шт, блистер REXANT</t>
-  </si>
-[...97 lines deleted...]
-    <t>Батарейка аккумуляторная ААА/HR03, 900 мАч, 2 шт, мизинчиковая, зарядка от USB Type-C REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -699,51 +699,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-1-sht-bopp-paket-proconne.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-1-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-platy-zaschity-4-sht-plastikovaya-upakovka-rexa.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschity-2-sht-plastikovaya-upakovka-rexa.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-platy-zaschity-2-sht-plastikovaya-upakovka-rex.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-1900mach-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-2300mach-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-1100mach-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-2800mach-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-600mach-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-900mach-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-4-5ach-1-shtuka.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12022-12v-2-2ach-srok-sluzhby-3-goda.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12045-12v-4-5ach-srok-sluzhby-3-goda.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1207-12v-7ach-srok-sluzhby-3-goda.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12012-12v-1-2ach-srok-sluzhby-3-goda.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1218-12v-18ach-srok-sluzhby-3-goda.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-7ach-1-shtuka.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1212-12v-12ach-srok-sluzhby-3-goda.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-9ach-1-shtuka.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-akkumulyatornaya-aa-hr6-2000-mach-2-sht-palchikovaya-zaryadka-ot-usb-type-c-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-akkumulyatornaya-aaa-hr03-900-mach-2-sht-mizinchikovaya-zaryadka-ot-usb-type-c-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-7-ah-1-sht-12293" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-9-ah-1-sht-15574" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-18-ah-1-sht-15300" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-4-5-ah-1-sht-12289" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-1-2-ah-1-sht-12290" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-2-2-ah-1-sht-12291" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-4-5-ah-1-sht-12292" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-7-ah-1-sht-15606" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-12-ah-1-sht-15299" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-akkumulyatornaya-aa-2000-mach-2-sht-palchikovaya-zaryadka-ot-usb-type-c-rexant-30576" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-akkumulyatornaya-aaa-900-mach-2-sht-mizinchikovaya-zaryadka-ot-usb-type-c-rexant-30577" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000-mah-1-sht-proconnect-12286" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000-mah-10-sht-proconnect-9290" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400-mah-10-sht-rexant-9296" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-20a-3000-mah-10-sht-rexant-12536" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-plati-zaschiti-4-sht-plastikovaya-upakovka-rexant-30815" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800-mah-s-platoy-zaschiti-1-sht-rexant-15307" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400-mah-10-sht-rexant-9291" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600-mah-10-sht-rexant-9292" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800-mah-s-platoy-zaschiti-10-sht-rexant-9293" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700-mah-10-sht-rexant-9294" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750-mah-10-sht-rexant-9295" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800-mah-10-sht-rexant-9297" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320-mah-10-sht-rexant-9298" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900-mah-10-sht-rexant-9299" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400-mah-2-sht-blister-rexant-15308" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000-mah-2-sht-blister-rexant-15306" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschiti-2-sht-plastikovaya-upakovka-rexant-30814" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-plati-zaschiti-2-sht-plastikovaya-upakovka-rexant-30816" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-1-2v-2800mach-palchik-blister-2-sht-rexant-15033" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-1-2v-1100mach-mizinchik-blister-2-sht-rexant-15032" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-1-2v-600mach-mizinchik-blister-2-sht-rexant-15034" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-1-2v-900mach-mizinchik-blister-2-sht-rexant-15035" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-1-2v-1900mach-palchik-blister-2-sht-rexant-15036" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-1-2v-2300mach-palchik-blister-2-sht-rexant-15037" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I41"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -780,1138 +780,1138 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>250.2</v>
+        <v>2117.88</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>9840</v>
+        <v>80</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>239.32</v>
+        <v>5785.98</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>16500</v>
+        <v>5</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>410</v>
+        <v>8140</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1210</v>
+        <v>5</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>4</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>295.88</v>
+        <v>1830</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>780</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>221</v>
+        <v>1270</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>7740</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>478.63</v>
+        <v>1794.82</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>950</v>
+        <v>2150</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1326</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>350</v>
+        <v>2691.52</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>565.66</v>
+        <v>5735</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1937</v>
+        <v>2</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>80</v>
+        <v>4</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="3">
+        <v>677.01</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C14" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>5700</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>346</v>
+        <v>646.9</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>7490</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
+      <c r="A16" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>587.42</v>
+        <v>250.2</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>3622</v>
+        <v>10398</v>
       </c>
       <c r="G17" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>306</v>
+        <v>239.32</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1188</v>
+        <v>14160</v>
       </c>
       <c r="G18" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>421</v>
+        <v>410</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>2150</v>
+        <v>1870</v>
       </c>
       <c r="G19" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>707.09</v>
+        <v>590</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>774</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
         <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="C21" s="3">
+        <v>306</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>1132</v>
+      </c>
+      <c r="G21" s="3">
+        <v>4</v>
+      </c>
+      <c r="H21" s="3">
+        <v>500</v>
+      </c>
+      <c r="I21" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C21" s="3">
-[...22 lines deleted...]
-      <c r="A22" s="2" t="s">
+      <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="C22" s="3">
+        <v>565.66</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>1628</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>80</v>
+      </c>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>262.79</v>
+        <v>346</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1972</v>
+        <v>6160</v>
       </c>
       <c r="G23" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>480</v>
+        <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>304</v>
+        <v>410</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>974</v>
+        <v>8450</v>
       </c>
       <c r="G24" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>480</v>
+        <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>199.16</v>
+        <v>543.89</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>6093</v>
+        <v>7060</v>
       </c>
       <c r="G25" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>672</v>
+        <v>200</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>392.76</v>
+        <v>221</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>4006</v>
+        <v>7160</v>
       </c>
       <c r="G26" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>480</v>
+        <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>108</v>
+        <v>478.63</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>2088</v>
+        <v>3180</v>
       </c>
       <c r="G27" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>672</v>
+        <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>135</v>
+        <v>950</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>7528</v>
+        <v>1866</v>
       </c>
       <c r="G28" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>672</v>
+        <v>300</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="2" t="s">
+      <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="2"/>
-[...6 lines deleted...]
-      <c r="I29" s="2"/>
+      <c r="B29" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29" s="3">
+        <v>295.88</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F29" s="3">
+        <v>1210</v>
+      </c>
+      <c r="G29" s="3">
+        <v>10</v>
+      </c>
+      <c r="H29" s="3">
+        <v>200</v>
+      </c>
+      <c r="I29" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>1830</v>
+        <v>350</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>1794.82</v>
+        <v>400</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>2420</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H31" s="3">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>2150</v>
+        <v>587.42</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>3</v>
+        <v>5732</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>2117.88</v>
+        <v>421</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>32</v>
+        <v>1162</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H33" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>1270</v>
+        <v>707.09</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>1296</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H34" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A35" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B35" s="3" t="s">
+      <c r="A35" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="C35" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>2691.52</v>
+        <v>392.76</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>3525</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H36" s="3">
-        <v>10</v>
+        <v>480</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>5735</v>
+        <v>199.16</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>4</v>
+        <v>6655</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H37" s="3">
-        <v>4</v>
+        <v>672</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>5785.98</v>
+        <v>108</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>14</v>
+        <v>1046</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H38" s="3">
-        <v>5</v>
+        <v>672</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A39" s="2" t="s">
+      <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B39" s="2"/>
-[...6 lines deleted...]
-      <c r="I39" s="2"/>
+      <c r="B39" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C39" s="3">
+        <v>135</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="3">
+        <v>7016</v>
+      </c>
+      <c r="G39" s="3">
+        <v>2</v>
+      </c>
+      <c r="H39" s="3">
+        <v>672</v>
+      </c>
+      <c r="I39" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>677.01</v>
+        <v>262.79</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>3480</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H40" s="3">
-        <v>300</v>
+        <v>480</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>646.9</v>
+        <v>304</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>560</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H41" s="3">
-        <v>300</v>
+        <v>480</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A22:I22"/>
-[...1 lines deleted...]
-    <mergeCell ref="A39:I39"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A35:I35"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
-    <hyperlink ref="D13" r:id="rId10"/>
-[...13 lines deleted...]
-    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
-    <hyperlink ref="D35" r:id="rId30"/>
-[...2 lines deleted...]
-    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D36" r:id="rId30"/>
+    <hyperlink ref="D37" r:id="rId31"/>
+    <hyperlink ref="D38" r:id="rId32"/>
+    <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">