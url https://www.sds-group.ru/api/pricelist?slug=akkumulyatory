--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -8,313 +8,283 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="77">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Аккумуляторы</t>
   </si>
   <si>
-    <t>1.1 Свинцово-кислотные (AGM)</t>
+    <t>1.1 Литий-ионные (Li-ion)</t>
+  </si>
+  <si>
+    <t>30-2000</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 10 шт, коробка PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>30-2000-01</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 1 шт, бопп пакет PROconnect</t>
+  </si>
+  <si>
+    <t>30-2010-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-2035-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-2034</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 2400мАч, с платой защиты, 2 шт, пластиковая упаковка REXANT</t>
+  </si>
+  <si>
+    <t>30-2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аккумулятор Li-ion (литий-ион) 16340, 3,7В, 700мАч, без платы защиты, 4 шт, пластиковая упаковка REXANT </t>
+  </si>
+  <si>
+    <t>30-2065</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 10440, 3,7В, 320мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2010</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2030</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2050</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 14500, 3,7В, 750мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2060</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18500, 3,7В, 1400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2037</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 3000мАч, без платы защиты, 2 шт, пластиковая упаковка REXANT</t>
+  </si>
+  <si>
+    <t>30-2020</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2600мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2085</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18350, 3,7В, 900мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2035</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2040</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 16340, 3,7В, 700мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2080</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 26650, 3,7В, 4800мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2030-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Никель-металлогидридные (Ni-Mh)</t>
+  </si>
+  <si>
+    <t>30-1406</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 600мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1409</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 900мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1411</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 1100мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1419</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 1900мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1423</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 2300мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1428</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 2800мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Свинцово-кислотные (AGM)</t>
   </si>
   <si>
     <t>30-2070-4</t>
   </si>
   <si>
     <t>Аккумулятор свинцово-кислотный BT 1207, 12В, 7Ач, срок службы 3 года</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>30-2090-4</t>
   </si>
   <si>
     <t>Батарея аккумуляторная 12В, 9Ач, 1 штука</t>
   </si>
   <si>
+    <t>30-2012-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 12012, 12В, 1,2Ач, срок службы 3 года</t>
+  </si>
+  <si>
+    <t>30-6045-4</t>
+  </si>
+  <si>
+    <t>Батарея аккумуляторная 6В, 4,5Ач, 1 штука</t>
+  </si>
+  <si>
+    <t>30-2120-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 1212, 12В, 12Ач, срок службы 3 года</t>
+  </si>
+  <si>
     <t>30-2170-4</t>
   </si>
   <si>
     <t>Аккумулятор свинцово-кислотный BT 1218, 12В, 18Ач, срок службы 3 года</t>
   </si>
   <si>
-    <t>30-6045-4</t>
-[...16 lines deleted...]
-  <si>
     <t>30-2045-4</t>
   </si>
   <si>
     <t>Аккумулятор свинцово-кислотный BT 12045, 12В, 4,5Ач, срок службы 3 года</t>
-  </si>
-[...178 lines deleted...]
-    <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 2300мАч, 2 шт, блистер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -699,56 +669,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-7-ah-1-sht-12293" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-9-ah-1-sht-15574" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-18-ah-1-sht-15300" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-4-5-ah-1-sht-12289" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-1-2-ah-1-sht-12290" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-2-2-ah-1-sht-12291" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-4-5-ah-1-sht-12292" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-7-ah-1-sht-15606" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-12-ah-1-sht-15299" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-akkumulyatornaya-aa-2000-mach-2-sht-palchikovaya-zaryadka-ot-usb-type-c-rexant-30576" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-akkumulyatornaya-aaa-900-mach-2-sht-mizinchikovaya-zaryadka-ot-usb-type-c-rexant-30577" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000-mah-1-sht-proconnect-12286" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000-mah-10-sht-proconnect-9290" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400-mah-10-sht-rexant-9296" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-20a-3000-mah-10-sht-rexant-12536" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-plati-zaschiti-4-sht-plastikovaya-upakovka-rexant-30815" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800-mah-s-platoy-zaschiti-1-sht-rexant-15307" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400-mah-10-sht-rexant-9291" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600-mah-10-sht-rexant-9292" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800-mah-s-platoy-zaschiti-10-sht-rexant-9293" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700-mah-10-sht-rexant-9294" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750-mah-10-sht-rexant-9295" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800-mah-10-sht-rexant-9297" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320-mah-10-sht-rexant-9298" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900-mah-10-sht-rexant-9299" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400-mah-2-sht-blister-rexant-15308" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000-mah-2-sht-blister-rexant-15306" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschiti-2-sht-plastikovaya-upakovka-rexant-30814" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-plati-zaschiti-2-sht-plastikovaya-upakovka-rexant-30816" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-1-2v-2800mach-palchik-blister-2-sht-rexant-15033" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-1-2v-1100mach-mizinchik-blister-2-sht-rexant-15032" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-1-2v-600mach-mizinchik-blister-2-sht-rexant-15034" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-1-2v-900mach-mizinchik-blister-2-sht-rexant-15035" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-1-2v-1900mach-palchik-blister-2-sht-rexant-15036" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-1-2v-2300mach-palchik-blister-2-sht-rexant-15037" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-1-sht-bopp-paket-proconne" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschity-2-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-platy-zaschity-4-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-platy-zaschity-2-sht-plastikovaya-upakovka-rex" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-600mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-900mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-1100mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-1900mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-2300mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-2800mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1207-12v-7ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-9ach-1-shtuka" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12012-12v-1-2ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-4-5ach-1-shtuka" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1212-12v-12ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1218-12v-18ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12045-12v-4-5ach-srok-sluzhby-3-goda" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I41"/>
+  <dimension ref="A1:I36"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -780,1140 +750,1006 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>2117.88</v>
+        <v>243.39</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>80</v>
+        <v>13350</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>5785.98</v>
+        <v>254.45</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>5</v>
+        <v>8311</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>8140</v>
+        <v>406.8</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>5</v>
+        <v>2160</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H6" s="3">
-        <v>4</v>
+        <v>160</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1830</v>
+        <v>655.96</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>2100</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H7" s="3">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1270</v>
+        <v>428.16</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>988</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1794.82</v>
+        <v>265.44</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>1016</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>2150</v>
+        <v>284.76</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>610</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>2691.52</v>
+        <v>351.88</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>4950</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>5735</v>
+        <v>553.14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>2</v>
+        <v>5080</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>4</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
+      <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="2"/>
-[...6 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="B13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="3">
+        <v>416.97</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>1860</v>
+      </c>
+      <c r="G13" s="3">
+        <v>10</v>
+      </c>
+      <c r="H13" s="3">
+        <v>200</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>677.01</v>
+        <v>396.63</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>1540</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>646.9</v>
+        <v>719.11</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>1202</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H15" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="2" t="s">
+      <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="2"/>
-[...6 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="B16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C16" s="3">
+        <v>371.21</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>4610</v>
+      </c>
+      <c r="G16" s="3">
+        <v>10</v>
+      </c>
+      <c r="H16" s="3">
+        <v>200</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>250.2</v>
+        <v>355.95</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>10398</v>
+        <v>7</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H17" s="3">
         <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>239.32</v>
+        <v>600.03</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>14160</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
         <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>410</v>
+        <v>208.49</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1870</v>
+        <v>7110</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>590</v>
+        <v>825.8</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>1526</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>306</v>
+        <v>575.28</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1132</v>
+        <v>1364</v>
       </c>
       <c r="G21" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>500</v>
+        <v>80</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="C22" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>346</v>
+        <v>109.84</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>6160</v>
+        <v>588</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H23" s="3">
-        <v>200</v>
+        <v>672</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>410</v>
+        <v>132.21</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>8450</v>
+        <v>1868</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>672</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>543.89</v>
+        <v>172.89</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>7060</v>
+        <v>6355</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H25" s="3">
-        <v>200</v>
+        <v>672</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>221</v>
+        <v>267.26</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>7160</v>
+        <v>1290</v>
       </c>
       <c r="G26" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>480</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>478.63</v>
+        <v>309.17</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>3180</v>
+        <v>430</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>480</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>950</v>
+        <v>399.44</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1866</v>
+        <v>3157</v>
       </c>
       <c r="G28" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H28" s="3">
-        <v>300</v>
+        <v>480</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="3" t="s">
+      <c r="A29" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>350</v>
+        <v>2153.88</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>7</v>
+        <v>70</v>
       </c>
       <c r="G30" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>400</v>
+        <v>5884.34</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>2420</v>
+        <v>5</v>
       </c>
       <c r="G31" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>160</v>
+        <v>5</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>587.42</v>
+        <v>1291.59</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>5732</v>
+        <v>34</v>
       </c>
       <c r="G32" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>421</v>
+        <v>1861.11</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1162</v>
+        <v>14</v>
       </c>
       <c r="G33" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="3" t="s">
+      <c r="C34" s="3">
+        <v>5832.5</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="3">
+        <v>10</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>4</v>
+      </c>
+      <c r="I34" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="C34" s="3">
-[...22 lines deleted...]
-      <c r="A35" s="2" t="s">
+      <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="2"/>
-[...6 lines deleted...]
-      <c r="I35" s="2"/>
+      <c r="C35" s="3">
+        <v>8278.38</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" s="3">
+        <v>4</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
+        <v>4</v>
+      </c>
+      <c r="I35" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>392.76</v>
+        <v>2186.55</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>3525</v>
+        <v>18</v>
       </c>
       <c r="G36" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>480</v>
+        <v>10</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
-    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
-[...143 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="5">
+  <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A13:I13"/>
-[...1 lines deleted...]
-    <mergeCell ref="A35:I35"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A29:I29"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
-    <hyperlink ref="D14" r:id="rId10"/>
-[...13 lines deleted...]
-    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
-    <hyperlink ref="D36" r:id="rId30"/>
-[...4 lines deleted...]
-    <hyperlink ref="D41" r:id="rId35"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>