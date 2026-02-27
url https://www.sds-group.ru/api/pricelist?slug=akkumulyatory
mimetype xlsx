--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -45,246 +45,246 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Аккумуляторы</t>
   </si>
   <si>
     <t>1.1 Литий-ионные (Li-ion)</t>
   </si>
   <si>
+    <t>30-2000-01</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 1 шт, бопп пакет PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>30-2000</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 10 шт, коробка PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 1 шт, бопп пакет PROconnect</t>
+    <t>30-2085</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18350, 3,7В, 900мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2030-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-2034</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 2400мАч, с платой защиты, 2 шт, пластиковая упаковка REXANT</t>
+  </si>
+  <si>
+    <t>30-2037</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 3000мАч, без платы защиты, 2 шт, пластиковая упаковка REXANT</t>
+  </si>
+  <si>
+    <t>30-2010</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2020</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2600мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2030</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2080</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 26650, 3,7В, 4800мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2040</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 16340, 3,7В, 700мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2050</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 14500, 3,7В, 750мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2060</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18500, 3,7В, 1400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
     <t>30-2010-05</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-2035-05</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-2034</t>
-[...2 lines deleted...]
-    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 2400мАч, с платой защиты, 2 шт, пластиковая упаковка REXANT</t>
+    <t>30-2035</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
     <t>30-2036</t>
   </si>
   <si>
     <t xml:space="preserve">Аккумулятор Li-ion (литий-ион) 16340, 3,7В, 700мАч, без платы защиты, 4 шт, пластиковая упаковка REXANT </t>
   </si>
   <si>
     <t>30-2065</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 10440, 3,7В, 320мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
-    <t>30-2010</t>
-[...64 lines deleted...]
-  <si>
     <t>1.2 Никель-металлогидридные (Ni-Mh)</t>
   </si>
   <si>
+    <t>30-1423</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 2300мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1406</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 600мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1409</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 900мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1411</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 1100мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1419</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 1900мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1423</t>
-[...4 lines deleted...]
-  <si>
     <t>30-1428</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 2800мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>1.3 Свинцово-кислотные (AGM)</t>
   </si>
   <si>
+    <t>30-2170-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 1218, 12В, 18Ач, срок службы 3 года</t>
+  </si>
+  <si>
+    <t>30-2120-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 1212, 12В, 12Ач, срок службы 3 года</t>
+  </si>
+  <si>
     <t>30-2070-4</t>
   </si>
   <si>
     <t>Аккумулятор свинцово-кислотный BT 1207, 12В, 7Ач, срок службы 3 года</t>
   </si>
   <si>
+    <t>30-2012-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 12012, 12В, 1,2Ач, срок службы 3 года</t>
+  </si>
+  <si>
+    <t>30-2045-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 12045, 12В, 4,5Ач, срок службы 3 года</t>
+  </si>
+  <si>
     <t>30-2090-4</t>
   </si>
   <si>
     <t>Батарея аккумуляторная 12В, 9Ач, 1 штука</t>
   </si>
   <si>
-    <t>30-2012-4</t>
-[...4 lines deleted...]
-  <si>
     <t>30-6045-4</t>
   </si>
   <si>
     <t>Батарея аккумуляторная 6В, 4,5Ач, 1 штука</t>
-  </si>
-[...16 lines deleted...]
-    <t>Аккумулятор свинцово-кислотный BT 12045, 12В, 4,5Ач, срок службы 3 года</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -669,51 +669,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-1-sht-bopp-paket-proconne" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschity-2-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-platy-zaschity-4-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-platy-zaschity-2-sht-plastikovaya-upakovka-rex" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-600mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-900mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-1100mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-1900mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-2300mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-2800mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1207-12v-7ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-9ach-1-shtuka" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12012-12v-1-2ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-4-5ach-1-shtuka" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1212-12v-12ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1218-12v-18ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12045-12v-4-5ach-srok-sluzhby-3-goda" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zashchity-ploskiy-kontakt-1-sht-bopp-paket-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zashchity-vysokiy-kontakt-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschity-2-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-platy-zaschity-2-sht-plastikovaya-upakovka-rex" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600mach-bez-platy-zashchity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zashchity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750mach-bez-platy-zashchity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zashchity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zashchity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-platy-zaschity-4-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aahr6-1-2v-2300mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaahr03-1-2v-600mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaahr03-1-2v-900mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaahr03-1-2v-1100mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aahr6-1-2v-1900mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aahr6-1-2v-2800mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1218-12v-18ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1212-12v-12ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1207-12v-7ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12012-12v-1-2ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12045-12v-4-5ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-9ach-1-shtuka" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-4-5ach-1-shtuka" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I36"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -750,962 +750,962 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>243.39</v>
+        <v>254.45</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>13350</v>
+        <v>9264</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>254.45</v>
+        <v>243.39</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>8311</v>
+        <v>12110</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>406.8</v>
+        <v>355.95</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2160</v>
+        <v>547</v>
       </c>
       <c r="G6" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>655.96</v>
+        <v>575.28</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2100</v>
+        <v>901</v>
       </c>
       <c r="G7" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>160</v>
+        <v>80</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
         <v>428.16</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>988</v>
+        <v>870</v>
       </c>
       <c r="G8" s="3">
         <v>2</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>265.44</v>
+        <v>719.11</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1016</v>
+        <v>1090</v>
       </c>
       <c r="G9" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H9" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>284.76</v>
+        <v>351.88</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>610</v>
+        <v>4760</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>351.88</v>
+        <v>371.21</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>4950</v>
+        <v>4140</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
         <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
         <v>553.14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>5080</v>
+        <v>4790</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>416.97</v>
+        <v>825.8</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1860</v>
+        <v>1396</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>396.63</v>
+        <v>208.49</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1540</v>
+        <v>6960</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
         <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>719.11</v>
+        <v>416.97</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1202</v>
+        <v>1720</v>
       </c>
       <c r="G15" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
         <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>371.21</v>
+        <v>396.63</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>4610</v>
+        <v>1430</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
         <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>355.95</v>
+        <v>406.8</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>7</v>
+        <v>2310</v>
       </c>
       <c r="G17" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>600.03</v>
+        <v>655.96</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>1716</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>208.49</v>
+        <v>600.03</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>7110</v>
+        <v>540</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>825.8</v>
+        <v>265.44</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1526</v>
+        <v>1004</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="H20" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>575.28</v>
+        <v>284.76</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1364</v>
+        <v>580</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>109.84</v>
+        <v>309.17</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>588</v>
+        <v>1352</v>
       </c>
       <c r="G23" s="3">
         <v>2</v>
       </c>
       <c r="H23" s="3">
-        <v>672</v>
+        <v>480</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>132.21</v>
+        <v>109.84</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1868</v>
+        <v>2236</v>
       </c>
       <c r="G24" s="3">
         <v>2</v>
       </c>
       <c r="H24" s="3">
         <v>672</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>172.89</v>
+        <v>132.21</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>6355</v>
+        <v>1730</v>
       </c>
       <c r="G25" s="3">
         <v>2</v>
       </c>
       <c r="H25" s="3">
         <v>672</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>267.26</v>
+        <v>172.89</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1290</v>
+        <v>5423</v>
       </c>
       <c r="G26" s="3">
         <v>2</v>
       </c>
       <c r="H26" s="3">
-        <v>480</v>
+        <v>672</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>309.17</v>
+        <v>267.26</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>430</v>
+        <v>1114</v>
       </c>
       <c r="G27" s="3">
         <v>2</v>
       </c>
       <c r="H27" s="3">
         <v>480</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
         <v>399.44</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>3157</v>
+        <v>4543</v>
       </c>
       <c r="G28" s="3">
         <v>2</v>
       </c>
       <c r="H28" s="3">
         <v>480</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>2153.88</v>
+        <v>8278.38</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>70</v>
+        <v>3</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>5884.34</v>
+        <v>5832.5</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>1291.59</v>
+        <v>2153.88</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>1861.11</v>
+        <v>1291.59</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>20</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>5832.5</v>
+        <v>2186.55</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
+        <v>0</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>8278.38</v>
+        <v>5884.34</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
         <v>4</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>2186.55</v>
+        <v>1861.11</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A29:I29"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>