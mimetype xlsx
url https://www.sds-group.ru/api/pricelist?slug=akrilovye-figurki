--- v0 (2025-12-14)
+++ v1 (2026-02-10)
@@ -42,150 +42,150 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Акриловые фигурки</t>
   </si>
   <si>
+    <t>513-401</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Овца 30см, 56 светодиодов, IP65, 24В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>513-323</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Пингвиненок 19х14,5х25 см, 20 светодиодов, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-325</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Снеговик на лыжах 16х20х29 см, 30 светодиодов, батарейки 3хАА (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-316</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Лисенок 28х15х26 см, батарейки 2хAA (не входят в комплект), 30 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-247</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Белый мишка 20 см, 4,5 В, 3 батарейки AA (не входят в комплект), 20 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-341</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Белка 17,5х12х18 см, 4,5 В, 3 батарейки AAA (не входят в комплект), 12 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-322</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Елочка 15х15х22 см, 20 светодиодов, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-324</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Пряничный домик 26х15,5х20 см, 30 светодиодов, батарейки 3хАА (не входят в комплект) NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>513-314</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Олененок в шарфе 20х17х30 см, 24 светодиода, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-325</t>
-[...26 lines deleted...]
-    <t>Акриловая светодиодная фигура Белый мишка 20 см, 4,5 В, 3 батарейки AA (не входят в комплект), 20 светодиодов NEON-NIGHT</t>
+    <t>513-270</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Северный олень 45 см, 100 светодиодов, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-273</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Санта Клаус приветствует 30 см, 40 светодиодов, IP65 понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-275</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Снеговик с шарфом 30 см, 40 светодиодов, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>513-311</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Медвежонок 12х22х13 см, 4,5 В, 3 батарейки AA (не входят в комплект), 10 светодиодов NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-273</t>
-[...4 lines deleted...]
-  <si>
     <t>513-312</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Медвежонок 24х11х18 см, 4,5 В, 3 батарейки AA (не входят в комплект), 16 светодиодов NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-270</t>
-[...10 lines deleted...]
-  <si>
     <t>513-321</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Оленёнок 30х14х35 см, 4,5 В, 3 батарейки AA (не входят в комплект), 40 светодиодов NEON-NIGHT</t>
   </si>
   <si>
     <t>513-315</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Медведь 34,5х12х17 см, 4,5 В, 3 батарейки AA (не входят в комплект), 24 светодиода NEON-NIGHT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Акриловая светодиодная фигура Снеговик с шарфом 30 см, 40 светодиодов, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>513-252</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Белый мишка 15х25 см, 4,5 В, 3 батарейки AA (не входят в комплект), 20 светодиодов NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -576,51 +576,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pryanichniy-domik-26h15-5h20-sm-30-svetodiodov-batareyki-3haa-ne-vhodyat-v-komplekt-neon-night-23486" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pingvinenok-19h14-5h25-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-komplekt-neon-night-23485" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-v-sharfe-20h17h30-sm-24-svetodioda-batareyki-2haa-ne-vhodyat-v-komplekt-neon-night-23488" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-na-lijah-16h20h29-sm-30-svetodiodov-batareyki-3haa-ne-vhodyat-v-komplekt-neon-night-23487" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-lisenok-28h15h26-sm-batareyki-2haa-ne-vhodyat-v-komplekt-30-svetodiodov-neon-night-23489" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-elochka-15h15h22-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-komplekt-neon-night-23484" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-ovtsa-30sm-56-svetodiodov-ip65-24v-neon-night-7651" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-beliy-mishka-20-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-svetodiodov-neon-night-3483" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvejonok-12h22h13-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-10-svetodiodov-neon-night-6376" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-santa-klaus-privetstvuet-30-sm-40-svetodiodov-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-3994" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvejonok-24h11h18-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-16-svetodiodov-neon-night-6377" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severniy-olen-45-sm-100-svetodiodov-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-3997" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belka-17-5h12h18-sm-4-5-v-3-batareyki-aaa-ne-vhodyat-v-komplekt-12-svetodiodov-neon-night-6379" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenyonok-30h14h35-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-40-svetodiodov-neon-night-6380" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medved-34-5h12h17-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-24-svetodioda-neon-night-6381" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-s-sharfom-30-sm-40-svetodiodov-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-4000" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-beliy-mishka-15h25-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-svetodiodov-neon-night-3488" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-ovtsa-30sm-56-svetodiodov-ip65-24v-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pingvinenok-19h14-5h25-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-na-lyzhah-16h20h29-sm-30-svetodiodov-batareyki-3haa-ne-vhod" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-lisenok-28h15h26-sm-batareyki-2haa-ne-vhodyat-v-komplekt-30-svetodio" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-20-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-sve" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belka-17-5h12h18-sm-4-5-v-3-batareyki-aaa-ne-vhodyat-v-komplekt-12-s" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-elochka-15h15h22-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-kompl" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pryanichnyy-domik-26h15-5h20-sm-30-svetodiodov-batareyki-3haa-ne-vho" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-v-sharfe-20h17h30-sm-24-svetodioda-batareyki-2haa-ne-vhodya" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severnyy-olen-45-sm-100-svetodiodov-ip65-ponizhayuschiy-transformato" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-santa-klaus-privetstvuet-30-sm-40-svetodiodov-ip65-ponizhayuschiy-tr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-s-sharfom-30-sm-40-svetodiodov-ip-65-ponizhayuschiy-transfo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-12h22h13-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-24h11h18-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-30h14h35-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-40-s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medved-34-5h12h17-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-24-s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-15h25-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -644,515 +644,515 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>3477.68</v>
+        <v>2365.51</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>67</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>2584.41</v>
+        <v>2628.34</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>12</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>2325.97</v>
+        <v>3722.95</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>3660.72</v>
+        <v>2628.34</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>2584.41</v>
+        <v>1660.67</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1978.13</v>
+        <v>1494.6</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>2325.97</v>
+        <v>2011.76</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>67</v>
+        <v>2</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1632.91</v>
+        <v>3536.8</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1632.91</v>
+        <v>2365.51</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>5793.97</v>
+        <v>8125.83</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1836.72</v>
+        <v>5303.22</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>7990</v>
+        <v>4414</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1469.62</v>
+        <v>1660.67</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>3660.72</v>
+        <v>1867.94</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>2584.41</v>
+        <v>3722.95</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>4822.46</v>
+        <v>2628.34</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>800.69</v>
+        <v>732.87</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>8</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>