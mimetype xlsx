--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -54,228 +54,228 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Аксеcсуары</t>
   </si>
   <si>
     <t>62-0296</t>
   </si>
   <si>
     <t>Садовый душ на штативе, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>62-0009</t>
+  </si>
+  <si>
+    <t>Тренога костровая с цепью в чехле, 1000мм, толщина 0,8мм СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0031</t>
+  </si>
+  <si>
+    <t>Набор нож и вилка для приготовления стейка, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0049</t>
+  </si>
+  <si>
+    <t>Набор щипцы и щетка для гриля Комфорт, термопластичная рукоятка СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0071</t>
+  </si>
+  <si>
+    <t>Стартер для розжига, нержавеющая сталь, высота 300мм, объем 6л СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0028</t>
+  </si>
+  <si>
+    <t>Лопатка для гриля 38см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0076</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров и аксессуаров для барбекю, настенный, нержавеющая сталь СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0078</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров, настенный, нержавеющая сталь СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0017</t>
+  </si>
+  <si>
+    <t>Сумка для мангала 500х20х350мм, с пропиткой ПВХ СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0041</t>
+  </si>
+  <si>
+    <t>Лопатка для гриля 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0046</t>
+  </si>
+  <si>
+    <t>Щетка для гриля Комфорт 34см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0042</t>
+  </si>
+  <si>
+    <t>Щетка для гриля средняя, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0045</t>
+  </si>
+  <si>
+    <t>Щетка для гриля Комфорт, длинная, 43см СОКОЛ</t>
+  </si>
+  <si>
     <t>62-0043</t>
   </si>
   <si>
     <t>Щипцы для гриля Комфорт 46см СОКОЛ</t>
   </si>
   <si>
-    <t>62-0042</t>
-[...28 lines deleted...]
-  <si>
     <t>62-0029</t>
   </si>
   <si>
     <t>Щипцы для барбекю 34см, в блистере СОКОЛ</t>
   </si>
   <si>
+    <t>62-0051</t>
+  </si>
+  <si>
+    <t>Вилка для гриля Стандарт, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0052</t>
+  </si>
+  <si>
+    <t>Щипцы для гриля Стандарт, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0047</t>
+  </si>
+  <si>
+    <t>Набор лопатка и щипцы для гриля Комфорт, термопластичная рукоятка СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0048</t>
+  </si>
+  <si>
+    <t>Набор щипцы, щетка и лопатка для гриля Комфорт, термопластичная рукоятка СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0053</t>
+  </si>
+  <si>
+    <t>Набор щипцы, вилка и лопатка для гриля Стандарт СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0070</t>
+  </si>
+  <si>
+    <t>Стартер для розжига, сталь, высота 300мм, объем 6л СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0000</t>
+  </si>
+  <si>
+    <t>Подставка под шампуры с 6 шампурами в чехле СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0027</t>
+  </si>
+  <si>
+    <t>Щипцы для гриля 34см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0030</t>
+  </si>
+  <si>
+    <t>Щетка-скребок для чистки гриля 50см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0032</t>
+  </si>
+  <si>
+    <t>Набор щипцы, вилка и лопатка для гриля, в блистере СОКОЛ</t>
+  </si>
+  <si>
     <t>62-0044</t>
   </si>
   <si>
     <t>Вилка для гриля Комфорт 44,5см СОКОЛ</t>
   </si>
   <si>
-    <t>62-0045</t>
-[...32 lines deleted...]
-    <t>Набор щипцы, вилка и лопатка для гриля Стандарт СОКОЛ</t>
+    <t>62-0050</t>
+  </si>
+  <si>
+    <t>Лопатка для гриля Стандарт, 44см СОКОЛ</t>
   </si>
   <si>
     <t>62-0069</t>
   </si>
   <si>
     <t>Опахало для мангала, 32х21см СОКОЛ</t>
   </si>
   <si>
-    <t>62-0070</t>
-[...10 lines deleted...]
-  <si>
     <t>62-0058</t>
   </si>
   <si>
     <t>Щепа для копчения, ольха, 200г СОКОЛ</t>
   </si>
   <si>
-    <t>62-0000</t>
-[...38 lines deleted...]
-    <t>Набор щипцы и щетка для гриля Комфорт, термопластичная рукоятка СОКОЛ</t>
+    <t>62-0059</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров и аксессуаров для барбекю, настенный, черный СОКОЛ</t>
   </si>
   <si>
     <t>62-0077</t>
   </si>
   <si>
     <t>Держатель для хранения шампуров, настенный, черный СОКОЛ</t>
-  </si>
-[...22 lines deleted...]
-    <t>Держатель для хранения шампуров и аксессуаров для барбекю, настенный, черный СОКОЛ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -660,51 +660,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sadovyy-dush-na-shtative-reguliruemyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-grilya-komfort-46sm-sokol.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-srednyaya-44sm-sokol.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-34sm-sokol.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-dlya-mangala-500h20h350mm-s-propitkoy-pvh-sokol.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-44sm-sokol.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-38sm-v-blistere-sokol.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-barbekyu-34sm-v-blistere-sokol.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-komfort-44-5sm-sokol.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-dlinnaya-43sm-sokol.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-standart-44sm-sokol.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-grilya-standart-44sm-sokol.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-lopatka-i-schiptsy-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsy-schetka-i-lopatka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsy-vilka-i-lopatka-dlya-grilya-standart-sokol.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opahalo-dlya-mangala-32h21sm-sokol.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozzhiga-stal-vysota-300mm-obem-6l-sokol.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozzhiga-nerzhaveyuschaya-stal-vysota-300mm-obem-6l-sokol.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schepa-dlya-kopcheniya-olha-200g-sokol.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-pod-shampury-s-6-shampurami-v-chehle-sokol.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-grilya-34sm-v-blistere-sokol.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-skrebok-dlya-chistki-grilya-50sm-v-blistere-sokol.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nozh-i-vilka-dlya-prigotovleniya-steyka-v-blistere-sokol.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsy-vilka-i-lopatka-dlya-grilya-v-blistere-sokol.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-standart-44sm-sokol.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsy-i-schetka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-nastennyy-chernyy-sokol.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trenoga-kostrovaya-s-tsepyu-v-chehle-1000mm-tolschina-0-8mm-sokol.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-nastennyy-nerzhaveyuschaya-stal-sokol.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastennyy-nerzhaveyuschaya-stal-sokol.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastennyy-chernyy-sokol.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sadoviy-dush-na-shtative-reguliruemiy-chetire-sezona-30575" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trenoga-kostrovaya-s-tsepyu-v-chehle-1000mm-tolschina-0-8mm-sokol-11530" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-noj-i-vilka-dlya-prigotovleniya-steyka-v-blistere-sokol-17138" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-i-schetka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol-26201" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozjiga-nerjaveyuschaya-stal-visota-300mm-obem-6l-sokol-29136" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-38sm-v-blistere-sokol-17136" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastenniy-nerjaveyuschaya-stal-sokol-30982" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-nastenniy-nerjaveyuschaya-stal-sokol-30984" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-dlya-mangala-500h20h350mm-s-propitkoy-pvh-sokol-26814" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-44sm-sokol-26189" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-34sm-sokol-26193" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-srednyaya-44sm-sokol-26194" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-dlinnaya-43sm-sokol-26192" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-grilya-komfort-46sm-sokol-26190" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-barbekyu-34sm-v-blistere-sokol-17135" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-standart-44sm-sokol-26196" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-grilya-standart-44sm-sokol-26197" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-lopatka-i-schiptsi-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol-26199" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-schetka-i-lopatka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol-26200" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-vilka-i-lopatka-dlya-grilya-standart-sokol-26198" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozjiga-stal-visota-300mm-obem-6l-sokol-29135" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-pod-shampuri-s-6-shampurami-v-chehle-sokol-11521" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-grilya-34sm-v-blistere-sokol-17137" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-skrebok-dlya-chistki-grilya-50sm-v-blistere-sokol-17139" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-vilka-i-lopatka-dlya-grilya-v-blistere-sokol-17134" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-komfort-44-5sm-sokol-26191" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-standart-44sm-sokol-26195" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opahalo-dlya-mangala-32h21sm-sokol-28007" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schepa-dlya-kopcheniya-olha-200g-sokol-29709" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastenniy-cherniy-sokol-30981" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-nastenniy-cherniy-sokol-30983" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I33"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -737,927 +737,927 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>2676.7</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>12</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1695.67</v>
+        <v>592.02</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1446</v>
+        <v>183</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>548.99</v>
+        <v>923</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1108</v>
+        <v>27</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>24</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>672.71</v>
+        <v>2090.24</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>494</v>
+        <v>6</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>24</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>608.97</v>
+        <v>1744.47</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
+        <v>301</v>
+      </c>
+      <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
+        <v>1</v>
+      </c>
+      <c r="I7" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>892.57</v>
+        <v>515.5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>524</v>
+        <v>119</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>515.5</v>
+        <v>795.12</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>203</v>
+        <v>69</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>923.14</v>
+        <v>549.74</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>154</v>
+        <v>52</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>757.05</v>
+        <v>608.97</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>434</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>816.22</v>
+        <v>892.57</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1143</v>
+        <v>504</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>24</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>453.72</v>
+        <v>672.71</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>230</v>
+        <v>491</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>779.6</v>
+        <v>548.99</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>222</v>
+        <v>990</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>2542.18</v>
+        <v>816.22</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>435</v>
+        <v>1131</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>24</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>3991.58</v>
+        <v>1695.67</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>175</v>
+        <v>1433</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>2200.65</v>
+        <v>923.14</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>682</v>
+        <v>144</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>85.05</v>
+        <v>453.72</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>322</v>
+        <v>166</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>90</v>
+        <v>36</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1261</v>
+        <v>779.6</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1744.47</v>
+        <v>2542.18</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>289</v>
+        <v>415</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>129</v>
+        <v>3991.58</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>170</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>476.53</v>
+        <v>2200.65</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>39</v>
+        <v>290</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1118.56</v>
+        <v>1261</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1264</v>
+        <v>96</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>500.84</v>
+        <v>476.53</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>425</v>
+        <v>29</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>923</v>
+        <v>1118.56</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>70</v>
+        <v>1240</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1501</v>
+        <v>500.84</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>354</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>598.72</v>
+        <v>1501</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>24</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>2090.24</v>
+        <v>757.05</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>15</v>
+        <v>429</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>24</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>456.09</v>
+        <v>598.72</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>592.02</v>
+        <v>85.05</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>364</v>
+        <v>310</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>549.74</v>
+        <v>129</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>795.12</v>
+        <v>643.39</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>12</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>643.39</v>
+        <v>456.09</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>