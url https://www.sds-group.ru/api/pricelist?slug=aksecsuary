--- v1 (2025-12-04)
+++ v2 (2026-02-04)
@@ -54,228 +54,228 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Аксеcсуары</t>
   </si>
   <si>
     <t>62-0296</t>
   </si>
   <si>
     <t>Садовый душ на штативе, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>62-0041</t>
+  </si>
+  <si>
+    <t>Лопатка для гриля 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0042</t>
+  </si>
+  <si>
+    <t>Щетка для гриля средняя, 44см СОКОЛ</t>
+  </si>
+  <si>
     <t>62-0009</t>
   </si>
   <si>
     <t>Тренога костровая с цепью в чехле, 1000мм, толщина 0,8мм СОКОЛ</t>
   </si>
   <si>
+    <t>62-0070</t>
+  </si>
+  <si>
+    <t>Стартер для розжига, сталь, высота 300мм, объем 6л СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0058</t>
+  </si>
+  <si>
+    <t>Щепа для копчения, ольха, 200г СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0017</t>
+  </si>
+  <si>
+    <t>Сумка для мангала 500х20х350мм, с пропиткой ПВХ СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0043</t>
+  </si>
+  <si>
+    <t>Щипцы для гриля Комфорт 46см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0046</t>
+  </si>
+  <si>
+    <t>Щетка для гриля Комфорт 34см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0045</t>
+  </si>
+  <si>
+    <t>Щетка для гриля Комфорт, длинная, 43см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0059</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров и аксессуаров для барбекю, настенный, черный СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0077</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров, настенный, черный СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0053</t>
+  </si>
+  <si>
+    <t>Набор щипцы, вилка и лопатка для гриля Стандарт СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0027</t>
+  </si>
+  <si>
+    <t>Щипцы для гриля 34см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0028</t>
+  </si>
+  <si>
+    <t>Лопатка для гриля 38см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0030</t>
+  </si>
+  <si>
+    <t>Щетка-скребок для чистки гриля 50см, в блистере СОКОЛ</t>
+  </si>
+  <si>
     <t>62-0031</t>
   </si>
   <si>
     <t>Набор нож и вилка для приготовления стейка, в блистере СОКОЛ</t>
   </si>
   <si>
+    <t>62-0069</t>
+  </si>
+  <si>
+    <t>Опахало для мангала, 32х21см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0051</t>
+  </si>
+  <si>
+    <t>Вилка для гриля Стандарт, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0052</t>
+  </si>
+  <si>
+    <t>Щипцы для гриля Стандарт, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0047</t>
+  </si>
+  <si>
+    <t>Набор лопатка и щипцы для гриля Комфорт, термопластичная рукоятка СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0044</t>
+  </si>
+  <si>
+    <t>Вилка для гриля Комфорт 44,5см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0071</t>
+  </si>
+  <si>
+    <t>Стартер для розжига, нержавеющая сталь, высота 300мм, объем 6л СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0076</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров и аксессуаров для барбекю, настенный, нержавеющая сталь СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0078</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров, настенный, нержавеющая сталь СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0000</t>
+  </si>
+  <si>
+    <t>Подставка под шампуры с 6 шампурами в чехле СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0032</t>
+  </si>
+  <si>
+    <t>Набор щипцы, вилка и лопатка для гриля, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0029</t>
+  </si>
+  <si>
+    <t>Щипцы для барбекю 34см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0050</t>
+  </si>
+  <si>
+    <t>Лопатка для гриля Стандарт, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0048</t>
+  </si>
+  <si>
+    <t>Набор щипцы, щетка и лопатка для гриля Комфорт, термопластичная рукоятка СОКОЛ</t>
+  </si>
+  <si>
     <t>62-0049</t>
   </si>
   <si>
     <t>Набор щипцы и щетка для гриля Комфорт, термопластичная рукоятка СОКОЛ</t>
-  </si>
-[...160 lines deleted...]
-    <t>Держатель для хранения шампуров, настенный, черный СОКОЛ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -660,51 +660,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sadoviy-dush-na-shtative-reguliruemiy-chetire-sezona-30575" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trenoga-kostrovaya-s-tsepyu-v-chehle-1000mm-tolschina-0-8mm-sokol-11530" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-noj-i-vilka-dlya-prigotovleniya-steyka-v-blistere-sokol-17138" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-i-schetka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol-26201" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozjiga-nerjaveyuschaya-stal-visota-300mm-obem-6l-sokol-29136" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-38sm-v-blistere-sokol-17136" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastenniy-nerjaveyuschaya-stal-sokol-30982" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-nastenniy-nerjaveyuschaya-stal-sokol-30984" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-dlya-mangala-500h20h350mm-s-propitkoy-pvh-sokol-26814" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-44sm-sokol-26189" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-34sm-sokol-26193" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-srednyaya-44sm-sokol-26194" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-dlinnaya-43sm-sokol-26192" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-grilya-komfort-46sm-sokol-26190" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-barbekyu-34sm-v-blistere-sokol-17135" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-standart-44sm-sokol-26196" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-grilya-standart-44sm-sokol-26197" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-lopatka-i-schiptsi-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol-26199" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-schetka-i-lopatka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol-26200" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-vilka-i-lopatka-dlya-grilya-standart-sokol-26198" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozjiga-stal-visota-300mm-obem-6l-sokol-29135" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-pod-shampuri-s-6-shampurami-v-chehle-sokol-11521" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-grilya-34sm-v-blistere-sokol-17137" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-skrebok-dlya-chistki-grilya-50sm-v-blistere-sokol-17139" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-vilka-i-lopatka-dlya-grilya-v-blistere-sokol-17134" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-komfort-44-5sm-sokol-26191" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-standart-44sm-sokol-26195" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opahalo-dlya-mangala-32h21sm-sokol-28007" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schepa-dlya-kopcheniya-olha-200g-sokol-29709" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastenniy-cherniy-sokol-30981" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-nastenniy-cherniy-sokol-30983" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sadovyy-dush-na-shtative-reguliruemyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-44sm-sokol" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-srednyaya-44sm-sokol" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trenoga-kostrovaya-s-tsepyu-v-chehle-1000mm-tolschina-0-8mm-sokol" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozzhiga-stal-vysota-300mm-obem-6l-sokol" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schepa-dlya-kopcheniya-olha-200g-sokol" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-dlya-mangala-500h20h350mm-s-propitkoy-pvh-sokol" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-grilya-komfort-46sm-sokol" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-34sm-sokol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-dlinnaya-43sm-sokol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastennyy-chernyy-sokol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-nastennyy-chernyy-sokol" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsy-vilka-i-lopatka-dlya-grilya-standart-sokol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-grilya-34sm-v-blistere-sokol" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-38sm-v-blistere-sokol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-skrebok-dlya-chistki-grilya-50sm-v-blistere-sokol" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nozh-i-vilka-dlya-prigotovleniya-steyka-v-blistere-sokol" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opahalo-dlya-mangala-32h21sm-sokol" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-standart-44sm-sokol" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-grilya-standart-44sm-sokol" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-lopatka-i-schiptsy-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-komfort-44-5sm-sokol" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozzhiga-nerzhaveyuschaya-stal-vysota-300mm-obem-6l-sokol" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastennyy-nerzhaveyuschaya-stal-sokol" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-nastennyy-nerzhaveyuschaya-stal-sokol" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-pod-shampury-s-6-shampurami-v-chehle-sokol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsy-vilka-i-lopatka-dlya-grilya-v-blistere-sokol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-barbekyu-34sm-v-blistere-sokol" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-standart-44sm-sokol" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsy-schetka-i-lopatka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsy-i-schetka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I33"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -728,939 +728,939 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2676.7</v>
+        <v>2722.2</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>295</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>12</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>592.02</v>
+        <v>907.74</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>183</v>
+        <v>431</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>923</v>
+        <v>558.32</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>27</v>
+        <v>879</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>24</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>2090.24</v>
+        <v>602.08</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1744.47</v>
+        <v>1282.44</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>301</v>
+        <v>802</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>515.5</v>
+        <v>131.19</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>795.12</v>
+        <v>557.39</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>549.74</v>
+        <v>1724.5</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>52</v>
+        <v>439</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>608.97</v>
+        <v>684.15</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>476</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>892.57</v>
+        <v>830.1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>504</v>
+        <v>27</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>24</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>672.71</v>
+        <v>654.33</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>491</v>
+        <v>51</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>548.99</v>
+        <v>463.84</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>990</v>
+        <v>28</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>816.22</v>
+        <v>2238.06</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1131</v>
+        <v>285</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>24</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1695.67</v>
+        <v>1137.58</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1433</v>
+        <v>1192</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>923.14</v>
+        <v>524.26</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>48</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>453.72</v>
+        <v>509.35</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>166</v>
+        <v>342</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>779.6</v>
+        <v>938.69</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>213</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>2542.18</v>
+        <v>86.5</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>415</v>
+        <v>297</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>3991.58</v>
+        <v>461.43</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>170</v>
+        <v>121</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>2200.65</v>
+        <v>792.85</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>290</v>
+        <v>199</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1261</v>
+        <v>2585.4</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>96</v>
+        <v>368</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>476.53</v>
+        <v>769.92</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1118.56</v>
+        <v>1774.13</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1240</v>
+        <v>170</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>500.84</v>
+        <v>808.64</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>354</v>
+        <v>69</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1501</v>
+        <v>559.09</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
+        <v>58</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>10</v>
+      </c>
+      <c r="I27" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>757.05</v>
+        <v>484.63</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>429</v>
+        <v>1</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>598.72</v>
+        <v>1526.52</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>24</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>85.05</v>
+        <v>938.83</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>310</v>
+        <v>130</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>90</v>
+        <v>48</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>129</v>
+        <v>608.9</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>643.39</v>
+        <v>4059.44</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>50</v>
+        <v>113</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>12</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>456.09</v>
+        <v>2125.77</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>