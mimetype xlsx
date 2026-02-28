--- v0 (2025-10-14)
+++ v1 (2026-02-28)
@@ -8,358 +8,352 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="100">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Аксессуары 12-24В</t>
   </si>
   <si>
     <t>144-013</t>
   </si>
   <si>
     <t>Коннектор соединительный для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>144-008</t>
+  </si>
+  <si>
+    <t>Коннектор питания (1 разъем) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-103-2</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер 2.4G (полусенсорное управление) LAMPER</t>
+  </si>
+  <si>
     <t>144-102</t>
   </si>
   <si>
     <t>Коннектор питания с джеком для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
   </si>
   <si>
+    <t>143-105-2</t>
+  </si>
+  <si>
+    <t>Светодиодный мини диммер радио (RF) с пультом Д/У 72 W/144 W, 9 кнопок</t>
+  </si>
+  <si>
+    <t>143-103-1</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер 2.4G (сенсорное управление) LAMPER</t>
+  </si>
+  <si>
+    <t>144-126-1</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-021</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент с влагозащитой шириной 10 мм IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>144-016</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент шириной 8 мм 120 диодов/метр LAMPER</t>
+  </si>
+  <si>
+    <t>144-133</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для RGB светодиодных лент с влагозащитой шириной 10 мм и контроллеров, длина 30 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-027</t>
+  </si>
+  <si>
+    <t>Коннектор питания (1 разъем) для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-012</t>
+  </si>
+  <si>
+    <t>Коннектор питания для одноцветных светодиодных лент шириной 8 мм 120 диодов/метр LAMPER</t>
+  </si>
+  <si>
+    <t>144-023</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для одноцветных светодиодных лент с влагозащитой шириной 8 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
     <t>144-025</t>
   </si>
   <si>
     <t>Коннектор соединительный  для одноцветных светодиодных лент с влагозащитой шириной 10 мм, длина 15 см LAMPER</t>
   </si>
   <si>
+    <t>144-014</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для одноцветных светодиодных лент 120 диодов/метр, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>143-106</t>
+  </si>
+  <si>
+    <t>LED мини контроллер с разъемом 5,5х2,1 мм 72/144 W, 3 кнопки, 12 V/24 V</t>
+  </si>
+  <si>
+    <t>144-113</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для RGB светодиодных лент шириной 10 мм и контроллеров, длина 30 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-028</t>
+  </si>
+  <si>
+    <t>Коннектор питания для RGB светодиодных лент (IP65) шириной 10мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-106</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой, 24В LAMPER</t>
+  </si>
+  <si>
+    <t>144-104</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-098</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для светодиодной ленты шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-099</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для светодиодной ленты с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-105-1</t>
+  </si>
+  <si>
+    <t>LED мини диммер радио  72/144 W, 3 кнопки,12 V/24 V</t>
+  </si>
+  <si>
+    <t>143-106-4</t>
+  </si>
+  <si>
+    <t>LED мини контроллер радио (RF) 72 W/144 W, 17 кнопок, 12 V/24 V</t>
+  </si>
+  <si>
+    <t>143-106-5</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный, инфракрасный (IR), 72Вт/144Вт, 44 кнопки, 12В/24В LAMPER</t>
+  </si>
+  <si>
+    <t>144-128</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-129</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-107-1</t>
+  </si>
+  <si>
+    <t>Сенсорный диммер/выключатель с коннектором 5,5х2,1 мм</t>
+  </si>
+  <si>
+    <t>144-127</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-105-3</t>
+  </si>
+  <si>
+    <t>Сенсорный выключатель для светодиодной ленты, 5,5х2,1 мм, 12/24 В, 36/72 Вт, 3 А</t>
+  </si>
+  <si>
+    <t>144-125</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-124-1</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-006</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-004</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для RGB светодиодных лент шириной 10 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
     <t>144-106-1</t>
   </si>
   <si>
     <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой LAMPER</t>
   </si>
   <si>
     <t>144-021-10</t>
   </si>
   <si>
     <t>Коннектор стыковочный для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
   </si>
   <si>
-    <t>144-126-1</t>
-[...56 lines deleted...]
-    <t>Плата соединительная (X) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+    <t>143-101-3</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер инфракрасный (IR) 12 V/6 A инфракрасный (IR) LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-7</t>
+  </si>
+  <si>
+    <t>LED контроллер для светодиодной ленты White Mix 12/24 В, 72/144 Вт, 24 кнопки  (IR)</t>
   </si>
   <si>
     <t>144-123</t>
   </si>
   <si>
     <t>Плата соединительная (L) для RGB светодиодных лент шириной 10 мм LAMPER</t>
   </si>
   <si>
-    <t>144-008</t>
-[...86 lines deleted...]
-    <t>Сенсорный выключатель для светодиодной ленты, 5,5х2,1 мм, 12/24 В, 36/72 Вт, 3 А</t>
+    <t>144-003</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для одноцветных светодиодных лент шириной 10 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-3</t>
+  </si>
+  <si>
+    <t>Мини-контроллер сетодиодный RGB, радио (RF), 20 кнопок 12-24В/6А LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-2</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный RGB, радио (RF), 10 кнопок 12-24В/6А LAMPER</t>
   </si>
   <si>
     <t>143-106-1</t>
   </si>
   <si>
     <t>Мини-контроллер светодиодный RGB, инфракрасный (IR), 6 кнопок, 12-24В/6А LAMPER</t>
   </si>
   <si>
-    <t>143-106-2</t>
-[...16 lines deleted...]
-  <si>
     <t>143-103-3</t>
   </si>
   <si>
     <t>LED диммер 12-24 V, 2.4G одноканальный беспроводной с пультом Д/У</t>
-  </si>
-[...52 lines deleted...]
-    <t>LED RGB контроллер 2.4G (сенсорное управление) LAMPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -744,56 +738,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-dlina-15.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-la.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-dlina-15-sm-lam.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lam.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-s-vlagozaschitoy-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-l-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-ip65-lamp.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lampe.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-i-kontro.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-8-mm-dlina-15-.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-rgb-svetodiodnyh-lent-ip65-shirinoy-10mm-lamper.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-24.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-radio-rf-72-w-144-w-17-knopok-12-v-24-v.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-s-razemom-5-5h2-1-mm-72-144-w-3-knopki-12-v-24-v.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-mini-dimmer-radio-rf-s-pultom-d-u-72-w-144-w-9-knopok.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-dimmer-vyklyuchatel-s-konnektorom-5-5h2-1-mm.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-vyklyuchatel-dlya-svetodiodnoy-lenty-5-5h2-1-mm-12-24-v-36-72-vt-3-a.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-infrakrasnyy-ir-6-knopok-12-24v-6a-lamper.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-radio-rf-10-knopok-12-24v-6a-lamper.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-setodiodnyy-rgb-radio-rf-20-knopok-12-24v-6a-lamper.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-polusensornoe-upravlenie-lamper.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-dimmer-12-24-v-2-4g-odnokanalnyy-besprovodnoy-s-pultom-d-u.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-infrakrasnyy-ir-12-v-6-a-infrakrasnyy-ir-lamper.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamper.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamp.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-dimmer-radio-72-144-w-3-knopki-12-v-24-v.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-infrakrasnyy-ir-72vt-144vt-44-knopki-12v-24v-lamper.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-kontroller-dlya-svetodiodnoy-lenty-white-mix-12-24-v-72-144-vt-24-knopki-ir.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-sensornoe-upravlenie-lamper.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-polusensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-mini-dimmer-radio-rf-s-pultom-du-72-w144-w-9-knopok" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-sensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-ip65-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodovmetr-lamper" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodovmetr-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-8-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodovmetr-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-s-razemom-5-5h2-1-mm-72144-w-3-knopki-12-v24-v" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-rgb-svetodiodnyh-lent-ip65-shirinoy-10mm-lamper" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodovmetr-s-vlagozashchitoy-24v-lamper" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-s-vlagozashchitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-dimmer-radio-72144-w-3-knopki-12-v24-v" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-radio-rf-72-w144-w-17-knopok-12-v24-v" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-infrakrasnyy-ir-72vt144vt-44-knopki-12v24v-lamper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-dimmervyklyuchatel-s-konnektorom-5-5h2-1-mm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-vyklyuchatel-dlya-svetodiodnoy-lenty-5-5h2-1-mm-1224-v-3672-vt-3-a" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodovmetr-s-vlagozashchitoy-lamper" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-infrakrasnyy-ir-12-v6-a-infrakrasnyy-ir-lamper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-kontroller-dlya-svetodiodnoy-lenty-white-mix-1224-v-72144-vt-24-knopki-ir" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-l-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-setodiodnyy-rgb-radio-rf-20-knopok-12-24v6a-lamper" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-radio-rf-10-knopok-12-24v6a-lamper" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-infrakrasnyy-ir-6-knopok-12-24v6a-lamper" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-dimmer-12-24-v-2-4g-odnokanalnyy-besprovodnoy-s-pultom-du" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I47"/>
+  <dimension ref="A1:I46"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -812,1344 +806,1315 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>57.02</v>
+        <v>46.97</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>1000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>92.84</v>
+        <v>35.51</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>90</v>
+        <v>570</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>128.96</v>
+        <v>1605.7</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>150</v>
+        <v>49</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>97.73</v>
+        <v>94.42</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>11</v>
+        <v>80</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>31.34</v>
+        <v>401.44</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
+        <v>194</v>
+      </c>
+      <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>14.84</v>
+        <v>1785.93</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>216</v>
+        <v>12</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>14.84</v>
+        <v>12.23</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>144</v>
+        <v>200</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>57.02</v>
+        <v>41.41</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>97.73</v>
+        <v>41.41</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
         <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>12.22</v>
+        <v>256.46</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>560</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>7600</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>12.22</v>
+        <v>55.22</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>21.49</v>
+        <v>41.41</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>260</v>
+        <v>40</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>20.42</v>
+        <v>81.52</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>240</v>
+        <v>920</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>700</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>24.43</v>
+        <v>131.15</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>21.99</v>
+        <v>57.99</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>680</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>24.43</v>
+        <v>151.2</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>490</v>
+        <v>298</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>38.68</v>
+        <v>143.87</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>760</v>
+        <v>278</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
         <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>40.72</v>
+        <v>52.51</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
         <v>1000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>54.3</v>
+        <v>76.33</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>360</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>252.17</v>
+        <v>99.39</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
         <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>98.95</v>
+        <v>12.43</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>950</v>
+        <v>180</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>700</v>
+        <v>7600</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>148.92</v>
+        <v>12.43</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>288</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>51.63</v>
+        <v>299.29</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>40.72</v>
+        <v>443.54</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>104</v>
       </c>
       <c r="G26" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>40.72</v>
+        <v>307.48</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>123</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>92.66</v>
+        <v>18.11</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>430</v>
+        <v>670</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>436.13</v>
+        <v>24.85</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>188</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>165.19</v>
+        <v>340.85</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>461.67</v>
+        <v>19.73</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>352.79</v>
+        <v>475.73</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>407</v>
+        <v>224</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>518.32</v>
+        <v>19.73</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>303</v>
+        <v>200</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>300.26</v>
+        <v>12.23</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>357.7</v>
+        <v>41.41</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>227</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>140</v>
+        <v>1000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>424.01</v>
+        <v>57.99</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>260</v>
+        <v>1690</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>1578.86</v>
+        <v>80.51</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>74</v>
+        <v>11</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>1729.88</v>
+        <v>25.82</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>1</v>
+        <v>90</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>286.6</v>
+        <v>236.09</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>788</v>
+        <v>743</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>57.02</v>
+        <v>235.83</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>1780</v>
+        <v>581</v>
       </c>
       <c r="G40" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>57.02</v>
+        <v>24.85</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>294.29</v>
+        <v>57.99</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>373.26</v>
+        <v>368.69</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>137</v>
+        <v>197</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>286.28</v>
+        <v>294.66</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>593</v>
+        <v>208</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>200</v>
+        <v>140</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>97.73</v>
+        <v>247.34</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>255</v>
       </c>
       <c r="G45" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>40.72</v>
+        <v>1759.29</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
@@ -2158,51 +2123,50 @@
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
     <hyperlink ref="D41" r:id="rId39"/>
     <hyperlink ref="D42" r:id="rId40"/>
     <hyperlink ref="D43" r:id="rId41"/>
     <hyperlink ref="D44" r:id="rId42"/>
     <hyperlink ref="D45" r:id="rId43"/>
     <hyperlink ref="D46" r:id="rId44"/>
-    <hyperlink ref="D47" r:id="rId45"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>