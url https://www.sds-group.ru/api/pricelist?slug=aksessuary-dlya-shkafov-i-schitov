--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -42,1692 +42,1692 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Аксессуары для шкафов и щитов</t>
   </si>
   <si>
-    <t>1.1 DIN-рейки и аксессуары</t>
+    <t>1.1 Распределительные блоки РБД</t>
+  </si>
+  <si>
+    <t>11-2000</t>
+  </si>
+  <si>
+    <t>Блок распределительный РБД-80А на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-2001</t>
+  </si>
+  <si>
+    <t>Блок распределительный РБД-125А на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2003</t>
+  </si>
+  <si>
+    <t>Блок распределительный РБД-250А на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2004</t>
+  </si>
+  <si>
+    <t>Блок распределительный РБД-400А на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2002</t>
+  </si>
+  <si>
+    <t>Блок распределительный РБД-160А на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2005</t>
+  </si>
+  <si>
+    <t>Блок распределительный РБД-500А на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>1.2 DIN-рейки и аксессуары</t>
+  </si>
+  <si>
+    <t>12-8045</t>
+  </si>
+  <si>
+    <t>DIN-рейка 45см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8125</t>
+  </si>
+  <si>
+    <t>DIN-рейка 125см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8020</t>
+  </si>
+  <si>
+    <t>DIN-рейка 20см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8025</t>
+  </si>
+  <si>
+    <t>DIN-рейка 25см перфорированная оцинкованная REXANT</t>
   </si>
   <si>
     <t>12-8030</t>
   </si>
   <si>
     <t>DIN-рейка 30см перфорированная оцинкованная REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>12-8060</t>
   </si>
   <si>
     <t>DIN-рейка 60см перфорированная оцинкованная REXANT</t>
   </si>
   <si>
+    <t>12-8007</t>
+  </si>
+  <si>
+    <t>DIN-рейка 7,5см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8010</t>
+  </si>
+  <si>
+    <t>DIN-рейка 10см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8011</t>
+  </si>
+  <si>
+    <t>DIN-рейка 11см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8013</t>
+  </si>
+  <si>
+    <t>DIN-рейка 13см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8022</t>
+  </si>
+  <si>
+    <t>DIN-рейка 22,5см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
     <t>12-8080</t>
   </si>
   <si>
     <t>DIN-рейка 80см перфорированная оцинкованная REXANT</t>
   </si>
   <si>
     <t>12-8100</t>
   </si>
   <si>
     <t>DIN-рейка 100см перфорированная оцинкованная REXANT</t>
   </si>
   <si>
-    <t>12-8025</t>
-[...28 lines deleted...]
-  <si>
     <t>12-8140</t>
   </si>
   <si>
     <t>DIN-рейка 140см перфорированная оцинкованная REXANT</t>
   </si>
   <si>
     <t>12-8200</t>
   </si>
   <si>
     <t>DIN-рейка 200см перфорированная оцинкованная REXANT</t>
   </si>
   <si>
-    <t>12-8045</t>
-[...23 lines deleted...]
-    <t>1.2 Шины соединительные</t>
+    <t>1.3 Шины соединительные</t>
   </si>
   <si>
     <t>11-2241-1</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN 12 штырей 1Р 63А 22см REXANT</t>
   </si>
   <si>
+    <t>11-2251</t>
+  </si>
+  <si>
+    <t>Клемма вводная КВМ 4-25мм² для модульного оборудования, прямой ввод REXANT</t>
+  </si>
+  <si>
+    <t>11-2236</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 4Р 63А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2244-1</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN 12 штырей 3Р 63А 22см REXANT</t>
+  </si>
+  <si>
+    <t>11-2252</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (12 штырей) 1Р 100 А (22см) REXANT</t>
+  </si>
+  <si>
     <t>11-2233</t>
   </si>
   <si>
     <t>Шина соединительная типа FORK вилка 2Р 63А 1м REXANT</t>
   </si>
   <si>
     <t>11-2234</t>
   </si>
   <si>
     <t>Шина соединительная типа FORK (вилка) 3Р 100А 1м REXANT</t>
   </si>
   <si>
+    <t>11-2242</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (штырь) 2Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2243</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN штырь 2Р 63А 1 м REXANT</t>
+  </si>
+  <si>
+    <t>11-2245</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN штырь 3Р 63А 1 м REXANT</t>
+  </si>
+  <si>
+    <t>11-2230</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK (вилка) 1Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2231</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 1Р 63А 1м REXANT</t>
+  </si>
+  <si>
     <t>11-2235</t>
   </si>
   <si>
     <t>Шина соединительная типа FORK вилка 3Р 63А 1 м REXANT</t>
   </si>
   <si>
-    <t>11-2236</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2240</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (штырь) 1Р 100А 1м REXANT</t>
   </si>
   <si>
-    <t>11-2242</t>
-[...8 lines deleted...]
-    <t>Шина соединительная типа PIN штырь 2Р 63А 1 м REXANT</t>
+    <t>11-2241</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN штырь 1Р 63А 1 м REXANT</t>
   </si>
   <si>
     <t>11-2244</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (штырь) 3Р 100А 1м REXANT</t>
   </si>
   <si>
-    <t>11-2245</t>
-[...2 lines deleted...]
-    <t>Шина соединительная типа PIN штырь 3Р 63А 1 м REXANT</t>
+    <t>11-2246</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (штырь) 4Р 100А 1м REXANT</t>
   </si>
   <si>
     <t>11-2247</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (штырь) 4Р 63А 1м REXANT</t>
   </si>
   <si>
-    <t>11-2251</t>
-[...32 lines deleted...]
-    <t>Шина соединительная типа PIN (12 штырей) 1Р 100 А (22см) REXANT</t>
+    <t>11-2256</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (12 штырей) 3Р 100 А (22см) REXANT</t>
+  </si>
+  <si>
+    <t>11-2254</t>
+  </si>
+  <si>
+    <t>Клемма вводная КВМ 4-25мм² для модульного оборудования, ввод сбоку REXANT</t>
   </si>
   <si>
     <t>11-2258</t>
   </si>
   <si>
     <t>Клемма вводная КВМ 4-25мм² удлиненная для модульного оборудования, прямой ввод  REXANT</t>
   </si>
   <si>
-    <t>11-2246</t>
-[...17 lines deleted...]
-    <t>1.3 Шины N, PE, PEN, L, кросс-модули</t>
+    <t>1.4 Шины N, PE, PEN, L, кросс-модули</t>
   </si>
   <si>
     <t>11-2305</t>
   </si>
   <si>
     <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 4 группы REXANT</t>
   </si>
   <si>
+    <t>11-2365</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 6/2 (6 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2338</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2321</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 7 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2306</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2333</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 8 групп REXANT</t>
+  </si>
+  <si>
     <t>11-2367</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 10/2 (10 групп/крепеж по краям) REXANT</t>
   </si>
   <si>
-    <t>11-2321</t>
-[...14 lines deleted...]
-    <t>Шина PEN «земля-ноль» 6х9мм 6/2 (6 групп/крепеж по краям) REXANT</t>
+    <t>11-2357</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 6/1 (6 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2356</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 15 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2329</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2344</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2316</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2330</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2352</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 7 групп REXANT</t>
   </si>
   <si>
     <t>11-2328</t>
   </si>
   <si>
     <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 12 групп REXANT</t>
   </si>
   <si>
-    <t>11-2329</t>
-[...8 lines deleted...]
-    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 16 групп REXANT</t>
+    <t>11-2314</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2302-15</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 2х15 REXANT</t>
+  </si>
+  <si>
+    <t>11-2302-7</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 2х7 REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-15</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х15 REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-7</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х7 REXANT</t>
+  </si>
+  <si>
+    <t>11-2307</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 8 групп REXANT </t>
+  </si>
+  <si>
+    <t>11-2308</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 6 групп REXANT </t>
+  </si>
+  <si>
+    <t>11-2318</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2320</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2322</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2324</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2326</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2327</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2332</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2334</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2335</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2336</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2337</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2340</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2341</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2346</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2347</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2348</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8х12мм стойка бол. 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2349</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2350</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2355</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2360</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 12/1 (12 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2361</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 14/1 (14 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2362</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 20/1 (20 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2363</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 22/1 (22 группы/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2366</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 8/2 (8 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2368</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 12/2 (12 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2369</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 14/2 (14 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2370</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 20/2 (20 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-11</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х11 REXANT</t>
+  </si>
+  <si>
+    <t>11-2309</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2319</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2323</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 15 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2325</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 6 групп REXANT</t>
   </si>
   <si>
     <t>11-2331</t>
   </si>
   <si>
     <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 4 группы REXANT</t>
   </si>
   <si>
-    <t>11-2334</t>
-[...38 lines deleted...]
-    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 7 групп REXANT</t>
+    <t>11-2339</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2342</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2343</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2345</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2351</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 16 групп REXANT</t>
   </si>
   <si>
     <t>11-2353</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 8 групп REXANT</t>
   </si>
   <si>
     <t>11-2354</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 10 групп REXANT</t>
   </si>
   <si>
-    <t>11-2342</t>
-[...206 lines deleted...]
-    <t>Шина PEN «земля-ноль» 6х9мм 20/1 (20 групп/крепеж по центру) REXANT</t>
+    <t>11-2359</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 10/1 (10 групп/крепеж по центру) REXANT</t>
   </si>
   <si>
     <t>11-2364</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 24/1 (24 группы/крепеж по центру) REXANT</t>
   </si>
   <si>
-    <t>11-2349</t>
-[...34 lines deleted...]
-  <si>
     <t>11-2371</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 24/2 (24 группы/крепеж по краям) REXANT</t>
   </si>
   <si>
-    <t>11-2320</t>
-[...28 lines deleted...]
-  <si>
     <t>11-2372</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 8/1 (8 групп/крепеж по центру) REXANT</t>
   </si>
   <si>
-    <t>1.4 Знаки электробезопасности</t>
+    <t>1.5 Знаки электробезопасности</t>
+  </si>
+  <si>
+    <t>56-0082</t>
+  </si>
+  <si>
+    <t>Набор модульных наклеек «Маркировка электрощитов» малый 100х100мм (120 наклеек) REXANT</t>
+  </si>
+  <si>
+    <t>56-0002-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0014</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не влезай! Убьет!» 100х200мм REXANT</t>
   </si>
   <si>
     <t>56-0005</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 100х100х100мм REXANT</t>
   </si>
   <si>
+    <t>56-0004</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Электрощитовая»150х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0080</t>
+  </si>
+  <si>
+    <t>Набор наклеек «Маркировка электрощитов М-2» 100х100мм (цифры, знаки электробезопасности, 10 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0007-01</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 15х50мм (с хедером, 20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-4</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 85х85х85мм 20 шт. REXANT</t>
+  </si>
+  <si>
+    <t>55-0010</t>
+  </si>
+  <si>
+    <t>Наклейка маркировочная таблица 12 модулей (50х216мм) REXANT</t>
+  </si>
+  <si>
+    <t>55-0013</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не включать! Работа на линии» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0006</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 200х200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0009-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «36 В» 35х100 мм REXANT (7шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0006-5</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 160х160х160мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0003-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «42 В» 35х100 мм REXANT (7 шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0006-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 25х25х25мм 100 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0059</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «N», диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>55-0004</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «PE»,  диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>55-0017</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземлено» 100х200мм REXANT</t>
+  </si>
+  <si>
     <t>56-0007</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «220 В» 10х30мм (42 шт. на листе, 5 листов) REXANT</t>
   </si>
   <si>
-    <t>56-0002-1</t>
-[...2 lines deleted...]
-    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х200 мм REXANT</t>
+    <t>56-0008-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «380 В» 35х100мм (7 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0081</t>
+  </si>
+  <si>
+    <t>Набор наклеек «Маркировка электрощитов М-1» 85х150мм (надписи для ВА, 10 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0010-02</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление» диаметр 10мм, 200 наклеек (5 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0007-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 15х50мм (20 шт. на листе) REXANT</t>
   </si>
   <si>
     <t>56-0007-2</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «220 В» 35х100мм 70 шт. REXANT</t>
   </si>
   <si>
-    <t>56-0007-1</t>
-[...16 lines deleted...]
-  <si>
     <t>56-0010-01</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Заземление» диаметр 20мм (с хедером, 20 шт. на листе) REXANT</t>
   </si>
   <si>
-    <t>56-0006</t>
-[...2 lines deleted...]
-    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 200х200х200мм REXANT</t>
+    <t>56-0002</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 150х300мм REXANT</t>
   </si>
   <si>
     <t>56-0003</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Электрощитовая» 100х300мм REXANT</t>
   </si>
   <si>
     <t>56-0008</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «380 В»10х30мм (42 шт. на листе, 5 листов) REXANT</t>
   </si>
   <si>
+    <t>56-0001</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0009</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности " 36 В"10*30 мм Rexant ( 42 шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0010</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление», диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 50х50х50мм 50 шт. REXANT</t>
+  </si>
+  <si>
     <t>56-0006-3</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 130х130х130мм 5 шт. REXANT</t>
   </si>
   <si>
     <t>55-0001</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «12 В» 15х50 мм REXANT (20 шт на листе)</t>
   </si>
   <si>
-    <t>55-0003-1</t>
-[...4 lines deleted...]
-  <si>
     <t>55-0003</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «42 В» 15х50 мм REXANT (20шт на листе)</t>
   </si>
   <si>
-    <t>55-0004</t>
-[...28 lines deleted...]
-  <si>
     <t>56-0008-1</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «380 В» 15х50мм (20 шт. на листе) REXANT</t>
   </si>
   <si>
-    <t>55-0013</t>
-[...50 lines deleted...]
-    <t>Наклейка знак электробезопасности «Электрощитовая»150х300мм REXANT</t>
+    <t>55-0011</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не включать! Работают люди» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0012</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не открывать! Работают люди» 100х200мм REXANT</t>
   </si>
   <si>
     <t>55-0015</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Стой! Напряжение» 100х200мм REXANT</t>
   </si>
   <si>
-    <t>56-0010</t>
-[...50 lines deleted...]
-    <t>1.5.1 Кабельные вводы серии PG</t>
+    <t>1.6 Кабельные вводы и сальники</t>
+  </si>
+  <si>
+    <t>1.6.1 Кабельные вводы по 2-3 шт.</t>
+  </si>
+  <si>
+    <t>07-8116-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-16 (10-6мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-8036-A1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-36 (22-32мм) серый, комплект (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8011-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-11 (5-10мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8132-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-32 (25-18мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>07-8132-1-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-32 (25-18 мм) черный, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>07-8007-A3</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-7 (3,5-6мм) серый, комплект (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8009-A3</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) серый, комплект (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8013-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-13,5 (6-12мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8016-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-16 (10-14мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8029-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-29 (18-25мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8042-A1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-42 (30-38мм) серый, комплект (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8021-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8048-A1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-48 (34-44мм) серый, комплект (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8112-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-12 (7,6-4,6мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>07-8120-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-20 (14-9мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>07-8125-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-25 (18-13мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>1.6.2 Кабельные вводы серии PG</t>
+  </si>
+  <si>
+    <t>07-8009-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8007-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-7 (3,5-6мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8042</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-42 (30-38мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8013</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-13,5 (6-12мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8021-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8036</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-36 (22-32мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8042-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-42 (30-38 мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8007</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-7 (3,5-6мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8029-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-29 (18-25мм) черный REXANT</t>
   </si>
   <si>
     <t>07-8016</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный ввод PG-16 (10-14мм) серый REXANT </t>
   </si>
   <si>
+    <t>07-8011-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-11 (5-10мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8048</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-48 (34-44мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8009</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8021</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) серый REXANT</t>
+  </si>
+  <si>
     <t>07-8029</t>
   </si>
   <si>
     <t>Кабельный ввод PG-29 (18-25мм) серый REXANT</t>
   </si>
   <si>
-    <t>07-8036</t>
-[...70 lines deleted...]
-  <si>
     <t>07-8013-1</t>
   </si>
   <si>
     <t>Кабельный ввод PG-13,5 (6-12мм) черный REXANT</t>
   </si>
   <si>
+    <t>07-8048-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-48 (34-44 мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8011</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-11 (5-10мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8016-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-16 (10-14мм) черный REXANT</t>
+  </si>
+  <si>
     <t>07-8036-1</t>
   </si>
   <si>
     <t>Кабельный ввод PG-36 (22-32мм) черный REXANT</t>
   </si>
   <si>
-    <t>07-8048</t>
-[...23 lines deleted...]
-    <t>1.5.2 Кабельные вводы серии MG</t>
+    <t>1.6.3 Кабельные вводы серии MG</t>
+  </si>
+  <si>
+    <t>07-8125-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-25 (18-13мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8116-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-16 (10-6мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8112</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-12 (7,6-4,6мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8140-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-40 (30-24мм) черный REXANT</t>
   </si>
   <si>
     <t>07-8132-1</t>
   </si>
   <si>
     <t>Кабельный ввод MG-32 (25-18мм) черный REXANT</t>
   </si>
   <si>
     <t>07-8150-1</t>
   </si>
   <si>
     <t>Кабельный ввод MG-50 (39-30 мм) черный REXANT</t>
   </si>
   <si>
-    <t>07-8112</t>
-[...20 lines deleted...]
-    <t>Кабельный ввод MG-16 (10-6мм) черный REXANT</t>
+    <t>07-8116</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-16 (10-6мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8120-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-20 (14-9мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8125</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-25 (18-13мм) серый REXANT</t>
   </si>
   <si>
     <t>07-8132</t>
   </si>
   <si>
     <t>Кабельный ввод MG-32 (25-18мм) серый REXANT</t>
   </si>
   <si>
+    <t>07-8140</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-40 (30-24мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8112-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-12 (7,6-4,6мм) черный REXANT</t>
+  </si>
+  <si>
     <t>07-8120</t>
   </si>
   <si>
     <t>Кабельный ввод MG-20 (14-9мм) серый REXANT</t>
   </si>
   <si>
-    <t>07-8116</t>
-[...29 lines deleted...]
-    <t>1.5.3 Кабельные вводы серии PG-M</t>
+    <t>1.6.4 Кабельные вводы серии PG-M</t>
+  </si>
+  <si>
+    <t>07-8221</t>
+  </si>
+  <si>
+    <t>Кабельный ввод металлический PGM-21 (18-13мм) REXANT</t>
+  </si>
+  <si>
+    <t>07-8211</t>
+  </si>
+  <si>
+    <t>Кабельный ввод металлический PGM-11 (10-5мм) REXANT</t>
+  </si>
+  <si>
+    <t>07-8209</t>
+  </si>
+  <si>
+    <t>Кабельный ввод металлический PGM-9 (8-4мм) REXANT</t>
   </si>
   <si>
     <t>07-8213</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-13 (12-6мм) REXANT</t>
   </si>
   <si>
     <t>07-8216</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-16 (14-10мм) REXANT</t>
   </si>
   <si>
-    <t>07-8211</t>
-[...122 lines deleted...]
-    <t>1.6.1 Пломбы пластиковые номерные</t>
+    <t>1.7 Маркировка кабеля</t>
+  </si>
+  <si>
+    <t>1.7.1 Пломбы пластиковые номерные</t>
+  </si>
+  <si>
+    <t>07-6113</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 220мм зеленая REXANT</t>
+  </si>
+  <si>
+    <t>07-6121</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 255мм красная REXANT</t>
+  </si>
+  <si>
+    <t>07-6123</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 255мм зеленая REXANT</t>
+  </si>
+  <si>
+    <t>07-6132</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 350мм желтая REXANT</t>
+  </si>
+  <si>
+    <t>07-6131</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 350мм красная REXANT</t>
+  </si>
+  <si>
+    <t>07-6112</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 220мм желтая REXANT</t>
   </si>
   <si>
     <t>07-6111</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 220мм красная REXANT</t>
   </si>
   <si>
-    <t>07-6113</t>
-[...4 lines deleted...]
-  <si>
     <t>07-6122</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 255мм желтая REXANT</t>
   </si>
   <si>
-    <t>07-6123</t>
-[...16 lines deleted...]
-  <si>
     <t>07-6133</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 350мм зеленая REXANT</t>
   </si>
   <si>
-    <t>07-6112</t>
-[...11 lines deleted...]
-    <t>1.6.2 Бирки кабельные</t>
+    <t>1.7.2 Самоклеящиеся маркеры для проводов</t>
+  </si>
+  <si>
+    <t>07-6204</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-4 белые под маркер REXANT</t>
+  </si>
+  <si>
+    <t>07-6201</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-1 (цифры от 0 до 9) REXANT</t>
+  </si>
+  <si>
+    <t>07-6202</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-2 (цифры от 0 до 15, буквы A-Z, знаки +, -, /) REXANT</t>
+  </si>
+  <si>
+    <t>07-6203</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-3 (цифры от 1 до 45) REXANT</t>
+  </si>
+  <si>
+    <t>07-6205</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-5 цветные REXANT</t>
+  </si>
+  <si>
+    <t>1.7.3 Маркер кабельный</t>
+  </si>
+  <si>
+    <t>12-6061</t>
+  </si>
+  <si>
+    <t>Маркеры на кабель, ø3,6-7,4 мм, цифры 0-9, комплект 10 роликов (EC-2) REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>12-6062</t>
+  </si>
+  <si>
+    <t>Маркер кабельный (клипса), ø4-6 мм, цифры 0-9, 10 цветов, блистер (MR-55) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.4 Стяжка под маркер</t>
+  </si>
+  <si>
+    <t>07-0106-2</t>
+  </si>
+  <si>
+    <t>Хомут с площадкой под маркер нейлоновый 100x2,5мм белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0106</t>
+  </si>
+  <si>
+    <t>Хомут под маркер нейлоновый 100x2,5мм белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0206</t>
+  </si>
+  <si>
+    <t>Хомут под маркер нейлоновый 200x2,5мм белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.5 Бирки кабельные</t>
+  </si>
+  <si>
+    <t>07-6235</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «У-135» (Круг) белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6230</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «Овал» белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6253</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «У-153» (Маленький квадрат) белая (250 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-6234</t>
   </si>
   <si>
     <t>Бирка кабельная «У-134» (Большой квадрат) белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-6236</t>
   </si>
   <si>
     <t>Бирка кабельная «У-136» (Треугольник) белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-6253</t>
-[...16 lines deleted...]
-  <si>
     <t>07-6231</t>
   </si>
   <si>
     <t>Бирка кабельная «Домик прямоугольный» белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>1.6.3 Самоклеящиеся маркеры для проводов</t>
-[...109 lines deleted...]
-  <si>
     <t>1.8 Принадлежности прочие</t>
   </si>
   <si>
+    <t>12-2902-10</t>
+  </si>
+  <si>
+    <t>Ограничитель на DIN-рейку (металл) 1 винт (пакет 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>12-2902</t>
+  </si>
+  <si>
+    <t>Ограничитель на DIN-рейку (металл) 1 винт REXANT</t>
+  </si>
+  <si>
+    <t>12-2903</t>
+  </si>
+  <si>
+    <t>Ограничитель на DIN-рейку (пластик) REXANT</t>
+  </si>
+  <si>
+    <t>12-2903-10</t>
+  </si>
+  <si>
+    <t>Ограничитель на DIN-рейку (пластик) (пакет 10 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>12-2901</t>
   </si>
   <si>
     <t>Ограничитель на DIN-рейку (металл) 2 винта REXANT</t>
   </si>
   <si>
-    <t>12-2902</t>
-[...10 lines deleted...]
-  <si>
     <t>12-2901-10</t>
   </si>
   <si>
     <t xml:space="preserve">Ограничитель на DIN-рейку (металл) 2 винта (пакет 10 шт/уп) REXANT </t>
   </si>
   <si>
-    <t>12-2902-10</t>
-[...10 lines deleted...]
-  <si>
     <t>1.9 Клеммы и зажимы</t>
   </si>
   <si>
+    <t>11-2121</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 6-50мм² 3-рядная серая REXANT</t>
+  </si>
+  <si>
+    <t>11-2113</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 6-50мм² 2-рядная синяя распределительная REXANT</t>
+  </si>
+  <si>
+    <t>11-2166</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 3х-полюсный 10,0 мм2 50A на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2116</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² 2-рядная синяя распределительная REXANT</t>
+  </si>
+  <si>
+    <t>11-2168</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 3х-полюсный 4,0 мм2 30A на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2103</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² серая REXANT</t>
+  </si>
+  <si>
+    <t>11-2112</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 6-50мм² 2-рядная серая распределительная REXANT</t>
+  </si>
+  <si>
+    <t>11-2104</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>11-2152</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-4504 4,0мм2 45A 4 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2154</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-2506 2,5мм2 25A 6 пар REXANT</t>
+  </si>
+  <si>
+    <t>11-2155</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-4506 4,0мм2 45A 6 пар REXANT</t>
+  </si>
+  <si>
+    <t>11-2161</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТС-604 16мм2 60A 4 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2162</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТС-1004 35мм2 100A 4 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2165</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 2х-полюсный 2,5 мм2 20A на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2105</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² PE REXANT</t>
+  </si>
+  <si>
+    <t>11-2114</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 6-50мм² 2-рядная желто-зеленая PE распределительная REXANT</t>
+  </si>
+  <si>
+    <t>11-2153</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-1506 1,5мм2 15A 6 пар REXANT</t>
+  </si>
+  <si>
+    <t>11-2159</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТС-603 16мм2 60A 3 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2160</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТС-1003 35мм2 100A 3 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2100</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 6-50мм² серая REXANT</t>
+  </si>
+  <si>
+    <t>11-2151</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-2504 2,5мм2 25A 4 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2164</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 1-полюсный 25 мм2 90A на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2163</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 1-полюсный 16 мм2 60A на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2150</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-1504 1,5мм2 15A 4 пары REXANT</t>
+  </si>
+  <si>
     <t>11-2117</t>
   </si>
   <si>
     <t>Клемма вводная силовая КВС 16-95мм² 2-рядная желто-зеленая PE распределительная REXANT</t>
   </si>
   <si>
-    <t>11-2103</t>
-[...56 lines deleted...]
-    <t>Блок зажимов клеммный БЗН ТВ-2504 2,5мм2 25A 4 пары REXANT</t>
+    <t>11-2158</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-4512 4,0мм2 45A 12 пар REXANT</t>
+  </si>
+  <si>
+    <t>11-2115</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² 2-рядная серая распределительная REXANT</t>
+  </si>
+  <si>
+    <t>11-2157</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-2512 2,5мм2 25A 12 пар REXANT</t>
   </si>
   <si>
     <t>11-2156</t>
   </si>
   <si>
     <t>Блок зажимов клеммный БЗН ТВ-1512 1,5мм2 15A 12 пар REXANT</t>
   </si>
   <si>
-    <t>11-2154</t>
-[...46 lines deleted...]
-  <si>
     <t>11-2167</t>
   </si>
   <si>
     <t>Блок зажимов клеммный БЗД 3х-полюсный 2,5 мм2 20A на DIN-рейку REXANT</t>
-  </si>
-[...52 lines deleted...]
-    <t>Блок зажимов клеммный БЗД 1-полюсный 16 мм2 60A на DIN-рейку REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2112,51 +2112,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-30sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-60sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-80sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-100sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-25sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-10sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-11sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-13sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-20sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-140sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-200sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-45sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-22-5sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-7-5sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-125sm-perforirovannaya-otsinkovannaya-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-63a-22sm-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-2r-63a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-100a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-63a-1-m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-4r-63a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-100a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-100a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-63a-1-m-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-100a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-63a-1-m-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-63a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-63a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-100a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-63a-1-m-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-63a-22sm-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-100-a-22sm-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-udlinennaya-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-100a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-100-a-22sm-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-vvod-sboku-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-4-gruppy-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-10-2-10-grupp-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-7-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-4-gruppy-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-6-2-6-grupp-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-6-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8h12mm-stoyka-bol-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-7-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-15-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-14-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-16-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-4-gruppy-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-16-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h15-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h11-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h15-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h7-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h7-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-14-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-15-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-12-1-12-grupp-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-14-1-14-grupp-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-8-2-8-grupp-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-12-2-12-grupp-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-14-2-14-grupp-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-20-2-20-grupp-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-14-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-6-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-22-1-22-gruppy-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-6-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-20-1-20-grupp-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-24-1-24-gruppy-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-6-1-6-grupp-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-10-1-10-grupp-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-6-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-24-2-24-gruppy-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-16-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-8-1-8-grupp-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-100h100h100mm-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-10h30mm-42-sht-na-liste-5-listov-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-35h100mm-70-sht-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-35h100mm-7-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-s-hederom-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-s-hederom-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-200h200h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-100h300mm-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-10h30mm-42-sht-na-liste-5-listov-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-130h130h130mm-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-12-v-15h50-mm-rexant-20-sht-na-liste.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-35h100-mm-rexant-7-sht-na-liste.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-15h50-mm-rexant-20sht-na-liste.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-pe-diametr-20mm-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-markirovochnaya-tablitsa-12-moduley-50h216mm-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemleno-100h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vlezay-ubet-100h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-85h85h85mm-20-sht-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-15h50mm-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabota-na-linii-100h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-35h100-mm-rexant-7sht-na-liste.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-1-85h150mm-nadpisi-dlya-va-10-listov-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-2-100h100mm-tsifry-znaki-elektrobezopasnosti-10-listov-rex.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-10-30-mm-rexant-42-sht-na-liste.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-modulnyh-nakleek-markirovka-elektroschitov-malyy-100h100mm-120-nakleek-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h300mm-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-150h300mm-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-150h300mm-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-napryazhenie-100h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-n-diametr-20mm-20-sht-na-liste-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabotayut-lyudi-100h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-25h25h25mm-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-50h50h50mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-otkryvat-rabotayut-lyudi-100h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-160h160h160mm-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-10mm-200-nakleek-5-listov-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38-mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44-mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-50-39-30-mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-13-12-6mm-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-16-14-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-11-10-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-21-18-13mm-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-9-8-4mm-rexant.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-komplekt-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-komplekt-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-komplekt-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-komplekt-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-komplekt-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-komplekt-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-komplekt-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-up-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-up-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-up-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-komplekt-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-komplekt-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-komplekt-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-up-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18-mm-chernyy-up-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-up-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-134-bolshoy-kvadrat-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-136-treugolnik-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-153-malenkiy-kvadrat-belaya-250-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-135-krug-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-oval-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-domik-pryamougolnyy-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-3-tsifry-ot-1-do-45-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-5-tsvetnye-rexant.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-1-tsifry-ot-0-do-9-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-4-belye-pod-marker-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-2-tsifry-ot-0-do-15-bukvy-a-z-znaki-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-na-kabel-3-6-7-4-mm-tsifry-0-9-komplekt-10-rolikov-ec-2-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kabelnyy-klipsa-4-6-mm-tsifry-0-9-10-tsvetov-blister-mr-55-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-neylonovyy-100x2-5mm-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-s-ploschadkoy-pod-marker-neylonovyy-100x2-5mm-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-neylonovyy-200x2-5mm-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-160a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-80a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-500a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-125a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-250a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-400a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-2-vinta-rexant.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-1-vint-rexant.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-2-vinta-paket-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-1-vint-paket-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-plastik-paket-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-2-ryadnaya-zhelto-zelenaya-pe-raspredelitelnaya-rexant.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4506-4-0mm2-45a-6-par-rexant.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-2-ryadnaya-sinyaya-raspredelitelnaya-rexant.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-2h-polyusnyy-2-5-mm2-20a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-3-ryadnaya-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-2-ryadnaya-seraya-raspredelitelnaya-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-2-ryadnaya-sinyaya-raspredelitelnaya-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2504-2-5mm2-25a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1512-1-5mm2-15a-12-par-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2506-2-5mm2-25a-6-par-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2512-2-5mm2-25a-12-par-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4512-4-0mm2-45a-12-par-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4504-4-0mm2-45a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-1004-35mm2-100a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-604-16mm2-60a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-1-polyusnyy-25-mm2-90a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-10-0-mm2-50a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-2-5-mm2-20a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-4-0-mm2-30a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-1003-35mm2-100a-3-pary-rexant.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-pe-rexant.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1506-1-5mm2-15a-6-par-rexant.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1504-1-5mm2-15a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-2-ryadnaya-zhelto-zelenaya-pe-raspredelitelnaya-rexant.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-2-ryadnaya-seraya-raspredelitelnaya-rexant.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-603-16mm2-60a-3-pary-rexant.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-1-polyusnyy-16-mm2-60a-na-din-reyku-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelniy-rbd-80a-na-din-reyku-rexant-24764" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelniy-rbd-125a-na-din-reyku-rexant-24765" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelniy-rbd-250a-na-din-reyku-rexant-24767" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelniy-rbd-400a-na-din-reyku-rexant-24768" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelniy-rbd-160a-na-din-reyku-rexant-24766" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelniy-rbd-500a-na-din-reyku-rexant-24769" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-45sm-perforirovannaya-otsinkovannaya-rexant-28618" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-125sm-perforirovannaya-otsinkovannaya-rexant-28621" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-20sm-perforirovannaya-otsinkovannaya-rexant-28615" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-25sm-perforirovannaya-otsinkovannaya-rexant-28616" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-30sm-perforirovannaya-otsinkovannaya-rexant-28617" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-60sm-perforirovannaya-otsinkovannaya-rexant-28619" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-7-5sm-perforirovannaya-otsinkovannaya-rexant-28612" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-10sm-perforirovannaya-otsinkovannaya-rexant-28802" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-11sm-perforirovannaya-otsinkovannaya-rexant-28613" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-13sm-perforirovannaya-otsinkovannaya-rexant-28614" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-22-5sm-perforirovannaya-otsinkovannaya-rexant-28803" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-80sm-perforirovannaya-otsinkovannaya-rexant-28804" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-100sm-perforirovannaya-otsinkovannaya-rexant-28620" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-140sm-perforirovannaya-otsinkovannaya-rexant-28805" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-200sm-perforirovannaya-otsinkovannaya-rexant-28806" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtirey-1r-63-a-22-sm-rexant-24961" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-sup2-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant-24966" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-4r-63-a-1-m-rexant-25031" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtirey-3r-63-a-22-sm-rexant-24962" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtirey-1r-100-a-22-sm-rexant-28173" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-2r-63-a-1-m-10-sht-up-rexant-25028" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-100-a-1-m-rexant-10-sht-up-25029" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-2r-100-a-1-m-rexant-10-sht-up-25035" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-2r-63-a-1-m-10-sht-up-rexant-25036" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-3r-63-a-1-m-10-sht-up-rexant-24958" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-100-a-1-m-rexant-20-sht-up-25025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-63-a-1-m-20-sht-up-rexant-25026" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-63-a-1-m-10-sht-up-rexant-25030" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-1r-100-a-1-m-rexant-20-sht-up-25033" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-1r-63-a-1-m-20-sht-up-rexant-25034" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-3r-100-a-1-m-rexant-10-sht-up-24957" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-4r-100-a-1-m-rexant-24959" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-4r-63-a-1-m-rexant-24960" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtirey-3r-100-a-22-sm-rexant-28174" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-sup2-dlya-modulnogo-oborudovaniya-vvod-sboku-rexant-29645" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-sup2-udlinennaya-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant-29646" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9-mm-4-gruppi-rexant-25402" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-6-2-6-grupp-krepej-po-krayam-rexant-25457" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-4-gruppi-rexant-25430" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9-mm-7-grupp-rexant-25413" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9-mm-6-grupp-rexant-25403" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-8-grupp-rexant-25425" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-10-2-10-grupp-krepej-po-krayam-rexant-25459" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-6-1-6-grupp-krepej-po-tsentru-rexant-25449" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9-mm-15-grupp-rexant-25448" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-14-grupp-rexant-25421" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-16-grupp-rexant-25436" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12-mm-10-grupp-rexant-25409" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-16-grupp-rexant-25422" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9-mm-7-grupp-rexant-25444" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-12-grupp-rexant-25420" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12-mm-8-grupp-rexant-25408" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h15-rexant-25020" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h7-rexant-25021" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h15-rexant-25023" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h7-rexant-25024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9-mm-8-grupp-rexant-25404" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9-mm-10-grupp-rexant-25405" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12-mm-6-grupp-rexant-25407" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12-mm-12-grupp-rexant-25410" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12-mm-16-grupp-rexant-25412" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9-mm-12-grupp-rexant-25414" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-4-gruppi-rexant-25416" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-8-grupp-rexant-25418" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-10-grupp-rexant-25419" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-6-grupp-rexant-25424" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-10-grupp-rexant-25426" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-12-grupp-rexant-25427" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-14-grupp-rexant-25428" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-16-grupp-rexant-25429" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-8-grupp-rexant-25432" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-10-grupp-rexant-25433" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12-mm-stoyka-bol-6-grupp-rexant-25438" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12-mm-stoyka-bol-8-grupp-rexant-25439" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8h12-mm-stoyka-bol-10-grupp-rexant-25440" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12-mm-stoyka-bol-12-grupp-rexant-25441" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12-mm-stoyka-bol-14-grupp-rexant-25442" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9-mm-12-grupp-rexant-25447" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-12-1-12-grupp-krepej-po-tsentru-rexant-25452" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-14-1-14-grupp-krepej-po-tsentru-rexant-25453" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-20-1-20-grupp-krepej-po-tsentru-rexant-25454" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-22-1-22-gruppi-krepej-po-tsentru-rexant-25455" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-8-2-8-grupp-krepej-po-krayam-rexant-25458" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-12-2-12-grupp-krepej-po-krayam-rexant-25460" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-14-2-14-grupp-krepej-po-krayam-rexant-25461" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-20-2-20-grupp-krepej-po-krayam-rexant-25462" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h11-rexant-25022" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9-mm-12-grupp-rexant-25406" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12-mm-14-grupp-rexant-25411" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9-mm-15-grupp-rexant-25415" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-6-grupp-rexant-25417" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-4-gruppi-rexant-25423" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-6-grupp-rexant-25431" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-12-grupp-rexant-25434" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-14-grupp-rexant-25435" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12-mm-stoyka-bol-4-gruppi-rexant-25437" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12-mm-stoyka-bol-16-grupp-rexant-25443" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9-mm-8-grupp-rexant-25445" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9-mm-10-grupp-rexant-25446" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-10-1-10-grupp-krepej-po-tsentru-rexant-25451" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-24-1-24-gruppi-krepej-po-tsentru-rexant-25456" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-24-2-24-gruppi-krepej-po-krayam-rexant-25463" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-8-1-8-grupp-krepej-po-tsentru-rexant-1-28113" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-modulnih-nakleek-markirovka-elektroschitov-maliy-100h100mm-120-nakleek-rexant-31835" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-jizni-100h200-mm-rexant-20440" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vlezay-ubet-100h200-mm-rexant-20669" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-100-100-100-mm-rexant-9115" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-150-300-mm-rexant-9114" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-2-100h100mm-tsifri-znaki-elektrobezopasnosti-10-listov-rexant-31600" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50-mm-s-hederom-20-sht-na-liste-rexant-28876" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-85h85h85-mm-rexant-20sht-20674" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-markirovochnaya-tablitsa-12-moduley-50h216-mm-rexant-20672" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabota-na-linii-100h200-mm-rexant-20683" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-200-200-200-mm-rexant-9116" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-35h100-mm-rexant-7sht-na-liste-20692" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-160h160h160-mm-rexant-20691" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-35h100-mm-rexant-7-sht-na-liste-20671" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-25h25h25-mm-rexant-100-sht-20442" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-n-d-20-mm-rexant-20sht-na-liste-20435" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-pe-d-20-mm-rexant-20-sht-na-liste-20678" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemleno-100h200-mm-rexant-20685" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-10-30-mm-rexant-42-sht-na-liste-9978" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-35h100-mm-rexant-7sht-na-liste-20695" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-1-85h150mm-nadpisi-dlya-va-10-listov-rexant-31601" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-10mm-200-nakleek-5-listov-rexant-32037" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50-mm-rexant-20-sht-na-liste-20441" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-35h100-mm-rexant-70sht-20438" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-znaki-elektrobezopasnosti-zazemlenie-d-20-mm-s-hederom-20-sht-na-liste-rexant-28877" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-jizni-150-300-mm-rexant-9112" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-100-300-mm-rexant-9113" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-10-30-mm-rexant-42-sht-na-liste-9979" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-jizni-100-300-mm-rexant-9111" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-10-30-mm-rexant-42-sht-na-liste-10175" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-znaki-elektrobezopasnosti-zazemlenie-d-20-mm-rexant-20sht-na-liste-20439" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-50h50h50-mm-rexant-50sht-20444" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-130h130h130-mm-rexant-5sht-20437" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-12-v-15h50-mm-rexant-20-sht-na-liste-20680" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-15h50-mm-rexant-20sht-na-liste-20693" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-15h50-mm-rexant-20sht-na-liste-20694" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabotayut-lyudi-100h200-mm-rexant-20698" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-otkrivat-rabotayut-lyudi-100h200-mm-rexant-20699" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-napryajenie-100h200-mm-rexant-20684" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-16-10-6mm-seriy-up-2-sht-rexant-19268" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-36-22-32mm-seriy-komplekt-1-sht-up-rexant-29511" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-11-5-10mm-seriy-komplekt-2-sht-up-rexant-29506" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-32-25-18mm-seriy-up-2-sht-rexant-21840" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-32-25-18-mm-cherniy-up-2-sht-rexant-23621" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-7-3-5-6mm-seriy-komplekt-3-sht-up-rexant-29504" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-9-4-8mm-seriy-komplekt-3-sht-up-rexant-29505" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-13-5-6-12mm-seriy-komplekt-2-sht-up-rexant-29507" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-16-10-14mm-seriy-komplekt-2-sht-up-rexant-29508" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-29-18-25mm-seriy-komplekt-2-sht-up-rexant-29510" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-42-30-38mm-seriy-komplekt-1-sht-up-rexant-29512" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-21-13-18mm-seriy-komplekt-2-sht-up-rexant-29509" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-48-34-44mm-seriy-komplekt-1-sht-up-rexant-29513" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-12-7-6-4-6mm-seriy-up-2-sht-rexant-19267" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-20-14-9mm-seriy-up-2-sht-rexant-19269" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-25-18-13mm-seriy-up-2-sht-rexant-21839" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-9-4-8-mm-cherniy-11113" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-7-3-5-6-mm-cherniy-11111" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-42-30-38-mm-seriy-11126" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-13-5-6-12-mm-seriy-11116" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-21-13-18-mm-cherniy-11121" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-36-22-32-mm-seriy-11124" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-42-30-38-mm-cherniy-11127" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-7-3-5-6-mm-seriy-11110" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-29-18-25-mm-cherniy-11123" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-16-10-14-mm-seriy-11118" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-11-5-10-mm-cherniy-11115" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-48-34-44-mm-seriy-11128" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-9-4-8-mm-seriy-11112" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-21-13-18-mm-seriy-11120" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-29-18-25-mm-seriy-11122" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-13-5-6-12-mm-cherniy-11117" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-48-34-44-mm-cherniy-11129" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-11-5-10-mm-seriy-11114" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-16-10-14-mm-cherniy-11119" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-36-22-32-mm-cherniy-11125" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-25-18-13-mm-cherniy-11137" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-16-10-6-mm-cherniy-11133" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-12-7-6-4-6-mm-seriy-11130" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-40-30-24-mm-cherniy-11141" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-32-25-18-mm-cherniy-11139" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-50-39-30-mm-cherniy-11143" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-16-10-6-mm-seriy-11132" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-20-14-9-mm-cherniy-11135" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-25-18-13-mm-seriy-11136" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-32-25-18-mm-seriy-11138" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-40-30-24-mm-seriy-11140" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-12-7-6-4-6-mm-cherniy-11131" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-20-14-9-mm-seriy-11134" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-metallicheskiy-pgm-21-18-13-mm-11148" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-metallicheskiy-pgm-11-10-5-mm-11145" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-metallicheskiy-pgm-9-8-4-mm-11144" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-metallicheskiy-pgm-13-12-6-mm-11146" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-metallicheskiy-pgm-16-14-10-mm-11147" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zelenaya-rexant-3466" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-krasnaya-rexant-3464" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zelenaya-rexant-3463" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-320mm-jeltaya-rexant-3468" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-320mm-krasnaya-rexant-3470" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-jeltaya-rexant-3465" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-krasnaya-rexant-3467" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-jeltaya-rexant-3462" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-320mm-zelenaya-rexant-3469" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markeri-samokleyaschiesya-ms-4-belie-pod-marker-10024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markeri-samokleyaschiesya-ms-1-ot-0-do-9-9968" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markeri-samokleyaschiesya-ms-2-0-15-a-z-10029" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markeri-samokleyaschiesya-ms-3-ot-1-do-45-10030" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markeri-samokleyaschiesya-ms-5-tsvetnie-10025" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markeri-na-kabel-oslash-3-6-7-4-mm-tsifri-0-9-komplekt-10-rolikov-ec-2-rexant-1648" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-marker-klipsa-oslash-4-6-mm-tsifri-0-9-10-tsvetov-blister-mr-55-rexant-1407" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-s-ploschadkoy-pod-marker-nylon-100x2-5mm-100-sht-beliy-rexant-17561" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-nylon-100x2-5mm-100-sht-beliy-rexant-709" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-nylon-200x2-5mm-100-sht-beliy-rexant-710" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-135-krug-belaya-100-sht-up-rexant-9347" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-oval-belaya-100-sht-up-rexant-12578" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-153-m-kvadrat-belaya-250-sht-up-rexant-9349" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-134-b-kvadrat-belaya-100-sht-up-rexant-9346" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-136-treugolnik-belaya-100-sht-up-rexant-9348" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-domik-pryamougolniy-belaya-100-sht-up-rexant-18649" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-1-vint-paket-10-sht-up-rexant-27976" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-1-vint-rexant-24771" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-plastik-rexant-24772" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-plastik-paket-10-sht-up-rexant-27978" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-2-vinta-rexant-24770" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-2-vinta-paket-10-sht-up-rexant-27977" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-sup2-3-ryadnaya-seraya-rexant-32011" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-sup2-2-ryadnaya-sinyaya-raspredelitelnaya-rexant-32006" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-10-0-mm2-50a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sup2-2-ryadnaya-sinyaya-raspredelitelnaya-rexant-32009" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-4-0-mm2-30a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sup2-seraya-rexant-32002" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-sup2-2-ryadnaya-seraya-raspredelitelnaya-rexant-32005" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sup2-sinyaya-rexant-32003" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4504-4-0mm2-45a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2506-2-5mm2-25a-6-par-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4506-4-0mm2-45a-6-par-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-604-16mm2-60a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-1004-35mm2-100a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-2h-polyusnyy-2-5-mm2-20a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sup2-pe-rexant-32004" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-sup2-2-ryadnaya-jelto-zelenaya-pe-raspredelitelnaya-rexant-32007" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1506-1-5mm2-15a-6-par-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-603-16mm2-60a-3-pary-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-1003-35mm2-100a-3-pary-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-sup2-seraya-rexant-32001" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2504-2-5mm2-25a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-1-polyusnyy-25-mm2-90a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-1-polyusnyy-16-mm2-60a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1504-1-5mm2-15a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sup2-2-ryadnaya-jelto-zelenaya-pe-raspredelitelnaya-rexant-32010" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4512-4-0mm2-45a-12-par-rexant.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sup2-2-ryadnaya-seraya-raspredelitelnaya-rexant-32008" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2512-2-5mm2-25a-12-par-rexant.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1512-1-5mm2-15a-12-par-rexant.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-2-5-mm2-20a-na-din-reyku-rexant.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I283"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -2193,8118 +2193,8118 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>49.48</v>
+        <v>372.8</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1922</v>
+        <v>1073</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>92.86</v>
+        <v>690.2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>331</v>
+        <v>905</v>
       </c>
       <c r="G5" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>150</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>151.64</v>
+        <v>1735.85</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>194</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>180.05</v>
+        <v>1890.98</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>968</v>
+        <v>343</v>
       </c>
       <c r="G7" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>49.43</v>
+        <v>691.9</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1431</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>25.11</v>
+        <v>2124.04</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>250</v>
+        <v>204</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="3" t="s">
+      <c r="A10" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>28.17</v>
+        <v>79.66</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>491</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>41.04</v>
+        <v>226.55</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>3835</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>252.05</v>
+        <v>41.04</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>94</v>
+        <v>687</v>
       </c>
       <c r="G13" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>342.95</v>
+        <v>49.43</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>79.66</v>
+        <v>49.48</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>932</v>
       </c>
       <c r="G15" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>45.03</v>
+        <v>92.86</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>161</v>
+        <v>1131</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C17" s="3">
         <v>18.96</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>3048</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="C18" s="3">
+        <v>25.11</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>11</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>50</v>
+      </c>
+      <c r="I18" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="C18" s="3">
-[...22 lines deleted...]
-      <c r="A19" s="2" t="s">
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="2"/>
-[...6 lines deleted...]
-      <c r="I19" s="2"/>
+      <c r="C19" s="3">
+        <v>25.11</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="3">
+        <v>310</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>50</v>
+      </c>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>195.01</v>
+        <v>28.17</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>3455</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>1311.4</v>
+        <v>45.03</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>932</v>
+        <v>322</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>4159.58</v>
+        <v>151.64</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>152</v>
+        <v>74</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H22" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>2287.53</v>
+        <v>180.05</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>2644.42</v>
+        <v>252.05</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>87</v>
+        <v>14</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>888.76</v>
+        <v>342.95</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>716</v>
+        <v>20</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
+      <c r="A26" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>1264.54</v>
+        <v>195.01</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>363</v>
+        <v>5148</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>2901.87</v>
+        <v>147.68</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>138</v>
+        <v>1030</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>30</v>
+        <v>1500</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>1785.06</v>
+        <v>2776.64</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>218</v>
+        <v>68</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>2235.05</v>
+        <v>513</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>156</v>
+        <v>954</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>147.68</v>
+        <v>279.57</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>830</v>
+        <v>1506</v>
       </c>
       <c r="G31" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>1500</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>784.94</v>
+        <v>1311.4</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>551</v>
+        <v>788</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>898.12</v>
+        <v>4159.58</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>508</v>
+        <v>107</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>688.25</v>
+        <v>3144.92</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>561</v>
+        <v>211</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>513</v>
+        <v>1264.54</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1184</v>
+        <v>89</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>279.57</v>
+        <v>1785.06</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>2370</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>148.21</v>
+        <v>943.03</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>2180</v>
+        <v>465</v>
       </c>
       <c r="G37" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>1500</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>2671.86</v>
+        <v>784.94</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>115</v>
+        <v>381</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>567.89</v>
+        <v>2287.53</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1030</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="C40" s="3">
+        <v>888.76</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="3">
+        <v>661</v>
+      </c>
+      <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
+        <v>100</v>
+      </c>
+      <c r="I40" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="C40" s="3">
-[...22 lines deleted...]
-      <c r="A41" s="2" t="s">
+      <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B41" s="2"/>
-[...6 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="C41" s="3">
+        <v>688.25</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="3">
+        <v>340</v>
+      </c>
+      <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
+        <v>100</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>74.81</v>
+        <v>2901.87</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>2649</v>
+        <v>98</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>125.45</v>
+        <v>2671.86</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1344</v>
+        <v>111</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>450</v>
+        <v>20</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>130.6</v>
+        <v>2235.05</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1</v>
+        <v>147</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>62.6</v>
+        <v>596.28</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1454</v>
+        <v>650</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>500</v>
+        <v>180</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>87.03</v>
+        <v>131.58</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1681</v>
+        <v>430</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>720</v>
+        <v>1500</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>137.7</v>
+        <v>148.21</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>490</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="3" t="s">
+      <c r="A48" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>163.35</v>
+        <v>74.81</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>843</v>
+        <v>1535</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>139.51</v>
+        <v>87.03</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>149</v>
+        <v>883</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>200</v>
+        <v>720</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>234.31</v>
+        <v>65.73</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>206</v>
+        <v>986</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>292.68</v>
+        <v>130.6</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>65</v>
+        <v>1</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>110.67</v>
+        <v>97.57</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>917</v>
+        <v>2885</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>300</v>
+        <v>520</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>187</v>
+        <v>198.17</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>697</v>
+        <v>157</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>200</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>253.76</v>
+        <v>125.45</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>348</v>
+        <v>1245</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>200</v>
+        <v>450</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>198.17</v>
+        <v>72.49</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>220</v>
+        <v>104</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>148.08</v>
+        <v>153.38</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>1792</v>
+        <v>2792</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>108.07</v>
+        <v>143.97</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
         <v>1</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>500</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>103.85</v>
+        <v>192.89</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>892</v>
+        <v>801</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>125.82</v>
+        <v>235.43</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>699</v>
+        <v>1</v>
       </c>
       <c r="G60" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H60" s="3">
         <v>300</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>96.01</v>
+        <v>163.35</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>28</v>
+        <v>769</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>153.38</v>
+        <v>148.08</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>2860</v>
+        <v>1588</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>121.07</v>
+        <v>137.7</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>192.89</v>
+        <v>186.67</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>974</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>147.28</v>
+        <v>1000.23</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>275</v>
+        <v>924</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>200.19</v>
+        <v>536.42</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>54</v>
+        <v>3958</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="3">
-        <v>450.85</v>
+        <v>1532.59</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>223</v>
+        <v>503</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>260</v>
+        <v>50</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>111.83</v>
+        <v>961.24</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>920</v>
+        <v>2419</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="3">
-        <v>1000.23</v>
+        <v>137.78</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>1040</v>
+        <v>1705</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>1253.49</v>
+        <v>145.73</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>557</v>
+        <v>1</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>1532.59</v>
+        <v>175.98</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>541</v>
+        <v>460</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>536.42</v>
+        <v>298.3</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>4338</v>
+        <v>610</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>961.24</v>
+        <v>431.26</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>2252</v>
+        <v>1148</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>171.55</v>
+        <v>159.98</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>246</v>
+        <v>1536</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>500</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>385.98</v>
+        <v>68.95</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>245</v>
+        <v>292</v>
       </c>
       <c r="G75" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>97.17</v>
+        <v>102.03</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>378</v>
+        <v>1</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>500</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>145.73</v>
+        <v>117.66</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>1588</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>500</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>235.43</v>
+        <v>186.89</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>1</v>
+        <v>297</v>
       </c>
       <c r="G78" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>298.3</v>
+        <v>234.31</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>2140</v>
+        <v>173</v>
       </c>
       <c r="G79" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>159.98</v>
+        <v>279.59</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>2083</v>
+        <v>601</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>173.58</v>
+        <v>292.68</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>1434</v>
+        <v>50</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>68.95</v>
+        <v>391.37</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>661</v>
+        <v>474</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>81.81</v>
+        <v>100.81</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>1836</v>
+        <v>1</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>108.33</v>
+        <v>110.67</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>1379</v>
+        <v>480</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>126.06</v>
+        <v>187</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>758</v>
+        <v>427</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>87.83</v>
+        <v>200.19</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>1071</v>
+        <v>511</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>126.16</v>
+        <v>253.76</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>1661</v>
+        <v>183</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>360</v>
+        <v>200</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>135.41</v>
+        <v>355.12</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>406</v>
+        <v>421</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>250</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>207.81</v>
+        <v>300.67</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>161</v>
+        <v>470</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="3">
-        <v>300.67</v>
+        <v>111.83</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>496</v>
+        <v>1</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>79.47</v>
+        <v>108.33</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>43</v>
+        <v>1171</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>500</v>
+        <v>360</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="3">
-        <v>203.34</v>
+        <v>126.06</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>295</v>
+        <v>693</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="3">
-        <v>97.57</v>
+        <v>195.09</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>1773</v>
+        <v>336</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>520</v>
+        <v>500</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="3">
-        <v>195.09</v>
+        <v>203.34</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>525</v>
+        <v>67</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>500</v>
+        <v>350</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="3">
-        <v>261.96</v>
+        <v>87.83</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>519</v>
+        <v>992</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="3">
-        <v>355.12</v>
+        <v>126.16</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>586</v>
+        <v>1443</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>250</v>
+        <v>360</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>137.78</v>
+        <v>135.41</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>2757</v>
+        <v>1</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="3">
-        <v>72.49</v>
+        <v>207.81</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="3">
-        <v>101.37</v>
+        <v>1253.49</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>0</v>
+        <v>464</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>450</v>
+        <v>50</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B100" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="3">
-        <v>175.98</v>
+        <v>171.55</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>977</v>
+        <v>260</v>
       </c>
       <c r="G100" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>500</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="3">
-        <v>186.67</v>
+        <v>385.98</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G101" s="3">
         <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="3">
-        <v>243.67</v>
+        <v>173.58</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>343</v>
+        <v>777</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="3">
-        <v>431.26</v>
+        <v>81.81</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>839</v>
+        <v>1113</v>
       </c>
       <c r="G103" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="3">
-        <v>117.66</v>
+        <v>139.51</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>2040</v>
+        <v>95</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3">
-        <v>186.89</v>
+        <v>83.44</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>367</v>
+        <v>1</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>279.59</v>
+        <v>132.11</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>630</v>
+        <v>562</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>391.37</v>
+        <v>121.07</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>488</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="B108" s="3" t="s">
+      <c r="C108" s="3">
+        <v>147.28</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F108" s="3">
+        <v>222</v>
+      </c>
+      <c r="G108" s="3">
+        <v>1</v>
+      </c>
+      <c r="H108" s="3">
+        <v>160</v>
+      </c>
+      <c r="I108" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="C108" s="3">
-[...22 lines deleted...]
-      <c r="A109" s="2" t="s">
+      <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="B109" s="2"/>
-[...6 lines deleted...]
-      <c r="I109" s="2"/>
+      <c r="C109" s="3">
+        <v>450.85</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F109" s="3">
+        <v>140</v>
+      </c>
+      <c r="G109" s="3">
+        <v>1</v>
+      </c>
+      <c r="H109" s="3">
+        <v>260</v>
+      </c>
+      <c r="I109" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>16.48</v>
+        <v>108.07</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>1915</v>
+        <v>1</v>
       </c>
       <c r="G110" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>3.34</v>
+        <v>103.85</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>126</v>
+        <v>1</v>
       </c>
       <c r="G111" s="3">
-        <v>210</v>
+        <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>210</v>
+        <v>400</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C112" s="3">
-        <v>59.85</v>
+        <v>101.37</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>100</v>
+        <v>450</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C113" s="3">
-        <v>10.63</v>
+        <v>261.96</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>1540</v>
+        <v>478</v>
       </c>
       <c r="G113" s="3">
-        <v>70</v>
+        <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>70</v>
+        <v>150</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C114" s="3">
-        <v>3.34</v>
+        <v>243.67</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>2400</v>
+        <v>418</v>
       </c>
       <c r="G114" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C115" s="3">
-        <v>10.63</v>
+        <v>85.95</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>2380</v>
+        <v>1</v>
       </c>
       <c r="G115" s="3">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>35</v>
+        <v>500</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A116" s="3" t="s">
+      <c r="A116" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B116" s="2"/>
+      <c r="C116" s="2"/>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2"/>
+      <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="3">
-        <v>45.78</v>
+        <v>370</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>860</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="3">
-        <v>46.38</v>
+        <v>59.85</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="G118" s="3">
         <v>5</v>
       </c>
       <c r="H118" s="3">
         <v>100</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="3">
-        <v>60.92</v>
+        <v>54.41</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>580</v>
+        <v>110</v>
       </c>
       <c r="G119" s="3">
         <v>5</v>
       </c>
       <c r="H119" s="3">
         <v>100</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="3">
-        <v>3.24</v>
+        <v>17.3</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>0</v>
+        <v>3430</v>
       </c>
       <c r="G120" s="3">
-        <v>210</v>
+        <v>5</v>
       </c>
       <c r="H120" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B121" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="B121" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" s="3">
-        <v>22.75</v>
+        <v>60.92</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>221</v>
+        <v>2715</v>
       </c>
       <c r="G121" s="3">
         <v>5</v>
       </c>
       <c r="H121" s="3">
         <v>100</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B122" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" s="3">
-        <v>3.41</v>
+        <v>370</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>0</v>
+        <v>91</v>
       </c>
       <c r="G122" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>100</v>
       </c>
       <c r="I122" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B123" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="B123" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" s="3">
-        <v>3.72</v>
+        <v>70.03</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>595</v>
+        <v>104</v>
       </c>
       <c r="G123" s="3">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="H123" s="3">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="I123" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B124" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" s="3">
-        <v>2.39</v>
+        <v>14.03</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="G124" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H124" s="3">
         <v>100</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B125" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="3">
-        <v>2.39</v>
+        <v>14.88</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>3100</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H125" s="3">
         <v>100</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B126" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B126" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="3">
-        <v>14.88</v>
+        <v>56.59</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G126" s="3">
         <v>5</v>
       </c>
       <c r="H126" s="3">
         <v>100</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B127" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B127" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C127" s="3">
-        <v>63.95</v>
+        <v>46.38</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
         <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>5</v>
       </c>
       <c r="H127" s="3">
         <v>100</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B128" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" s="3">
-        <v>54.41</v>
+        <v>11.34</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>95</v>
+        <v>175</v>
       </c>
       <c r="G128" s="3">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="H128" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="3">
-        <v>12.75</v>
+        <v>48</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="G129" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="H129" s="3">
         <v>100</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="3">
-        <v>3.34</v>
+        <v>3.91</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>0</v>
+        <v>595</v>
       </c>
       <c r="G130" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="H130" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B131" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="B131" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" s="3">
-        <v>56.59</v>
+        <v>1.94</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>20</v>
+        <v>5800</v>
       </c>
       <c r="G131" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H131" s="3">
         <v>100</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B132" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="3">
-        <v>11.34</v>
+        <v>2.5</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>175</v>
+        <v>5400</v>
       </c>
       <c r="G132" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="H132" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="3">
-        <v>370</v>
+        <v>2.39</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>85</v>
+        <v>6900</v>
       </c>
       <c r="G133" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H133" s="3">
         <v>100</v>
       </c>
       <c r="I133" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="3">
-        <v>370</v>
+        <v>63.95</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>85</v>
+        <v>115</v>
       </c>
       <c r="G134" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H134" s="3">
         <v>100</v>
       </c>
       <c r="I134" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" s="3">
-        <v>1.11</v>
+        <v>3.34</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>210</v>
+        <v>99666</v>
       </c>
       <c r="G135" s="3">
         <v>210</v>
       </c>
       <c r="H135" s="3">
         <v>210</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B136" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" s="3">
-        <v>370</v>
+        <v>11.16</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>0</v>
+        <v>1960</v>
       </c>
       <c r="G136" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="H136" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I136" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" s="3">
-        <v>59.83</v>
+        <v>370</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>205</v>
+        <v>11</v>
       </c>
       <c r="G137" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H137" s="3">
         <v>100</v>
       </c>
       <c r="I137" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B138" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="B138" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="3">
-        <v>59.83</v>
+        <v>1.92</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>230</v>
+        <v>8600</v>
       </c>
       <c r="G138" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H138" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I138" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B139" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B139" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" s="3">
-        <v>60.92</v>
+        <v>3.34</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>1010</v>
+        <v>6200</v>
       </c>
       <c r="G139" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H139" s="3">
         <v>100</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B140" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="B140" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" s="3">
-        <v>48.55</v>
+        <v>11.16</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>80</v>
+        <v>1190</v>
       </c>
       <c r="G140" s="3">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="H140" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B141" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B141" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C141" s="3">
-        <v>2.19</v>
+        <v>48.07</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>122200</v>
+        <v>2005</v>
       </c>
       <c r="G141" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H141" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I141" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="3">
-        <v>2.38</v>
+        <v>59.83</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>4900</v>
+        <v>165</v>
       </c>
       <c r="G142" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H142" s="3">
         <v>100</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="3">
-        <v>57.12</v>
+        <v>60.92</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>135</v>
+        <v>410</v>
       </c>
       <c r="G143" s="3">
         <v>5</v>
       </c>
       <c r="H143" s="3">
         <v>100</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>1.85</v>
+        <v>3.24</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>1500</v>
+        <v>18690</v>
       </c>
       <c r="G144" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="H144" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="3">
-        <v>3.8</v>
+        <v>59.83</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>6000</v>
+        <v>75</v>
       </c>
       <c r="G145" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H145" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" s="3">
-        <v>56.6</v>
+        <v>1.11</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="G146" s="3">
-        <v>5</v>
+        <v>210</v>
       </c>
       <c r="H146" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="3">
-        <v>48</v>
+        <v>2.19</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>495</v>
+        <v>161800</v>
       </c>
       <c r="G147" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H147" s="3">
         <v>100</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B148" s="3" t="s">
+      <c r="C148" s="3">
+        <v>3.8</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F148" s="3">
+        <v>11750</v>
+      </c>
+      <c r="G148" s="3">
+        <v>50</v>
+      </c>
+      <c r="H148" s="3">
+        <v>50</v>
+      </c>
+      <c r="I148" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A149" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="C148" s="3">
-[...14 lines deleted...]
-      <c r="H148" s="3">
+      <c r="B149" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="C149" s="3">
+        <v>25.03</v>
+      </c>
+      <c r="D149" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F149" s="3">
+        <v>416</v>
+      </c>
+      <c r="G149" s="3">
+        <v>5</v>
+      </c>
+      <c r="H149" s="3">
+        <v>100</v>
+      </c>
+      <c r="I149" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A150" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B150" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="C150" s="3">
+        <v>3.41</v>
+      </c>
+      <c r="D150" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F150" s="3">
         <v>0</v>
       </c>
-      <c r="I148" s="3">
-[...27 lines deleted...]
-      <c r="I150" s="2"/>
+      <c r="G150" s="3">
+        <v>100</v>
+      </c>
+      <c r="H150" s="3">
+        <v>100</v>
+      </c>
+      <c r="I150" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C151" s="3">
-        <v>24.06</v>
+        <v>2.39</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>13400</v>
+        <v>900</v>
       </c>
       <c r="G151" s="3">
         <v>100</v>
       </c>
       <c r="H151" s="3">
-        <v>1600</v>
+        <v>100</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C152" s="3">
-        <v>60.79</v>
+        <v>3.34</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>2650</v>
+        <v>5900</v>
       </c>
       <c r="G152" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H152" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C153" s="3">
-        <v>98.39</v>
+        <v>57.12</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>700</v>
+        <v>105</v>
       </c>
       <c r="G153" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="H153" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C154" s="3">
-        <v>10.36</v>
+        <v>56.6</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>82600</v>
+        <v>60</v>
       </c>
       <c r="G154" s="3">
+        <v>5</v>
+      </c>
+      <c r="H154" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>6000</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C155" s="3">
-        <v>13.46</v>
+        <v>50.98</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>39096</v>
+        <v>110</v>
       </c>
       <c r="G155" s="3">
+        <v>5</v>
+      </c>
+      <c r="H155" s="3">
         <v>100</v>
       </c>
-      <c r="H155" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A156" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B156" s="3" t="s">
+      <c r="A156" s="2" t="s">
         <v>313</v>
       </c>
-      <c r="C156" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B156" s="2"/>
+      <c r="C156" s="2"/>
+      <c r="D156" s="2"/>
+      <c r="E156" s="2"/>
+      <c r="F156" s="2"/>
+      <c r="G156" s="2"/>
+      <c r="H156" s="2"/>
+      <c r="I156" s="2"/>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A157" s="3" t="s">
+      <c r="A157" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B157" s="2"/>
+      <c r="C157" s="2"/>
+      <c r="D157" s="2"/>
+      <c r="E157" s="2"/>
+      <c r="F157" s="2"/>
+      <c r="G157" s="2"/>
+      <c r="H157" s="2"/>
+      <c r="I157" s="2"/>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B158" s="3" t="s">
+      <c r="C158" s="3">
+        <v>97.41</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="C158" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F158" s="3">
-        <v>1200</v>
+        <v>65</v>
       </c>
       <c r="G158" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>200</v>
+        <v>1500</v>
       </c>
       <c r="I158" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C159" s="3">
-        <v>131.06</v>
+        <v>180.15</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F159" s="3">
-        <v>140</v>
+        <v>48</v>
       </c>
       <c r="G159" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I159" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C160" s="3">
-        <v>10.36</v>
+        <v>81.48</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F160" s="3">
-        <v>59300</v>
+        <v>51</v>
       </c>
       <c r="G160" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I160" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C161" s="3">
-        <v>33.93</v>
+        <v>365.68</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F161" s="3">
-        <v>2800</v>
+        <v>94</v>
       </c>
       <c r="G161" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>1000</v>
+        <v>360</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C162" s="3">
-        <v>13.46</v>
+        <v>420.31</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F162" s="3">
-        <v>50200</v>
+        <v>0</v>
       </c>
       <c r="G162" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>3500</v>
+        <v>360</v>
       </c>
       <c r="I162" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C163" s="3">
-        <v>17.29</v>
+        <v>65.42</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F163" s="3">
-        <v>16100</v>
+        <v>4</v>
       </c>
       <c r="G163" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I163" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C164" s="3">
-        <v>17.74</v>
+        <v>79.1</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F164" s="3">
-        <v>27100</v>
+        <v>5</v>
       </c>
       <c r="G164" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I164" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C165" s="3">
-        <v>17.74</v>
+        <v>78.48</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F165" s="3">
-        <v>16100</v>
+        <v>28</v>
       </c>
       <c r="G165" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I165" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C166" s="3">
-        <v>102.23</v>
+        <v>93.77</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F166" s="3">
-        <v>420</v>
+        <v>38</v>
       </c>
       <c r="G166" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I166" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C167" s="3">
-        <v>170.99</v>
+        <v>195.49</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F167" s="3">
-        <v>860</v>
+        <v>5</v>
       </c>
       <c r="G167" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I167" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C168" s="3">
-        <v>170.99</v>
+        <v>182.27</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F168" s="3">
-        <v>560</v>
+        <v>29</v>
       </c>
       <c r="G168" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I168" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C169" s="3">
-        <v>24.06</v>
+        <v>102.94</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F169" s="3">
+        <v>108</v>
+      </c>
+      <c r="G169" s="3">
+        <v>1</v>
+      </c>
+      <c r="H169" s="3">
+        <v>10</v>
+      </c>
+      <c r="I169" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C170" s="3">
-        <v>15.28</v>
+        <v>219.47</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F170" s="3">
-        <v>46000</v>
+        <v>100</v>
       </c>
       <c r="G170" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I170" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A171" s="2" t="s">
+      <c r="A171" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="B171" s="2"/>
-[...6 lines deleted...]
-      <c r="I171" s="2"/>
+      <c r="B171" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C171" s="3">
+        <v>92.1</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="F171" s="3">
+        <v>0</v>
+      </c>
+      <c r="G171" s="3">
+        <v>1</v>
+      </c>
+      <c r="H171" s="3">
+        <v>2400</v>
+      </c>
+      <c r="I171" s="3">
+        <v>2</v>
+      </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C172" s="3">
-        <v>108.28</v>
+        <v>145.54</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F172" s="3">
-        <v>1560</v>
+        <v>52</v>
       </c>
       <c r="G172" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>450</v>
+        <v>1000</v>
       </c>
       <c r="I172" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C173" s="3">
-        <v>261.61</v>
+        <v>181.27</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F173" s="3">
-        <v>276</v>
+        <v>68</v>
       </c>
       <c r="G173" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>120</v>
+        <v>576</v>
       </c>
       <c r="I173" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A174" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B174" s="3" t="s">
+      <c r="A174" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="C174" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B174" s="2"/>
+      <c r="C174" s="2"/>
+      <c r="D174" s="2"/>
+      <c r="E174" s="2"/>
+      <c r="F174" s="2"/>
+      <c r="G174" s="2"/>
+      <c r="H174" s="2"/>
+      <c r="I174" s="2"/>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C175" s="3">
-        <v>50.28</v>
+        <v>13.46</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>24</v>
+        <v>36400</v>
       </c>
       <c r="G175" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H175" s="3">
-        <v>600</v>
+        <v>3500</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C176" s="3">
-        <v>126.2</v>
+        <v>10.36</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>1080</v>
+        <v>32000</v>
       </c>
       <c r="G176" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="H176" s="3">
-        <v>240</v>
+        <v>6000</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C177" s="3">
-        <v>26.96</v>
+        <v>145.82</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>6600</v>
+        <v>1120</v>
       </c>
       <c r="G177" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H177" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C178" s="3">
-        <v>108.28</v>
+        <v>17.74</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>1680</v>
+        <v>21300</v>
       </c>
       <c r="G178" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="H178" s="3">
-        <v>450</v>
+        <v>2000</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C179" s="3">
-        <v>37.72</v>
+        <v>33.93</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>8250</v>
+        <v>3600</v>
       </c>
       <c r="G179" s="3">
         <v>50</v>
       </c>
       <c r="H179" s="3">
         <v>1000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C180" s="3">
-        <v>26.95</v>
+        <v>103.31</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>26500</v>
+        <v>1120</v>
       </c>
       <c r="G180" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H180" s="3">
-        <v>2000</v>
+        <v>240</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C181" s="3">
-        <v>93.46</v>
+        <v>131.06</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G181" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="H181" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C182" s="3">
-        <v>50.28</v>
+        <v>10.36</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="3">
-        <v>9450</v>
+        <v>54800</v>
       </c>
       <c r="G182" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H182" s="3">
-        <v>800</v>
+        <v>6000</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C183" s="3">
-        <v>37.73</v>
+        <v>59.4</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>5250</v>
+        <v>1650</v>
       </c>
       <c r="G183" s="3">
         <v>50</v>
       </c>
       <c r="H183" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C184" s="3">
-        <v>25.3</v>
+        <v>24.06</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>13250</v>
+        <v>0</v>
       </c>
       <c r="G184" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H184" s="3">
+        <v>1600</v>
+      </c>
+      <c r="I184" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A185" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="C185" s="3">
+        <v>17.29</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F185" s="3">
+        <v>20200</v>
+      </c>
+      <c r="G185" s="3">
+        <v>100</v>
+      </c>
+      <c r="H185" s="3">
         <v>2500</v>
       </c>
-      <c r="I184" s="3">
-[...14 lines deleted...]
-      <c r="I185" s="2"/>
+      <c r="I185" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C186" s="3">
-        <v>188.79</v>
+        <v>170.99</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>2850</v>
+        <v>800</v>
       </c>
       <c r="G186" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H186" s="3">
-        <v>700</v>
+        <v>200</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C187" s="3">
-        <v>218.41</v>
+        <v>13.46</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>2600</v>
+        <v>19296</v>
       </c>
       <c r="G187" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H187" s="3">
-        <v>600</v>
+        <v>3500</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C188" s="3">
-        <v>163.72</v>
+        <v>33.93</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
-        <v>5750</v>
+        <v>2500</v>
       </c>
       <c r="G188" s="3">
         <v>50</v>
       </c>
       <c r="H188" s="3">
         <v>1000</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C189" s="3">
-        <v>245.93</v>
+        <v>60.79</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>1175</v>
+        <v>3500</v>
       </c>
       <c r="G189" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H189" s="3">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C190" s="3">
-        <v>139.68</v>
+        <v>17.74</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="3">
-        <v>6850</v>
+        <v>13100</v>
       </c>
       <c r="G190" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H190" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A191" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I191" s="2"/>
+      <c r="A191" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B191" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C191" s="3">
+        <v>162.44</v>
+      </c>
+      <c r="D191" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F191" s="3">
+        <v>420</v>
+      </c>
+      <c r="G191" s="3">
+        <v>20</v>
+      </c>
+      <c r="H191" s="3">
+        <v>200</v>
+      </c>
+      <c r="I191" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C192" s="3">
-        <v>77.6</v>
+        <v>16.84</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F192" s="3">
-        <v>52</v>
+        <v>35900</v>
       </c>
       <c r="G192" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H192" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I192" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C193" s="3">
-        <v>65.42</v>
+        <v>24.06</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F193" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="G193" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H193" s="3">
-        <v>10</v>
+        <v>1600</v>
       </c>
       <c r="I193" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C194" s="3">
-        <v>89.3</v>
+        <v>107.34</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F194" s="3">
-        <v>38</v>
+        <v>1620</v>
       </c>
       <c r="G194" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H194" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I194" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A195" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B195" s="3" t="s">
+      <c r="A195" s="2" t="s">
         <v>389</v>
       </c>
-      <c r="C195" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B195" s="2"/>
+      <c r="C195" s="2"/>
+      <c r="D195" s="2"/>
+      <c r="E195" s="2"/>
+      <c r="F195" s="2"/>
+      <c r="G195" s="2"/>
+      <c r="H195" s="2"/>
+      <c r="I195" s="2"/>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>390</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C196" s="3">
-        <v>195.49</v>
+        <v>50.28</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F196" s="3">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="G196" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="H196" s="3">
-        <v>10</v>
+        <v>600</v>
       </c>
       <c r="I196" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>392</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C197" s="3">
-        <v>180.15</v>
+        <v>26.96</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F197" s="3">
-        <v>49</v>
+        <v>5450</v>
       </c>
       <c r="G197" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H197" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I197" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C198" s="3">
-        <v>182.27</v>
+        <v>25.31</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F198" s="3">
-        <v>41</v>
+        <v>17600</v>
       </c>
       <c r="G198" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H198" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I198" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>396</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C199" s="3">
-        <v>181.27</v>
+        <v>135.03</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F199" s="3">
-        <v>0</v>
+        <v>1020</v>
       </c>
       <c r="G199" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H199" s="3">
-        <v>576</v>
+        <v>240</v>
       </c>
       <c r="I199" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C200" s="3">
-        <v>92.1</v>
+        <v>102.87</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F200" s="3">
-        <v>0</v>
+        <v>1080</v>
       </c>
       <c r="G200" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H200" s="3">
-        <v>2400</v>
+        <v>450</v>
       </c>
       <c r="I200" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C201" s="3">
-        <v>365.68</v>
+        <v>261.61</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F201" s="3">
-        <v>63</v>
+        <v>276</v>
       </c>
       <c r="G201" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H201" s="3">
-        <v>360</v>
+        <v>120</v>
       </c>
       <c r="I201" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C202" s="3">
-        <v>209.02</v>
+        <v>26.95</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F202" s="3">
-        <v>106</v>
+        <v>25500</v>
       </c>
       <c r="G202" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H202" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I202" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>404</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C203" s="3">
-        <v>79.1</v>
+        <v>37.73</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F203" s="3">
-        <v>78</v>
+        <v>4000</v>
       </c>
       <c r="G203" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H203" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I203" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>406</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C204" s="3">
-        <v>78.48</v>
+        <v>50.28</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F204" s="3">
-        <v>200</v>
+        <v>6875</v>
       </c>
       <c r="G204" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H204" s="3">
-        <v>10</v>
+        <v>800</v>
       </c>
       <c r="I204" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C205" s="3">
-        <v>97.41</v>
+        <v>102.87</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F205" s="3">
-        <v>62</v>
+        <v>1095</v>
       </c>
       <c r="G205" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H205" s="3">
-        <v>1500</v>
+        <v>450</v>
       </c>
       <c r="I205" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C206" s="3">
-        <v>420.31</v>
+        <v>93.46</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F206" s="3">
         <v>0</v>
       </c>
       <c r="G206" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H206" s="3">
-        <v>360</v>
+        <v>240</v>
       </c>
       <c r="I206" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C207" s="3">
-        <v>145.54</v>
+        <v>25.3</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F207" s="3">
-        <v>0</v>
+        <v>12950</v>
       </c>
       <c r="G207" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H207" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I207" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A208" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="C208" s="3">
+        <v>37.72</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F208" s="3">
+        <v>7350</v>
+      </c>
+      <c r="G208" s="3">
+        <v>50</v>
+      </c>
+      <c r="H208" s="3">
         <v>1000</v>
       </c>
-      <c r="I207" s="3">
-[...14 lines deleted...]
-      <c r="I208" s="2"/>
+      <c r="I208" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B209" s="2"/>
       <c r="C209" s="2"/>
       <c r="D209" s="2"/>
       <c r="E209" s="2"/>
       <c r="F209" s="2"/>
       <c r="G209" s="2"/>
       <c r="H209" s="2"/>
       <c r="I209" s="2"/>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C210" s="3">
-        <v>13.83</v>
+        <v>258.23</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="3">
-        <v>28100</v>
+        <v>425</v>
       </c>
       <c r="G210" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H210" s="3">
-        <v>1000</v>
+        <v>350</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C211" s="3">
-        <v>15.19</v>
+        <v>163.72</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="3">
-        <v>3100</v>
+        <v>5150</v>
       </c>
       <c r="G211" s="3">
         <v>50</v>
       </c>
       <c r="H211" s="3">
         <v>1000</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C212" s="3">
-        <v>14</v>
+        <v>139.68</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="3">
-        <v>11600</v>
+        <v>6050</v>
       </c>
       <c r="G212" s="3">
         <v>50</v>
       </c>
       <c r="H212" s="3">
         <v>1000</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C213" s="3">
-        <v>14</v>
+        <v>188.79</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="3">
-        <v>11100</v>
+        <v>2650</v>
       </c>
       <c r="G213" s="3">
         <v>50</v>
       </c>
       <c r="H213" s="3">
-        <v>1000</v>
+        <v>700</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C214" s="3">
-        <v>13.02</v>
+        <v>218.41</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="3">
-        <v>14100</v>
+        <v>2100</v>
       </c>
       <c r="G214" s="3">
         <v>50</v>
       </c>
       <c r="H214" s="3">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A215" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B215" s="3" t="s">
+      <c r="A215" s="2" t="s">
         <v>427</v>
       </c>
-      <c r="C215" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B215" s="2"/>
+      <c r="C215" s="2"/>
+      <c r="D215" s="2"/>
+      <c r="E215" s="2"/>
+      <c r="F215" s="2"/>
+      <c r="G215" s="2"/>
+      <c r="H215" s="2"/>
+      <c r="I215" s="2"/>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A216" s="3" t="s">
+      <c r="A216" s="2" t="s">
         <v>428</v>
       </c>
-      <c r="B216" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B216" s="2"/>
+      <c r="C216" s="2"/>
+      <c r="D216" s="2"/>
+      <c r="E216" s="2"/>
+      <c r="F216" s="2"/>
+      <c r="G216" s="2"/>
+      <c r="H216" s="2"/>
+      <c r="I216" s="2"/>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="B217" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="B217" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C217" s="3">
-        <v>13.83</v>
+        <v>15.19</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F217" s="3">
-        <v>9050</v>
+        <v>1850</v>
       </c>
       <c r="G217" s="3">
         <v>50</v>
       </c>
       <c r="H217" s="3">
         <v>1000</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="B218" s="3" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="C218" s="3">
         <v>13.33</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F218" s="3">
-        <v>13100</v>
+        <v>8200</v>
       </c>
       <c r="G218" s="3">
         <v>50</v>
       </c>
       <c r="H218" s="3">
         <v>1000</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A219" s="2" t="s">
+      <c r="A219" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B219" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="B219" s="2"/>
-[...6 lines deleted...]
-      <c r="I219" s="2"/>
+      <c r="C219" s="3">
+        <v>14</v>
+      </c>
+      <c r="D219" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F219" s="3">
+        <v>11000</v>
+      </c>
+      <c r="G219" s="3">
+        <v>50</v>
+      </c>
+      <c r="H219" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I219" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>435</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>436</v>
       </c>
       <c r="C220" s="3">
-        <v>316.82</v>
+        <v>13.02</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F220" s="3">
-        <v>3709</v>
+        <v>22900</v>
       </c>
       <c r="G220" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H220" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I220" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>437</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>438</v>
       </c>
       <c r="C221" s="3">
-        <v>287.82</v>
+        <v>13.02</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F221" s="3">
-        <v>5876</v>
+        <v>29700</v>
       </c>
       <c r="G221" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H221" s="3">
-        <v>80</v>
+        <v>1000</v>
       </c>
       <c r="I221" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C222" s="3">
-        <v>517.94</v>
+        <v>13.83</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F222" s="3">
-        <v>451</v>
+        <v>7100</v>
       </c>
       <c r="G222" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H222" s="3">
-        <v>80</v>
+        <v>1000</v>
       </c>
       <c r="I222" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C223" s="3">
-        <v>298.75</v>
+        <v>13.83</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F223" s="3">
-        <v>324</v>
+        <v>4700</v>
       </c>
       <c r="G223" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H223" s="3">
-        <v>80</v>
+        <v>1000</v>
       </c>
       <c r="I223" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C224" s="3">
-        <v>467.74</v>
+        <v>14</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F224" s="3">
-        <v>890</v>
+        <v>7600</v>
       </c>
       <c r="G224" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H224" s="3">
-        <v>80</v>
+        <v>1000</v>
       </c>
       <c r="I224" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C225" s="3">
-        <v>797.34</v>
+        <v>13.02</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F225" s="3">
-        <v>175</v>
+        <v>20350</v>
       </c>
       <c r="G225" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H225" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I225" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="2" t="s">
         <v>447</v>
       </c>
       <c r="B226" s="2"/>
       <c r="C226" s="2"/>
       <c r="D226" s="2"/>
       <c r="E226" s="2"/>
       <c r="F226" s="2"/>
       <c r="G226" s="2"/>
       <c r="H226" s="2"/>
       <c r="I226" s="2"/>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>448</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>449</v>
       </c>
       <c r="C227" s="3">
-        <v>537.65</v>
+        <v>531.15</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="3">
-        <v>40</v>
+        <v>179</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
         <v>100</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>450</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>451</v>
       </c>
       <c r="C228" s="3">
-        <v>614.66</v>
+        <v>537.65</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="3">
-        <v>45</v>
+        <v>444</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
         <v>100</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>452</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>453</v>
       </c>
       <c r="C229" s="3">
         <v>537.65</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F229" s="3">
-        <v>255</v>
+        <v>275</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
         <v>100</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
         <v>454</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>455</v>
       </c>
       <c r="C230" s="3">
-        <v>531.15</v>
+        <v>537.65</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F230" s="3">
-        <v>263</v>
+        <v>83</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
         <v>100</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>456</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>457</v>
       </c>
       <c r="C231" s="3">
-        <v>537.65</v>
+        <v>614.66</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F231" s="3">
-        <v>74</v>
+        <v>106</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
         <v>100</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="2" t="s">
         <v>458</v>
       </c>
       <c r="B232" s="2"/>
       <c r="C232" s="2"/>
       <c r="D232" s="2"/>
       <c r="E232" s="2"/>
       <c r="F232" s="2"/>
       <c r="G232" s="2"/>
       <c r="H232" s="2"/>
       <c r="I232" s="2"/>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C233" s="3">
         <v>1905.88</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>461</v>
       </c>
       <c r="F233" s="3">
-        <v>663</v>
+        <v>542</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
         <v>10</v>
       </c>
       <c r="I233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>462</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>463</v>
       </c>
       <c r="C234" s="3">
         <v>322.9</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>383</v>
+        <v>317</v>
       </c>
       <c r="F234" s="3">
-        <v>5808</v>
+        <v>4401</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
         <v>500</v>
       </c>
       <c r="I234" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="2" t="s">
         <v>464</v>
       </c>
       <c r="B235" s="2"/>
       <c r="C235" s="2"/>
       <c r="D235" s="2"/>
       <c r="E235" s="2"/>
       <c r="F235" s="2"/>
       <c r="G235" s="2"/>
       <c r="H235" s="2"/>
       <c r="I235" s="2"/>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C236" s="3">
-        <v>127.48</v>
+        <v>119.38</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>383</v>
+        <v>317</v>
       </c>
       <c r="F236" s="3">
-        <v>6423</v>
+        <v>1404</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I236" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>468</v>
       </c>
       <c r="C237" s="3">
-        <v>119.38</v>
+        <v>127.48</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>383</v>
+        <v>317</v>
       </c>
       <c r="F237" s="3">
-        <v>2383</v>
+        <v>5579</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I237" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C238" s="3">
         <v>284.3</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>383</v>
+        <v>317</v>
       </c>
       <c r="F238" s="3">
-        <v>1714</v>
+        <v>1503</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
         <v>100</v>
       </c>
       <c r="I238" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="2" t="s">
         <v>471</v>
       </c>
       <c r="B239" s="2"/>
       <c r="C239" s="2"/>
       <c r="D239" s="2"/>
       <c r="E239" s="2"/>
       <c r="F239" s="2"/>
       <c r="G239" s="2"/>
       <c r="H239" s="2"/>
       <c r="I239" s="2"/>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>472</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>473</v>
       </c>
       <c r="C240" s="3">
-        <v>691.9</v>
+        <v>298.75</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F240" s="3">
-        <v>196</v>
+        <v>260</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>150</v>
+        <v>80</v>
       </c>
       <c r="I240" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>475</v>
       </c>
       <c r="C241" s="3">
-        <v>372.8</v>
+        <v>467.74</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F241" s="3">
-        <v>289</v>
+        <v>988</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I241" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>476</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>477</v>
       </c>
       <c r="C242" s="3">
-        <v>2124.04</v>
+        <v>517.94</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F242" s="3">
-        <v>154</v>
+        <v>123</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I242" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>478</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>479</v>
       </c>
       <c r="C243" s="3">
-        <v>690.2</v>
+        <v>316.82</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F243" s="3">
-        <v>2249</v>
+        <v>8</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="I243" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>480</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>481</v>
       </c>
       <c r="C244" s="3">
-        <v>1735.85</v>
+        <v>287.82</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F244" s="3">
-        <v>186</v>
+        <v>208</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I244" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>482</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>483</v>
       </c>
       <c r="C245" s="3">
-        <v>1890.98</v>
+        <v>797.34</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F245" s="3">
-        <v>560</v>
+        <v>10</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I245" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="2" t="s">
         <v>484</v>
       </c>
       <c r="B246" s="2"/>
       <c r="C246" s="2"/>
       <c r="D246" s="2"/>
       <c r="E246" s="2"/>
       <c r="F246" s="2"/>
       <c r="G246" s="2"/>
       <c r="H246" s="2"/>
       <c r="I246" s="2"/>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C247" s="3">
-        <v>11.37</v>
+        <v>286.13</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>14</v>
+        <v>317</v>
       </c>
       <c r="F247" s="3">
-        <v>32800</v>
+        <v>351</v>
       </c>
       <c r="G247" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I247" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C248" s="3">
         <v>23.72</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F248" s="3">
-        <v>56000</v>
+        <v>33400</v>
       </c>
       <c r="G248" s="3">
         <v>100</v>
       </c>
       <c r="H248" s="3">
         <v>2500</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C249" s="3">
         <v>13.81</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F249" s="3">
-        <v>0</v>
+        <v>44200</v>
       </c>
       <c r="G249" s="3">
         <v>100</v>
       </c>
       <c r="H249" s="3">
         <v>2000</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C250" s="3">
-        <v>201.96</v>
+        <v>134.04</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>383</v>
+        <v>317</v>
       </c>
       <c r="F250" s="3">
-        <v>278</v>
+        <v>187</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I250" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C251" s="3">
-        <v>286.13</v>
+        <v>11.37</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F251" s="3">
-        <v>380</v>
+        <v>0</v>
       </c>
       <c r="G251" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H251" s="3">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="I251" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
         <v>495</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C252" s="3">
-        <v>134.04</v>
+        <v>201.96</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>383</v>
+        <v>317</v>
       </c>
       <c r="F252" s="3">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I252" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="2" t="s">
         <v>497</v>
       </c>
       <c r="B253" s="2"/>
       <c r="C253" s="2"/>
       <c r="D253" s="2"/>
       <c r="E253" s="2"/>
       <c r="F253" s="2"/>
       <c r="G253" s="2"/>
       <c r="H253" s="2"/>
       <c r="I253" s="2"/>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>498</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>499</v>
       </c>
       <c r="C254" s="3">
-        <v>669.69</v>
+        <v>578.27</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F254" s="3">
-        <v>272</v>
+        <v>416</v>
       </c>
       <c r="G254" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H254" s="3">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>500</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>501</v>
       </c>
       <c r="C255" s="3">
-        <v>356.15</v>
+        <v>318.09</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F255" s="3">
-        <v>847</v>
+        <v>0</v>
       </c>
       <c r="G255" s="3">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H255" s="3">
-        <v>168</v>
+        <v>272</v>
       </c>
       <c r="I255" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>502</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>503</v>
       </c>
       <c r="C256" s="3">
-        <v>254.19</v>
+        <v>212.04</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F256" s="3">
-        <v>175</v>
+        <v>424</v>
       </c>
       <c r="G256" s="3">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="H256" s="3">
-        <v>200</v>
+        <v>320</v>
       </c>
       <c r="I256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
         <v>504</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>505</v>
       </c>
       <c r="C257" s="3">
-        <v>334.83</v>
+        <v>636.21</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F257" s="3">
-        <v>784</v>
+        <v>324</v>
       </c>
       <c r="G257" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="H257" s="3">
-        <v>272</v>
+        <v>96</v>
       </c>
       <c r="I257" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
         <v>506</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C258" s="3">
-        <v>84.73</v>
+        <v>151.06</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F258" s="3">
-        <v>460</v>
+        <v>252</v>
       </c>
       <c r="G258" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H258" s="3">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="I258" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
         <v>508</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>509</v>
       </c>
       <c r="C259" s="3">
-        <v>336.37</v>
+        <v>331.22</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F259" s="3">
-        <v>602</v>
+        <v>735</v>
       </c>
       <c r="G259" s="3">
         <v>7</v>
       </c>
       <c r="H259" s="3">
         <v>168</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>510</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>511</v>
       </c>
       <c r="C260" s="3">
-        <v>225.56</v>
+        <v>318.09</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F260" s="3">
-        <v>2260</v>
+        <v>1008</v>
       </c>
       <c r="G260" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H260" s="3">
-        <v>500</v>
+        <v>272</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
         <v>512</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>513</v>
       </c>
       <c r="C261" s="3">
-        <v>608.71</v>
+        <v>312.82</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F261" s="3">
-        <v>440</v>
+        <v>511</v>
       </c>
       <c r="G261" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H261" s="3">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="I261" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
         <v>514</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>515</v>
       </c>
       <c r="C262" s="3">
-        <v>334.83</v>
+        <v>206.19</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F262" s="3">
-        <v>1056</v>
+        <v>0</v>
       </c>
       <c r="G262" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="H262" s="3">
-        <v>272</v>
+        <v>400</v>
       </c>
       <c r="I262" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>516</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>517</v>
       </c>
       <c r="C263" s="3">
-        <v>669.69</v>
+        <v>79.19</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F263" s="3">
-        <v>348</v>
+        <v>2500</v>
       </c>
       <c r="G263" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="H263" s="3">
-        <v>96</v>
+        <v>400</v>
       </c>
       <c r="I263" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
         <v>518</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>519</v>
       </c>
       <c r="C264" s="3">
-        <v>62.16</v>
+        <v>254.19</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F264" s="3">
-        <v>2250</v>
+        <v>0</v>
       </c>
       <c r="G264" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H264" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>520</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>521</v>
       </c>
       <c r="C265" s="3">
-        <v>97.12</v>
+        <v>336.31</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F265" s="3">
-        <v>1700</v>
+        <v>225</v>
       </c>
       <c r="G265" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>500</v>
+        <v>160</v>
       </c>
       <c r="I265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>522</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>523</v>
       </c>
       <c r="C266" s="3">
-        <v>79.19</v>
+        <v>521.81</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F266" s="3">
-        <v>2550</v>
+        <v>367</v>
       </c>
       <c r="G266" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I266" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>524</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>525</v>
       </c>
       <c r="C267" s="3">
-        <v>160.97</v>
+        <v>84.73</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F267" s="3">
-        <v>975</v>
+        <v>440</v>
       </c>
       <c r="G267" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H267" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I267" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>527</v>
       </c>
       <c r="C268" s="3">
-        <v>506.61</v>
+        <v>318.69</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F268" s="3">
-        <v>80</v>
+        <v>224</v>
       </c>
       <c r="G268" s="3">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="H268" s="3">
-        <v>100</v>
+        <v>168</v>
       </c>
       <c r="I268" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>529</v>
       </c>
       <c r="C269" s="3">
-        <v>206.19</v>
+        <v>319.57</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F269" s="3">
-        <v>100</v>
+        <v>752</v>
       </c>
       <c r="G269" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="H269" s="3">
-        <v>400</v>
+        <v>272</v>
       </c>
       <c r="I269" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
         <v>530</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>531</v>
       </c>
       <c r="C270" s="3">
-        <v>521.81</v>
+        <v>51.36</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F270" s="3">
-        <v>396</v>
+        <v>1000</v>
       </c>
       <c r="G270" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H270" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C271" s="3">
-        <v>336.31</v>
+        <v>235.16</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F271" s="3">
-        <v>281</v>
+        <v>1116</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>534</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>535</v>
       </c>
       <c r="C272" s="3">
-        <v>195.73</v>
+        <v>398.32</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F272" s="3">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="G272" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C273" s="3">
-        <v>212.04</v>
+        <v>209.77</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F273" s="3">
-        <v>472</v>
+        <v>2010</v>
       </c>
       <c r="G273" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H273" s="3">
-        <v>320</v>
+        <v>500</v>
       </c>
       <c r="I273" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
         <v>538</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>539</v>
       </c>
       <c r="C274" s="3">
-        <v>99.82</v>
+        <v>62.16</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F274" s="3">
-        <v>480</v>
+        <v>1700</v>
       </c>
       <c r="G274" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H274" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C275" s="3">
-        <v>151.06</v>
+        <v>195.73</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F275" s="3">
-        <v>276</v>
+        <v>140</v>
       </c>
       <c r="G275" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="H275" s="3">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="I275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
         <v>542</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C276" s="3">
-        <v>398.32</v>
+        <v>118.42</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F276" s="3">
-        <v>97</v>
+        <v>540</v>
       </c>
       <c r="G276" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H276" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I276" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C277" s="3">
-        <v>342.68</v>
+        <v>40.13</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F277" s="3">
-        <v>294</v>
+        <v>0</v>
       </c>
       <c r="G277" s="3">
-        <v>7</v>
+        <v>100</v>
       </c>
       <c r="H277" s="3">
-        <v>168</v>
+        <v>1000</v>
       </c>
       <c r="I277" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C278" s="3">
-        <v>51.36</v>
+        <v>636.21</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F278" s="3">
-        <v>1200</v>
+        <v>264</v>
       </c>
       <c r="G278" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="H278" s="3">
-        <v>1000</v>
+        <v>96</v>
       </c>
       <c r="I278" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C279" s="3">
-        <v>40.13</v>
+        <v>506.61</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F279" s="3">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="G279" s="3">
+        <v>20</v>
+      </c>
+      <c r="H279" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="I279" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C280" s="3">
-        <v>351.18</v>
+        <v>636.21</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F280" s="3">
-        <v>792</v>
+        <v>324</v>
       </c>
       <c r="G280" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="H280" s="3">
-        <v>272</v>
+        <v>96</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C281" s="3">
-        <v>669.69</v>
+        <v>160.97</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F281" s="3">
-        <v>332</v>
+        <v>975</v>
       </c>
       <c r="G281" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="H281" s="3">
-        <v>96</v>
+        <v>300</v>
       </c>
       <c r="I281" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>554</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>555</v>
       </c>
       <c r="C282" s="3">
-        <v>235.16</v>
+        <v>97.12</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F282" s="3">
-        <v>1350</v>
+        <v>1600</v>
       </c>
       <c r="G282" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H282" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I282" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C283" s="3">
-        <v>118.42</v>
+        <v>99.82</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F283" s="3">
-        <v>540</v>
+        <v>460</v>
       </c>
       <c r="G283" s="3">
         <v>20</v>
       </c>
       <c r="H283" s="3">
         <v>1000</v>
       </c>
       <c r="I283" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A19:I19"/>
-[...7 lines deleted...]
-    <mergeCell ref="A208:I208"/>
+    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="A156:I156"/>
+    <mergeCell ref="A157:I157"/>
+    <mergeCell ref="A174:I174"/>
+    <mergeCell ref="A195:I195"/>
     <mergeCell ref="A209:I209"/>
-    <mergeCell ref="A219:I219"/>
+    <mergeCell ref="A215:I215"/>
+    <mergeCell ref="A216:I216"/>
     <mergeCell ref="A226:I226"/>
     <mergeCell ref="A232:I232"/>
     <mergeCell ref="A235:I235"/>
     <mergeCell ref="A239:I239"/>
     <mergeCell ref="A246:I246"/>
     <mergeCell ref="A253:I253"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
-    <hyperlink ref="D10" r:id="rId7"/>
-[...7 lines deleted...]
-    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
-    <hyperlink ref="D26" r:id="rId22"/>
-[...13 lines deleted...]
-    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
-    <hyperlink ref="D48" r:id="rId43"/>
-[...59 lines deleted...]
-    <hyperlink ref="D108" r:id="rId103"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D62" r:id="rId56"/>
+    <hyperlink ref="D63" r:id="rId57"/>
+    <hyperlink ref="D64" r:id="rId58"/>
+    <hyperlink ref="D65" r:id="rId59"/>
+    <hyperlink ref="D66" r:id="rId60"/>
+    <hyperlink ref="D67" r:id="rId61"/>
+    <hyperlink ref="D68" r:id="rId62"/>
+    <hyperlink ref="D69" r:id="rId63"/>
+    <hyperlink ref="D70" r:id="rId64"/>
+    <hyperlink ref="D71" r:id="rId65"/>
+    <hyperlink ref="D72" r:id="rId66"/>
+    <hyperlink ref="D73" r:id="rId67"/>
+    <hyperlink ref="D74" r:id="rId68"/>
+    <hyperlink ref="D75" r:id="rId69"/>
+    <hyperlink ref="D76" r:id="rId70"/>
+    <hyperlink ref="D77" r:id="rId71"/>
+    <hyperlink ref="D78" r:id="rId72"/>
+    <hyperlink ref="D79" r:id="rId73"/>
+    <hyperlink ref="D80" r:id="rId74"/>
+    <hyperlink ref="D81" r:id="rId75"/>
+    <hyperlink ref="D82" r:id="rId76"/>
+    <hyperlink ref="D83" r:id="rId77"/>
+    <hyperlink ref="D84" r:id="rId78"/>
+    <hyperlink ref="D85" r:id="rId79"/>
+    <hyperlink ref="D86" r:id="rId80"/>
+    <hyperlink ref="D87" r:id="rId81"/>
+    <hyperlink ref="D88" r:id="rId82"/>
+    <hyperlink ref="D89" r:id="rId83"/>
+    <hyperlink ref="D90" r:id="rId84"/>
+    <hyperlink ref="D91" r:id="rId85"/>
+    <hyperlink ref="D92" r:id="rId86"/>
+    <hyperlink ref="D93" r:id="rId87"/>
+    <hyperlink ref="D94" r:id="rId88"/>
+    <hyperlink ref="D95" r:id="rId89"/>
+    <hyperlink ref="D96" r:id="rId90"/>
+    <hyperlink ref="D97" r:id="rId91"/>
+    <hyperlink ref="D98" r:id="rId92"/>
+    <hyperlink ref="D99" r:id="rId93"/>
+    <hyperlink ref="D100" r:id="rId94"/>
+    <hyperlink ref="D101" r:id="rId95"/>
+    <hyperlink ref="D102" r:id="rId96"/>
+    <hyperlink ref="D103" r:id="rId97"/>
+    <hyperlink ref="D104" r:id="rId98"/>
+    <hyperlink ref="D105" r:id="rId99"/>
+    <hyperlink ref="D106" r:id="rId100"/>
+    <hyperlink ref="D107" r:id="rId101"/>
+    <hyperlink ref="D108" r:id="rId102"/>
+    <hyperlink ref="D109" r:id="rId103"/>
     <hyperlink ref="D110" r:id="rId104"/>
     <hyperlink ref="D111" r:id="rId105"/>
     <hyperlink ref="D112" r:id="rId106"/>
     <hyperlink ref="D113" r:id="rId107"/>
     <hyperlink ref="D114" r:id="rId108"/>
     <hyperlink ref="D115" r:id="rId109"/>
-    <hyperlink ref="D116" r:id="rId110"/>
-[...51 lines deleted...]
-    <hyperlink ref="D170" r:id="rId162"/>
+    <hyperlink ref="D117" r:id="rId110"/>
+    <hyperlink ref="D118" r:id="rId111"/>
+    <hyperlink ref="D119" r:id="rId112"/>
+    <hyperlink ref="D120" r:id="rId113"/>
+    <hyperlink ref="D121" r:id="rId114"/>
+    <hyperlink ref="D122" r:id="rId115"/>
+    <hyperlink ref="D123" r:id="rId116"/>
+    <hyperlink ref="D124" r:id="rId117"/>
+    <hyperlink ref="D125" r:id="rId118"/>
+    <hyperlink ref="D126" r:id="rId119"/>
+    <hyperlink ref="D127" r:id="rId120"/>
+    <hyperlink ref="D128" r:id="rId121"/>
+    <hyperlink ref="D129" r:id="rId122"/>
+    <hyperlink ref="D130" r:id="rId123"/>
+    <hyperlink ref="D131" r:id="rId124"/>
+    <hyperlink ref="D132" r:id="rId125"/>
+    <hyperlink ref="D133" r:id="rId126"/>
+    <hyperlink ref="D134" r:id="rId127"/>
+    <hyperlink ref="D135" r:id="rId128"/>
+    <hyperlink ref="D136" r:id="rId129"/>
+    <hyperlink ref="D137" r:id="rId130"/>
+    <hyperlink ref="D138" r:id="rId131"/>
+    <hyperlink ref="D139" r:id="rId132"/>
+    <hyperlink ref="D140" r:id="rId133"/>
+    <hyperlink ref="D141" r:id="rId134"/>
+    <hyperlink ref="D142" r:id="rId135"/>
+    <hyperlink ref="D143" r:id="rId136"/>
+    <hyperlink ref="D144" r:id="rId137"/>
+    <hyperlink ref="D145" r:id="rId138"/>
+    <hyperlink ref="D146" r:id="rId139"/>
+    <hyperlink ref="D147" r:id="rId140"/>
+    <hyperlink ref="D148" r:id="rId141"/>
+    <hyperlink ref="D149" r:id="rId142"/>
+    <hyperlink ref="D150" r:id="rId143"/>
+    <hyperlink ref="D151" r:id="rId144"/>
+    <hyperlink ref="D152" r:id="rId145"/>
+    <hyperlink ref="D153" r:id="rId146"/>
+    <hyperlink ref="D154" r:id="rId147"/>
+    <hyperlink ref="D155" r:id="rId148"/>
+    <hyperlink ref="D158" r:id="rId149"/>
+    <hyperlink ref="D159" r:id="rId150"/>
+    <hyperlink ref="D160" r:id="rId151"/>
+    <hyperlink ref="D161" r:id="rId152"/>
+    <hyperlink ref="D162" r:id="rId153"/>
+    <hyperlink ref="D163" r:id="rId154"/>
+    <hyperlink ref="D164" r:id="rId155"/>
+    <hyperlink ref="D165" r:id="rId156"/>
+    <hyperlink ref="D166" r:id="rId157"/>
+    <hyperlink ref="D167" r:id="rId158"/>
+    <hyperlink ref="D168" r:id="rId159"/>
+    <hyperlink ref="D169" r:id="rId160"/>
+    <hyperlink ref="D170" r:id="rId161"/>
+    <hyperlink ref="D171" r:id="rId162"/>
     <hyperlink ref="D172" r:id="rId163"/>
     <hyperlink ref="D173" r:id="rId164"/>
-    <hyperlink ref="D174" r:id="rId165"/>
-[...9 lines deleted...]
-    <hyperlink ref="D184" r:id="rId175"/>
+    <hyperlink ref="D175" r:id="rId165"/>
+    <hyperlink ref="D176" r:id="rId166"/>
+    <hyperlink ref="D177" r:id="rId167"/>
+    <hyperlink ref="D178" r:id="rId168"/>
+    <hyperlink ref="D179" r:id="rId169"/>
+    <hyperlink ref="D180" r:id="rId170"/>
+    <hyperlink ref="D181" r:id="rId171"/>
+    <hyperlink ref="D182" r:id="rId172"/>
+    <hyperlink ref="D183" r:id="rId173"/>
+    <hyperlink ref="D184" r:id="rId174"/>
+    <hyperlink ref="D185" r:id="rId175"/>
     <hyperlink ref="D186" r:id="rId176"/>
     <hyperlink ref="D187" r:id="rId177"/>
     <hyperlink ref="D188" r:id="rId178"/>
     <hyperlink ref="D189" r:id="rId179"/>
     <hyperlink ref="D190" r:id="rId180"/>
-    <hyperlink ref="D192" r:id="rId181"/>
-[...2 lines deleted...]
-    <hyperlink ref="D195" r:id="rId184"/>
+    <hyperlink ref="D191" r:id="rId181"/>
+    <hyperlink ref="D192" r:id="rId182"/>
+    <hyperlink ref="D193" r:id="rId183"/>
+    <hyperlink ref="D194" r:id="rId184"/>
     <hyperlink ref="D196" r:id="rId185"/>
     <hyperlink ref="D197" r:id="rId186"/>
     <hyperlink ref="D198" r:id="rId187"/>
     <hyperlink ref="D199" r:id="rId188"/>
     <hyperlink ref="D200" r:id="rId189"/>
     <hyperlink ref="D201" r:id="rId190"/>
     <hyperlink ref="D202" r:id="rId191"/>
     <hyperlink ref="D203" r:id="rId192"/>
     <hyperlink ref="D204" r:id="rId193"/>
     <hyperlink ref="D205" r:id="rId194"/>
     <hyperlink ref="D206" r:id="rId195"/>
     <hyperlink ref="D207" r:id="rId196"/>
-    <hyperlink ref="D210" r:id="rId197"/>
-[...7 lines deleted...]
-    <hyperlink ref="D218" r:id="rId205"/>
+    <hyperlink ref="D208" r:id="rId197"/>
+    <hyperlink ref="D210" r:id="rId198"/>
+    <hyperlink ref="D211" r:id="rId199"/>
+    <hyperlink ref="D212" r:id="rId200"/>
+    <hyperlink ref="D213" r:id="rId201"/>
+    <hyperlink ref="D214" r:id="rId202"/>
+    <hyperlink ref="D217" r:id="rId203"/>
+    <hyperlink ref="D218" r:id="rId204"/>
+    <hyperlink ref="D219" r:id="rId205"/>
     <hyperlink ref="D220" r:id="rId206"/>
     <hyperlink ref="D221" r:id="rId207"/>
     <hyperlink ref="D222" r:id="rId208"/>
     <hyperlink ref="D223" r:id="rId209"/>
     <hyperlink ref="D224" r:id="rId210"/>
     <hyperlink ref="D225" r:id="rId211"/>
     <hyperlink ref="D227" r:id="rId212"/>
     <hyperlink ref="D228" r:id="rId213"/>
     <hyperlink ref="D229" r:id="rId214"/>
     <hyperlink ref="D230" r:id="rId215"/>
     <hyperlink ref="D231" r:id="rId216"/>
     <hyperlink ref="D233" r:id="rId217"/>
     <hyperlink ref="D234" r:id="rId218"/>
     <hyperlink ref="D236" r:id="rId219"/>
     <hyperlink ref="D237" r:id="rId220"/>
     <hyperlink ref="D238" r:id="rId221"/>
     <hyperlink ref="D240" r:id="rId222"/>
     <hyperlink ref="D241" r:id="rId223"/>
     <hyperlink ref="D242" r:id="rId224"/>
     <hyperlink ref="D243" r:id="rId225"/>
     <hyperlink ref="D244" r:id="rId226"/>
     <hyperlink ref="D245" r:id="rId227"/>
     <hyperlink ref="D247" r:id="rId228"/>
     <hyperlink ref="D248" r:id="rId229"/>
     <hyperlink ref="D249" r:id="rId230"/>