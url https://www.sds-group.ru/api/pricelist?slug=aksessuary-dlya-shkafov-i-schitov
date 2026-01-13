--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,1692 +42,1692 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Аксессуары для шкафов и щитов</t>
   </si>
   <si>
-    <t>1.1 Распределительные блоки РБД</t>
+    <t>1.1 DIN-рейки и аксессуары</t>
+  </si>
+  <si>
+    <t>12-8022</t>
+  </si>
+  <si>
+    <t>DIN-рейка 22,5см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-8010</t>
+  </si>
+  <si>
+    <t>DIN-рейка 10см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8011</t>
+  </si>
+  <si>
+    <t>DIN-рейка 11см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8020</t>
+  </si>
+  <si>
+    <t>DIN-рейка 20см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8045</t>
+  </si>
+  <si>
+    <t>DIN-рейка 45см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8080</t>
+  </si>
+  <si>
+    <t>DIN-рейка 80см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8100</t>
+  </si>
+  <si>
+    <t>DIN-рейка 100см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8125</t>
+  </si>
+  <si>
+    <t>DIN-рейка 125см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8140</t>
+  </si>
+  <si>
+    <t>DIN-рейка 140см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8007</t>
+  </si>
+  <si>
+    <t>DIN-рейка 7,5см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8030</t>
+  </si>
+  <si>
+    <t>DIN-рейка 30см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8013</t>
+  </si>
+  <si>
+    <t>DIN-рейка 13см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8200</t>
+  </si>
+  <si>
+    <t>DIN-рейка 200см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8025</t>
+  </si>
+  <si>
+    <t>DIN-рейка 25см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8060</t>
+  </si>
+  <si>
+    <t>DIN-рейка 60см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Шины соединительные</t>
+  </si>
+  <si>
+    <t>11-2244-1</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN 12 штырей 3Р 63А 22см REXANT</t>
+  </si>
+  <si>
+    <t>11-2230</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK (вилка) 1Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2242</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (штырь) 2Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2252</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (12 штырей) 1Р 100 А (22см) REXANT</t>
+  </si>
+  <si>
+    <t>11-2241-1</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN 12 штырей 1Р 63А 22см REXANT</t>
+  </si>
+  <si>
+    <t>11-2254</t>
+  </si>
+  <si>
+    <t>Клемма вводная КВМ 4-25мм² для модульного оборудования, ввод сбоку REXANT</t>
+  </si>
+  <si>
+    <t>11-2251</t>
+  </si>
+  <si>
+    <t>Клемма вводная КВМ 4-25мм² для модульного оборудования, прямой ввод REXANT</t>
+  </si>
+  <si>
+    <t>11-2231</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 1Р 63А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2243</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN штырь 2Р 63А 1 м REXANT</t>
+  </si>
+  <si>
+    <t>11-2247</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (штырь) 4Р 63А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2241</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN штырь 1Р 63А 1 м REXANT</t>
+  </si>
+  <si>
+    <t>11-2245</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN штырь 3Р 63А 1 м REXANT</t>
+  </si>
+  <si>
+    <t>11-2234</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK (вилка) 3Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2235</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 3Р 63А 1 м REXANT</t>
+  </si>
+  <si>
+    <t>11-2256</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (12 штырей) 3Р 100 А (22см) REXANT</t>
+  </si>
+  <si>
+    <t>11-2258</t>
+  </si>
+  <si>
+    <t>Клемма вводная КВМ 4-25мм² удлиненная для модульного оборудования, прямой ввод  REXANT</t>
+  </si>
+  <si>
+    <t>11-2233</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 2Р 63А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2236</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 4Р 63А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2240</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (штырь) 1Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2244</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (штырь) 3Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2246</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (штырь) 4Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Шины N, PE, PEN, L, кросс-модули</t>
+  </si>
+  <si>
+    <t>11-2351</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2352</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 7 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2354</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2356</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 15 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2357</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 6/1 (6 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2361</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 14/1 (14 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2362</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 20/1 (20 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2332</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2363</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 22/1 (22 группы/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2368</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 12/2 (12 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2369</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 14/2 (14 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2370</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 20/2 (20 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-11</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х11 REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-7</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х7 REXANT</t>
+  </si>
+  <si>
+    <t>11-2322</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2326</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2343</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2355</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2306</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2309</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2323</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 15 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2353</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2360</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 12/1 (12 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2364</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 24/1 (24 группы/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2305</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2338</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2365</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 6/2 (6 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2367</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 10/2 (10 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2328</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2321</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 7 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2314</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2316</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2320</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2324</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2334</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2340</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2344</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2349</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2359</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 10/1 (10 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2366</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 8/2 (8 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2371</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 24/2 (24 группы/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2325</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2372</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 8/1 (8 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-15</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х15 REXANT</t>
+  </si>
+  <si>
+    <t>11-2307</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 8 групп REXANT </t>
+  </si>
+  <si>
+    <t>11-2327</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2329</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2336</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2337</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2341</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2345</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2350</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2308</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 6 групп REXANT </t>
+  </si>
+  <si>
+    <t>11-2318</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2319</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2330</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2331</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2333</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2335</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2339</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2302-15</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 2х15 REXANT</t>
+  </si>
+  <si>
+    <t>11-2342</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2302-7</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 2х7 REXANT</t>
+  </si>
+  <si>
+    <t>11-2346</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2347</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2348</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8х12мм стойка бол. 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Знаки электробезопасности</t>
+  </si>
+  <si>
+    <t>56-0004</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Электрощитовая»150х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0006</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 200х200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0010-01</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление» диаметр 20мм (с хедером, 20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0008</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «380 В»10х30мм (42 шт. на листе, 5 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0010</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление», диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 25х25х25мм 100 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-4</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 85х85х85мм 20 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0002-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0003-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «42 В» 35х100 мм REXANT (7 шт на листе)</t>
+  </si>
+  <si>
+    <t>55-0004</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «PE»,  диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>55-0010</t>
+  </si>
+  <si>
+    <t>Наклейка маркировочная таблица 12 модулей (50х216мм) REXANT</t>
+  </si>
+  <si>
+    <t>55-0012</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не открывать! Работают люди» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0014</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не влезай! Убьет!» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0015</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой! Напряжение» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0017</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземлено» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0007</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 10х30мм (42 шт. на листе, 5 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0007-01</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 15х50мм (с хедером, 20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0003</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Электрощитовая» 100х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0005</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 100х100х100мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0009</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности " 36 В"10*30 мм Rexant ( 42 шт на листе)</t>
+  </si>
+  <si>
+    <t>55-0001</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «12 В» 15х50 мм REXANT (20 шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0081</t>
+  </si>
+  <si>
+    <t>Набор наклеек «Маркировка электрощитов М-1» 85х150мм (надписи для ВА, 10 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0008-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «380 В» 35х100мм (7 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 50х50х50мм 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>55-0003</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «42 В» 15х50 мм REXANT (20шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0059</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «N», диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0009-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «36 В» 35х100 мм REXANT (7шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0001</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0002</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 150х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0080</t>
+  </si>
+  <si>
+    <t>Набор наклеек «Маркировка электрощитов М-2» 100х100мм (цифры, знаки электробезопасности, 10 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0082</t>
+  </si>
+  <si>
+    <t>Набор модульных наклеек «Маркировка электрощитов» малый 100х100мм (120 наклеек) REXANT</t>
+  </si>
+  <si>
+    <t>56-0010-02</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление» диаметр 10мм, 200 наклеек (5 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-3</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 130х130х130мм 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-5</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 160х160х160мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0008-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «380 В» 15х50мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>55-0011</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не включать! Работают люди» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0013</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не включать! Работа на линии» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0007-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 15х50мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0007-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 35х100мм 70 шт. REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Кабельные вводы и сальники</t>
+  </si>
+  <si>
+    <t>1.5.1 Кабельные вводы серии PG</t>
+  </si>
+  <si>
+    <t>07-8013</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-13,5 (6-12мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8048</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-48 (34-44мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8016-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-16 (10-14мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8009-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8011</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-11 (5-10мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8048-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-48 (34-44 мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8007</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-7 (3,5-6мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8036</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-36 (22-32мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8009</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8021-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8029</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-29 (18-25мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8029-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-29 (18-25мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8042-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-42 (30-38 мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8007-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-7 (3,5-6мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод PG-16 (10-14мм) серый REXANT </t>
+  </si>
+  <si>
+    <t>07-8011-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-11 (5-10мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8013-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-13,5 (6-12мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8036-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-36 (22-32мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8021</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8042</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-42 (30-38мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2 Кабельные вводы серии MG</t>
+  </si>
+  <si>
+    <t>07-8112-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-12 (7,6-4,6мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8120</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-20 (14-9мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8125</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-25 (18-13мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8125-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-25 (18-13мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8116-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-16 (10-6мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8132</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-32 (25-18мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8140</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-40 (30-24мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8112</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-12 (7,6-4,6мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8140-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-40 (30-24мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8132-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-32 (25-18мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8150-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-50 (39-30 мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8116</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-16 (10-6мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8120-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-20 (14-9мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>1.5.3 Кабельные вводы серии PG-M</t>
+  </si>
+  <si>
+    <t>07-8209</t>
+  </si>
+  <si>
+    <t>Кабельный ввод металлический PGM-9 (8-4мм) REXANT</t>
+  </si>
+  <si>
+    <t>07-8213</t>
+  </si>
+  <si>
+    <t>Кабельный ввод металлический PGM-13 (12-6мм) REXANT</t>
+  </si>
+  <si>
+    <t>07-8216</t>
+  </si>
+  <si>
+    <t>Кабельный ввод металлический PGM-16 (14-10мм) REXANT</t>
+  </si>
+  <si>
+    <t>07-8211</t>
+  </si>
+  <si>
+    <t>Кабельный ввод металлический PGM-11 (10-5мм) REXANT</t>
+  </si>
+  <si>
+    <t>07-8221</t>
+  </si>
+  <si>
+    <t>Кабельный ввод металлический PGM-21 (18-13мм) REXANT</t>
+  </si>
+  <si>
+    <t>1.5.4 Кабельные вводы по 2-3 шт.</t>
+  </si>
+  <si>
+    <t>07-8112-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-12 (7,6-4,6мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-8125-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-25 (18-13мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>07-8007-A3</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-7 (3,5-6мм) серый, комплект (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8011-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-11 (5-10мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8021-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8036-A1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-36 (22-32мм) серый, комплект (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8013-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-13,5 (6-12мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8042-A1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-42 (30-38мм) серый, комплект (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8016-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-16 (10-14мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8029-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-29 (18-25мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8120-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-20 (14-9мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>07-8132-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-32 (25-18мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>07-8009-A3</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) серый, комплект (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8048-A1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-48 (34-44мм) серый, комплект (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8116-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-16 (10-6мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>07-8132-1-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-32 (25-18 мм) черный, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>1.6 Маркировка кабеля</t>
+  </si>
+  <si>
+    <t>1.6.1 Пломбы пластиковые номерные</t>
+  </si>
+  <si>
+    <t>07-6112</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 220мм желтая REXANT</t>
+  </si>
+  <si>
+    <t>07-6113</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 220мм зеленая REXANT</t>
+  </si>
+  <si>
+    <t>07-6121</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 255мм красная REXANT</t>
+  </si>
+  <si>
+    <t>07-6123</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 255мм зеленая REXANT</t>
+  </si>
+  <si>
+    <t>07-6133</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 350мм зеленая REXANT</t>
+  </si>
+  <si>
+    <t>07-6122</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 255мм желтая REXANT</t>
+  </si>
+  <si>
+    <t>07-6111</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 220мм красная REXANT</t>
+  </si>
+  <si>
+    <t>07-6131</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 350мм красная REXANT</t>
+  </si>
+  <si>
+    <t>07-6132</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 350мм желтая REXANT</t>
+  </si>
+  <si>
+    <t>1.6.2 Бирки кабельные</t>
+  </si>
+  <si>
+    <t>07-6234</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «У-134» (Большой квадрат) белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6235</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «У-135» (Круг) белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6236</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «У-136» (Треугольник) белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6253</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «У-153» (Маленький квадрат) белая (250 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6230</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «Овал» белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6231</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «Домик прямоугольный» белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.6.3 Самоклеящиеся маркеры для проводов</t>
+  </si>
+  <si>
+    <t>07-6203</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-3 (цифры от 1 до 45) REXANT</t>
+  </si>
+  <si>
+    <t>07-6204</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-4 белые под маркер REXANT</t>
+  </si>
+  <si>
+    <t>07-6201</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-1 (цифры от 0 до 9) REXANT</t>
+  </si>
+  <si>
+    <t>07-6205</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-5 цветные REXANT</t>
+  </si>
+  <si>
+    <t>07-6202</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-2 (цифры от 0 до 15, буквы A-Z, знаки +, -, /) REXANT</t>
+  </si>
+  <si>
+    <t>1.6.4 Маркер кабельный</t>
+  </si>
+  <si>
+    <t>12-6062</t>
+  </si>
+  <si>
+    <t>Маркер кабельный (клипса), ø4-6 мм, цифры 0-9, 10 цветов, блистер (MR-55) REXANT</t>
+  </si>
+  <si>
+    <t>12-6061</t>
+  </si>
+  <si>
+    <t>Маркеры на кабель, ø3,6-7,4 мм, цифры 0-9, комплект 10 роликов (EC-2) REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>1.6.5 Стяжка под маркер</t>
+  </si>
+  <si>
+    <t>07-0106</t>
+  </si>
+  <si>
+    <t>Хомут под маркер нейлоновый 100x2,5мм белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0206</t>
+  </si>
+  <si>
+    <t>Хомут под маркер нейлоновый 200x2,5мм белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0106-2</t>
+  </si>
+  <si>
+    <t>Хомут с площадкой под маркер нейлоновый 100x2,5мм белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Распределительные блоки РБД</t>
+  </si>
+  <si>
+    <t>11-2002</t>
+  </si>
+  <si>
+    <t>Блок распределительный РБД-160А на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2004</t>
+  </si>
+  <si>
+    <t>Блок распределительный РБД-400А на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2005</t>
+  </si>
+  <si>
+    <t>Блок распределительный РБД-500А на DIN-рейку REXANT</t>
   </si>
   <si>
     <t>11-2000</t>
   </si>
   <si>
     <t>Блок распределительный РБД-80А на DIN-рейку REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2001</t>
   </si>
   <si>
     <t>Блок распределительный РБД-125А на DIN-рейку REXANT</t>
   </si>
   <si>
     <t>11-2003</t>
   </si>
   <si>
     <t>Блок распределительный РБД-250А на DIN-рейку REXANT</t>
   </si>
   <si>
-    <t>11-2004</t>
-[...1393 lines deleted...]
-  <si>
     <t>1.8 Принадлежности прочие</t>
   </si>
   <si>
+    <t>12-2901-10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ограничитель на DIN-рейку (металл) 2 винта (пакет 10 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>12-2903-10</t>
+  </si>
+  <si>
+    <t>Ограничитель на DIN-рейку (пластик) (пакет 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>12-2901</t>
+  </si>
+  <si>
+    <t>Ограничитель на DIN-рейку (металл) 2 винта REXANT</t>
+  </si>
+  <si>
+    <t>12-2903</t>
+  </si>
+  <si>
+    <t>Ограничитель на DIN-рейку (пластик) REXANT</t>
+  </si>
+  <si>
+    <t>12-2902</t>
+  </si>
+  <si>
+    <t>Ограничитель на DIN-рейку (металл) 1 винт REXANT</t>
+  </si>
+  <si>
     <t>12-2902-10</t>
   </si>
   <si>
     <t>Ограничитель на DIN-рейку (металл) 1 винт (пакет 10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>12-2902</t>
-[...28 lines deleted...]
-  <si>
     <t>1.9 Клеммы и зажимы</t>
   </si>
   <si>
+    <t>11-2112</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 6-50мм² 2-рядная серая распределительная REXANT</t>
+  </si>
+  <si>
+    <t>11-2166</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 3х-полюсный 10,0 мм2 50A на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2157</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-2512 2,5мм2 25A 12 пар REXANT</t>
+  </si>
+  <si>
+    <t>11-2161</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТС-604 16мм2 60A 4 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2116</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² 2-рядная синяя распределительная REXANT</t>
+  </si>
+  <si>
     <t>11-2121</t>
   </si>
   <si>
     <t>Клемма вводная силовая КВС 6-50мм² 3-рядная серая REXANT</t>
   </si>
   <si>
+    <t>11-2154</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-2506 2,5мм2 25A 6 пар REXANT</t>
+  </si>
+  <si>
+    <t>11-2165</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 2х-полюсный 2,5 мм2 20A на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2100</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 6-50мм² серая REXANT</t>
+  </si>
+  <si>
+    <t>11-2103</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² серая REXANT</t>
+  </si>
+  <si>
+    <t>11-2104</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>11-2105</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² PE REXANT</t>
+  </si>
+  <si>
     <t>11-2113</t>
   </si>
   <si>
     <t>Клемма вводная силовая КВС 6-50мм² 2-рядная синяя распределительная REXANT</t>
   </si>
   <si>
-    <t>11-2166</t>
-[...8 lines deleted...]
-    <t>Клемма вводная силовая КВС 16-95мм² 2-рядная синяя распределительная REXANT</t>
+    <t>11-2114</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 6-50мм² 2-рядная желто-зеленая PE распределительная REXANT</t>
+  </si>
+  <si>
+    <t>11-2115</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² 2-рядная серая распределительная REXANT</t>
   </si>
   <si>
     <t>11-2168</t>
   </si>
   <si>
     <t>Блок зажимов клеммный БЗД 3х-полюсный 4,0 мм2 30A на DIN-рейку REXANT</t>
   </si>
   <si>
-    <t>11-2103</t>
-[...14 lines deleted...]
-    <t>Клемма вводная силовая КВС 16-95мм² синяя REXANT</t>
+    <t>11-2153</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-1506 1,5мм2 15A 6 пар REXANT</t>
+  </si>
+  <si>
+    <t>11-2158</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-4512 4,0мм2 45A 12 пар REXANT</t>
+  </si>
+  <si>
+    <t>11-2163</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 1-полюсный 16 мм2 60A на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2167</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 3х-полюсный 2,5 мм2 20A на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2159</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТС-603 16мм2 60A 3 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2164</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 1-полюсный 25 мм2 90A на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2117</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² 2-рядная желто-зеленая PE распределительная REXANT</t>
+  </si>
+  <si>
+    <t>11-2150</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-1504 1,5мм2 15A 4 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2151</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-2504 2,5мм2 25A 4 пары REXANT</t>
   </si>
   <si>
     <t>11-2152</t>
   </si>
   <si>
     <t>Блок зажимов клеммный БЗН ТВ-4504 4,0мм2 45A 4 пары REXANT</t>
   </si>
   <si>
-    <t>11-2154</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2155</t>
   </si>
   <si>
     <t>Блок зажимов клеммный БЗН ТВ-4506 4,0мм2 45A 6 пар REXANT</t>
   </si>
   <si>
-    <t>11-2161</t>
-[...2 lines deleted...]
-    <t>Блок зажимов клеммный БЗН ТС-604 16мм2 60A 4 пары REXANT</t>
+    <t>11-2156</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-1512 1,5мм2 15A 12 пар REXANT</t>
+  </si>
+  <si>
+    <t>11-2160</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТС-1003 35мм2 100A 3 пары REXANT</t>
   </si>
   <si>
     <t>11-2162</t>
   </si>
   <si>
     <t>Блок зажимов клеммный БЗН ТС-1004 35мм2 100A 4 пары REXANT</t>
-  </si>
-[...100 lines deleted...]
-    <t>Блок зажимов клеммный БЗД 3х-полюсный 2,5 мм2 20A на DIN-рейку REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2112,51 +2112,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelniy-rbd-80a-na-din-reyku-rexant-24764" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelniy-rbd-125a-na-din-reyku-rexant-24765" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelniy-rbd-250a-na-din-reyku-rexant-24767" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelniy-rbd-400a-na-din-reyku-rexant-24768" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelniy-rbd-160a-na-din-reyku-rexant-24766" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelniy-rbd-500a-na-din-reyku-rexant-24769" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-45sm-perforirovannaya-otsinkovannaya-rexant-28618" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-125sm-perforirovannaya-otsinkovannaya-rexant-28621" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-20sm-perforirovannaya-otsinkovannaya-rexant-28615" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-25sm-perforirovannaya-otsinkovannaya-rexant-28616" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-30sm-perforirovannaya-otsinkovannaya-rexant-28617" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-60sm-perforirovannaya-otsinkovannaya-rexant-28619" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-7-5sm-perforirovannaya-otsinkovannaya-rexant-28612" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-10sm-perforirovannaya-otsinkovannaya-rexant-28802" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-11sm-perforirovannaya-otsinkovannaya-rexant-28613" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-13sm-perforirovannaya-otsinkovannaya-rexant-28614" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-22-5sm-perforirovannaya-otsinkovannaya-rexant-28803" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-80sm-perforirovannaya-otsinkovannaya-rexant-28804" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-100sm-perforirovannaya-otsinkovannaya-rexant-28620" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-140sm-perforirovannaya-otsinkovannaya-rexant-28805" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-200sm-perforirovannaya-otsinkovannaya-rexant-28806" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtirey-1r-63-a-22-sm-rexant-24961" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-sup2-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant-24966" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-4r-63-a-1-m-rexant-25031" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtirey-3r-63-a-22-sm-rexant-24962" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtirey-1r-100-a-22-sm-rexant-28173" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-2r-63-a-1-m-10-sht-up-rexant-25028" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-100-a-1-m-rexant-10-sht-up-25029" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-2r-100-a-1-m-rexant-10-sht-up-25035" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-2r-63-a-1-m-10-sht-up-rexant-25036" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-3r-63-a-1-m-10-sht-up-rexant-24958" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-100-a-1-m-rexant-20-sht-up-25025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-63-a-1-m-20-sht-up-rexant-25026" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-63-a-1-m-10-sht-up-rexant-25030" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-1r-100-a-1-m-rexant-20-sht-up-25033" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-1r-63-a-1-m-20-sht-up-rexant-25034" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-3r-100-a-1-m-rexant-10-sht-up-24957" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-4r-100-a-1-m-rexant-24959" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtir-4r-63-a-1-m-rexant-24960" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtirey-3r-100-a-22-sm-rexant-28174" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-sup2-dlya-modulnogo-oborudovaniya-vvod-sboku-rexant-29645" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-sup2-udlinennaya-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant-29646" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9-mm-4-gruppi-rexant-25402" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-6-2-6-grupp-krepej-po-krayam-rexant-25457" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-4-gruppi-rexant-25430" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9-mm-7-grupp-rexant-25413" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9-mm-6-grupp-rexant-25403" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-8-grupp-rexant-25425" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-10-2-10-grupp-krepej-po-krayam-rexant-25459" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-6-1-6-grupp-krepej-po-tsentru-rexant-25449" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9-mm-15-grupp-rexant-25448" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-14-grupp-rexant-25421" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-16-grupp-rexant-25436" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12-mm-10-grupp-rexant-25409" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-16-grupp-rexant-25422" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9-mm-7-grupp-rexant-25444" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-12-grupp-rexant-25420" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12-mm-8-grupp-rexant-25408" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h15-rexant-25020" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h7-rexant-25021" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h15-rexant-25023" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h7-rexant-25024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9-mm-8-grupp-rexant-25404" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9-mm-10-grupp-rexant-25405" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12-mm-6-grupp-rexant-25407" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12-mm-12-grupp-rexant-25410" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12-mm-16-grupp-rexant-25412" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9-mm-12-grupp-rexant-25414" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-4-gruppi-rexant-25416" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-8-grupp-rexant-25418" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-10-grupp-rexant-25419" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-6-grupp-rexant-25424" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-10-grupp-rexant-25426" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-12-grupp-rexant-25427" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-14-grupp-rexant-25428" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-16-grupp-rexant-25429" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-8-grupp-rexant-25432" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-10-grupp-rexant-25433" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12-mm-stoyka-bol-6-grupp-rexant-25438" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12-mm-stoyka-bol-8-grupp-rexant-25439" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8h12-mm-stoyka-bol-10-grupp-rexant-25440" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12-mm-stoyka-bol-12-grupp-rexant-25441" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12-mm-stoyka-bol-14-grupp-rexant-25442" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9-mm-12-grupp-rexant-25447" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-12-1-12-grupp-krepej-po-tsentru-rexant-25452" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-14-1-14-grupp-krepej-po-tsentru-rexant-25453" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-20-1-20-grupp-krepej-po-tsentru-rexant-25454" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-22-1-22-gruppi-krepej-po-tsentru-rexant-25455" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-8-2-8-grupp-krepej-po-krayam-rexant-25458" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-12-2-12-grupp-krepej-po-krayam-rexant-25460" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-14-2-14-grupp-krepej-po-krayam-rexant-25461" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-20-2-20-grupp-krepej-po-krayam-rexant-25462" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h11-rexant-25022" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9-mm-12-grupp-rexant-25406" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12-mm-14-grupp-rexant-25411" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9-mm-15-grupp-rexant-25415" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9-mm-na-dvuh-uglovih-sinih-izolyatorah-6-grupp-rexant-25417" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12-mm-na-dvuh-uglovih-sinih-izolyatorah-4-gruppi-rexant-25423" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-6-grupp-rexant-25431" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-12-grupp-rexant-25434" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9-mm-stoyka-bol-14-grupp-rexant-25435" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12-mm-stoyka-bol-4-gruppi-rexant-25437" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12-mm-stoyka-bol-16-grupp-rexant-25443" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9-mm-8-grupp-rexant-25445" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9-mm-10-grupp-rexant-25446" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-10-1-10-grupp-krepej-po-tsentru-rexant-25451" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-24-1-24-gruppi-krepej-po-tsentru-rexant-25456" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-24-2-24-gruppi-krepej-po-krayam-rexant-25463" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9-mm-8-1-8-grupp-krepej-po-tsentru-rexant-1-28113" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-modulnih-nakleek-markirovka-elektroschitov-maliy-100h100mm-120-nakleek-rexant-31835" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-jizni-100h200-mm-rexant-20440" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vlezay-ubet-100h200-mm-rexant-20669" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-100-100-100-mm-rexant-9115" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-150-300-mm-rexant-9114" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-2-100h100mm-tsifri-znaki-elektrobezopasnosti-10-listov-rexant-31600" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50-mm-s-hederom-20-sht-na-liste-rexant-28876" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-85h85h85-mm-rexant-20sht-20674" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-markirovochnaya-tablitsa-12-moduley-50h216-mm-rexant-20672" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabota-na-linii-100h200-mm-rexant-20683" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-200-200-200-mm-rexant-9116" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-35h100-mm-rexant-7sht-na-liste-20692" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-160h160h160-mm-rexant-20691" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-35h100-mm-rexant-7-sht-na-liste-20671" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-25h25h25-mm-rexant-100-sht-20442" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-n-d-20-mm-rexant-20sht-na-liste-20435" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-pe-d-20-mm-rexant-20-sht-na-liste-20678" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemleno-100h200-mm-rexant-20685" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-10-30-mm-rexant-42-sht-na-liste-9978" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-35h100-mm-rexant-7sht-na-liste-20695" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-1-85h150mm-nadpisi-dlya-va-10-listov-rexant-31601" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-10mm-200-nakleek-5-listov-rexant-32037" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50-mm-rexant-20-sht-na-liste-20441" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-35h100-mm-rexant-70sht-20438" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-znaki-elektrobezopasnosti-zazemlenie-d-20-mm-s-hederom-20-sht-na-liste-rexant-28877" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-jizni-150-300-mm-rexant-9112" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-100-300-mm-rexant-9113" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-10-30-mm-rexant-42-sht-na-liste-9979" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-jizni-100-300-mm-rexant-9111" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-10-30-mm-rexant-42-sht-na-liste-10175" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-znaki-elektrobezopasnosti-zazemlenie-d-20-mm-rexant-20sht-na-liste-20439" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-50h50h50-mm-rexant-50sht-20444" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porajeniya-elektrotokom-130h130h130-mm-rexant-5sht-20437" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-12-v-15h50-mm-rexant-20-sht-na-liste-20680" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-15h50-mm-rexant-20sht-na-liste-20693" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-15h50-mm-rexant-20sht-na-liste-20694" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabotayut-lyudi-100h200-mm-rexant-20698" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-otkrivat-rabotayut-lyudi-100h200-mm-rexant-20699" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-napryajenie-100h200-mm-rexant-20684" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-16-10-6mm-seriy-up-2-sht-rexant-19268" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-36-22-32mm-seriy-komplekt-1-sht-up-rexant-29511" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-11-5-10mm-seriy-komplekt-2-sht-up-rexant-29506" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-32-25-18mm-seriy-up-2-sht-rexant-21840" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-32-25-18-mm-cherniy-up-2-sht-rexant-23621" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-7-3-5-6mm-seriy-komplekt-3-sht-up-rexant-29504" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-9-4-8mm-seriy-komplekt-3-sht-up-rexant-29505" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-13-5-6-12mm-seriy-komplekt-2-sht-up-rexant-29507" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-16-10-14mm-seriy-komplekt-2-sht-up-rexant-29508" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-29-18-25mm-seriy-komplekt-2-sht-up-rexant-29510" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-42-30-38mm-seriy-komplekt-1-sht-up-rexant-29512" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-21-13-18mm-seriy-komplekt-2-sht-up-rexant-29509" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-48-34-44mm-seriy-komplekt-1-sht-up-rexant-29513" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-12-7-6-4-6mm-seriy-up-2-sht-rexant-19267" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-20-14-9mm-seriy-up-2-sht-rexant-19269" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-25-18-13mm-seriy-up-2-sht-rexant-21839" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-9-4-8-mm-cherniy-11113" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-7-3-5-6-mm-cherniy-11111" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-42-30-38-mm-seriy-11126" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-13-5-6-12-mm-seriy-11116" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-21-13-18-mm-cherniy-11121" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-36-22-32-mm-seriy-11124" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-42-30-38-mm-cherniy-11127" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-7-3-5-6-mm-seriy-11110" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-29-18-25-mm-cherniy-11123" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-16-10-14-mm-seriy-11118" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-11-5-10-mm-cherniy-11115" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-48-34-44-mm-seriy-11128" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-9-4-8-mm-seriy-11112" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-21-13-18-mm-seriy-11120" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-29-18-25-mm-seriy-11122" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-13-5-6-12-mm-cherniy-11117" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-48-34-44-mm-cherniy-11129" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-11-5-10-mm-seriy-11114" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-16-10-14-mm-cherniy-11119" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-pg-36-22-32-mm-cherniy-11125" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-25-18-13-mm-cherniy-11137" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-16-10-6-mm-cherniy-11133" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-12-7-6-4-6-mm-seriy-11130" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-40-30-24-mm-cherniy-11141" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-32-25-18-mm-cherniy-11139" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-50-39-30-mm-cherniy-11143" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-16-10-6-mm-seriy-11132" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-20-14-9-mm-cherniy-11135" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-25-18-13-mm-seriy-11136" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-32-25-18-mm-seriy-11138" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-40-30-24-mm-seriy-11140" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-12-7-6-4-6-mm-cherniy-11131" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-mg-20-14-9-mm-seriy-11134" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-metallicheskiy-pgm-21-18-13-mm-11148" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-metallicheskiy-pgm-11-10-5-mm-11145" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-metallicheskiy-pgm-9-8-4-mm-11144" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-metallicheskiy-pgm-13-12-6-mm-11146" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-vvod-metallicheskiy-pgm-16-14-10-mm-11147" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zelenaya-rexant-3466" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-krasnaya-rexant-3464" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zelenaya-rexant-3463" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-320mm-jeltaya-rexant-3468" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-320mm-krasnaya-rexant-3470" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-jeltaya-rexant-3465" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-krasnaya-rexant-3467" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-jeltaya-rexant-3462" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-320mm-zelenaya-rexant-3469" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markeri-samokleyaschiesya-ms-4-belie-pod-marker-10024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markeri-samokleyaschiesya-ms-1-ot-0-do-9-9968" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markeri-samokleyaschiesya-ms-2-0-15-a-z-10029" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markeri-samokleyaschiesya-ms-3-ot-1-do-45-10030" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markeri-samokleyaschiesya-ms-5-tsvetnie-10025" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markeri-na-kabel-oslash-3-6-7-4-mm-tsifri-0-9-komplekt-10-rolikov-ec-2-rexant-1648" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-marker-klipsa-oslash-4-6-mm-tsifri-0-9-10-tsvetov-blister-mr-55-rexant-1407" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-s-ploschadkoy-pod-marker-nylon-100x2-5mm-100-sht-beliy-rexant-17561" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-nylon-100x2-5mm-100-sht-beliy-rexant-709" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-nylon-200x2-5mm-100-sht-beliy-rexant-710" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-135-krug-belaya-100-sht-up-rexant-9347" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-oval-belaya-100-sht-up-rexant-12578" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-153-m-kvadrat-belaya-250-sht-up-rexant-9349" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-134-b-kvadrat-belaya-100-sht-up-rexant-9346" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-136-treugolnik-belaya-100-sht-up-rexant-9348" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-domik-pryamougolniy-belaya-100-sht-up-rexant-18649" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-1-vint-paket-10-sht-up-rexant-27976" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-1-vint-rexant-24771" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-plastik-rexant-24772" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-plastik-paket-10-sht-up-rexant-27978" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-2-vinta-rexant-24770" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-2-vinta-paket-10-sht-up-rexant-27977" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-sup2-3-ryadnaya-seraya-rexant-32011" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-sup2-2-ryadnaya-sinyaya-raspredelitelnaya-rexant-32006" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-10-0-mm2-50a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sup2-2-ryadnaya-sinyaya-raspredelitelnaya-rexant-32009" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-4-0-mm2-30a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sup2-seraya-rexant-32002" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-sup2-2-ryadnaya-seraya-raspredelitelnaya-rexant-32005" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sup2-sinyaya-rexant-32003" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4504-4-0mm2-45a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2506-2-5mm2-25a-6-par-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4506-4-0mm2-45a-6-par-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-604-16mm2-60a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-1004-35mm2-100a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-2h-polyusnyy-2-5-mm2-20a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sup2-pe-rexant-32004" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-sup2-2-ryadnaya-jelto-zelenaya-pe-raspredelitelnaya-rexant-32007" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1506-1-5mm2-15a-6-par-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-603-16mm2-60a-3-pary-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-1003-35mm2-100a-3-pary-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-sup2-seraya-rexant-32001" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2504-2-5mm2-25a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-1-polyusnyy-25-mm2-90a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-1-polyusnyy-16-mm2-60a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1504-1-5mm2-15a-4-pary-rexant.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sup2-2-ryadnaya-jelto-zelenaya-pe-raspredelitelnaya-rexant-32010" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4512-4-0mm2-45a-12-par-rexant.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sup2-2-ryadnaya-seraya-raspredelitelnaya-rexant-32008" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2512-2-5mm2-25a-12-par-rexant.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1512-1-5mm2-15a-12-par-rexant.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-2-5-mm2-20a-na-din-reyku-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-22-5sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-10sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-11sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-20sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-45sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-80sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-100sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-125sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-140sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-7-5sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-30sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-13sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-200sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-25sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-60sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-63a-22sm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-100-a-22sm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-63a-22sm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-vvod-sboku-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-100-a-22sm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-udlinennaya-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-2r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-4r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-7-grupp-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-15-grupp-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-6-1-6-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-14-1-14-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-20-1-20-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-22-1-22-gruppy-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-12-2-12-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-14-2-14-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-20-2-20-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h11-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h7-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-15-grupp-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-12-1-12-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-24-1-24-gruppy-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-6-2-6-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-10-2-10-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-7-grupp-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-10-1-10-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-8-2-8-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-24-2-24-gruppy-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-8-1-8-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h15-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h15-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h7-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8h12mm-stoyka-bol-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-150h300mm-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-200h200h200mm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-s-hederom-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-10h30mm-42-sht-na-liste-5-listov-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-25h25h25mm-100-sht-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-85h85h85mm-20-sht-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h200-mm-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-35h100-mm-rexant-7-sht-na-liste" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-pe-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-markirovochnaya-tablitsa-12-moduley-50h216mm-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-otkryvat-rabotayut-lyudi-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vlezay-ubet-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-napryazhenie-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemleno-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-10h30mm-42-sht-na-liste-5-listov-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-s-hederom-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-100h300mm-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-100h100h100mm-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-10-30-mm-rexant-42-sht-na-liste" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-12-v-15h50-mm-rexant-20-sht-na-liste" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-1-85h150mm-nadpisi-dlya-va-10-listov-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-35h100mm-7-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-50h50h50mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-15h50-mm-rexant-20sht-na-liste" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-n-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-35h100-mm-rexant-7sht-na-liste" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h300mm-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-150h300mm-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-2-100h100mm-tsifry-znaki-elektrobezopasnosti-10-listov-rex" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-modulnyh-nakleek-markirovka-elektroschitov-malyy-100h100mm-120-nakleek-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-10mm-200-nakleek-5-listov-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-130h130h130mm-5-sht-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-160h160h160mm-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-15h50mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabotayut-lyudi-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabota-na-linii-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-35h100mm-70-sht-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-50-39-30-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-9-8-4mm-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-13-12-6mm-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-16-14-10mm-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-11-10-5mm-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-21-18-13mm-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-komplekt-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-komplekt-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-komplekt-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-komplekt-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-komplekt-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18-mm-chernyy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-134-bolshoy-kvadrat-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-135-krug-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-136-treugolnik-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-153-malenkiy-kvadrat-belaya-250-sht-up-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-oval-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-domik-pryamougolnyy-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-3-tsifry-ot-1-do-45-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-4-belye-pod-marker-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-1-tsifry-ot-0-do-9-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-5-tsvetnye-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-2-tsifry-ot-0-do-15-bukvy-a-z-znaki-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kabelnyy-klipsa-4-6-mm-tsifry-0-9-10-tsvetov-blister-mr-55-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-na-kabel-3-6-7-4-mm-tsifry-0-9-komplekt-10-rolikov-ec-2-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-neylonovyy-100x2-5mm-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-neylonovyy-200x2-5mm-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-s-ploschadkoy-pod-marker-neylonovyy-100x2-5mm-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-160a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-400a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-500a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-80a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-125a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-250a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-2-vinta-paket-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-plastik-paket-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-2-vinta-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-plastik-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-1-vint-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-1-vint-paket-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-2-ryadnaya-seraya-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-10-0-mm2-50a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2512-2-5mm2-25a-12-par-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-604-16mm2-60a-4-pary-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-2-ryadnaya-sinyaya-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-3-ryadnaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2506-2-5mm2-25a-6-par-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-2h-polyusnyy-2-5-mm2-20a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-seraya-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-seraya-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-pe-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-2-ryadnaya-sinyaya-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-2-ryadnaya-zhelto-zelenaya-pe-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-2-ryadnaya-seraya-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-4-0-mm2-30a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1506-1-5mm2-15a-6-par-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4512-4-0mm2-45a-12-par-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-1-polyusnyy-16-mm2-60a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-2-5-mm2-20a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-603-16mm2-60a-3-pary-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-1-polyusnyy-25-mm2-90a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-2-ryadnaya-zhelto-zelenaya-pe-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1504-1-5mm2-15a-4-pary-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2504-2-5mm2-25a-4-pary-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4504-4-0mm2-45a-4-pary-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4506-4-0mm2-45a-6-par-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1512-1-5mm2-15a-12-par-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-1003-35mm2-100a-3-pary-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-1004-35mm2-100a-4-pary-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I283"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -2193,8118 +2193,8118 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>372.8</v>
+        <v>48.09</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1073</v>
+        <v>453</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>690.2</v>
+        <v>25.54</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>905</v>
+        <v>396</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1735.85</v>
+        <v>25.54</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>367</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1890.98</v>
+        <v>43.82</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>343</v>
+        <v>1148</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>691.9</v>
+        <v>85.06</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H8" s="3">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>2124.04</v>
+        <v>161.93</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>204</v>
+        <v>20</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H9" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="2" t="s">
+      <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="2"/>
-[...6 lines deleted...]
-      <c r="I10" s="2"/>
+      <c r="B10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="3">
+        <v>183.11</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="3">
+        <v>337</v>
+      </c>
+      <c r="G10" s="3">
+        <v>20</v>
+      </c>
+      <c r="H10" s="3">
+        <v>20</v>
+      </c>
+      <c r="I10" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>79.66</v>
+        <v>230.4</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>435</v>
       </c>
       <c r="G11" s="3">
         <v>20</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>226.55</v>
+        <v>256.33</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>20</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>41.04</v>
+        <v>20.25</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>687</v>
+        <v>927</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>49.43</v>
+        <v>52.84</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>49.48</v>
+        <v>30.08</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>932</v>
+        <v>336</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>92.86</v>
+        <v>348.78</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1131</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>18.96</v>
+        <v>52.78</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>25.11</v>
+        <v>103.88</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="3" t="s">
+      <c r="A19" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="C19" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>28.17</v>
+        <v>521.72</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>45.03</v>
+        <v>863.16</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>322</v>
+        <v>458</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>151.64</v>
+        <v>3198.38</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>74</v>
+        <v>189</v>
       </c>
       <c r="G22" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>180.05</v>
+        <v>284.32</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>1940</v>
       </c>
       <c r="G23" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>252.05</v>
+        <v>198.33</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>14</v>
+        <v>1732</v>
       </c>
       <c r="G24" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>342.95</v>
+        <v>133.82</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
+        <v>1500</v>
+      </c>
+      <c r="I25" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C26" s="3">
+        <v>150.19</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="3">
+        <v>260</v>
+      </c>
+      <c r="G26" s="3">
         <v>10</v>
       </c>
-      <c r="I25" s="3">
-[...14 lines deleted...]
-      <c r="I26" s="2"/>
+      <c r="H26" s="3">
+        <v>1500</v>
+      </c>
+      <c r="I26" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>195.01</v>
+        <v>798.28</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>5148</v>
+        <v>218</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>147.68</v>
+        <v>1376.06</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1030</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>1500</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>2776.64</v>
+        <v>2386.7</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>68</v>
+        <v>137</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>513</v>
+        <v>734.95</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>954</v>
+        <v>546</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>279.57</v>
+        <v>1906.18</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1506</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>1311.4</v>
+        <v>4230.29</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>788</v>
+        <v>265</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>4159.58</v>
+        <v>2326.42</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>107</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>3144.92</v>
+        <v>636.74</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>211</v>
+        <v>450</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>1264.54</v>
+        <v>150.73</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>89</v>
+        <v>1360</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>1500</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>1785.06</v>
+        <v>1400.38</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>702</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>943.03</v>
+        <v>2823.84</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>465</v>
+        <v>32</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>784.94</v>
+        <v>949.06</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>381</v>
+        <v>618</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>2287.53</v>
+        <v>2951.2</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>117</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>888.76</v>
+        <v>2989.01</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>661</v>
+        <v>108</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B41" s="3" t="s">
+      <c r="A41" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="C41" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>2901.87</v>
+        <v>458.51</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>30</v>
+        <v>260</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>2671.86</v>
+        <v>150.6</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>111</v>
+        <v>931</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>2235.05</v>
+        <v>116.18</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>147</v>
+        <v>4</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>30</v>
+        <v>400</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>596.28</v>
+        <v>163.79</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>650</v>
+        <v>2765</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>180</v>
+        <v>250</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>131.58</v>
+        <v>73.72</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>148.21</v>
+        <v>128.2</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>490</v>
+        <v>300</v>
       </c>
       <c r="G47" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>1500</v>
+        <v>250</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="2" t="s">
+      <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B48" s="2"/>
-[...6 lines deleted...]
-      <c r="I48" s="2"/>
+      <c r="B48" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C48" s="3">
+        <v>198.41</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="3">
+        <v>0</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>500</v>
+      </c>
+      <c r="I48" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>74.81</v>
+        <v>190.07</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>1535</v>
+        <v>202</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>87.03</v>
+        <v>206.8</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>883</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>720</v>
+        <v>350</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>65.73</v>
+        <v>128.3</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>986</v>
+        <v>1349</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>500</v>
+        <v>360</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>130.6</v>
+        <v>151.48</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>1</v>
+        <v>159</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>97.57</v>
+        <v>211.34</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>2885</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>520</v>
+        <v>300</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>198.17</v>
+        <v>1274.8</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>157</v>
+        <v>67</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>125.45</v>
+        <v>977.58</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1245</v>
+        <v>445</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>450</v>
+        <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>72.49</v>
+        <v>162.7</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>104</v>
+        <v>1327</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>153.38</v>
+        <v>121.4</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>2792</v>
+        <v>900</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>143.97</v>
+        <v>135.44</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>192.89</v>
+        <v>119.42</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>801</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>235.43</v>
+        <v>99.23</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>1</v>
+        <v>144</v>
       </c>
       <c r="G60" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>300</v>
+        <v>520</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>163.35</v>
+        <v>174.47</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>769</v>
+        <v>1480</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>500</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>148.08</v>
+        <v>176.53</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>1588</v>
+        <v>738</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>137.7</v>
+        <v>109.91</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>1187</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>500</v>
+        <v>350</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>186.67</v>
+        <v>110.17</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>1147</v>
       </c>
       <c r="G64" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>300</v>
+        <v>360</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>1000.23</v>
+        <v>266.41</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>924</v>
+        <v>469</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>536.42</v>
+        <v>76.08</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>3958</v>
+        <v>813</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>1532.59</v>
+        <v>74.2</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>503</v>
+        <v>356</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>961.24</v>
+        <v>88.51</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>2419</v>
+        <v>1691</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>100</v>
+        <v>720</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>137.78</v>
+        <v>127.58</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>1705</v>
+        <v>1137</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>145.73</v>
+        <v>140.04</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>1</v>
+        <v>1350</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>500</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>175.98</v>
+        <v>132.82</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>460</v>
+        <v>1769</v>
       </c>
       <c r="G71" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>500</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>298.3</v>
+        <v>189.84</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>610</v>
+        <v>2201</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
         <v>300</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>431.26</v>
+        <v>239.43</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>1148</v>
+        <v>850</v>
       </c>
       <c r="G73" s="3">
         <v>10</v>
       </c>
       <c r="H73" s="3">
         <v>300</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>159.98</v>
+        <v>438.59</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>1536</v>
+        <v>1704</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>68.95</v>
+        <v>70.12</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>292</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>500</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>102.03</v>
+        <v>238.29</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>1</v>
+        <v>145</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>117.66</v>
+        <v>112.78</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>186.89</v>
+        <v>196.17</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>297</v>
+        <v>348</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>200</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>234.31</v>
+        <v>361.16</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>173</v>
+        <v>366</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>279.59</v>
+        <v>103.09</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>601</v>
+        <v>880</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>200</v>
+        <v>450</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>292.68</v>
+        <v>89.32</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>50</v>
+        <v>608</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>391.37</v>
+        <v>247.81</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>474</v>
+        <v>600</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>100.81</v>
+        <v>83.2</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>1</v>
+        <v>1957</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>110.67</v>
+        <v>100.52</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>480</v>
+        <v>865</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>187</v>
+        <v>1558.64</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>427</v>
+        <v>793</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>200.19</v>
+        <v>140.12</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>511</v>
+        <v>3384</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>253.76</v>
+        <v>119.66</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>183</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>355.12</v>
+        <v>161.06</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>421</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>300.67</v>
+        <v>297.66</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>470</v>
+        <v>8</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>120</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>111.83</v>
+        <v>398.02</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>1</v>
+        <v>464</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>108.33</v>
+        <v>123.81</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>1171</v>
+        <v>26</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>126.06</v>
+        <v>149.78</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>693</v>
+        <v>209</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>195.09</v>
+        <v>336.36</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>336</v>
+        <v>470</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>203.34</v>
+        <v>148.21</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>67</v>
+        <v>1000</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>87.83</v>
+        <v>178.97</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>992</v>
+        <v>2120</v>
       </c>
       <c r="G95" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H95" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>126.16</v>
+        <v>303.37</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>1443</v>
+        <v>1200</v>
       </c>
       <c r="G96" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>135.41</v>
+        <v>392.54</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G97" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>250</v>
+        <v>150</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>207.81</v>
+        <v>166.13</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>753</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C99" s="3">
+        <v>141.88</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F99" s="3">
+        <v>79</v>
+      </c>
+      <c r="G99" s="3">
+        <v>1</v>
+      </c>
+      <c r="H99" s="3">
         <v>200</v>
-      </c>
-[...19 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>171.55</v>
+        <v>201.54</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>260</v>
+        <v>135</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>385.98</v>
+        <v>284.34</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>15</v>
+        <v>574</v>
       </c>
       <c r="G101" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C102" s="3">
-        <v>173.58</v>
+        <v>97.59</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>777</v>
+        <v>2607</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C103" s="3">
-        <v>81.81</v>
+        <v>1017.23</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>1113</v>
+        <v>420</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C104" s="3">
-        <v>139.51</v>
+        <v>141.07</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>95</v>
+        <v>1902</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C105" s="3">
-        <v>83.44</v>
+        <v>545.54</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>1</v>
+        <v>1726</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C106" s="3">
-        <v>132.11</v>
+        <v>190.18</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>562</v>
+        <v>205</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C107" s="3">
-        <v>121.07</v>
+        <v>203.59</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>0</v>
+        <v>408</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>200</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C108" s="3">
-        <v>147.28</v>
+        <v>258.07</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>222</v>
+        <v>149</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B109" s="3" t="s">
+      <c r="A109" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="C109" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>108.07</v>
+        <v>61.96</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>1</v>
+        <v>2430</v>
       </c>
       <c r="G110" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H110" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>103.85</v>
+        <v>47.17</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H111" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C112" s="3">
-        <v>101.37</v>
+        <v>51.33</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
         <v>0</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H112" s="3">
-        <v>450</v>
+        <v>5</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C113" s="3">
-        <v>261.96</v>
+        <v>3.3</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>478</v>
+        <v>21420</v>
       </c>
       <c r="G113" s="3">
-        <v>1</v>
+        <v>210</v>
       </c>
       <c r="H113" s="3">
-        <v>150</v>
+        <v>210</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C114" s="3">
-        <v>243.67</v>
+        <v>2.34</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>418</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H114" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C115" s="3">
-        <v>85.95</v>
+        <v>1.97</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H115" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A116" s="2" t="s">
+      <c r="A116" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B116" s="2"/>
-[...6 lines deleted...]
-      <c r="I116" s="2"/>
+      <c r="B116" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C116" s="3">
+        <v>14.27</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" s="3">
+        <v>1420</v>
+      </c>
+      <c r="G116" s="3">
+        <v>20</v>
+      </c>
+      <c r="H116" s="3">
+        <v>100</v>
+      </c>
+      <c r="I116" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C117" s="3">
-        <v>370</v>
+        <v>60.87</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>0</v>
+        <v>145</v>
       </c>
       <c r="G117" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H117" s="3">
         <v>100</v>
       </c>
       <c r="I117" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C118" s="3">
-        <v>59.85</v>
+        <v>3.98</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>155</v>
+        <v>210</v>
       </c>
       <c r="G118" s="3">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="H118" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C119" s="3">
-        <v>54.41</v>
+        <v>2.43</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>110</v>
+        <v>6100</v>
       </c>
       <c r="G119" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H119" s="3">
         <v>100</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C120" s="3">
-        <v>17.3</v>
+        <v>15.13</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>3430</v>
+        <v>475</v>
       </c>
       <c r="G120" s="3">
         <v>5</v>
       </c>
       <c r="H120" s="3">
         <v>100</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C121" s="3">
-        <v>60.92</v>
+        <v>57.56</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>2715</v>
+        <v>55</v>
       </c>
       <c r="G121" s="3">
         <v>5</v>
       </c>
       <c r="H121" s="3">
         <v>100</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C122" s="3">
-        <v>370</v>
+        <v>58.1</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>91</v>
+        <v>200</v>
       </c>
       <c r="G122" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H122" s="3">
         <v>100</v>
       </c>
       <c r="I122" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C123" s="3">
-        <v>70.03</v>
+        <v>57.03</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>104</v>
+        <v>300</v>
       </c>
       <c r="G123" s="3">
         <v>5</v>
       </c>
       <c r="H123" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I123" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C124" s="3">
-        <v>14.03</v>
+        <v>65.04</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="G124" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="H124" s="3">
         <v>100</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C125" s="3">
-        <v>14.88</v>
+        <v>3.4</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>0</v>
+        <v>125906</v>
       </c>
       <c r="G125" s="3">
-        <v>5</v>
+        <v>210</v>
       </c>
       <c r="H125" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C126" s="3">
-        <v>56.59</v>
+        <v>71.22</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="G126" s="3">
         <v>5</v>
       </c>
       <c r="H126" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I126" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C127" s="3">
-        <v>46.38</v>
+        <v>61.96</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>0</v>
+        <v>460</v>
       </c>
       <c r="G127" s="3">
         <v>5</v>
       </c>
       <c r="H127" s="3">
         <v>100</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C128" s="3">
-        <v>11.34</v>
+        <v>19.35</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>175</v>
+        <v>6500</v>
       </c>
       <c r="G128" s="3">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="H128" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C129" s="3">
-        <v>48</v>
+        <v>1.13</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="G129" s="3">
-        <v>5</v>
+        <v>210</v>
       </c>
       <c r="H129" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C130" s="3">
-        <v>3.91</v>
+        <v>3.47</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>595</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="H130" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C131" s="3">
-        <v>1.94</v>
+        <v>395.1</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>5800</v>
+        <v>241</v>
       </c>
       <c r="G131" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>100</v>
       </c>
       <c r="I131" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C132" s="3">
-        <v>2.5</v>
+        <v>11.92</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>5400</v>
+        <v>1960</v>
       </c>
       <c r="G132" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="H132" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C133" s="3">
-        <v>2.39</v>
+        <v>4.25</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>6900</v>
+        <v>150</v>
       </c>
       <c r="G133" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H133" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C134" s="3">
-        <v>63.95</v>
+        <v>2.43</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H134" s="3">
         <v>100</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C135" s="3">
-        <v>3.34</v>
+        <v>2.54</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>99666</v>
+        <v>7500</v>
       </c>
       <c r="G135" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="H135" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C136" s="3">
-        <v>11.16</v>
+        <v>11.53</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>1960</v>
+        <v>175</v>
       </c>
       <c r="G136" s="3">
         <v>35</v>
       </c>
       <c r="H136" s="3">
         <v>35</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C137" s="3">
-        <v>370</v>
+        <v>60.85</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>11</v>
+        <v>155</v>
       </c>
       <c r="G137" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H137" s="3">
         <v>100</v>
       </c>
       <c r="I137" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C138" s="3">
-        <v>1.92</v>
+        <v>60.85</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>8600</v>
+        <v>140</v>
       </c>
       <c r="G138" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H138" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I138" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C139" s="3">
-        <v>3.34</v>
+        <v>395.1</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>6200</v>
+        <v>78</v>
       </c>
       <c r="G139" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>100</v>
       </c>
       <c r="I139" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C140" s="3">
-        <v>11.16</v>
+        <v>376.29</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>1190</v>
+        <v>946</v>
       </c>
       <c r="G140" s="3">
-        <v>70</v>
+        <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I140" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C141" s="3">
-        <v>48.07</v>
+        <v>1.95</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>2005</v>
+        <v>8400</v>
       </c>
       <c r="G141" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H141" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C142" s="3">
-        <v>59.83</v>
+        <v>25.46</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>165</v>
+        <v>111</v>
       </c>
       <c r="G142" s="3">
         <v>5</v>
       </c>
       <c r="H142" s="3">
         <v>100</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C143" s="3">
-        <v>60.92</v>
+        <v>48.82</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>410</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>5</v>
       </c>
       <c r="H143" s="3">
         <v>100</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C144" s="3">
-        <v>3.24</v>
+        <v>3.4</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>18690</v>
+        <v>9800</v>
       </c>
       <c r="G144" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="H144" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C145" s="3">
-        <v>59.83</v>
+        <v>58.09</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="G145" s="3">
         <v>5</v>
       </c>
       <c r="H145" s="3">
         <v>100</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C146" s="3">
-        <v>1.11</v>
+        <v>57.55</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>210</v>
+        <v>5</v>
       </c>
       <c r="G146" s="3">
-        <v>210</v>
+        <v>5</v>
       </c>
       <c r="H146" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C147" s="3">
-        <v>2.19</v>
+        <v>3.4</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>161800</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>100</v>
       </c>
       <c r="H147" s="3">
         <v>100</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C148" s="3">
-        <v>3.8</v>
+        <v>11.92</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>11750</v>
+        <v>1960</v>
       </c>
       <c r="G148" s="3">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="H148" s="3">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A149" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B149" s="3" t="s">
+      <c r="A149" s="2" t="s">
         <v>300</v>
       </c>
-      <c r="C149" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B149" s="2"/>
+      <c r="C149" s="2"/>
+      <c r="D149" s="2"/>
+      <c r="E149" s="2"/>
+      <c r="F149" s="2"/>
+      <c r="G149" s="2"/>
+      <c r="H149" s="2"/>
+      <c r="I149" s="2"/>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A150" s="3" t="s">
+      <c r="A150" s="2" t="s">
         <v>301</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B150" s="2"/>
+      <c r="C150" s="2"/>
+      <c r="D150" s="2"/>
+      <c r="E150" s="2"/>
+      <c r="F150" s="2"/>
+      <c r="G150" s="2"/>
+      <c r="H150" s="2"/>
+      <c r="I150" s="2"/>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="3">
-        <v>2.39</v>
+        <v>18.04</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>900</v>
+        <v>17600</v>
       </c>
       <c r="G151" s="3">
         <v>100</v>
       </c>
       <c r="H151" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B152" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="3">
-        <v>3.34</v>
+        <v>173.9</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>5900</v>
+        <v>680</v>
       </c>
       <c r="G152" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H152" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="3">
-        <v>57.12</v>
+        <v>24.47</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>105</v>
+        <v>0</v>
       </c>
       <c r="G153" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H153" s="3">
-        <v>100</v>
+        <v>1600</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="3">
-        <v>56.6</v>
+        <v>13.69</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>60</v>
+        <v>38900</v>
       </c>
       <c r="G154" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H154" s="3">
-        <v>100</v>
+        <v>3500</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B155" s="3" t="s">
+      <c r="C155" s="3">
+        <v>17.13</v>
+      </c>
+      <c r="D155" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F155" s="3">
+        <v>28400</v>
+      </c>
+      <c r="G155" s="3">
+        <v>100</v>
+      </c>
+      <c r="H155" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I155" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A156" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="C155" s="3">
-[...14 lines deleted...]
-      <c r="H155" s="3">
+      <c r="B156" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="C156" s="3">
+        <v>165.2</v>
+      </c>
+      <c r="D156" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F156" s="3">
+        <v>260</v>
+      </c>
+      <c r="G156" s="3">
+        <v>20</v>
+      </c>
+      <c r="H156" s="3">
+        <v>200</v>
+      </c>
+      <c r="I156" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A157" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="C157" s="3">
+        <v>10.54</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F157" s="3">
+        <v>55400</v>
+      </c>
+      <c r="G157" s="3">
         <v>100</v>
       </c>
-      <c r="I155" s="3">
-[...27 lines deleted...]
-      <c r="I157" s="2"/>
+      <c r="H157" s="3">
+        <v>6000</v>
+      </c>
+      <c r="I157" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C158" s="3">
-        <v>97.41</v>
+        <v>105.07</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>65</v>
+        <v>240</v>
       </c>
       <c r="G158" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H158" s="3">
-        <v>1500</v>
+        <v>240</v>
       </c>
       <c r="I158" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C159" s="3">
-        <v>180.15</v>
+        <v>13.69</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>48</v>
+        <v>14796</v>
       </c>
       <c r="G159" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H159" s="3">
-        <v>10</v>
+        <v>3500</v>
       </c>
       <c r="I159" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C160" s="3">
-        <v>81.48</v>
+        <v>34.51</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H160" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I160" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C161" s="3">
-        <v>365.68</v>
+        <v>61.82</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>94</v>
+        <v>2650</v>
       </c>
       <c r="G161" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H161" s="3">
-        <v>360</v>
+        <v>500</v>
       </c>
       <c r="I161" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C162" s="3">
-        <v>420.31</v>
+        <v>60.41</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="G162" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H162" s="3">
-        <v>360</v>
+        <v>500</v>
       </c>
       <c r="I162" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C163" s="3">
-        <v>65.42</v>
+        <v>133.29</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="G163" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H163" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I163" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C164" s="3">
-        <v>79.1</v>
+        <v>10.54</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>5</v>
+        <v>34200</v>
       </c>
       <c r="G164" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H164" s="3">
-        <v>10</v>
+        <v>6000</v>
       </c>
       <c r="I164" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C165" s="3">
-        <v>78.48</v>
+        <v>24.47</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G165" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H165" s="3">
-        <v>10</v>
+        <v>1600</v>
       </c>
       <c r="I165" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C166" s="3">
-        <v>93.77</v>
+        <v>17.58</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F166" s="3">
-        <v>38</v>
+        <v>18700</v>
       </c>
       <c r="G166" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H166" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I166" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C167" s="3">
-        <v>195.49</v>
+        <v>18.04</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>5</v>
+        <v>17400</v>
       </c>
       <c r="G167" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H167" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I167" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C168" s="3">
-        <v>182.27</v>
+        <v>109.16</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>29</v>
+        <v>1560</v>
       </c>
       <c r="G168" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H168" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I168" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C169" s="3">
-        <v>102.94</v>
+        <v>34.51</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>108</v>
+        <v>6200</v>
       </c>
       <c r="G169" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H169" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I169" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C170" s="3">
-        <v>219.47</v>
+        <v>148.3</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>100</v>
+        <v>840</v>
       </c>
       <c r="G170" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H170" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I170" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A171" s="3" t="s">
+      <c r="A171" s="2" t="s">
         <v>342</v>
       </c>
-      <c r="B171" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B171" s="2"/>
+      <c r="C171" s="2"/>
+      <c r="D171" s="2"/>
+      <c r="E171" s="2"/>
+      <c r="F171" s="2"/>
+      <c r="G171" s="2"/>
+      <c r="H171" s="2"/>
+      <c r="I171" s="2"/>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B172" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B172" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C172" s="3">
-        <v>145.54</v>
+        <v>23.16</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>52</v>
+        <v>12800</v>
       </c>
       <c r="G172" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H172" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I172" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="B173" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="B173" s="3" t="s">
+      <c r="C173" s="3">
+        <v>40.28</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F173" s="3">
+        <v>6850</v>
+      </c>
+      <c r="G173" s="3">
+        <v>50</v>
+      </c>
+      <c r="H173" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I173" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A174" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="C173" s="3">
-[...22 lines deleted...]
-      <c r="A174" s="2" t="s">
+      <c r="B174" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="B174" s="2"/>
-[...6 lines deleted...]
-      <c r="I174" s="2"/>
+      <c r="C174" s="3">
+        <v>53.69</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F174" s="3">
+        <v>5750</v>
+      </c>
+      <c r="G174" s="3">
+        <v>25</v>
+      </c>
+      <c r="H174" s="3">
+        <v>800</v>
+      </c>
+      <c r="I174" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C175" s="3">
-        <v>13.46</v>
+        <v>53.69</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>36400</v>
+        <v>0</v>
       </c>
       <c r="G175" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H175" s="3">
-        <v>3500</v>
+        <v>600</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C176" s="3">
-        <v>10.36</v>
+        <v>27.42</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>32000</v>
+        <v>5600</v>
       </c>
       <c r="G176" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H176" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C177" s="3">
-        <v>145.82</v>
+        <v>104.62</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>1120</v>
+        <v>1050</v>
       </c>
       <c r="G177" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H177" s="3">
-        <v>200</v>
+        <v>450</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C178" s="3">
-        <v>17.74</v>
+        <v>95.05</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>21300</v>
+        <v>12</v>
       </c>
       <c r="G178" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="H178" s="3">
-        <v>2000</v>
+        <v>240</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C179" s="3">
-        <v>33.93</v>
+        <v>25.74</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>3600</v>
+        <v>17100</v>
       </c>
       <c r="G179" s="3">
         <v>50</v>
       </c>
       <c r="H179" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C180" s="3">
-        <v>103.31</v>
+        <v>137.33</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>1120</v>
+        <v>984</v>
       </c>
       <c r="G180" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H180" s="3">
         <v>240</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C181" s="3">
-        <v>131.06</v>
+        <v>104.62</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>40</v>
+        <v>360</v>
       </c>
       <c r="G181" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H181" s="3">
-        <v>200</v>
+        <v>450</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C182" s="3">
-        <v>10.36</v>
+        <v>266.06</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="3">
-        <v>54800</v>
+        <v>276</v>
       </c>
       <c r="G182" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="H182" s="3">
-        <v>6000</v>
+        <v>120</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C183" s="3">
-        <v>59.4</v>
+        <v>27.41</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>1650</v>
+        <v>25000</v>
       </c>
       <c r="G183" s="3">
         <v>50</v>
       </c>
       <c r="H183" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C184" s="3">
-        <v>24.06</v>
+        <v>40.29</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="G184" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H184" s="3">
-        <v>1600</v>
+        <v>1000</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A185" s="3" t="s">
+      <c r="A185" s="2" t="s">
         <v>369</v>
       </c>
-      <c r="B185" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B185" s="2"/>
+      <c r="C185" s="2"/>
+      <c r="D185" s="2"/>
+      <c r="E185" s="2"/>
+      <c r="F185" s="2"/>
+      <c r="G185" s="2"/>
+      <c r="H185" s="2"/>
+      <c r="I185" s="2"/>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="B186" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="B186" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" s="3">
-        <v>170.99</v>
+        <v>142.05</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>800</v>
+        <v>5950</v>
       </c>
       <c r="G186" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H186" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="B187" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="B187" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187" s="3">
-        <v>13.46</v>
+        <v>192</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>19296</v>
+        <v>2650</v>
       </c>
       <c r="G187" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H187" s="3">
-        <v>3500</v>
+        <v>700</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="B188" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="B188" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188" s="3">
-        <v>33.93</v>
+        <v>222.12</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
-        <v>2500</v>
+        <v>1600</v>
       </c>
       <c r="G188" s="3">
         <v>50</v>
       </c>
       <c r="H188" s="3">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B189" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="B189" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C189" s="3">
-        <v>60.79</v>
+        <v>166.5</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>3500</v>
+        <v>4900</v>
       </c>
       <c r="G189" s="3">
         <v>50</v>
       </c>
       <c r="H189" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="B190" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="B190" s="3" t="s">
+      <c r="C190" s="3">
+        <v>262.62</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F190" s="3">
+        <v>425</v>
+      </c>
+      <c r="G190" s="3">
+        <v>25</v>
+      </c>
+      <c r="H190" s="3">
+        <v>350</v>
+      </c>
+      <c r="I190" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A191" s="2" t="s">
         <v>380</v>
       </c>
-      <c r="C190" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B191" s="2"/>
+      <c r="C191" s="2"/>
+      <c r="D191" s="2"/>
+      <c r="E191" s="2"/>
+      <c r="F191" s="2"/>
+      <c r="G191" s="2"/>
+      <c r="H191" s="2"/>
+      <c r="I191" s="2"/>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C192" s="3">
+        <v>93.67</v>
+      </c>
+      <c r="D192" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="B192" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F192" s="3">
-        <v>35900</v>
+        <v>15</v>
       </c>
       <c r="G192" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>2500</v>
+        <v>2400</v>
       </c>
       <c r="I192" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="B193" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="B193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="3">
-        <v>24.06</v>
+        <v>184.35</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F193" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G193" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>1600</v>
+        <v>576</v>
       </c>
       <c r="I193" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="B194" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="B194" s="3" t="s">
+      <c r="C194" s="3">
+        <v>66.53</v>
+      </c>
+      <c r="D194" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="F194" s="3">
+        <v>9</v>
+      </c>
+      <c r="G194" s="3">
+        <v>1</v>
+      </c>
+      <c r="H194" s="3">
+        <v>10</v>
+      </c>
+      <c r="I194" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A195" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="C194" s="3">
-[...22 lines deleted...]
-      <c r="A195" s="2" t="s">
+      <c r="B195" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="B195" s="2"/>
-[...6 lines deleted...]
-      <c r="I195" s="2"/>
+      <c r="C195" s="3">
+        <v>82.87</v>
+      </c>
+      <c r="D195" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="F195" s="3">
+        <v>11</v>
+      </c>
+      <c r="G195" s="3">
+        <v>1</v>
+      </c>
+      <c r="H195" s="3">
+        <v>10</v>
+      </c>
+      <c r="I195" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>390</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C196" s="3">
-        <v>50.28</v>
+        <v>104.69</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F196" s="3">
+        <v>59</v>
+      </c>
+      <c r="G196" s="3">
+        <v>1</v>
+      </c>
+      <c r="H196" s="3">
+        <v>10</v>
+      </c>
+      <c r="I196" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>392</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C197" s="3">
-        <v>26.96</v>
+        <v>183.21</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F197" s="3">
-        <v>5450</v>
+        <v>63</v>
       </c>
       <c r="G197" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I197" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C198" s="3">
-        <v>25.31</v>
+        <v>87.8</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F198" s="3">
-        <v>17600</v>
+        <v>44</v>
       </c>
       <c r="G198" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I198" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>396</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C199" s="3">
-        <v>135.03</v>
+        <v>185.37</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F199" s="3">
-        <v>1020</v>
+        <v>59</v>
       </c>
       <c r="G199" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>240</v>
+        <v>10</v>
       </c>
       <c r="I199" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C200" s="3">
-        <v>102.87</v>
+        <v>95.36</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F200" s="3">
-        <v>1080</v>
+        <v>13</v>
       </c>
       <c r="G200" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>450</v>
+        <v>10</v>
       </c>
       <c r="I200" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C201" s="3">
-        <v>261.61</v>
+        <v>198.81</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F201" s="3">
-        <v>276</v>
+        <v>0</v>
       </c>
       <c r="G201" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I201" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C202" s="3">
-        <v>26.95</v>
+        <v>148.01</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F202" s="3">
-        <v>25500</v>
+        <v>0</v>
       </c>
       <c r="G202" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I202" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>404</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C203" s="3">
-        <v>37.73</v>
+        <v>371.9</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F203" s="3">
-        <v>4000</v>
+        <v>86</v>
       </c>
       <c r="G203" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>1000</v>
+        <v>360</v>
       </c>
       <c r="I203" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>406</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C204" s="3">
-        <v>50.28</v>
+        <v>80.44</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F204" s="3">
-        <v>6875</v>
+        <v>104</v>
       </c>
       <c r="G204" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>800</v>
+        <v>10</v>
       </c>
       <c r="I204" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C205" s="3">
-        <v>102.87</v>
+        <v>212.04</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F205" s="3">
-        <v>1095</v>
+        <v>84</v>
       </c>
       <c r="G205" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>450</v>
+        <v>10</v>
       </c>
       <c r="I205" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C206" s="3">
-        <v>93.46</v>
+        <v>99.07</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F206" s="3">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="G206" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>240</v>
+        <v>1500</v>
       </c>
       <c r="I206" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C207" s="3">
-        <v>25.3</v>
+        <v>427.46</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F207" s="3">
-        <v>12950</v>
+        <v>0</v>
       </c>
       <c r="G207" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>2500</v>
+        <v>360</v>
       </c>
       <c r="I207" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A208" s="3" t="s">
+      <c r="A208" s="2" t="s">
         <v>414</v>
       </c>
-      <c r="B208" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B208" s="2"/>
+      <c r="C208" s="2"/>
+      <c r="D208" s="2"/>
+      <c r="E208" s="2"/>
+      <c r="F208" s="2"/>
+      <c r="G208" s="2"/>
+      <c r="H208" s="2"/>
+      <c r="I208" s="2"/>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="2" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="B209" s="2"/>
       <c r="C209" s="2"/>
       <c r="D209" s="2"/>
       <c r="E209" s="2"/>
       <c r="F209" s="2"/>
       <c r="G209" s="2"/>
       <c r="H209" s="2"/>
       <c r="I209" s="2"/>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="B210" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="B210" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C210" s="3">
-        <v>258.23</v>
+        <v>14.07</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="3">
-        <v>425</v>
+        <v>6050</v>
       </c>
       <c r="G210" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H210" s="3">
-        <v>350</v>
+        <v>1000</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="B211" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="B211" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C211" s="3">
-        <v>163.72</v>
+        <v>15.45</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="3">
-        <v>5150</v>
+        <v>1700</v>
       </c>
       <c r="G211" s="3">
         <v>50</v>
       </c>
       <c r="H211" s="3">
         <v>1000</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="B212" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="B212" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C212" s="3">
-        <v>139.68</v>
+        <v>13.56</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="3">
-        <v>6050</v>
+        <v>7700</v>
       </c>
       <c r="G212" s="3">
         <v>50</v>
       </c>
       <c r="H212" s="3">
         <v>1000</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="B213" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="B213" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C213" s="3">
-        <v>188.79</v>
+        <v>14.24</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="3">
-        <v>2650</v>
+        <v>9750</v>
       </c>
       <c r="G213" s="3">
         <v>50</v>
       </c>
       <c r="H213" s="3">
-        <v>700</v>
+        <v>1000</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="B214" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="B214" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C214" s="3">
-        <v>218.41</v>
+        <v>13.24</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="3">
-        <v>2100</v>
+        <v>24250</v>
       </c>
       <c r="G214" s="3">
         <v>50</v>
       </c>
       <c r="H214" s="3">
-        <v>600</v>
+        <v>1000</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A215" s="2" t="s">
+      <c r="A215" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="B215" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="B215" s="2"/>
-[...6 lines deleted...]
-      <c r="I215" s="2"/>
+      <c r="C215" s="3">
+        <v>14.24</v>
+      </c>
+      <c r="D215" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F215" s="3">
+        <v>8600</v>
+      </c>
+      <c r="G215" s="3">
+        <v>50</v>
+      </c>
+      <c r="H215" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I215" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A216" s="2" t="s">
+      <c r="A216" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="B216" s="2"/>
-[...6 lines deleted...]
-      <c r="I216" s="2"/>
+      <c r="B216" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="C216" s="3">
+        <v>14.07</v>
+      </c>
+      <c r="D216" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F216" s="3">
+        <v>19650</v>
+      </c>
+      <c r="G216" s="3">
+        <v>50</v>
+      </c>
+      <c r="H216" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I216" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C217" s="3">
-        <v>15.19</v>
+        <v>13.24</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F217" s="3">
-        <v>1850</v>
+        <v>0</v>
       </c>
       <c r="G217" s="3">
         <v>50</v>
       </c>
       <c r="H217" s="3">
         <v>1000</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C218" s="3">
-        <v>13.33</v>
+        <v>13.24</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F218" s="3">
-        <v>8200</v>
+        <v>12450</v>
       </c>
       <c r="G218" s="3">
         <v>50</v>
       </c>
       <c r="H218" s="3">
         <v>1000</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A219" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B219" s="3" t="s">
+      <c r="A219" s="2" t="s">
         <v>434</v>
       </c>
-      <c r="C219" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B219" s="2"/>
+      <c r="C219" s="2"/>
+      <c r="D219" s="2"/>
+      <c r="E219" s="2"/>
+      <c r="F219" s="2"/>
+      <c r="G219" s="2"/>
+      <c r="H219" s="2"/>
+      <c r="I219" s="2"/>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>435</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>436</v>
       </c>
       <c r="C220" s="3">
-        <v>13.02</v>
+        <v>338.32</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F220" s="3">
-        <v>22900</v>
+        <v>323</v>
       </c>
       <c r="G220" s="3">
+        <v>1</v>
+      </c>
+      <c r="H220" s="3">
         <v>50</v>
       </c>
-      <c r="H220" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I220" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>437</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>438</v>
       </c>
       <c r="C221" s="3">
-        <v>13.02</v>
+        <v>319.02</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F221" s="3">
-        <v>29700</v>
+        <v>68</v>
       </c>
       <c r="G221" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I221" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C222" s="3">
-        <v>13.83</v>
+        <v>307.35</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F222" s="3">
-        <v>7100</v>
+        <v>3884</v>
       </c>
       <c r="G222" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I222" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C223" s="3">
-        <v>13.83</v>
+        <v>526.74</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F223" s="3">
-        <v>4700</v>
+        <v>80</v>
       </c>
       <c r="G223" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I223" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C224" s="3">
-        <v>14</v>
+        <v>475.69</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F224" s="3">
-        <v>7600</v>
+        <v>824</v>
       </c>
       <c r="G224" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I224" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C225" s="3">
-        <v>13.02</v>
+        <v>810.89</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F225" s="3">
-        <v>20350</v>
+        <v>0</v>
       </c>
       <c r="G225" s="3">
+        <v>1</v>
+      </c>
+      <c r="H225" s="3">
         <v>50</v>
       </c>
-      <c r="H225" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I225" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="2" t="s">
         <v>447</v>
       </c>
       <c r="B226" s="2"/>
       <c r="C226" s="2"/>
       <c r="D226" s="2"/>
       <c r="E226" s="2"/>
       <c r="F226" s="2"/>
       <c r="G226" s="2"/>
       <c r="H226" s="2"/>
       <c r="I226" s="2"/>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>448</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>449</v>
       </c>
       <c r="C227" s="3">
-        <v>531.15</v>
+        <v>546.79</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="3">
-        <v>179</v>
+        <v>240</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
         <v>100</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>450</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>451</v>
       </c>
       <c r="C228" s="3">
-        <v>537.65</v>
+        <v>540.18</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="3">
-        <v>444</v>
+        <v>239</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
         <v>100</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>452</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>453</v>
       </c>
       <c r="C229" s="3">
-        <v>537.65</v>
+        <v>546.79</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F229" s="3">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
         <v>100</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
         <v>454</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>455</v>
       </c>
       <c r="C230" s="3">
-        <v>537.65</v>
+        <v>625.11</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F230" s="3">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
         <v>100</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>456</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>457</v>
       </c>
       <c r="C231" s="3">
-        <v>614.66</v>
+        <v>546.79</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F231" s="3">
-        <v>106</v>
+        <v>213</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
         <v>100</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="2" t="s">
         <v>458</v>
       </c>
       <c r="B232" s="2"/>
       <c r="C232" s="2"/>
       <c r="D232" s="2"/>
       <c r="E232" s="2"/>
       <c r="F232" s="2"/>
       <c r="G232" s="2"/>
       <c r="H232" s="2"/>
       <c r="I232" s="2"/>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C233" s="3">
-        <v>1905.88</v>
+        <v>328.39</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>461</v>
+        <v>383</v>
       </c>
       <c r="F233" s="3">
-        <v>542</v>
+        <v>1678</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="B234" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="B234" s="3" t="s">
+      <c r="C234" s="3">
+        <v>1938.28</v>
+      </c>
+      <c r="D234" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="C234" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F234" s="3">
-        <v>4401</v>
+        <v>526</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I234" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="2" t="s">
         <v>464</v>
       </c>
       <c r="B235" s="2"/>
       <c r="C235" s="2"/>
       <c r="D235" s="2"/>
       <c r="E235" s="2"/>
       <c r="F235" s="2"/>
       <c r="G235" s="2"/>
       <c r="H235" s="2"/>
       <c r="I235" s="2"/>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C236" s="3">
-        <v>119.38</v>
+        <v>129.65</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>317</v>
+        <v>383</v>
       </c>
       <c r="F236" s="3">
-        <v>1404</v>
+        <v>3305</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I236" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>468</v>
       </c>
       <c r="C237" s="3">
-        <v>127.48</v>
+        <v>289.13</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>317</v>
+        <v>383</v>
       </c>
       <c r="F237" s="3">
-        <v>5579</v>
+        <v>1386</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
         <v>100</v>
       </c>
       <c r="I237" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C238" s="3">
-        <v>284.3</v>
+        <v>121.41</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>317</v>
+        <v>383</v>
       </c>
       <c r="F238" s="3">
-        <v>1503</v>
+        <v>490</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I238" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="2" t="s">
         <v>471</v>
       </c>
       <c r="B239" s="2"/>
       <c r="C239" s="2"/>
       <c r="D239" s="2"/>
       <c r="E239" s="2"/>
       <c r="F239" s="2"/>
       <c r="G239" s="2"/>
       <c r="H239" s="2"/>
       <c r="I239" s="2"/>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>472</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>473</v>
       </c>
       <c r="C240" s="3">
-        <v>298.75</v>
+        <v>703.66</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F240" s="3">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="I240" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>475</v>
       </c>
       <c r="C241" s="3">
-        <v>467.74</v>
+        <v>1923.13</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F241" s="3">
-        <v>988</v>
+        <v>299</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I241" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>476</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>477</v>
       </c>
       <c r="C242" s="3">
-        <v>517.94</v>
+        <v>2160.15</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F242" s="3">
-        <v>123</v>
+        <v>41</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I242" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>478</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>479</v>
       </c>
       <c r="C243" s="3">
-        <v>316.82</v>
+        <v>379.14</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F243" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I243" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>480</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>481</v>
       </c>
       <c r="C244" s="3">
-        <v>287.82</v>
+        <v>701.93</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F244" s="3">
-        <v>208</v>
+        <v>409</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="I244" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>482</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>483</v>
       </c>
       <c r="C245" s="3">
-        <v>797.34</v>
+        <v>1765.36</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F245" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I245" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="2" t="s">
         <v>484</v>
       </c>
       <c r="B246" s="2"/>
       <c r="C246" s="2"/>
       <c r="D246" s="2"/>
       <c r="E246" s="2"/>
       <c r="F246" s="2"/>
       <c r="G246" s="2"/>
       <c r="H246" s="2"/>
       <c r="I246" s="2"/>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C247" s="3">
-        <v>286.13</v>
+        <v>205.39</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>317</v>
+        <v>383</v>
       </c>
       <c r="F247" s="3">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
         <v>250</v>
       </c>
       <c r="I247" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C248" s="3">
-        <v>23.72</v>
+        <v>143.13</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="F248" s="3">
-        <v>33400</v>
+        <v>982</v>
       </c>
       <c r="G248" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>2500</v>
+        <v>200</v>
       </c>
       <c r="I248" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C249" s="3">
-        <v>13.81</v>
+        <v>13.3</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F249" s="3">
-        <v>44200</v>
+        <v>11700</v>
       </c>
       <c r="G249" s="3">
         <v>100</v>
       </c>
       <c r="H249" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C250" s="3">
-        <v>134.04</v>
+        <v>14.04</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="F250" s="3">
-        <v>187</v>
+        <v>27300</v>
       </c>
       <c r="G250" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H250" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I250" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C251" s="3">
-        <v>11.37</v>
+        <v>25.33</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F251" s="3">
-        <v>0</v>
+        <v>17500</v>
       </c>
       <c r="G251" s="3">
         <v>100</v>
       </c>
       <c r="H251" s="3">
         <v>2500</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
         <v>495</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C252" s="3">
-        <v>201.96</v>
+        <v>290.99</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>317</v>
+        <v>383</v>
       </c>
       <c r="F252" s="3">
-        <v>61</v>
+        <v>593</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
         <v>250</v>
       </c>
       <c r="I252" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="2" t="s">
         <v>497</v>
       </c>
       <c r="B253" s="2"/>
       <c r="C253" s="2"/>
       <c r="D253" s="2"/>
       <c r="E253" s="2"/>
       <c r="F253" s="2"/>
       <c r="G253" s="2"/>
       <c r="H253" s="2"/>
       <c r="I253" s="2"/>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>498</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>499</v>
       </c>
       <c r="C254" s="3">
-        <v>578.27</v>
+        <v>323.5</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F254" s="3">
-        <v>416</v>
+        <v>896</v>
       </c>
       <c r="G254" s="3">
         <v>8</v>
       </c>
       <c r="H254" s="3">
-        <v>176</v>
+        <v>272</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>500</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>501</v>
       </c>
       <c r="C255" s="3">
-        <v>318.09</v>
+        <v>229.9</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F255" s="3">
-        <v>0</v>
+        <v>336</v>
       </c>
       <c r="G255" s="3">
         <v>8</v>
       </c>
       <c r="H255" s="3">
-        <v>272</v>
+        <v>320</v>
       </c>
       <c r="I255" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>502</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>503</v>
       </c>
       <c r="C256" s="3">
-        <v>212.04</v>
+        <v>190.41</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F256" s="3">
-        <v>424</v>
+        <v>900</v>
       </c>
       <c r="G256" s="3">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="H256" s="3">
-        <v>320</v>
+        <v>300</v>
       </c>
       <c r="I256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
         <v>504</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>505</v>
       </c>
       <c r="C257" s="3">
-        <v>636.21</v>
+        <v>364.66</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F257" s="3">
-        <v>324</v>
+        <v>145</v>
       </c>
       <c r="G257" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>96</v>
+        <v>160</v>
       </c>
       <c r="I257" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
         <v>506</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C258" s="3">
-        <v>151.06</v>
+        <v>647.03</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F258" s="3">
-        <v>252</v>
+        <v>320</v>
       </c>
       <c r="G258" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="H258" s="3">
-        <v>600</v>
+        <v>96</v>
       </c>
       <c r="I258" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
         <v>508</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>509</v>
       </c>
       <c r="C259" s="3">
-        <v>331.22</v>
+        <v>588.1</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F259" s="3">
-        <v>735</v>
+        <v>416</v>
       </c>
       <c r="G259" s="3">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H259" s="3">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>510</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>511</v>
       </c>
       <c r="C260" s="3">
-        <v>318.09</v>
+        <v>85.86</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F260" s="3">
-        <v>1008</v>
+        <v>2450</v>
       </c>
       <c r="G260" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="H260" s="3">
-        <v>272</v>
+        <v>400</v>
       </c>
       <c r="I260" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
         <v>512</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>513</v>
       </c>
       <c r="C261" s="3">
-        <v>312.82</v>
+        <v>91.87</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F261" s="3">
-        <v>511</v>
+        <v>440</v>
       </c>
       <c r="G261" s="3">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="H261" s="3">
-        <v>168</v>
+        <v>1000</v>
       </c>
       <c r="I261" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
         <v>514</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>515</v>
       </c>
       <c r="C262" s="3">
-        <v>206.19</v>
+        <v>169.57</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F262" s="3">
-        <v>0</v>
+        <v>1910</v>
       </c>
       <c r="G262" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H262" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I262" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>516</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>517</v>
       </c>
       <c r="C263" s="3">
-        <v>79.19</v>
+        <v>305.93</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F263" s="3">
-        <v>2500</v>
+        <v>742</v>
       </c>
       <c r="G263" s="3">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="H263" s="3">
-        <v>400</v>
+        <v>168</v>
       </c>
       <c r="I263" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
         <v>518</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>519</v>
       </c>
       <c r="C264" s="3">
-        <v>254.19</v>
+        <v>296.03</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F264" s="3">
-        <v>0</v>
+        <v>434</v>
       </c>
       <c r="G264" s="3">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="H264" s="3">
-        <v>200</v>
+        <v>168</v>
       </c>
       <c r="I264" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>520</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>521</v>
       </c>
       <c r="C265" s="3">
-        <v>336.31</v>
+        <v>301.59</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F265" s="3">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="G265" s="3">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H265" s="3">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="I265" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>522</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>523</v>
       </c>
       <c r="C266" s="3">
-        <v>521.81</v>
+        <v>323.5</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F266" s="3">
-        <v>367</v>
+        <v>608</v>
       </c>
       <c r="G266" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H266" s="3">
-        <v>100</v>
+        <v>272</v>
       </c>
       <c r="I266" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>524</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>525</v>
       </c>
       <c r="C267" s="3">
-        <v>84.73</v>
+        <v>325</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F267" s="3">
-        <v>440</v>
+        <v>696</v>
       </c>
       <c r="G267" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="H267" s="3">
-        <v>1000</v>
+        <v>272</v>
       </c>
       <c r="I267" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>527</v>
       </c>
       <c r="C268" s="3">
-        <v>318.69</v>
+        <v>647.03</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F268" s="3">
-        <v>224</v>
+        <v>320</v>
       </c>
       <c r="G268" s="3">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="H268" s="3">
-        <v>168</v>
+        <v>96</v>
       </c>
       <c r="I268" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>529</v>
       </c>
       <c r="C269" s="3">
-        <v>319.57</v>
+        <v>163.8</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F269" s="3">
-        <v>752</v>
+        <v>192</v>
       </c>
       <c r="G269" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="H269" s="3">
-        <v>272</v>
+        <v>600</v>
       </c>
       <c r="I269" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
         <v>530</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>531</v>
       </c>
       <c r="C270" s="3">
-        <v>51.36</v>
+        <v>55.68</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F270" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="G270" s="3">
         <v>100</v>
       </c>
       <c r="H270" s="3">
         <v>1000</v>
       </c>
       <c r="I270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C271" s="3">
-        <v>235.16</v>
+        <v>574.27</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F271" s="3">
-        <v>1116</v>
+        <v>60</v>
       </c>
       <c r="G271" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H271" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>534</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>535</v>
       </c>
       <c r="C272" s="3">
-        <v>398.32</v>
+        <v>128.39</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F272" s="3">
-        <v>0</v>
+        <v>520</v>
       </c>
       <c r="G272" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H272" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C273" s="3">
-        <v>209.77</v>
+        <v>108.23</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F273" s="3">
-        <v>2010</v>
+        <v>380</v>
       </c>
       <c r="G273" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H273" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I273" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
         <v>538</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>539</v>
       </c>
       <c r="C274" s="3">
-        <v>62.16</v>
+        <v>254.99</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F274" s="3">
-        <v>1700</v>
+        <v>1023</v>
       </c>
       <c r="G274" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C275" s="3">
-        <v>195.73</v>
+        <v>212.22</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F275" s="3">
-        <v>140</v>
+        <v>40</v>
       </c>
       <c r="G275" s="3">
         <v>10</v>
       </c>
       <c r="H275" s="3">
         <v>500</v>
       </c>
       <c r="I275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
         <v>542</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C276" s="3">
-        <v>118.42</v>
+        <v>647.03</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F276" s="3">
-        <v>540</v>
+        <v>260</v>
       </c>
       <c r="G276" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="H276" s="3">
-        <v>1000</v>
+        <v>96</v>
       </c>
       <c r="I276" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C277" s="3">
-        <v>40.13</v>
+        <v>43.5</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F277" s="3">
         <v>0</v>
       </c>
       <c r="G277" s="3">
         <v>100</v>
       </c>
       <c r="H277" s="3">
         <v>1000</v>
       </c>
       <c r="I277" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C278" s="3">
-        <v>636.21</v>
+        <v>67.4</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F278" s="3">
-        <v>264</v>
+        <v>1500</v>
       </c>
       <c r="G278" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="H278" s="3">
-        <v>96</v>
+        <v>500</v>
       </c>
       <c r="I278" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C279" s="3">
-        <v>506.61</v>
+        <v>223.57</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F279" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G279" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H279" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I279" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C280" s="3">
-        <v>636.21</v>
+        <v>288.13</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F280" s="3">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="G280" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="H280" s="3">
-        <v>96</v>
+        <v>200</v>
       </c>
       <c r="I280" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C281" s="3">
-        <v>160.97</v>
+        <v>105.31</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F281" s="3">
-        <v>975</v>
+        <v>1600</v>
       </c>
       <c r="G281" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H281" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I281" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>554</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>555</v>
       </c>
       <c r="C282" s="3">
-        <v>97.12</v>
+        <v>431.89</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F282" s="3">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="G282" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I282" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C283" s="3">
-        <v>99.82</v>
+        <v>565.8</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F283" s="3">
-        <v>460</v>
+        <v>361</v>
       </c>
       <c r="G283" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I283" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A10:I10"/>
-[...6 lines deleted...]
-    <mergeCell ref="A195:I195"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A149:I149"/>
+    <mergeCell ref="A150:I150"/>
+    <mergeCell ref="A171:I171"/>
+    <mergeCell ref="A185:I185"/>
+    <mergeCell ref="A191:I191"/>
+    <mergeCell ref="A208:I208"/>
     <mergeCell ref="A209:I209"/>
-    <mergeCell ref="A215:I215"/>
-    <mergeCell ref="A216:I216"/>
+    <mergeCell ref="A219:I219"/>
     <mergeCell ref="A226:I226"/>
     <mergeCell ref="A232:I232"/>
     <mergeCell ref="A235:I235"/>
     <mergeCell ref="A239:I239"/>
     <mergeCell ref="A246:I246"/>
     <mergeCell ref="A253:I253"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
-    <hyperlink ref="D11" r:id="rId7"/>
-[...7 lines deleted...]
-    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
-    <hyperlink ref="D27" r:id="rId22"/>
-[...13 lines deleted...]
-    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
-    <hyperlink ref="D49" r:id="rId43"/>
-[...59 lines deleted...]
-    <hyperlink ref="D109" r:id="rId103"/>
+    <hyperlink ref="D48" r:id="rId43"/>
+    <hyperlink ref="D49" r:id="rId44"/>
+    <hyperlink ref="D50" r:id="rId45"/>
+    <hyperlink ref="D51" r:id="rId46"/>
+    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId50"/>
+    <hyperlink ref="D56" r:id="rId51"/>
+    <hyperlink ref="D57" r:id="rId52"/>
+    <hyperlink ref="D58" r:id="rId53"/>
+    <hyperlink ref="D59" r:id="rId54"/>
+    <hyperlink ref="D60" r:id="rId55"/>
+    <hyperlink ref="D61" r:id="rId56"/>
+    <hyperlink ref="D62" r:id="rId57"/>
+    <hyperlink ref="D63" r:id="rId58"/>
+    <hyperlink ref="D64" r:id="rId59"/>
+    <hyperlink ref="D65" r:id="rId60"/>
+    <hyperlink ref="D66" r:id="rId61"/>
+    <hyperlink ref="D67" r:id="rId62"/>
+    <hyperlink ref="D68" r:id="rId63"/>
+    <hyperlink ref="D69" r:id="rId64"/>
+    <hyperlink ref="D70" r:id="rId65"/>
+    <hyperlink ref="D71" r:id="rId66"/>
+    <hyperlink ref="D72" r:id="rId67"/>
+    <hyperlink ref="D73" r:id="rId68"/>
+    <hyperlink ref="D74" r:id="rId69"/>
+    <hyperlink ref="D75" r:id="rId70"/>
+    <hyperlink ref="D76" r:id="rId71"/>
+    <hyperlink ref="D77" r:id="rId72"/>
+    <hyperlink ref="D78" r:id="rId73"/>
+    <hyperlink ref="D79" r:id="rId74"/>
+    <hyperlink ref="D80" r:id="rId75"/>
+    <hyperlink ref="D81" r:id="rId76"/>
+    <hyperlink ref="D82" r:id="rId77"/>
+    <hyperlink ref="D83" r:id="rId78"/>
+    <hyperlink ref="D84" r:id="rId79"/>
+    <hyperlink ref="D85" r:id="rId80"/>
+    <hyperlink ref="D86" r:id="rId81"/>
+    <hyperlink ref="D87" r:id="rId82"/>
+    <hyperlink ref="D88" r:id="rId83"/>
+    <hyperlink ref="D89" r:id="rId84"/>
+    <hyperlink ref="D90" r:id="rId85"/>
+    <hyperlink ref="D91" r:id="rId86"/>
+    <hyperlink ref="D92" r:id="rId87"/>
+    <hyperlink ref="D93" r:id="rId88"/>
+    <hyperlink ref="D94" r:id="rId89"/>
+    <hyperlink ref="D95" r:id="rId90"/>
+    <hyperlink ref="D96" r:id="rId91"/>
+    <hyperlink ref="D97" r:id="rId92"/>
+    <hyperlink ref="D98" r:id="rId93"/>
+    <hyperlink ref="D99" r:id="rId94"/>
+    <hyperlink ref="D100" r:id="rId95"/>
+    <hyperlink ref="D101" r:id="rId96"/>
+    <hyperlink ref="D102" r:id="rId97"/>
+    <hyperlink ref="D103" r:id="rId98"/>
+    <hyperlink ref="D104" r:id="rId99"/>
+    <hyperlink ref="D105" r:id="rId100"/>
+    <hyperlink ref="D106" r:id="rId101"/>
+    <hyperlink ref="D107" r:id="rId102"/>
+    <hyperlink ref="D108" r:id="rId103"/>
     <hyperlink ref="D110" r:id="rId104"/>
     <hyperlink ref="D111" r:id="rId105"/>
     <hyperlink ref="D112" r:id="rId106"/>
     <hyperlink ref="D113" r:id="rId107"/>
     <hyperlink ref="D114" r:id="rId108"/>
     <hyperlink ref="D115" r:id="rId109"/>
-    <hyperlink ref="D117" r:id="rId110"/>
-[...51 lines deleted...]
-    <hyperlink ref="D171" r:id="rId162"/>
+    <hyperlink ref="D116" r:id="rId110"/>
+    <hyperlink ref="D117" r:id="rId111"/>
+    <hyperlink ref="D118" r:id="rId112"/>
+    <hyperlink ref="D119" r:id="rId113"/>
+    <hyperlink ref="D120" r:id="rId114"/>
+    <hyperlink ref="D121" r:id="rId115"/>
+    <hyperlink ref="D122" r:id="rId116"/>
+    <hyperlink ref="D123" r:id="rId117"/>
+    <hyperlink ref="D124" r:id="rId118"/>
+    <hyperlink ref="D125" r:id="rId119"/>
+    <hyperlink ref="D126" r:id="rId120"/>
+    <hyperlink ref="D127" r:id="rId121"/>
+    <hyperlink ref="D128" r:id="rId122"/>
+    <hyperlink ref="D129" r:id="rId123"/>
+    <hyperlink ref="D130" r:id="rId124"/>
+    <hyperlink ref="D131" r:id="rId125"/>
+    <hyperlink ref="D132" r:id="rId126"/>
+    <hyperlink ref="D133" r:id="rId127"/>
+    <hyperlink ref="D134" r:id="rId128"/>
+    <hyperlink ref="D135" r:id="rId129"/>
+    <hyperlink ref="D136" r:id="rId130"/>
+    <hyperlink ref="D137" r:id="rId131"/>
+    <hyperlink ref="D138" r:id="rId132"/>
+    <hyperlink ref="D139" r:id="rId133"/>
+    <hyperlink ref="D140" r:id="rId134"/>
+    <hyperlink ref="D141" r:id="rId135"/>
+    <hyperlink ref="D142" r:id="rId136"/>
+    <hyperlink ref="D143" r:id="rId137"/>
+    <hyperlink ref="D144" r:id="rId138"/>
+    <hyperlink ref="D145" r:id="rId139"/>
+    <hyperlink ref="D146" r:id="rId140"/>
+    <hyperlink ref="D147" r:id="rId141"/>
+    <hyperlink ref="D148" r:id="rId142"/>
+    <hyperlink ref="D151" r:id="rId143"/>
+    <hyperlink ref="D152" r:id="rId144"/>
+    <hyperlink ref="D153" r:id="rId145"/>
+    <hyperlink ref="D154" r:id="rId146"/>
+    <hyperlink ref="D155" r:id="rId147"/>
+    <hyperlink ref="D156" r:id="rId148"/>
+    <hyperlink ref="D157" r:id="rId149"/>
+    <hyperlink ref="D158" r:id="rId150"/>
+    <hyperlink ref="D159" r:id="rId151"/>
+    <hyperlink ref="D160" r:id="rId152"/>
+    <hyperlink ref="D161" r:id="rId153"/>
+    <hyperlink ref="D162" r:id="rId154"/>
+    <hyperlink ref="D163" r:id="rId155"/>
+    <hyperlink ref="D164" r:id="rId156"/>
+    <hyperlink ref="D165" r:id="rId157"/>
+    <hyperlink ref="D166" r:id="rId158"/>
+    <hyperlink ref="D167" r:id="rId159"/>
+    <hyperlink ref="D168" r:id="rId160"/>
+    <hyperlink ref="D169" r:id="rId161"/>
+    <hyperlink ref="D170" r:id="rId162"/>
     <hyperlink ref="D172" r:id="rId163"/>
     <hyperlink ref="D173" r:id="rId164"/>
-    <hyperlink ref="D175" r:id="rId165"/>
-[...9 lines deleted...]
-    <hyperlink ref="D185" r:id="rId175"/>
+    <hyperlink ref="D174" r:id="rId165"/>
+    <hyperlink ref="D175" r:id="rId166"/>
+    <hyperlink ref="D176" r:id="rId167"/>
+    <hyperlink ref="D177" r:id="rId168"/>
+    <hyperlink ref="D178" r:id="rId169"/>
+    <hyperlink ref="D179" r:id="rId170"/>
+    <hyperlink ref="D180" r:id="rId171"/>
+    <hyperlink ref="D181" r:id="rId172"/>
+    <hyperlink ref="D182" r:id="rId173"/>
+    <hyperlink ref="D183" r:id="rId174"/>
+    <hyperlink ref="D184" r:id="rId175"/>
     <hyperlink ref="D186" r:id="rId176"/>
     <hyperlink ref="D187" r:id="rId177"/>
     <hyperlink ref="D188" r:id="rId178"/>
     <hyperlink ref="D189" r:id="rId179"/>
     <hyperlink ref="D190" r:id="rId180"/>
-    <hyperlink ref="D191" r:id="rId181"/>
-[...2 lines deleted...]
-    <hyperlink ref="D194" r:id="rId184"/>
+    <hyperlink ref="D192" r:id="rId181"/>
+    <hyperlink ref="D193" r:id="rId182"/>
+    <hyperlink ref="D194" r:id="rId183"/>
+    <hyperlink ref="D195" r:id="rId184"/>
     <hyperlink ref="D196" r:id="rId185"/>
     <hyperlink ref="D197" r:id="rId186"/>
     <hyperlink ref="D198" r:id="rId187"/>
     <hyperlink ref="D199" r:id="rId188"/>
     <hyperlink ref="D200" r:id="rId189"/>
     <hyperlink ref="D201" r:id="rId190"/>
     <hyperlink ref="D202" r:id="rId191"/>
     <hyperlink ref="D203" r:id="rId192"/>
     <hyperlink ref="D204" r:id="rId193"/>
     <hyperlink ref="D205" r:id="rId194"/>
     <hyperlink ref="D206" r:id="rId195"/>
     <hyperlink ref="D207" r:id="rId196"/>
-    <hyperlink ref="D208" r:id="rId197"/>
-[...7 lines deleted...]
-    <hyperlink ref="D219" r:id="rId205"/>
+    <hyperlink ref="D210" r:id="rId197"/>
+    <hyperlink ref="D211" r:id="rId198"/>
+    <hyperlink ref="D212" r:id="rId199"/>
+    <hyperlink ref="D213" r:id="rId200"/>
+    <hyperlink ref="D214" r:id="rId201"/>
+    <hyperlink ref="D215" r:id="rId202"/>
+    <hyperlink ref="D216" r:id="rId203"/>
+    <hyperlink ref="D217" r:id="rId204"/>
+    <hyperlink ref="D218" r:id="rId205"/>
     <hyperlink ref="D220" r:id="rId206"/>
     <hyperlink ref="D221" r:id="rId207"/>
     <hyperlink ref="D222" r:id="rId208"/>
     <hyperlink ref="D223" r:id="rId209"/>
     <hyperlink ref="D224" r:id="rId210"/>
     <hyperlink ref="D225" r:id="rId211"/>
     <hyperlink ref="D227" r:id="rId212"/>
     <hyperlink ref="D228" r:id="rId213"/>
     <hyperlink ref="D229" r:id="rId214"/>
     <hyperlink ref="D230" r:id="rId215"/>
     <hyperlink ref="D231" r:id="rId216"/>
     <hyperlink ref="D233" r:id="rId217"/>
     <hyperlink ref="D234" r:id="rId218"/>
     <hyperlink ref="D236" r:id="rId219"/>
     <hyperlink ref="D237" r:id="rId220"/>
     <hyperlink ref="D238" r:id="rId221"/>
     <hyperlink ref="D240" r:id="rId222"/>
     <hyperlink ref="D241" r:id="rId223"/>
     <hyperlink ref="D242" r:id="rId224"/>
     <hyperlink ref="D243" r:id="rId225"/>
     <hyperlink ref="D244" r:id="rId226"/>
     <hyperlink ref="D245" r:id="rId227"/>
     <hyperlink ref="D247" r:id="rId228"/>
     <hyperlink ref="D248" r:id="rId229"/>
     <hyperlink ref="D249" r:id="rId230"/>