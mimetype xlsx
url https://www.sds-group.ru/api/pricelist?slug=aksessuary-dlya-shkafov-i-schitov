--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -8,1726 +8,1708 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1080" uniqueCount="558">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1068" uniqueCount="552">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Аксессуары для шкафов и щитов</t>
   </si>
   <si>
     <t>1.1 DIN-рейки и аксессуары</t>
   </si>
   <si>
+    <t>12-8010</t>
+  </si>
+  <si>
+    <t>DIN-рейка 10см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-8025</t>
+  </si>
+  <si>
+    <t>DIN-рейка 25см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8045</t>
+  </si>
+  <si>
+    <t>DIN-рейка 45см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8125</t>
+  </si>
+  <si>
+    <t>DIN-рейка 125см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8030</t>
+  </si>
+  <si>
+    <t>DIN-рейка 30см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8011</t>
+  </si>
+  <si>
+    <t>DIN-рейка 11см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8060</t>
+  </si>
+  <si>
+    <t>DIN-рейка 60см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8080</t>
+  </si>
+  <si>
+    <t>DIN-рейка 80см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
+    <t>12-8100</t>
+  </si>
+  <si>
+    <t>DIN-рейка 100см перфорированная оцинкованная REXANT</t>
+  </si>
+  <si>
     <t>12-8022</t>
   </si>
   <si>
     <t>DIN-рейка 22,5см перфорированная оцинкованная REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>12-8020</t>
   </si>
   <si>
     <t>DIN-рейка 20см перфорированная оцинкованная REXANT</t>
   </si>
   <si>
-    <t>12-8045</t>
-[...22 lines deleted...]
-  <si>
     <t>12-8140</t>
   </si>
   <si>
     <t>DIN-рейка 140см перфорированная оцинкованная REXANT</t>
   </si>
   <si>
     <t>12-8007</t>
   </si>
   <si>
     <t>DIN-рейка 7,5см перфорированная оцинкованная REXANT</t>
   </si>
   <si>
-    <t>12-8030</t>
-[...4 lines deleted...]
-  <si>
     <t>12-8013</t>
   </si>
   <si>
     <t>DIN-рейка 13см перфорированная оцинкованная REXANT</t>
   </si>
   <si>
     <t>12-8200</t>
   </si>
   <si>
     <t>DIN-рейка 200см перфорированная оцинкованная REXANT</t>
   </si>
   <si>
-    <t>12-8025</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Шины соединительные</t>
   </si>
   <si>
+    <t>11-2230</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK (вилка) 1Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2231</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 1Р 63А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2236</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 4Р 63А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2240</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (штырь) 1Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2256</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (12 штырей) 3Р 100 А (22см) REXANT</t>
+  </si>
+  <si>
+    <t>11-2254</t>
+  </si>
+  <si>
+    <t>Клемма вводная КВМ 4-25мм² для модульного оборудования, ввод сбоку REXANT</t>
+  </si>
+  <si>
+    <t>11-2258</t>
+  </si>
+  <si>
+    <t>Клемма вводная КВМ 4-25мм² удлиненная для модульного оборудования, прямой ввод  REXANT</t>
+  </si>
+  <si>
+    <t>11-2233</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 2Р 63А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2241</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN штырь 1Р 63А 1 м REXANT</t>
+  </si>
+  <si>
     <t>11-2244-1</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN 12 штырей 3Р 63А 22см REXANT</t>
   </si>
   <si>
-    <t>11-2230</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2242</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (штырь) 2Р 100А 1м REXANT</t>
   </si>
   <si>
+    <t>11-2243</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN штырь 2Р 63А 1 м REXANT</t>
+  </si>
+  <si>
+    <t>11-2247</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (штырь) 4Р 63А 1м REXANT</t>
+  </si>
+  <si>
     <t>11-2252</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (12 штырей) 1Р 100 А (22см) REXANT</t>
   </si>
   <si>
     <t>11-2241-1</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN 12 штырей 1Р 63А 22см REXANT</t>
   </si>
   <si>
-    <t>11-2254</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2251</t>
   </si>
   <si>
     <t>Клемма вводная КВМ 4-25мм² для модульного оборудования, прямой ввод REXANT</t>
   </si>
   <si>
-    <t>11-2231</t>
-[...22 lines deleted...]
-  <si>
     <t>11-2245</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN штырь 3Р 63А 1 м REXANT</t>
   </si>
   <si>
     <t>11-2234</t>
   </si>
   <si>
     <t>Шина соединительная типа FORK (вилка) 3Р 100А 1м REXANT</t>
   </si>
   <si>
     <t>11-2235</t>
   </si>
   <si>
     <t>Шина соединительная типа FORK вилка 3Р 63А 1 м REXANT</t>
   </si>
   <si>
-    <t>11-2256</t>
-[...28 lines deleted...]
-  <si>
     <t>11-2244</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (штырь) 3Р 100А 1м REXANT</t>
   </si>
   <si>
     <t>11-2246</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (штырь) 4Р 100А 1м REXANT</t>
   </si>
   <si>
     <t>1.3 Шины N, PE, PEN, L, кросс-модули</t>
   </si>
   <si>
+    <t>11-2305</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2306</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2307</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 8 групп REXANT </t>
+  </si>
+  <si>
+    <t>11-2312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 6 групп REXANT </t>
+  </si>
+  <si>
+    <t>11-2319</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2324</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2329</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2330</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2331</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2334</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2337</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2341</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2348</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8х12мм стойка бол. 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2353</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2354</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2302-7</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 2х7 REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-7</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х7 REXANT</t>
+  </si>
+  <si>
+    <t>11-2357</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 6/1 (6 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2360</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 12/1 (12 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2362</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 20/1 (20 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2366</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 8/2 (8 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2368</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 12/2 (12 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
     <t>11-2351</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 16 групп REXANT</t>
   </si>
   <si>
+    <t>11-2302-15</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 2х15 REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-11</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х11 REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-15</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х15 REXANT</t>
+  </si>
+  <si>
     <t>11-2352</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 7 групп REXANT</t>
   </si>
   <si>
-    <t>11-2354</t>
-[...2 lines deleted...]
-    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 10 групп REXANT</t>
+    <t>11-2308</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2325</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2326</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 8 групп REXANT</t>
   </si>
   <si>
     <t>11-2356</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 15 групп REXANT</t>
   </si>
   <si>
-    <t>11-2357</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2361</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 14/1 (14 групп/крепеж по центру) REXANT</t>
   </si>
   <si>
-    <t>11-2362</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2332</t>
   </si>
   <si>
     <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 6 групп REXANT</t>
   </si>
   <si>
+    <t>11-2365</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 6/2 (6 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2314</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2320</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2316</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 10 групп REXANT</t>
+  </si>
+  <si>
     <t>11-2363</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 22/1 (22 группы/крепеж по центру) REXANT</t>
   </si>
   <si>
-    <t>11-2368</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2369</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 14/2 (14 групп/крепеж по краям) REXANT</t>
   </si>
   <si>
+    <t>11-2340</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2344</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2359</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 10/1 (10 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
     <t>11-2370</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 20/2 (20 групп/крепеж по краям) REXANT</t>
   </si>
   <si>
-    <t>11-2304-11</t>
-[...8 lines deleted...]
-    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х7 REXANT</t>
+    <t>11-2371</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 24/2 (24 группы/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2345</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 4 группы REXANT</t>
   </si>
   <si>
     <t>11-2322</t>
   </si>
   <si>
     <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 12 групп REXANT</t>
   </si>
   <si>
-    <t>11-2326</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2343</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 14 групп REXANT</t>
   </si>
   <si>
     <t>11-2355</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 12 групп REXANT</t>
   </si>
   <si>
-    <t>11-2306</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2309</t>
   </si>
   <si>
     <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 12 групп REXANT</t>
   </si>
   <si>
     <t>11-2323</t>
   </si>
   <si>
     <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 15 групп REXANT</t>
   </si>
   <si>
-    <t>11-2353</t>
-[...10 lines deleted...]
-  <si>
     <t>11-2364</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 24/1 (24 группы/крепеж по центру) REXANT</t>
   </si>
   <si>
-    <t>11-2305</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2338</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 4 группы REXANT</t>
   </si>
   <si>
-    <t>11-2365</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2367</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 10/2 (10 групп/крепеж по краям) REXANT</t>
   </si>
   <si>
     <t>11-2328</t>
   </si>
   <si>
     <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 12 групп REXANT</t>
   </si>
   <si>
     <t>11-2321</t>
   </si>
   <si>
     <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 7 групп REXANT</t>
   </si>
   <si>
-    <t>11-2314</t>
-[...40 lines deleted...]
-  <si>
     <t>11-2349</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 12 групп REXANT</t>
   </si>
   <si>
-    <t>11-2359</t>
-[...22 lines deleted...]
-  <si>
     <t>11-2372</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 8/1 (8 групп/крепеж по центру) REXANT</t>
   </si>
   <si>
-    <t>11-2304-15</t>
-[...10 lines deleted...]
-  <si>
     <t>11-2327</t>
   </si>
   <si>
     <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 10 групп REXANT</t>
   </si>
   <si>
-    <t>11-2329</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2336</t>
   </si>
   <si>
     <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 14 групп REXANT</t>
   </si>
   <si>
-    <t>11-2337</t>
-[...16 lines deleted...]
-  <si>
     <t>11-2350</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 14 групп REXANT</t>
   </si>
   <si>
-    <t>11-2308</t>
-[...10 lines deleted...]
-  <si>
     <t>11-2318</t>
   </si>
   <si>
     <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 12 групп REXANT</t>
   </si>
   <si>
-    <t>11-2319</t>
-[...16 lines deleted...]
-  <si>
     <t>11-2333</t>
   </si>
   <si>
     <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 8 групп REXANT</t>
   </si>
   <si>
     <t>11-2335</t>
   </si>
   <si>
     <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 12 групп REXANT</t>
   </si>
   <si>
     <t>11-2339</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 6 групп REXANT</t>
   </si>
   <si>
-    <t>11-2302-15</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2342</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 12 групп REXANT</t>
   </si>
   <si>
-    <t>11-2302-7</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2346</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 6 групп REXANT</t>
   </si>
   <si>
     <t>11-2347</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 8 групп REXANT</t>
   </si>
   <si>
-    <t>11-2348</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Знаки электробезопасности</t>
   </si>
   <si>
+    <t>56-0007-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 15х50мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0008-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «380 В» 35х100мм (7 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0010-01</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление» диаметр 20мм (с хедером, 20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 200х200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-3</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 130х130х130мм 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0008-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «380 В» 15х50мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>56-0059</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «N», диаметр 20мм (20 шт. на листе) REXANT</t>
+  </si>
+  <si>
+    <t>55-0012</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не открывать! Работают люди» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0015</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой! Напряжение» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0017</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземлено» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0010-02</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Заземление» диаметр 10мм, 200 наклеек (5 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 50х50х50мм 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0007-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 35х100мм 70 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0007-01</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 15х50мм (с хедером, 20 шт. на листе) REXANT</t>
+  </si>
+  <si>
     <t>56-0004</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Электрощитовая»150х300мм REXANT</t>
   </si>
   <si>
-    <t>56-0006</t>
-[...10 lines deleted...]
-  <si>
     <t>56-0008</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «380 В»10х30мм (42 шт. на листе, 5 листов) REXANT</t>
   </si>
   <si>
+    <t>56-0003</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Электрощитовая» 100х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 25х25х25мм 100 шт. REXANT</t>
+  </si>
+  <si>
+    <t>56-0006-4</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 85х85х85мм 20 шт. REXANT</t>
+  </si>
+  <si>
+    <t>55-0010</t>
+  </si>
+  <si>
+    <t>Наклейка маркировочная таблица 12 модулей (50х216мм) REXANT</t>
+  </si>
+  <si>
+    <t>55-0011</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не включать! Работают люди» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0013</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не включать! Работа на линии» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0007</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «220 В» 10х30мм (42 шт. на листе, 5 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0080</t>
+  </si>
+  <si>
+    <t>Набор наклеек «Маркировка электрощитов М-2» 100х100мм (цифры, знаки электробезопасности, 10 листов) REXANT</t>
+  </si>
+  <si>
+    <t>56-0081</t>
+  </si>
+  <si>
+    <t>Набор наклеек «Маркировка электрощитов М-1» 85х150мм (надписи для ВА, 10 листов) REXANT</t>
+  </si>
+  <si>
     <t>56-0010</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Заземление», диаметр 20мм (20 шт. на листе) REXANT</t>
   </si>
   <si>
-    <t>56-0006-1</t>
-[...8 lines deleted...]
-    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 85х85х85мм 20 шт. REXANT</t>
+    <t>56-0082</t>
+  </si>
+  <si>
+    <t>Набор модульных наклеек «Маркировка электрощитов» малый 100х100мм (120 наклеек) REXANT</t>
   </si>
   <si>
     <t>56-0002-1</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х200 мм REXANT</t>
   </si>
   <si>
+    <t>56-0005</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Опасность поражения электротоком» 100х100х100мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0009</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности " 36 В"10*30 мм Rexant ( 42 шт на листе)</t>
+  </si>
+  <si>
     <t>55-0003-1</t>
   </si>
   <si>
     <t>Наклейка знак электробезопасности «42 В» 35х100 мм REXANT (7 шт на листе)</t>
   </si>
   <si>
+    <t>55-0014</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Не влезай! Убьет!» 100х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0009-2</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «36 В» 35х100 мм REXANT (7шт на листе)</t>
+  </si>
+  <si>
+    <t>56-0001</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 100х300мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0002</t>
+  </si>
+  <si>
+    <t>Наклейка знак электробезопасности «Стой, опасно для жизни» 150х300мм REXANT</t>
+  </si>
+  <si>
     <t>55-0004</t>
   </si>
   <si>
-    <t>Наклейка знак электробезопасности «PE»,  диаметр 20мм (20 шт. на листе) REXANT</t>
-[...173 lines deleted...]
-    <t>Наклейка знак электробезопасности «220 В» 35х100мм 70 шт. REXANT</t>
+    <t>Наклейка знак электробезопасности «PE», диаметр 20мм (20 шт. на листе) REXANT</t>
   </si>
   <si>
     <t>1.5 Кабельные вводы и сальники</t>
   </si>
   <si>
     <t>1.5.1 Кабельные вводы серии PG</t>
   </si>
   <si>
+    <t>07-8007</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-7 (3,5-6мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8007-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-7 (3,5-6мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8009</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод PG-16 (10-14мм) серый REXANT </t>
+  </si>
+  <si>
+    <t>07-8021</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8021-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8029</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-29 (18-25мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8029-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-29 (18-25мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8042</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-42 (30-38мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8042-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-42 (30-38 мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8009-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8011-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-11 (5-10мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8013-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-13,5 (6-12мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8048-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-48 (34-44 мм) черный REXANT</t>
+  </si>
+  <si>
     <t>07-8013</t>
   </si>
   <si>
     <t>Кабельный ввод PG-13,5 (6-12мм) серый REXANT</t>
   </si>
   <si>
+    <t>07-8036-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-36 (22-32мм) черный REXANT</t>
+  </si>
+  <si>
     <t>07-8048</t>
   </si>
   <si>
     <t>Кабельный ввод PG-48 (34-44мм) серый REXANT</t>
   </si>
   <si>
     <t>07-8016-1</t>
   </si>
   <si>
     <t>Кабельный ввод PG-16 (10-14мм) черный REXANT</t>
   </si>
   <si>
-    <t>07-8009-1</t>
-[...2 lines deleted...]
-    <t>Кабельный ввод PG-9 (4-8мм) черный REXANT</t>
+    <t>07-8036</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-36 (22-32мм) серый REXANT</t>
   </si>
   <si>
     <t>07-8011</t>
   </si>
   <si>
     <t>Кабельный ввод PG-11 (5-10мм) серый REXANT</t>
   </si>
   <si>
-    <t>07-8048-1</t>
-[...88 lines deleted...]
-  <si>
     <t>1.5.2 Кабельные вводы серии MG</t>
   </si>
   <si>
+    <t>07-8132-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-32 (25-18мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8140-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-40 (30-24мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8150-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-50 (39-30 мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8116</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-16 (10-6мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8125</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-25 (18-13мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8140</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-40 (30-24мм) серый REXANT</t>
+  </si>
+  <si>
     <t>07-8112-1</t>
   </si>
   <si>
     <t>Кабельный ввод MG-12 (7,6-4,6мм) черный REXANT</t>
   </si>
   <si>
     <t>07-8120</t>
   </si>
   <si>
     <t>Кабельный ввод MG-20 (14-9мм) серый REXANT</t>
   </si>
   <si>
-    <t>07-8125</t>
-[...2 lines deleted...]
-    <t>Кабельный ввод MG-25 (18-13мм) серый REXANT</t>
+    <t>07-8120-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-20 (14-9мм) черный REXANT</t>
   </si>
   <si>
     <t>07-8125-1</t>
   </si>
   <si>
     <t>Кабельный ввод MG-25 (18-13мм) черный REXANT</t>
   </si>
   <si>
     <t>07-8116-1</t>
   </si>
   <si>
     <t>Кабельный ввод MG-16 (10-6мм) черный REXANT</t>
   </si>
   <si>
     <t>07-8132</t>
   </si>
   <si>
     <t>Кабельный ввод MG-32 (25-18мм) серый REXANT</t>
   </si>
   <si>
-    <t>07-8140</t>
-[...4 lines deleted...]
-  <si>
     <t>07-8112</t>
   </si>
   <si>
     <t>Кабельный ввод MG-12 (7,6-4,6мм) серый REXANT</t>
   </si>
   <si>
-    <t>07-8140-1</t>
-[...28 lines deleted...]
-  <si>
     <t>1.5.3 Кабельные вводы серии PG-M</t>
   </si>
   <si>
     <t>07-8209</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-9 (8-4мм) REXANT</t>
   </si>
   <si>
     <t>07-8213</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-13 (12-6мм) REXANT</t>
   </si>
   <si>
     <t>07-8216</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-16 (14-10мм) REXANT</t>
   </si>
   <si>
     <t>07-8211</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-11 (10-5мм) REXANT</t>
   </si>
   <si>
     <t>07-8221</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-21 (18-13мм) REXANT</t>
   </si>
   <si>
     <t>1.5.4 Кабельные вводы по 2-3 шт.</t>
   </si>
   <si>
+    <t>07-8009-A3</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) серый, комплект (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>07-8112-2</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный ввод MG-12 (7,6-4,6мм) серый, уп. 2 шт REXANT </t>
   </si>
   <si>
-    <t>упак</t>
+    <t>07-8116-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-16 (10-6мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>07-8132-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-32 (25-18мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>07-8013-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-13,5 (6-12мм) серый, комплект (2 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-8125-2</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный ввод MG-25 (18-13мм) серый, уп. 2 шт REXANT </t>
   </si>
   <si>
+    <t>07-8021-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-8007-A3</t>
   </si>
   <si>
     <t>Кабельный ввод PG-7 (3,5-6мм) серый, комплект (3 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-8011-A2</t>
   </si>
   <si>
     <t>Кабельный ввод PG-11 (5-10мм) серый, комплект (2 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-8021-A2</t>
-[...4 lines deleted...]
-  <si>
     <t>07-8036-A1</t>
   </si>
   <si>
     <t>Кабельный ввод PG-36 (22-32мм) серый, комплект (1 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-8013-A2</t>
-[...4 lines deleted...]
-  <si>
     <t>07-8042-A1</t>
   </si>
   <si>
     <t>Кабельный ввод PG-42 (30-38мм) серый, комплект (1 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-8016-A2</t>
   </si>
   <si>
     <t>Кабельный ввод PG-16 (10-14мм) серый, комплект (2 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-8029-A2</t>
   </si>
   <si>
     <t>Кабельный ввод PG-29 (18-25мм) серый, комплект (2 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-8120-2</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный ввод MG-20 (14-9мм) серый, уп. 2 шт REXANT </t>
   </si>
   <si>
-    <t>07-8132-2</t>
-[...10 lines deleted...]
-  <si>
     <t>07-8048-A1</t>
   </si>
   <si>
     <t>Кабельный ввод PG-48 (34-44мм) серый, комплект (1 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-8116-2</t>
-[...4 lines deleted...]
-  <si>
     <t>07-8132-1-2</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный ввод MG-32 (25-18 мм) черный, уп. 2 шт REXANT </t>
   </si>
   <si>
     <t>1.6 Маркировка кабеля</t>
   </si>
   <si>
-    <t>1.6.1 Пломбы пластиковые номерные</t>
+    <t>1.6.1 Бирки кабельные</t>
+  </si>
+  <si>
+    <t>07-6235</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «У-135» (Круг) белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6231</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «Домик прямоугольный» белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6234</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «У-134» (Большой квадрат) белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6253</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «У-153» (Маленький квадрат) белая (250 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6236</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «У-136» (Треугольник) белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6230</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «Овал» белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.6.2 Самоклеящиеся маркеры для проводов</t>
+  </si>
+  <si>
+    <t>07-6201</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-1 (цифры от 0 до 9) REXANT</t>
+  </si>
+  <si>
+    <t>07-6202</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-2 (цифры от 0 до 15, буквы A-Z, знаки +, -, /) REXANT</t>
+  </si>
+  <si>
+    <t>07-6203</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-3 (цифры от 1 до 45) REXANT</t>
+  </si>
+  <si>
+    <t>07-6204</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-4 белые под маркер REXANT</t>
+  </si>
+  <si>
+    <t>07-6205</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-5 цветные REXANT</t>
+  </si>
+  <si>
+    <t>1.6.3 Маркер кабельный</t>
+  </si>
+  <si>
+    <t>12-6061</t>
+  </si>
+  <si>
+    <t>Маркеры на кабель, ø3,6-7,4 мм, цифры 0-9, комплект 10 роликов (EC-2) REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>12-6062</t>
+  </si>
+  <si>
+    <t>Маркер кабельный (клипса), ø4-6 мм, цифры 0-9, 10 цветов, блистер (MR-55) REXANT</t>
+  </si>
+  <si>
+    <t>1.6.4 Стяжка под маркер</t>
+  </si>
+  <si>
+    <t>07-0106-2</t>
+  </si>
+  <si>
+    <t>Хомут с площадкой под маркер нейлоновый 100x2,5мм белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0106</t>
+  </si>
+  <si>
+    <t>Хомут под маркер нейлоновый 100x2,5мм белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0206</t>
+  </si>
+  <si>
+    <t>Хомут под маркер нейлоновый 200x2,5мм белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.6.5 Пломбы пластиковые номерные</t>
+  </si>
+  <si>
+    <t>07-6132</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 350мм желтая REXANT</t>
+  </si>
+  <si>
+    <t>07-6111</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 220мм красная REXANT</t>
   </si>
   <si>
     <t>07-6112</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 220мм желтая REXANT</t>
   </si>
   <si>
     <t>07-6113</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 220мм зеленая REXANT</t>
   </si>
   <si>
     <t>07-6121</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 255мм красная REXANT</t>
   </si>
   <si>
+    <t>07-6122</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 255мм желтая REXANT</t>
+  </si>
+  <si>
     <t>07-6123</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 255мм зеленая REXANT</t>
   </si>
   <si>
+    <t>07-6131</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 350мм красная REXANT</t>
+  </si>
+  <si>
     <t>07-6133</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 350мм зеленая REXANT</t>
   </si>
   <si>
-    <t>07-6122</t>
-[...133 lines deleted...]
-  <si>
     <t>1.7 Распределительные блоки РБД</t>
   </si>
   <si>
+    <t>11-2000</t>
+  </si>
+  <si>
+    <t>Блок распределительный РБД-80А на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2003</t>
+  </si>
+  <si>
+    <t>Блок распределительный РБД-250А на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2005</t>
+  </si>
+  <si>
+    <t>Блок распределительный РБД-500А на DIN-рейку REXANT</t>
+  </si>
+  <si>
     <t>11-2002</t>
   </si>
   <si>
     <t>Блок распределительный РБД-160А на DIN-рейку REXANT</t>
   </si>
   <si>
+    <t>11-2001</t>
+  </si>
+  <si>
+    <t>Блок распределительный РБД-125А на DIN-рейку REXANT</t>
+  </si>
+  <si>
     <t>11-2004</t>
   </si>
   <si>
     <t>Блок распределительный РБД-400А на DIN-рейку REXANT</t>
   </si>
   <si>
-    <t>11-2005</t>
-[...22 lines deleted...]
-  <si>
     <t>1.8 Принадлежности прочие</t>
   </si>
   <si>
+    <t>12-2901</t>
+  </si>
+  <si>
+    <t>Ограничитель на DIN-рейку (металл) 2 винта REXANT</t>
+  </si>
+  <si>
     <t>12-2901-10</t>
   </si>
   <si>
     <t xml:space="preserve">Ограничитель на DIN-рейку (металл) 2 винта (пакет 10 шт/уп) REXANT </t>
   </si>
   <si>
+    <t>12-2902</t>
+  </si>
+  <si>
+    <t>Ограничитель на DIN-рейку (металл) 1 винт REXANT</t>
+  </si>
+  <si>
+    <t>12-2902-10</t>
+  </si>
+  <si>
+    <t>Ограничитель на DIN-рейку (металл) 1 винт (пакет 10 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>12-2903-10</t>
   </si>
   <si>
     <t>Ограничитель на DIN-рейку (пластик) (пакет 10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>12-2901</t>
-[...4 lines deleted...]
-  <si>
     <t>12-2903</t>
   </si>
   <si>
     <t>Ограничитель на DIN-рейку (пластик) REXANT</t>
   </si>
   <si>
-    <t>12-2902</t>
-[...10 lines deleted...]
-  <si>
     <t>1.9 Клеммы и зажимы</t>
   </si>
   <si>
+    <t>11-2113</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 6-50мм² 2-рядная синяя распределительная REXANT</t>
+  </si>
+  <si>
+    <t>11-2116</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² 2-рядная синяя распределительная REXANT</t>
+  </si>
+  <si>
+    <t>11-2162</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТС-1004 35мм2 100A 4 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2164</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 1-полюсный 25 мм2 90A на DIN-рейку REXANT</t>
+  </si>
+  <si>
+    <t>11-2168</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 3х-полюсный 4,0 мм2 30A на DIN-рейку REXANT</t>
+  </si>
+  <si>
     <t>11-2112</t>
   </si>
   <si>
     <t>Клемма вводная силовая КВС 6-50мм² 2-рядная серая распределительная REXANT</t>
   </si>
   <si>
+    <t>11-2161</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТС-604 16мм2 60A 4 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2100</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 6-50мм² серая REXANT</t>
+  </si>
+  <si>
+    <t>11-2105</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² PE REXANT</t>
+  </si>
+  <si>
+    <t>11-2150</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-1504 1,5мм2 15A 4 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2151</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-2504 2,5мм2 25A 4 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2152</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-4504 4,0мм2 45A 4 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2155</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-4506 4,0мм2 45A 6 пар REXANT</t>
+  </si>
+  <si>
+    <t>11-2156</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-1512 1,5мм2 15A 12 пар REXANT</t>
+  </si>
+  <si>
+    <t>11-2157</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-2512 2,5мм2 25A 12 пар REXANT</t>
+  </si>
+  <si>
+    <t>11-2159</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТС-603 16мм2 60A 3 пары REXANT</t>
+  </si>
+  <si>
+    <t>11-2165</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 2х-полюсный 2,5 мм2 20A на DIN-рейку REXANT</t>
+  </si>
+  <si>
     <t>11-2166</t>
   </si>
   <si>
     <t>Блок зажимов клеммный БЗД 3х-полюсный 10,0 мм2 50A на DIN-рейку REXANT</t>
   </si>
   <si>
-    <t>11-2157</t>
-[...14 lines deleted...]
-    <t>Клемма вводная силовая КВС 16-95мм² 2-рядная синяя распределительная REXANT</t>
+    <t>11-2114</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 6-50мм² 2-рядная желто-зеленая PE распределительная REXANT</t>
+  </si>
+  <si>
+    <t>11-2103</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² серая REXANT</t>
+  </si>
+  <si>
+    <t>11-2115</t>
+  </si>
+  <si>
+    <t>Клемма вводная силовая КВС 16-95мм² 2-рядная серая распределительная REXANT</t>
   </si>
   <si>
     <t>11-2121</t>
   </si>
   <si>
     <t>Клемма вводная силовая КВС 6-50мм² 3-рядная серая REXANT</t>
   </si>
   <si>
     <t>11-2154</t>
   </si>
   <si>
     <t>Блок зажимов клеммный БЗН ТВ-2506 2,5мм2 25A 6 пар REXANT</t>
   </si>
   <si>
-    <t>11-2165</t>
-[...14 lines deleted...]
-    <t>Клемма вводная силовая КВС 16-95мм² серая REXANT</t>
+    <t>11-2158</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗН ТВ-4512 4,0мм2 45A 12 пар REXANT</t>
+  </si>
+  <si>
+    <t>11-2163</t>
+  </si>
+  <si>
+    <t>Блок зажимов клеммный БЗД 1-полюсный 16 мм2 60A на DIN-рейку REXANT</t>
   </si>
   <si>
     <t>11-2104</t>
   </si>
   <si>
     <t>Клемма вводная силовая КВС 16-95мм² синяя REXANT</t>
   </si>
   <si>
-    <t>11-2105</t>
-[...28 lines deleted...]
-  <si>
     <t>11-2153</t>
   </si>
   <si>
     <t>Блок зажимов клеммный БЗН ТВ-1506 1,5мм2 15A 6 пар REXANT</t>
   </si>
   <si>
-    <t>11-2158</t>
-[...10 lines deleted...]
-  <si>
     <t>11-2167</t>
   </si>
   <si>
     <t>Блок зажимов клеммный БЗД 3х-полюсный 2,5 мм2 20A на DIN-рейку REXANT</t>
   </si>
   <si>
-    <t>11-2159</t>
-[...10 lines deleted...]
-  <si>
     <t>11-2117</t>
   </si>
   <si>
     <t>Клемма вводная силовая КВС 16-95мм² 2-рядная желто-зеленая PE распределительная REXANT</t>
   </si>
   <si>
-    <t>11-2150</t>
-[...28 lines deleted...]
-  <si>
     <t>11-2160</t>
   </si>
   <si>
     <t>Блок зажимов клеммный БЗН ТС-1003 35мм2 100A 3 пары REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Блок зажимов клеммный БЗН ТС-1004 35мм2 100A 4 пары REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2112,56 +2094,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-22-5sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-10sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-11sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-20sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-45sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-80sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-100sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-125sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-140sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-7-5sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-30sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-13sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-200sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-25sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-60sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-63a-22sm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-100-a-22sm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-63a-22sm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-vvod-sboku-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-100-a-22sm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-udlinennaya-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-2r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-4r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-7-grupp-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-15-grupp-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-6-1-6-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-14-1-14-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-20-1-20-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-22-1-22-gruppy-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-12-2-12-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-14-2-14-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-20-2-20-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h11-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h7-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-15-grupp-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-12-1-12-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-24-1-24-gruppy-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-6-2-6-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-10-2-10-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-7-grupp-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-10-1-10-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-8-2-8-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-24-2-24-gruppy-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-8-1-8-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h15-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h15-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h7-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8h12mm-stoyka-bol-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-150h300mm-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-200h200h200mm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-s-hederom-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-10h30mm-42-sht-na-liste-5-listov-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-25h25h25mm-100-sht-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-85h85h85mm-20-sht-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h200-mm-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-35h100-mm-rexant-7-sht-na-liste" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-pe-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-markirovochnaya-tablitsa-12-moduley-50h216mm-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-otkryvat-rabotayut-lyudi-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vlezay-ubet-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-napryazhenie-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemleno-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-10h30mm-42-sht-na-liste-5-listov-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-s-hederom-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroschitovaya-100h300mm-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-100h100h100mm-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-10-30-mm-rexant-42-sht-na-liste" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-12-v-15h50-mm-rexant-20-sht-na-liste" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-1-85h150mm-nadpisi-dlya-va-10-listov-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-35h100mm-7-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-50h50h50mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-15h50-mm-rexant-20sht-na-liste" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-n-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-35h100-mm-rexant-7sht-na-liste" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h300mm-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-150h300mm-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroschitov-m-2-100h100mm-tsifry-znaki-elektrobezopasnosti-10-listov-rex" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-modulnyh-nakleek-markirovka-elektroschitov-malyy-100h100mm-120-nakleek-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-10mm-200-nakleek-5-listov-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-130h130h130mm-5-sht-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-160h160h160mm-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-15h50mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabotayut-lyudi-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabota-na-linii-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-35h100mm-70-sht-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-50-39-30-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-9-8-4mm-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-13-12-6mm-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-16-14-10mm-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-11-10-5mm-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-21-18-13mm-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-komplekt-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-komplekt-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-komplekt-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-komplekt-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-komplekt-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18-mm-chernyy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-134-bolshoy-kvadrat-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-135-krug-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-136-treugolnik-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-153-malenkiy-kvadrat-belaya-250-sht-up-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-oval-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-domik-pryamougolnyy-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-3-tsifry-ot-1-do-45-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-4-belye-pod-marker-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-1-tsifry-ot-0-do-9-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-5-tsvetnye-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-2-tsifry-ot-0-do-15-bukvy-a-z-znaki-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kabelnyy-klipsa-4-6-mm-tsifry-0-9-10-tsvetov-blister-mr-55-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-na-kabel-3-6-7-4-mm-tsifry-0-9-komplekt-10-rolikov-ec-2-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-neylonovyy-100x2-5mm-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-neylonovyy-200x2-5mm-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-s-ploschadkoy-pod-marker-neylonovyy-100x2-5mm-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-160a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-400a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-500a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-80a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-125a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-250a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-2-vinta-paket-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-plastik-paket-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-2-vinta-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-plastik-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-1-vint-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-1-vint-paket-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-2-ryadnaya-seraya-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-10-0-mm2-50a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2512-2-5mm2-25a-12-par-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-604-16mm2-60a-4-pary-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-2-ryadnaya-sinyaya-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-3-ryadnaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2506-2-5mm2-25a-6-par-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-2h-polyusnyy-2-5-mm2-20a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-seraya-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-seraya-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-pe-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-2-ryadnaya-sinyaya-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-2-ryadnaya-zhelto-zelenaya-pe-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-2-ryadnaya-seraya-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-4-0-mm2-30a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1506-1-5mm2-15a-6-par-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4512-4-0mm2-45a-12-par-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-1-polyusnyy-16-mm2-60a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-2-5-mm2-20a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-603-16mm2-60a-3-pary-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-1-polyusnyy-25-mm2-90a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-2-ryadnaya-zhelto-zelenaya-pe-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1504-1-5mm2-15a-4-pary-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2504-2-5mm2-25a-4-pary-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4504-4-0mm2-45a-4-pary-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4506-4-0mm2-45a-6-par-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1512-1-5mm2-15a-12-par-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-1003-35mm2-100a-3-pary-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-1004-35mm2-100a-4-pary-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-10sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-25sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-45sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-125sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-30sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-11sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-60sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-80sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-100sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-22-5sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-20sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-140sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-7-5sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-13sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/din-reyka-200sm-perforirovannaya-otsinkovannaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-4r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-100-a-22sm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-vvod-sboku-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-udlinennaya-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-2r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-63a-22sm-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-100-a-22sm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-63a-22sm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8h12mm-stoyka-bol-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h7-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h7-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-61-6-gruppkrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-121-12-gruppkrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-201-20-gruppkrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-82-8-gruppkrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-122-12-gruppkrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h15-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h11-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h15-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-7-grupp-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-15-grupp-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-141-14-gruppkrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-62-6-gruppkrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-221-22-gruppykrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-142-14-gruppkrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-101-10-gruppkrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-202-20-gruppkrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-242-24-gruppykrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-15-grupp-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-241-24-gruppykrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-102-10-gruppkrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-7-grupp-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-81-8-gruppkrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-35h100mm-7-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-s-hederom-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-200h200h200mm-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-130h130h130mm-5-sht-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v-15h50mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-n-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-otkryvat-rabotayut-lyudi-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-napryazhenie-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemleno-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-10mm-200-nakleek-5-listov-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-50h50h50mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-35h100mm-70-sht-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-15h50mm-s-hederom-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroshchitovaya150h300mm-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-380-v10h30mm-42-sht-na-liste-5-listov-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-elektroshchitovaya-100h300mm-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-25h25h25mm-100-sht-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-85h85h85mm-20-sht-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-markirovochnaya-tablitsa-12-moduley-50h216mm-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabotayut-lyudi-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vklyuchat-rabota-na-linii-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-220-v-10h30mm-42-sht-na-liste-5-listov-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroshchitov-m-2-100h100mm-tsifry-znaki-elektrobezopasnosti-10-listov-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakleek-markirovka-elektroshchitov-m-1-85h150mm-nadpisi-dlya-va-10-listov-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-zazemlenie-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-modulnyh-nakleek-markirovka-elektroshchitov-malyy-100h100mm-120-nakleek-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h200-mm-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-opasnost-porazheniya-elektrotokom-100h100h100mm-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v10-30-mm-rexant-42-sht-na-liste" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-42-v-35h100-mm-rexant-7-sht-na-liste" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-ne-vlezay-ubet-100h200mm-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-36-v-35h100-mm-rexant-7sht-na-liste" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-100h300mm-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-stoy-opasno-dlya-zhizni-150h300mm-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-elektrobezopasnosti-pe-diametr-20mm-20-sht-na-liste-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-50-39-30-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-9-8-4mm-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-13-12-6mm-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-16-14-10mm-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-11-10-5mm-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-21-18-13mm-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-komplekt-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-komplekt-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-komplekt-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-komplekt-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-komplekt-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-komplekt-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-komplekt-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-komplekt-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-komplekt-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-komplekt-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18-mm-chernyy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-135-krug-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-domik-pryamougolnyy-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-134-bolshoy-kvadrat-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-153-malenkiy-kvadrat-belaya-250-shtup-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-136-treugolnik-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-oval-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyashchiesya-ms-1-tsifry-ot-0-do-9-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyashchiesya-ms-2-tsifry-ot-0-do-15-bukvy-a-z-znaki-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyashchiesya-ms-3-tsifry-ot-1-do-45-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyashchiesya-ms-4-belye-pod-marker-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyashchiesya-ms-5-tsvetnye-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-na-kabel-3-6-7-4-mm-tsifry-0-9-komplekt-10-rolikov-ec-2-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kabelnyy-klipsa-4-6-mm-tsifry-0-9-10-tsvetov-blister-mr-55-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-s-ploshchadkoy-pod-marker-neylonovyy-100x2-5mm-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-neylonovyy-100x2-5mm-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-neylonovyy-200x2-5mm-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-80a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-250a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-500a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-160a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-125a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredelitelnyy-rbd-400a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-2-vinta-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-2-vinta-paket-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-1-vint-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-metall-1-vint-paket-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-plastik-paket-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-na-din-reyku-plastik-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-2-ryadnaya-sinyaya-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-2-ryadnaya-sinyaya-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-1004-35mm2-100a-4-pary-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-1-polyusnyy-25-mm2-90a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-4-0-mm2-30a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-2-ryadnaya-seraya-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-604-16mm2-60a-4-pary-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-seraya-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-pe-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1504-1-5mm2-15a-4-pary-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2504-2-5mm2-25a-4-pary-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4504-4-0mm2-45a-4-pary-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4506-4-0mm2-45a-6-par-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1512-1-5mm2-15a-12-par-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2512-2-5mm2-25a-12-par-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-603-16mm2-60a-3-pary-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-2h-polyusnyy-2-5-mm2-20a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-10-0-mm2-50a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-2-ryadnaya-zhelto-zelenaya-pe-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-seraya-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-2-ryadnaya-seraya-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-6-50mm-3-ryadnaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-2506-2-5mm2-25a-6-par-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-4512-4-0mm2-45a-12-par-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-1-polyusnyy-16-mm2-60a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-tv-1506-1-5mm2-15a-6-par-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzd-3h-polyusnyy-2-5-mm2-20a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-silovaya-kvs-16-95mm-2-ryadnaya-zhelto-zelenaya-pe-raspredelitelnaya-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-zazhimov-klemmnyy-bzn-ts-1003-35mm2-100a-3-pary-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I283"/>
+  <dimension ref="A1:I280"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2193,7911 +2175,7824 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>48.09</v>
+        <v>25.54</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>453</v>
+        <v>27</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>25.54</v>
+        <v>52.78</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>396</v>
+        <v>1533</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>25.54</v>
+        <v>85.06</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>367</v>
+        <v>20</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>43.82</v>
+        <v>230.4</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1148</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>85.06</v>
+        <v>52.84</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>1418</v>
       </c>
       <c r="G8" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>161.93</v>
+        <v>25.54</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>183.11</v>
+        <v>103.88</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>337</v>
+        <v>1260</v>
       </c>
       <c r="G10" s="3">
         <v>20</v>
       </c>
       <c r="H10" s="3">
         <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>230.4</v>
+        <v>161.93</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>435</v>
+        <v>20</v>
       </c>
       <c r="G11" s="3">
         <v>20</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>256.33</v>
+        <v>183.11</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>1960</v>
       </c>
       <c r="G12" s="3">
         <v>20</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>20.25</v>
+        <v>48.09</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>927</v>
+        <v>317</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>52.84</v>
+        <v>43.82</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>1102</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>30.08</v>
+        <v>256.33</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>336</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>348.78</v>
+        <v>20.25</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>624</v>
       </c>
       <c r="G16" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>52.78</v>
+        <v>30.08</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>103.88</v>
+        <v>348.78</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G18" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>521.72</v>
+        <v>863.16</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>454</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>863.16</v>
+        <v>798.28</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>458</v>
+        <v>552</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>3198.38</v>
+        <v>2823.84</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>189</v>
+        <v>26</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>284.32</v>
+        <v>949.06</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1940</v>
+        <v>602</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>198.33</v>
+        <v>636.74</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1732</v>
+        <v>857</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>180</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
         <v>133.82</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>2010</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
         <v>1500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>150.19</v>
+        <v>150.73</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>260</v>
+        <v>1010</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
         <v>1500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>798.28</v>
+        <v>1400.38</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>218</v>
+        <v>690</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>1376.06</v>
+        <v>734.95</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>2386.7</v>
+        <v>521.72</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>137</v>
+        <v>1122</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>734.95</v>
+        <v>3198.38</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>546</v>
+        <v>169</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>1906.18</v>
+        <v>1376.06</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>4230.29</v>
+        <v>2386.7</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>265</v>
+        <v>135</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>30</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>2326.42</v>
+        <v>284.32</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>1409</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>636.74</v>
+        <v>198.33</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>450</v>
+        <v>4309</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>180</v>
+        <v>500</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>150.73</v>
+        <v>150.19</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1360</v>
+        <v>1280</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
         <v>1500</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>1400.38</v>
+        <v>1906.18</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>702</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>2823.84</v>
+        <v>4230.29</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>32</v>
+        <v>248</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>949.06</v>
+        <v>2326.42</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>618</v>
+        <v>88</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
         <v>2951.2</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>30</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
         <v>2989.01</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>20</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>458.51</v>
+        <v>76.08</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>122</v>
+        <v>2234</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>260</v>
+        <v>520</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>150.6</v>
+        <v>99.23</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>931</v>
+        <v>1259</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>500</v>
+        <v>520</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>116.18</v>
+        <v>140.12</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>4</v>
+        <v>2546</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>163.79</v>
+        <v>178.97</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>2765</v>
+        <v>30</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>73.72</v>
+        <v>392.54</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>230</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>1000</v>
+        <v>150</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>128.2</v>
+        <v>70.12</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>198.41</v>
+        <v>161.06</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>500</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>190.07</v>
+        <v>166.13</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>202</v>
+        <v>656</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>206.8</v>
+        <v>141.88</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>67</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>128.3</v>
+        <v>238.29</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1349</v>
+        <v>135</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>360</v>
+        <v>200</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>151.48</v>
+        <v>398.02</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>159</v>
+        <v>461</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>211.34</v>
+        <v>123.81</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>300</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>1274.8</v>
+        <v>258.07</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>67</v>
+        <v>451</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>977.58</v>
+        <v>109.91</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>445</v>
+        <v>1946</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>350</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>162.7</v>
+        <v>116.18</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>1327</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>121.4</v>
+        <v>545.54</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>900</v>
+        <v>3577</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>135.44</v>
+        <v>977.58</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>2203</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>119.42</v>
+        <v>73.72</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>502</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>99.23</v>
+        <v>110.17</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>144</v>
+        <v>1027</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>520</v>
+        <v>360</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>174.47</v>
+        <v>198.41</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>1480</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>500</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>176.53</v>
+        <v>89.32</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>738</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>400</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>109.91</v>
+        <v>128.3</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>1187</v>
+        <v>977</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>110.17</v>
+        <v>458.51</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>1147</v>
+        <v>107</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>360</v>
+        <v>260</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>266.41</v>
+        <v>1017.23</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>469</v>
+        <v>267</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>76.08</v>
+        <v>1274.8</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>813</v>
+        <v>450</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>74.2</v>
+        <v>1558.64</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>356</v>
+        <v>729</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>88.51</v>
+        <v>150.6</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>1691</v>
+        <v>885</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>720</v>
+        <v>500</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>127.58</v>
+        <v>148.21</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>1137</v>
+        <v>1351</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>450</v>
+        <v>500</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>140.04</v>
+        <v>83.2</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>1350</v>
+        <v>1970</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>500</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>132.82</v>
+        <v>121.4</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>1769</v>
+        <v>1268</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>500</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>189.84</v>
+        <v>163.79</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>2201</v>
+        <v>2755</v>
       </c>
       <c r="G72" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>239.43</v>
+        <v>128.2</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>850</v>
+        <v>204</v>
       </c>
       <c r="G73" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>438.59</v>
+        <v>190.07</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>1704</v>
+        <v>187</v>
       </c>
       <c r="G74" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>70.12</v>
+        <v>88.51</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>958</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>500</v>
+        <v>720</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>238.29</v>
+        <v>189.84</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>145</v>
+        <v>3460</v>
       </c>
       <c r="G76" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H76" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>112.78</v>
+        <v>438.59</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>1432</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H77" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>196.17</v>
+        <v>239.43</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>348</v>
+        <v>1230</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>361.16</v>
+        <v>206.8</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>366</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>103.09</v>
+        <v>151.48</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>880</v>
+        <v>147</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>450</v>
+        <v>250</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>89.32</v>
+        <v>112.78</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>608</v>
+        <v>277</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>400</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>247.81</v>
+        <v>196.17</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>600</v>
+        <v>218</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>83.2</v>
+        <v>103.09</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>1957</v>
+        <v>1492</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>100.52</v>
+        <v>211.34</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>865</v>
+        <v>521</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>1558.64</v>
+        <v>247.81</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>793</v>
+        <v>586</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>140.12</v>
+        <v>149.78</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>3384</v>
+        <v>178</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>500</v>
+        <v>160</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>119.66</v>
+        <v>162.7</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>1795</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>500</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>161.06</v>
+        <v>135.44</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>815</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>297.66</v>
+        <v>119.42</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>398.02</v>
+        <v>174.47</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>464</v>
+        <v>2434</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>123.81</v>
+        <v>176.53</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>26</v>
+        <v>615</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>149.78</v>
+        <v>266.41</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>209</v>
+        <v>264</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>336.36</v>
+        <v>74.2</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>470</v>
+        <v>213</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>148.21</v>
+        <v>127.58</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>1000</v>
+        <v>1076</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>178.97</v>
+        <v>140.04</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>2120</v>
+        <v>1681</v>
       </c>
       <c r="G95" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>500</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>303.37</v>
+        <v>132.82</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>1200</v>
+        <v>1346</v>
       </c>
       <c r="G96" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>392.54</v>
+        <v>361.16</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>5</v>
+        <v>169</v>
       </c>
       <c r="G97" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>166.13</v>
+        <v>100.52</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>753</v>
+        <v>1939</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>500</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>141.88</v>
+        <v>119.66</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>201.54</v>
+        <v>297.66</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>135</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>284.34</v>
+        <v>336.36</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>574</v>
+        <v>448</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C102" s="3">
-        <v>97.59</v>
+        <v>303.37</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>2607</v>
+        <v>2711</v>
       </c>
       <c r="G102" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H102" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C103" s="3">
-        <v>1017.23</v>
+        <v>201.54</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>420</v>
+        <v>293</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C104" s="3">
-        <v>141.07</v>
+        <v>284.34</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>1902</v>
+        <v>562</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C105" s="3">
-        <v>545.54</v>
+        <v>97.59</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>1726</v>
+        <v>1680</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C106" s="3">
-        <v>190.18</v>
+        <v>141.07</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>205</v>
+        <v>913</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C107" s="3">
-        <v>203.59</v>
+        <v>190.18</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>408</v>
+        <v>149</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>200</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C108" s="3">
-        <v>258.07</v>
+        <v>203.59</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>149</v>
+        <v>350</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>200</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
         <v>221</v>
       </c>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="2"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
       <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>61.96</v>
+        <v>3.4</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>2430</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H110" s="3">
         <v>100</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>47.17</v>
+        <v>11.92</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>0</v>
+        <v>805</v>
       </c>
       <c r="G111" s="3">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="H111" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C112" s="3">
         <v>51.33</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>0</v>
+        <v>1379</v>
       </c>
       <c r="G112" s="3">
         <v>5</v>
       </c>
       <c r="H112" s="3">
         <v>5</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C113" s="3">
-        <v>3.3</v>
+        <v>47.17</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>21420</v>
+        <v>1485</v>
       </c>
       <c r="G113" s="3">
-        <v>210</v>
+        <v>5</v>
       </c>
       <c r="H113" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C114" s="3">
-        <v>2.34</v>
+        <v>25.46</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G114" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H114" s="3">
         <v>100</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C115" s="3">
-        <v>1.97</v>
+        <v>3.4</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>0</v>
+        <v>26400</v>
       </c>
       <c r="G115" s="3">
         <v>100</v>
       </c>
       <c r="H115" s="3">
         <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C116" s="3">
-        <v>14.27</v>
+        <v>2.54</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>1420</v>
+        <v>6200</v>
       </c>
       <c r="G116" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H116" s="3">
         <v>100</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C117" s="3">
-        <v>60.87</v>
+        <v>57.56</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>145</v>
+        <v>5</v>
       </c>
       <c r="G117" s="3">
         <v>5</v>
       </c>
       <c r="H117" s="3">
         <v>100</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C118" s="3">
-        <v>3.98</v>
+        <v>57.03</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>210</v>
+        <v>790</v>
       </c>
       <c r="G118" s="3">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="H118" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C119" s="3">
-        <v>2.43</v>
+        <v>65.04</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>6100</v>
+        <v>25</v>
       </c>
       <c r="G119" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H119" s="3">
         <v>100</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C120" s="3">
-        <v>15.13</v>
+        <v>1.95</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>475</v>
+        <v>8200</v>
       </c>
       <c r="G120" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H120" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I120" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C121" s="3">
-        <v>57.56</v>
+        <v>4.25</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>55</v>
+        <v>25150</v>
       </c>
       <c r="G121" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H121" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C122" s="3">
-        <v>58.1</v>
+        <v>11.92</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>200</v>
+        <v>700</v>
       </c>
       <c r="G122" s="3">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="H122" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C123" s="3">
-        <v>57.03</v>
+        <v>71.22</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>300</v>
+        <v>24</v>
       </c>
       <c r="G123" s="3">
         <v>5</v>
       </c>
       <c r="H123" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I123" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C124" s="3">
-        <v>65.04</v>
+        <v>61.96</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>85</v>
+        <v>1850</v>
       </c>
       <c r="G124" s="3">
         <v>5</v>
       </c>
       <c r="H124" s="3">
         <v>100</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C125" s="3">
-        <v>3.4</v>
+        <v>3.3</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>125906</v>
+        <v>6930</v>
       </c>
       <c r="G125" s="3">
         <v>210</v>
       </c>
       <c r="H125" s="3">
         <v>210</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C126" s="3">
-        <v>71.22</v>
+        <v>61.96</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>69</v>
+        <v>225</v>
       </c>
       <c r="G126" s="3">
         <v>5</v>
       </c>
       <c r="H126" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I126" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C127" s="3">
-        <v>61.96</v>
+        <v>1.97</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>460</v>
+        <v>6600</v>
       </c>
       <c r="G127" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H127" s="3">
         <v>100</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C128" s="3">
-        <v>19.35</v>
+        <v>14.27</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>6500</v>
+        <v>2960</v>
       </c>
       <c r="G128" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="H128" s="3">
         <v>100</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C129" s="3">
-        <v>1.13</v>
+        <v>15.13</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>210</v>
+        <v>820</v>
       </c>
       <c r="G129" s="3">
-        <v>210</v>
+        <v>5</v>
       </c>
       <c r="H129" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C130" s="3">
-        <v>3.47</v>
+        <v>58.09</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
         <v>0</v>
       </c>
       <c r="G130" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H130" s="3">
         <v>100</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C131" s="3">
-        <v>395.1</v>
+        <v>57.55</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>241</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H131" s="3">
         <v>100</v>
       </c>
       <c r="I131" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C132" s="3">
-        <v>11.92</v>
+        <v>3.4</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>1960</v>
+        <v>111786</v>
       </c>
       <c r="G132" s="3">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="H132" s="3">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C133" s="3">
-        <v>4.25</v>
+        <v>395.1</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>150</v>
+        <v>38</v>
       </c>
       <c r="G133" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I133" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C134" s="3">
-        <v>2.43</v>
+        <v>395.1</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>0</v>
+        <v>164</v>
       </c>
       <c r="G134" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H134" s="3">
         <v>100</v>
       </c>
       <c r="I134" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C135" s="3">
-        <v>2.54</v>
+        <v>2.34</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>7500</v>
+        <v>178600</v>
       </c>
       <c r="G135" s="3">
         <v>100</v>
       </c>
       <c r="H135" s="3">
         <v>100</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C136" s="3">
-        <v>11.53</v>
+        <v>376.29</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>175</v>
+        <v>1790</v>
       </c>
       <c r="G136" s="3">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="I136" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C137" s="3">
-        <v>60.85</v>
+        <v>60.87</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>155</v>
+        <v>10</v>
       </c>
       <c r="G137" s="3">
         <v>5</v>
       </c>
       <c r="H137" s="3">
         <v>100</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C138" s="3">
-        <v>60.85</v>
+        <v>19.35</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>140</v>
+        <v>11730</v>
       </c>
       <c r="G138" s="3">
         <v>5</v>
       </c>
       <c r="H138" s="3">
         <v>100</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C139" s="3">
-        <v>395.1</v>
+        <v>1.13</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>78</v>
+        <v>210</v>
       </c>
       <c r="G139" s="3">
-        <v>1</v>
+        <v>210</v>
       </c>
       <c r="H139" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I139" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C140" s="3">
-        <v>376.29</v>
+        <v>3.98</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>946</v>
+        <v>140</v>
       </c>
       <c r="G140" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="H140" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I140" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C141" s="3">
-        <v>1.95</v>
+        <v>58.1</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>8400</v>
+        <v>395</v>
       </c>
       <c r="G141" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H141" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I141" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C142" s="3">
-        <v>25.46</v>
+        <v>11.53</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="G142" s="3">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="H142" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C143" s="3">
-        <v>48.82</v>
+        <v>60.85</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="G143" s="3">
         <v>5</v>
       </c>
       <c r="H143" s="3">
         <v>100</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C144" s="3">
-        <v>3.4</v>
+        <v>60.85</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>9800</v>
+        <v>125</v>
       </c>
       <c r="G144" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H144" s="3">
         <v>100</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C145" s="3">
-        <v>58.09</v>
+        <v>2.43</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>20</v>
+        <v>3700</v>
       </c>
       <c r="G145" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H145" s="3">
         <v>100</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A146" s="3" t="s">
+      <c r="A146" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="B146" s="3" t="s">
+      <c r="B146" s="2"/>
+      <c r="C146" s="2"/>
+      <c r="D146" s="2"/>
+      <c r="E146" s="2"/>
+      <c r="F146" s="2"/>
+      <c r="G146" s="2"/>
+      <c r="H146" s="2"/>
+      <c r="I146" s="2"/>
+    </row>
+    <row r="147" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A147" s="2" t="s">
         <v>295</v>
       </c>
-      <c r="C146" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B147" s="2"/>
+      <c r="C147" s="2"/>
+      <c r="D147" s="2"/>
+      <c r="E147" s="2"/>
+      <c r="F147" s="2"/>
+      <c r="G147" s="2"/>
+      <c r="H147" s="2"/>
+      <c r="I147" s="2"/>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="B148" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="C148" s="3">
+        <v>10.54</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F148" s="3">
+        <v>52600</v>
+      </c>
+      <c r="G148" s="3">
+        <v>100</v>
+      </c>
+      <c r="H148" s="3">
+        <v>6000</v>
+      </c>
+      <c r="I148" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A149" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B148" s="3" t="s">
+      <c r="B149" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="C148" s="3">
-[...22 lines deleted...]
-      <c r="A149" s="2" t="s">
+      <c r="C149" s="3">
+        <v>10.54</v>
+      </c>
+      <c r="D149" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F149" s="3">
+        <v>24600</v>
+      </c>
+      <c r="G149" s="3">
+        <v>100</v>
+      </c>
+      <c r="H149" s="3">
+        <v>6000</v>
+      </c>
+      <c r="I149" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A150" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="B149" s="2"/>
-[...9 lines deleted...]
-      <c r="A150" s="2" t="s">
+      <c r="B150" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="B150" s="2"/>
-[...6 lines deleted...]
-      <c r="I150" s="2"/>
+      <c r="C150" s="3">
+        <v>13.69</v>
+      </c>
+      <c r="D150" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F150" s="3">
+        <v>7196</v>
+      </c>
+      <c r="G150" s="3">
+        <v>100</v>
+      </c>
+      <c r="H150" s="3">
+        <v>3500</v>
+      </c>
+      <c r="I150" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C151" s="3">
-        <v>18.04</v>
+        <v>24.47</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>17600</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>100</v>
       </c>
       <c r="H151" s="3">
-        <v>2000</v>
+        <v>1600</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C152" s="3">
-        <v>173.9</v>
+        <v>34.51</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>680</v>
+        <v>8150</v>
       </c>
       <c r="G152" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H152" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C153" s="3">
-        <v>24.47</v>
+        <v>34.51</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>0</v>
+        <v>5300</v>
       </c>
       <c r="G153" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H153" s="3">
-        <v>1600</v>
+        <v>1000</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C154" s="3">
-        <v>13.69</v>
+        <v>61.82</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>38900</v>
+        <v>3800</v>
       </c>
       <c r="G154" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H154" s="3">
-        <v>3500</v>
+        <v>500</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C155" s="3">
-        <v>17.13</v>
+        <v>60.41</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>28400</v>
+        <v>3000</v>
       </c>
       <c r="G155" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H155" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C156" s="3">
-        <v>165.2</v>
+        <v>148.3</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>260</v>
+        <v>800</v>
       </c>
       <c r="G156" s="3">
         <v>20</v>
       </c>
       <c r="H156" s="3">
         <v>200</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C157" s="3">
-        <v>10.54</v>
+        <v>133.29</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>55400</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H157" s="3">
-        <v>6000</v>
+        <v>200</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C158" s="3">
-        <v>105.07</v>
+        <v>13.69</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>240</v>
+        <v>44200</v>
       </c>
       <c r="G158" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H158" s="3">
-        <v>240</v>
+        <v>3500</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C159" s="3">
-        <v>13.69</v>
+        <v>17.58</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>14796</v>
+        <v>28000</v>
       </c>
       <c r="G159" s="3">
         <v>100</v>
       </c>
       <c r="H159" s="3">
-        <v>3500</v>
+        <v>2500</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C160" s="3">
-        <v>34.51</v>
+        <v>18.04</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>0</v>
+        <v>18900</v>
       </c>
       <c r="G160" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H160" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C161" s="3">
-        <v>61.82</v>
+        <v>165.2</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>2650</v>
+        <v>220</v>
       </c>
       <c r="G161" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H161" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C162" s="3">
-        <v>60.41</v>
+        <v>18.04</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>1300</v>
+        <v>22700</v>
       </c>
       <c r="G162" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H162" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C163" s="3">
-        <v>133.29</v>
+        <v>109.16</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>20</v>
+        <v>1700</v>
       </c>
       <c r="G163" s="3">
         <v>20</v>
       </c>
       <c r="H163" s="3">
         <v>200</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C164" s="3">
-        <v>10.54</v>
+        <v>173.9</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>34200</v>
+        <v>560</v>
       </c>
       <c r="G164" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H164" s="3">
-        <v>6000</v>
+        <v>200</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C165" s="3">
         <v>24.47</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>0</v>
+        <v>4400</v>
       </c>
       <c r="G165" s="3">
         <v>100</v>
       </c>
       <c r="H165" s="3">
         <v>1600</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C166" s="3">
-        <v>17.58</v>
+        <v>105.07</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="3">
-        <v>18700</v>
+        <v>0</v>
       </c>
       <c r="G166" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H166" s="3">
-        <v>2500</v>
+        <v>240</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C167" s="3">
-        <v>18.04</v>
+        <v>17.13</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>17400</v>
+        <v>26600</v>
       </c>
       <c r="G167" s="3">
         <v>100</v>
       </c>
       <c r="H167" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A168" s="3" t="s">
+      <c r="A168" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="B168" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B168" s="2"/>
+      <c r="C168" s="2"/>
+      <c r="D168" s="2"/>
+      <c r="E168" s="2"/>
+      <c r="F168" s="2"/>
+      <c r="G168" s="2"/>
+      <c r="H168" s="2"/>
+      <c r="I168" s="2"/>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B169" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" s="3">
-        <v>34.51</v>
+        <v>104.62</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>6200</v>
+        <v>2895</v>
       </c>
       <c r="G169" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="H169" s="3">
-        <v>1000</v>
+        <v>450</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="B170" s="3" t="s">
+      <c r="C170" s="3">
+        <v>137.33</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F170" s="3">
+        <v>864</v>
+      </c>
+      <c r="G170" s="3">
+        <v>12</v>
+      </c>
+      <c r="H170" s="3">
+        <v>240</v>
+      </c>
+      <c r="I170" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A171" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="C170" s="3">
-[...22 lines deleted...]
-      <c r="A171" s="2" t="s">
+      <c r="B171" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="B171" s="2"/>
-[...6 lines deleted...]
-      <c r="I171" s="2"/>
+      <c r="C171" s="3">
+        <v>266.06</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F171" s="3">
+        <v>126</v>
+      </c>
+      <c r="G171" s="3">
+        <v>6</v>
+      </c>
+      <c r="H171" s="3">
+        <v>120</v>
+      </c>
+      <c r="I171" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>343</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C172" s="3">
-        <v>23.16</v>
+        <v>27.41</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>12800</v>
+        <v>24350</v>
       </c>
       <c r="G172" s="3">
         <v>50</v>
       </c>
       <c r="H172" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>345</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C173" s="3">
-        <v>40.28</v>
+        <v>53.69</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>6850</v>
+        <v>3601</v>
       </c>
       <c r="G173" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H173" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>347</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C174" s="3">
-        <v>53.69</v>
+        <v>95.05</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>5750</v>
+        <v>12</v>
       </c>
       <c r="G174" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="H174" s="3">
-        <v>800</v>
+        <v>240</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C175" s="3">
-        <v>53.69</v>
+        <v>23.16</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>0</v>
+        <v>11600</v>
       </c>
       <c r="G175" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="H175" s="3">
-        <v>600</v>
+        <v>2500</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C176" s="3">
-        <v>27.42</v>
+        <v>40.28</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>5600</v>
+        <v>5350</v>
       </c>
       <c r="G176" s="3">
         <v>50</v>
       </c>
       <c r="H176" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C177" s="3">
-        <v>104.62</v>
+        <v>40.29</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>1050</v>
+        <v>3100</v>
       </c>
       <c r="G177" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="H177" s="3">
-        <v>450</v>
+        <v>1000</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C178" s="3">
-        <v>95.05</v>
+        <v>53.69</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G178" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H178" s="3">
-        <v>240</v>
+        <v>600</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C179" s="3">
-        <v>25.74</v>
+        <v>27.42</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>17100</v>
+        <v>7750</v>
       </c>
       <c r="G179" s="3">
         <v>50</v>
       </c>
       <c r="H179" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C180" s="3">
-        <v>137.33</v>
+        <v>104.62</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>984</v>
+        <v>675</v>
       </c>
       <c r="G180" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="H180" s="3">
-        <v>240</v>
+        <v>450</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C181" s="3">
-        <v>104.62</v>
+        <v>25.74</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>360</v>
+        <v>16500</v>
       </c>
       <c r="G181" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="H181" s="3">
-        <v>450</v>
+        <v>3000</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A182" s="3" t="s">
+      <c r="A182" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="B182" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B182" s="2"/>
+      <c r="C182" s="2"/>
+      <c r="D182" s="2"/>
+      <c r="E182" s="2"/>
+      <c r="F182" s="2"/>
+      <c r="G182" s="2"/>
+      <c r="H182" s="2"/>
+      <c r="I182" s="2"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="B183" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="B183" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" s="3">
-        <v>27.41</v>
+        <v>142.05</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>25000</v>
+        <v>4500</v>
       </c>
       <c r="G183" s="3">
         <v>50</v>
       </c>
       <c r="H183" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="B184" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="B184" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" s="3">
-        <v>40.29</v>
+        <v>192</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>250</v>
+        <v>2600</v>
       </c>
       <c r="G184" s="3">
         <v>50</v>
       </c>
       <c r="H184" s="3">
-        <v>1000</v>
+        <v>700</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A185" s="2" t="s">
+      <c r="A185" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B185" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="B185" s="2"/>
-[...6 lines deleted...]
-      <c r="I185" s="2"/>
+      <c r="C185" s="3">
+        <v>222.12</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F185" s="3">
+        <v>1450</v>
+      </c>
+      <c r="G185" s="3">
+        <v>50</v>
+      </c>
+      <c r="H185" s="3">
+        <v>600</v>
+      </c>
+      <c r="I185" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>370</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C186" s="3">
-        <v>142.05</v>
+        <v>166.5</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>5950</v>
+        <v>4750</v>
       </c>
       <c r="G186" s="3">
         <v>50</v>
       </c>
       <c r="H186" s="3">
         <v>1000</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>372</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C187" s="3">
-        <v>192</v>
+        <v>262.62</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>2650</v>
+        <v>0</v>
       </c>
       <c r="G187" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H187" s="3">
-        <v>700</v>
+        <v>350</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A188" s="3" t="s">
+      <c r="A188" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="B188" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B188" s="2"/>
+      <c r="C188" s="2"/>
+      <c r="D188" s="2"/>
+      <c r="E188" s="2"/>
+      <c r="F188" s="2"/>
+      <c r="G188" s="2"/>
+      <c r="H188" s="2"/>
+      <c r="I188" s="2"/>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="B189" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B189" s="3" t="s">
+      <c r="C189" s="3">
+        <v>80.44</v>
+      </c>
+      <c r="D189" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="C189" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F189" s="3">
-        <v>4900</v>
+        <v>37</v>
       </c>
       <c r="G189" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I189" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>378</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>379</v>
       </c>
       <c r="C190" s="3">
-        <v>262.62</v>
+        <v>93.67</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="F190" s="3">
-        <v>425</v>
+        <v>0</v>
       </c>
       <c r="G190" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>350</v>
+        <v>2400</v>
       </c>
       <c r="I190" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A191" s="2" t="s">
+      <c r="A191" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="B191" s="2"/>
-[...6 lines deleted...]
-      <c r="I191" s="2"/>
+      <c r="B191" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="C191" s="3">
+        <v>99.07</v>
+      </c>
+      <c r="D191" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="F191" s="3">
+        <v>35</v>
+      </c>
+      <c r="G191" s="3">
+        <v>1</v>
+      </c>
+      <c r="H191" s="3">
+        <v>1500</v>
+      </c>
+      <c r="I191" s="3">
+        <v>2</v>
+      </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C192" s="3">
-        <v>93.67</v>
+        <v>371.9</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F192" s="3">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>2400</v>
+        <v>360</v>
       </c>
       <c r="I192" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>384</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C193" s="3">
-        <v>184.35</v>
+        <v>87.8</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F193" s="3">
-        <v>1</v>
+        <v>88</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>576</v>
+        <v>10</v>
       </c>
       <c r="I193" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>386</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C194" s="3">
-        <v>66.53</v>
+        <v>184.35</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F194" s="3">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>10</v>
+        <v>576</v>
       </c>
       <c r="I194" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C195" s="3">
-        <v>82.87</v>
+        <v>104.69</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F195" s="3">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
         <v>10</v>
       </c>
       <c r="I195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>390</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C196" s="3">
-        <v>104.69</v>
+        <v>66.53</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F196" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
         <v>10</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>392</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C197" s="3">
-        <v>183.21</v>
+        <v>82.87</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F197" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
         <v>10</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C198" s="3">
-        <v>87.8</v>
+        <v>183.21</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F198" s="3">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
         <v>10</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>396</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C199" s="3">
         <v>185.37</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F199" s="3">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
         <v>10</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C200" s="3">
         <v>95.36</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F200" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
         <v>10</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C201" s="3">
         <v>198.81</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F201" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
         <v>10</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C202" s="3">
         <v>148.01</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F202" s="3">
         <v>0</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
         <v>1000</v>
       </c>
       <c r="I202" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>404</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C203" s="3">
-        <v>371.9</v>
+        <v>212.04</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F203" s="3">
-        <v>86</v>
+        <v>70</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>360</v>
+        <v>10</v>
       </c>
       <c r="I203" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>406</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C204" s="3">
-        <v>80.44</v>
+        <v>427.46</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F204" s="3">
-        <v>104</v>
+        <v>37</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>10</v>
+        <v>360</v>
       </c>
       <c r="I204" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A205" s="3" t="s">
+      <c r="A205" s="2" t="s">
         <v>408</v>
       </c>
-      <c r="B205" s="3" t="s">
+      <c r="B205" s="2"/>
+      <c r="C205" s="2"/>
+      <c r="D205" s="2"/>
+      <c r="E205" s="2"/>
+      <c r="F205" s="2"/>
+      <c r="G205" s="2"/>
+      <c r="H205" s="2"/>
+      <c r="I205" s="2"/>
+    </row>
+    <row r="206" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A206" s="2" t="s">
         <v>409</v>
       </c>
-      <c r="C205" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B206" s="2"/>
+      <c r="C206" s="2"/>
+      <c r="D206" s="2"/>
+      <c r="E206" s="2"/>
+      <c r="F206" s="2"/>
+      <c r="G206" s="2"/>
+      <c r="H206" s="2"/>
+      <c r="I206" s="2"/>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="B207" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="C207" s="3">
+        <v>319.02</v>
+      </c>
+      <c r="D207" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="F207" s="3">
+        <v>214</v>
+      </c>
+      <c r="G207" s="3">
+        <v>1</v>
+      </c>
+      <c r="H207" s="3">
+        <v>80</v>
+      </c>
+      <c r="I207" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A208" s="3" t="s">
         <v>412</v>
       </c>
-      <c r="B207" s="3" t="s">
+      <c r="B208" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="C207" s="3">
-[...8 lines deleted...]
-      <c r="F207" s="3">
+      <c r="C208" s="3">
+        <v>810.89</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="F208" s="3">
+        <v>125</v>
+      </c>
+      <c r="G208" s="3">
+        <v>1</v>
+      </c>
+      <c r="H208" s="3">
+        <v>50</v>
+      </c>
+      <c r="I208" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A209" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="B209" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="C209" s="3">
+        <v>285.5</v>
+      </c>
+      <c r="D209" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="F209" s="3">
         <v>0</v>
       </c>
-      <c r="G207" s="3">
-[...33 lines deleted...]
-      <c r="I209" s="2"/>
+      <c r="G209" s="3">
+        <v>1</v>
+      </c>
+      <c r="H209" s="3">
+        <v>50</v>
+      </c>
+      <c r="I209" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>416</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C210" s="3">
-        <v>14.07</v>
+        <v>526.74</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="F210" s="3">
-        <v>6050</v>
+        <v>0</v>
       </c>
       <c r="G210" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I210" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>418</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C211" s="3">
-        <v>15.45</v>
+        <v>269.5</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="F211" s="3">
-        <v>1700</v>
+        <v>3267</v>
       </c>
       <c r="G211" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I211" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C212" s="3">
-        <v>13.56</v>
+        <v>475.69</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="F212" s="3">
-        <v>7700</v>
+        <v>714</v>
       </c>
       <c r="G212" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I212" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A213" s="3" t="s">
+      <c r="A213" s="2" t="s">
         <v>422</v>
       </c>
-      <c r="B213" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B213" s="2"/>
+      <c r="C213" s="2"/>
+      <c r="D213" s="2"/>
+      <c r="E213" s="2"/>
+      <c r="F213" s="2"/>
+      <c r="G213" s="2"/>
+      <c r="H213" s="2"/>
+      <c r="I213" s="2"/>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="B214" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="B214" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C214" s="3">
-        <v>13.24</v>
+        <v>546.79</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="3">
-        <v>24250</v>
+        <v>639</v>
       </c>
       <c r="G214" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B215" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="B215" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C215" s="3">
-        <v>14.24</v>
+        <v>546.79</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F215" s="3">
-        <v>8600</v>
+        <v>295</v>
       </c>
       <c r="G215" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="B216" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="B216" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C216" s="3">
-        <v>14.07</v>
+        <v>546.79</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="3">
-        <v>19650</v>
+        <v>352</v>
       </c>
       <c r="G216" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="B217" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="B217" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C217" s="3">
-        <v>13.24</v>
+        <v>540.18</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F217" s="3">
-        <v>0</v>
+        <v>169</v>
       </c>
       <c r="G217" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="B218" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="B218" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C218" s="3">
-        <v>13.24</v>
+        <v>625.11</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F218" s="3">
-        <v>12450</v>
+        <v>83</v>
       </c>
       <c r="G218" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="2" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="B219" s="2"/>
       <c r="C219" s="2"/>
       <c r="D219" s="2"/>
       <c r="E219" s="2"/>
       <c r="F219" s="2"/>
       <c r="G219" s="2"/>
       <c r="H219" s="2"/>
       <c r="I219" s="2"/>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="B220" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="B220" s="3" t="s">
+      <c r="C220" s="3">
+        <v>1938.28</v>
+      </c>
+      <c r="D220" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="C220" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F220" s="3">
-        <v>323</v>
+        <v>475</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I220" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>437</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>438</v>
       </c>
       <c r="C221" s="3">
-        <v>319.02</v>
+        <v>328.39</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F221" s="3">
-        <v>68</v>
+        <v>1158</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>80</v>
+        <v>500</v>
       </c>
       <c r="I221" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A222" s="3" t="s">
+      <c r="A222" s="2" t="s">
         <v>439</v>
       </c>
-      <c r="B222" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B222" s="2"/>
+      <c r="C222" s="2"/>
+      <c r="D222" s="2"/>
+      <c r="E222" s="2"/>
+      <c r="F222" s="2"/>
+      <c r="G222" s="2"/>
+      <c r="H222" s="2"/>
+      <c r="I222" s="2"/>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="B223" s="3" t="s">
         <v>441</v>
       </c>
-      <c r="B223" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C223" s="3">
-        <v>526.74</v>
+        <v>121.41</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F223" s="3">
-        <v>80</v>
+        <v>765</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I223" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="B224" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="B224" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C224" s="3">
-        <v>475.69</v>
+        <v>129.65</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F224" s="3">
-        <v>824</v>
+        <v>6074</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I224" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="B225" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="B225" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C225" s="3">
-        <v>810.89</v>
+        <v>289.13</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F225" s="3">
-        <v>0</v>
+        <v>1287</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I225" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="2" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="B226" s="2"/>
       <c r="C226" s="2"/>
       <c r="D226" s="2"/>
       <c r="E226" s="2"/>
       <c r="F226" s="2"/>
       <c r="G226" s="2"/>
       <c r="H226" s="2"/>
       <c r="I226" s="2"/>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="B227" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="B227" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C227" s="3">
-        <v>546.79</v>
+        <v>13.24</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="3">
-        <v>240</v>
+        <v>26600</v>
       </c>
       <c r="G227" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H227" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="B228" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="B228" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" s="3">
-        <v>540.18</v>
+        <v>14.07</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="3">
-        <v>239</v>
+        <v>40850</v>
       </c>
       <c r="G228" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H228" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="B229" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="B229" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="3">
-        <v>546.79</v>
+        <v>14.07</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F229" s="3">
-        <v>354</v>
+        <v>0</v>
       </c>
       <c r="G229" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H229" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="B230" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="B230" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C230" s="3">
-        <v>625.11</v>
+        <v>15.45</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F230" s="3">
-        <v>88</v>
+        <v>1500</v>
       </c>
       <c r="G230" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H230" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="B231" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="B231" s="3" t="s">
+      <c r="C231" s="3">
+        <v>13.56</v>
+      </c>
+      <c r="D231" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F231" s="3">
+        <v>22600</v>
+      </c>
+      <c r="G231" s="3">
+        <v>50</v>
+      </c>
+      <c r="H231" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I231" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="232" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A232" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="C231" s="3">
-[...22 lines deleted...]
-      <c r="A232" s="2" t="s">
+      <c r="B232" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="B232" s="2"/>
-[...6 lines deleted...]
-      <c r="I232" s="2"/>
+      <c r="C232" s="3">
+        <v>14.24</v>
+      </c>
+      <c r="D232" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F232" s="3">
+        <v>5800</v>
+      </c>
+      <c r="G232" s="3">
+        <v>50</v>
+      </c>
+      <c r="H232" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I232" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C233" s="3">
-        <v>328.39</v>
+        <v>14.24</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F233" s="3">
-        <v>1678</v>
+        <v>7500</v>
       </c>
       <c r="G233" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H233" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I233" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>461</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C234" s="3">
-        <v>1938.28</v>
+        <v>13.24</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E234" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F234" s="3">
+        <v>111200</v>
+      </c>
+      <c r="G234" s="3">
+        <v>50</v>
+      </c>
+      <c r="H234" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I234" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="235" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A235" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="F234" s="3">
-[...13 lines deleted...]
-      <c r="A235" s="2" t="s">
+      <c r="B235" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="B235" s="2"/>
-[...6 lines deleted...]
-      <c r="I235" s="2"/>
+      <c r="C235" s="3">
+        <v>13.24</v>
+      </c>
+      <c r="D235" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F235" s="3">
+        <v>6450</v>
+      </c>
+      <c r="G235" s="3">
+        <v>50</v>
+      </c>
+      <c r="H235" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I235" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A236" s="3" t="s">
+      <c r="A236" s="2" t="s">
         <v>465</v>
       </c>
-      <c r="B236" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B236" s="2"/>
+      <c r="C236" s="2"/>
+      <c r="D236" s="2"/>
+      <c r="E236" s="2"/>
+      <c r="F236" s="2"/>
+      <c r="G236" s="2"/>
+      <c r="H236" s="2"/>
+      <c r="I236" s="2"/>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="B237" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="B237" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C237" s="3">
-        <v>289.13</v>
+        <v>379.14</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="F237" s="3">
-        <v>1386</v>
+        <v>1646</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I237" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="B238" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="B238" s="3" t="s">
+      <c r="C238" s="3">
+        <v>1765.36</v>
+      </c>
+      <c r="D238" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F238" s="3">
+        <v>331</v>
+      </c>
+      <c r="G238" s="3">
+        <v>1</v>
+      </c>
+      <c r="H238" s="3">
+        <v>60</v>
+      </c>
+      <c r="I238" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="239" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A239" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="C238" s="3">
-[...22 lines deleted...]
-      <c r="A239" s="2" t="s">
+      <c r="B239" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="B239" s="2"/>
-[...6 lines deleted...]
-      <c r="I239" s="2"/>
+      <c r="C239" s="3">
+        <v>2160.15</v>
+      </c>
+      <c r="D239" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F239" s="3">
+        <v>6</v>
+      </c>
+      <c r="G239" s="3">
+        <v>1</v>
+      </c>
+      <c r="H239" s="3">
+        <v>60</v>
+      </c>
+      <c r="I239" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>472</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>473</v>
       </c>
       <c r="C240" s="3">
         <v>703.66</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F240" s="3">
         <v>0</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
         <v>150</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>475</v>
       </c>
       <c r="C241" s="3">
-        <v>1923.13</v>
+        <v>701.93</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F241" s="3">
-        <v>299</v>
+        <v>559</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>60</v>
+        <v>150</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>476</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>477</v>
       </c>
       <c r="C242" s="3">
-        <v>2160.15</v>
+        <v>1923.13</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F242" s="3">
-        <v>41</v>
+        <v>416</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
         <v>60</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A243" s="3" t="s">
+      <c r="A243" s="2" t="s">
         <v>478</v>
       </c>
-      <c r="B243" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B243" s="2"/>
+      <c r="C243" s="2"/>
+      <c r="D243" s="2"/>
+      <c r="E243" s="2"/>
+      <c r="F243" s="2"/>
+      <c r="G243" s="2"/>
+      <c r="H243" s="2"/>
+      <c r="I243" s="2"/>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="B244" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="B244" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C244" s="3">
-        <v>701.93</v>
+        <v>13.3</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F244" s="3">
-        <v>409</v>
+        <v>2600</v>
       </c>
       <c r="G244" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H244" s="3">
-        <v>150</v>
+        <v>2500</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="B245" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="B245" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C245" s="3">
-        <v>1765.36</v>
+        <v>205.39</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="F245" s="3">
         <v>0</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>60</v>
+        <v>250</v>
       </c>
       <c r="I245" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A246" s="2" t="s">
+      <c r="A246" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="B246" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="B246" s="2"/>
-[...6 lines deleted...]
-      <c r="I246" s="2"/>
+      <c r="C246" s="3">
+        <v>25.33</v>
+      </c>
+      <c r="D246" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F246" s="3">
+        <v>15700</v>
+      </c>
+      <c r="G246" s="3">
+        <v>100</v>
+      </c>
+      <c r="H246" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I246" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C247" s="3">
-        <v>205.39</v>
+        <v>290.99</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F247" s="3">
-        <v>364</v>
+        <v>724</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
         <v>250</v>
       </c>
       <c r="I247" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C248" s="3">
         <v>143.13</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="F248" s="3">
-        <v>982</v>
+        <v>905</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
         <v>200</v>
       </c>
       <c r="I248" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C249" s="3">
-        <v>13.3</v>
+        <v>14.04</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F249" s="3">
-        <v>11700</v>
+        <v>2900</v>
       </c>
       <c r="G249" s="3">
         <v>100</v>
       </c>
       <c r="H249" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A250" s="3" t="s">
+      <c r="A250" s="2" t="s">
         <v>491</v>
       </c>
-      <c r="B250" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B250" s="2"/>
+      <c r="C250" s="2"/>
+      <c r="D250" s="2"/>
+      <c r="E250" s="2"/>
+      <c r="F250" s="2"/>
+      <c r="G250" s="2"/>
+      <c r="H250" s="2"/>
+      <c r="I250" s="2"/>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="B251" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="B251" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C251" s="3">
-        <v>25.33</v>
+        <v>323.5</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F251" s="3">
-        <v>17500</v>
+        <v>320</v>
       </c>
       <c r="G251" s="3">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="H251" s="3">
-        <v>2500</v>
+        <v>272</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="B252" s="3" t="s">
         <v>495</v>
       </c>
-      <c r="B252" s="3" t="s">
+      <c r="C252" s="3">
+        <v>647.03</v>
+      </c>
+      <c r="D252" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F252" s="3">
+        <v>316</v>
+      </c>
+      <c r="G252" s="3">
+        <v>4</v>
+      </c>
+      <c r="H252" s="3">
+        <v>96</v>
+      </c>
+      <c r="I252" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="253" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A253" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="C252" s="3">
-[...22 lines deleted...]
-      <c r="A253" s="2" t="s">
+      <c r="B253" s="3" t="s">
         <v>497</v>
       </c>
-      <c r="B253" s="2"/>
-[...6 lines deleted...]
-      <c r="I253" s="2"/>
+      <c r="C253" s="3">
+        <v>565.8</v>
+      </c>
+      <c r="D253" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E253" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F253" s="3">
+        <v>308</v>
+      </c>
+      <c r="G253" s="3">
+        <v>1</v>
+      </c>
+      <c r="H253" s="3">
+        <v>100</v>
+      </c>
+      <c r="I253" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>498</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>499</v>
       </c>
       <c r="C254" s="3">
-        <v>323.5</v>
+        <v>212.22</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F254" s="3">
-        <v>896</v>
+        <v>0</v>
       </c>
       <c r="G254" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H254" s="3">
-        <v>272</v>
+        <v>500</v>
       </c>
       <c r="I254" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>500</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>501</v>
       </c>
       <c r="C255" s="3">
-        <v>229.9</v>
+        <v>163.8</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F255" s="3">
-        <v>336</v>
+        <v>60</v>
       </c>
       <c r="G255" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="H255" s="3">
-        <v>320</v>
+        <v>600</v>
       </c>
       <c r="I255" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>502</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>503</v>
       </c>
       <c r="C256" s="3">
-        <v>190.41</v>
+        <v>323.5</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F256" s="3">
-        <v>900</v>
+        <v>776</v>
       </c>
       <c r="G256" s="3">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="H256" s="3">
-        <v>300</v>
+        <v>272</v>
       </c>
       <c r="I256" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
         <v>504</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>505</v>
       </c>
       <c r="C257" s="3">
         <v>364.66</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F257" s="3">
-        <v>145</v>
+        <v>100</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
         <v>160</v>
       </c>
       <c r="I257" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
         <v>506</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C258" s="3">
-        <v>647.03</v>
+        <v>169.57</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F258" s="3">
-        <v>320</v>
+        <v>1580</v>
       </c>
       <c r="G258" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H258" s="3">
-        <v>96</v>
+        <v>500</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
         <v>508</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>509</v>
       </c>
       <c r="C259" s="3">
-        <v>588.1</v>
+        <v>301.59</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F259" s="3">
-        <v>416</v>
+        <v>217</v>
       </c>
       <c r="G259" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H259" s="3">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>510</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>511</v>
       </c>
       <c r="C260" s="3">
-        <v>85.86</v>
+        <v>43.5</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F260" s="3">
-        <v>2450</v>
+        <v>0</v>
       </c>
       <c r="G260" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H260" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
         <v>512</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>513</v>
       </c>
       <c r="C261" s="3">
-        <v>91.87</v>
+        <v>67.4</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F261" s="3">
-        <v>440</v>
+        <v>850</v>
       </c>
       <c r="G261" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H261" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
         <v>514</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>515</v>
       </c>
       <c r="C262" s="3">
-        <v>169.57</v>
+        <v>223.57</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F262" s="3">
-        <v>1910</v>
+        <v>0</v>
       </c>
       <c r="G262" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H262" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I262" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>516</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>517</v>
       </c>
       <c r="C263" s="3">
-        <v>305.93</v>
+        <v>288.13</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F263" s="3">
-        <v>742</v>
+        <v>0</v>
       </c>
       <c r="G263" s="3">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="H263" s="3">
-        <v>168</v>
+        <v>200</v>
       </c>
       <c r="I263" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
         <v>518</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>519</v>
       </c>
       <c r="C264" s="3">
-        <v>296.03</v>
+        <v>105.31</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F264" s="3">
-        <v>434</v>
+        <v>1050</v>
       </c>
       <c r="G264" s="3">
-        <v>7</v>
+        <v>50</v>
       </c>
       <c r="H264" s="3">
-        <v>168</v>
+        <v>500</v>
       </c>
       <c r="I264" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>520</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>521</v>
       </c>
       <c r="C265" s="3">
-        <v>301.59</v>
+        <v>190.41</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F265" s="3">
-        <v>224</v>
+        <v>900</v>
       </c>
       <c r="G265" s="3">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="H265" s="3">
-        <v>168</v>
+        <v>300</v>
       </c>
       <c r="I265" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>522</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>523</v>
       </c>
       <c r="C266" s="3">
-        <v>323.5</v>
+        <v>254.99</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F266" s="3">
-        <v>608</v>
+        <v>796</v>
       </c>
       <c r="G266" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>272</v>
+        <v>200</v>
       </c>
       <c r="I266" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>524</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>525</v>
       </c>
       <c r="C267" s="3">
-        <v>325</v>
+        <v>91.87</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F267" s="3">
-        <v>696</v>
+        <v>380</v>
       </c>
       <c r="G267" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="H267" s="3">
-        <v>272</v>
+        <v>1000</v>
       </c>
       <c r="I267" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>527</v>
       </c>
       <c r="C268" s="3">
-        <v>647.03</v>
+        <v>229.9</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F268" s="3">
+        <v>280</v>
+      </c>
+      <c r="G268" s="3">
+        <v>8</v>
+      </c>
+      <c r="H268" s="3">
         <v>320</v>
       </c>
-      <c r="G268" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I268" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>529</v>
       </c>
       <c r="C269" s="3">
-        <v>163.8</v>
+        <v>325</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F269" s="3">
-        <v>192</v>
+        <v>632</v>
       </c>
       <c r="G269" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="H269" s="3">
-        <v>600</v>
+        <v>272</v>
       </c>
       <c r="I269" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
         <v>530</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>531</v>
       </c>
       <c r="C270" s="3">
-        <v>55.68</v>
+        <v>305.93</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F270" s="3">
-        <v>800</v>
+        <v>651</v>
       </c>
       <c r="G270" s="3">
-        <v>100</v>
+        <v>7</v>
       </c>
       <c r="H270" s="3">
-        <v>1000</v>
+        <v>168</v>
       </c>
       <c r="I270" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C271" s="3">
-        <v>574.27</v>
+        <v>647.03</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F271" s="3">
-        <v>60</v>
+        <v>316</v>
       </c>
       <c r="G271" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="H271" s="3">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I271" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>534</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>535</v>
       </c>
       <c r="C272" s="3">
-        <v>128.39</v>
+        <v>588.1</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F272" s="3">
-        <v>520</v>
+        <v>408</v>
       </c>
       <c r="G272" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="H272" s="3">
-        <v>1000</v>
+        <v>176</v>
       </c>
       <c r="I272" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C273" s="3">
-        <v>108.23</v>
+        <v>85.86</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F273" s="3">
-        <v>380</v>
+        <v>1800</v>
       </c>
       <c r="G273" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H273" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I273" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
         <v>538</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>539</v>
       </c>
       <c r="C274" s="3">
-        <v>254.99</v>
+        <v>574.27</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F274" s="3">
-        <v>1023</v>
+        <v>40</v>
       </c>
       <c r="G274" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H274" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C275" s="3">
-        <v>212.22</v>
+        <v>128.39</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F275" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G275" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H275" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
         <v>542</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C276" s="3">
-        <v>647.03</v>
+        <v>296.03</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F276" s="3">
-        <v>260</v>
+        <v>406</v>
       </c>
       <c r="G276" s="3">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="H276" s="3">
-        <v>96</v>
+        <v>168</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C277" s="3">
-        <v>43.5</v>
+        <v>55.68</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F277" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G277" s="3">
         <v>100</v>
       </c>
       <c r="H277" s="3">
         <v>1000</v>
       </c>
       <c r="I277" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C278" s="3">
-        <v>67.4</v>
+        <v>108.23</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F278" s="3">
-        <v>1500</v>
+        <v>200</v>
       </c>
       <c r="G278" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H278" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I278" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C279" s="3">
-        <v>223.57</v>
+        <v>647.03</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F279" s="3">
-        <v>0</v>
+        <v>256</v>
       </c>
       <c r="G279" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="H279" s="3">
-        <v>400</v>
+        <v>96</v>
       </c>
       <c r="I279" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C280" s="3">
-        <v>288.13</v>
+        <v>431.89</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F280" s="3">
         <v>0</v>
       </c>
       <c r="G280" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I280" s="3">
-        <v>0</v>
-[...85 lines deleted...]
-      <c r="I283" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A41:I41"/>
     <mergeCell ref="A109:I109"/>
-    <mergeCell ref="A149:I149"/>
-[...5 lines deleted...]
-    <mergeCell ref="A209:I209"/>
+    <mergeCell ref="A146:I146"/>
+    <mergeCell ref="A147:I147"/>
+    <mergeCell ref="A168:I168"/>
+    <mergeCell ref="A182:I182"/>
+    <mergeCell ref="A188:I188"/>
+    <mergeCell ref="A205:I205"/>
+    <mergeCell ref="A206:I206"/>
+    <mergeCell ref="A213:I213"/>
     <mergeCell ref="A219:I219"/>
+    <mergeCell ref="A222:I222"/>
     <mergeCell ref="A226:I226"/>
-    <mergeCell ref="A232:I232"/>
-[...3 lines deleted...]
-    <mergeCell ref="A253:I253"/>
+    <mergeCell ref="A236:I236"/>
+    <mergeCell ref="A243:I243"/>
+    <mergeCell ref="A250:I250"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
@@ -10195,174 +10090,171 @@
     <hyperlink ref="D121" r:id="rId115"/>
     <hyperlink ref="D122" r:id="rId116"/>
     <hyperlink ref="D123" r:id="rId117"/>
     <hyperlink ref="D124" r:id="rId118"/>
     <hyperlink ref="D125" r:id="rId119"/>
     <hyperlink ref="D126" r:id="rId120"/>
     <hyperlink ref="D127" r:id="rId121"/>
     <hyperlink ref="D128" r:id="rId122"/>
     <hyperlink ref="D129" r:id="rId123"/>
     <hyperlink ref="D130" r:id="rId124"/>
     <hyperlink ref="D131" r:id="rId125"/>
     <hyperlink ref="D132" r:id="rId126"/>
     <hyperlink ref="D133" r:id="rId127"/>
     <hyperlink ref="D134" r:id="rId128"/>
     <hyperlink ref="D135" r:id="rId129"/>
     <hyperlink ref="D136" r:id="rId130"/>
     <hyperlink ref="D137" r:id="rId131"/>
     <hyperlink ref="D138" r:id="rId132"/>
     <hyperlink ref="D139" r:id="rId133"/>
     <hyperlink ref="D140" r:id="rId134"/>
     <hyperlink ref="D141" r:id="rId135"/>
     <hyperlink ref="D142" r:id="rId136"/>
     <hyperlink ref="D143" r:id="rId137"/>
     <hyperlink ref="D144" r:id="rId138"/>
     <hyperlink ref="D145" r:id="rId139"/>
-    <hyperlink ref="D146" r:id="rId140"/>
-[...1 lines deleted...]
-    <hyperlink ref="D148" r:id="rId142"/>
+    <hyperlink ref="D148" r:id="rId140"/>
+    <hyperlink ref="D149" r:id="rId141"/>
+    <hyperlink ref="D150" r:id="rId142"/>
     <hyperlink ref="D151" r:id="rId143"/>
     <hyperlink ref="D152" r:id="rId144"/>
     <hyperlink ref="D153" r:id="rId145"/>
     <hyperlink ref="D154" r:id="rId146"/>
     <hyperlink ref="D155" r:id="rId147"/>
     <hyperlink ref="D156" r:id="rId148"/>
     <hyperlink ref="D157" r:id="rId149"/>
     <hyperlink ref="D158" r:id="rId150"/>
     <hyperlink ref="D159" r:id="rId151"/>
     <hyperlink ref="D160" r:id="rId152"/>
     <hyperlink ref="D161" r:id="rId153"/>
     <hyperlink ref="D162" r:id="rId154"/>
     <hyperlink ref="D163" r:id="rId155"/>
     <hyperlink ref="D164" r:id="rId156"/>
     <hyperlink ref="D165" r:id="rId157"/>
     <hyperlink ref="D166" r:id="rId158"/>
     <hyperlink ref="D167" r:id="rId159"/>
-    <hyperlink ref="D168" r:id="rId160"/>
-[...1 lines deleted...]
-    <hyperlink ref="D170" r:id="rId162"/>
+    <hyperlink ref="D169" r:id="rId160"/>
+    <hyperlink ref="D170" r:id="rId161"/>
+    <hyperlink ref="D171" r:id="rId162"/>
     <hyperlink ref="D172" r:id="rId163"/>
     <hyperlink ref="D173" r:id="rId164"/>
     <hyperlink ref="D174" r:id="rId165"/>
     <hyperlink ref="D175" r:id="rId166"/>
     <hyperlink ref="D176" r:id="rId167"/>
     <hyperlink ref="D177" r:id="rId168"/>
     <hyperlink ref="D178" r:id="rId169"/>
     <hyperlink ref="D179" r:id="rId170"/>
     <hyperlink ref="D180" r:id="rId171"/>
     <hyperlink ref="D181" r:id="rId172"/>
-    <hyperlink ref="D182" r:id="rId173"/>
-[...1 lines deleted...]
-    <hyperlink ref="D184" r:id="rId175"/>
+    <hyperlink ref="D183" r:id="rId173"/>
+    <hyperlink ref="D184" r:id="rId174"/>
+    <hyperlink ref="D185" r:id="rId175"/>
     <hyperlink ref="D186" r:id="rId176"/>
     <hyperlink ref="D187" r:id="rId177"/>
-    <hyperlink ref="D188" r:id="rId178"/>
-[...1 lines deleted...]
-    <hyperlink ref="D190" r:id="rId180"/>
+    <hyperlink ref="D189" r:id="rId178"/>
+    <hyperlink ref="D190" r:id="rId179"/>
+    <hyperlink ref="D191" r:id="rId180"/>
     <hyperlink ref="D192" r:id="rId181"/>
     <hyperlink ref="D193" r:id="rId182"/>
     <hyperlink ref="D194" r:id="rId183"/>
     <hyperlink ref="D195" r:id="rId184"/>
     <hyperlink ref="D196" r:id="rId185"/>
     <hyperlink ref="D197" r:id="rId186"/>
     <hyperlink ref="D198" r:id="rId187"/>
     <hyperlink ref="D199" r:id="rId188"/>
     <hyperlink ref="D200" r:id="rId189"/>
     <hyperlink ref="D201" r:id="rId190"/>
     <hyperlink ref="D202" r:id="rId191"/>
     <hyperlink ref="D203" r:id="rId192"/>
     <hyperlink ref="D204" r:id="rId193"/>
-    <hyperlink ref="D205" r:id="rId194"/>
-[...1 lines deleted...]
-    <hyperlink ref="D207" r:id="rId196"/>
+    <hyperlink ref="D207" r:id="rId194"/>
+    <hyperlink ref="D208" r:id="rId195"/>
+    <hyperlink ref="D209" r:id="rId196"/>
     <hyperlink ref="D210" r:id="rId197"/>
     <hyperlink ref="D211" r:id="rId198"/>
     <hyperlink ref="D212" r:id="rId199"/>
-    <hyperlink ref="D213" r:id="rId200"/>
-[...20 lines deleted...]
-    <hyperlink ref="D238" r:id="rId221"/>
+    <hyperlink ref="D214" r:id="rId200"/>
+    <hyperlink ref="D215" r:id="rId201"/>
+    <hyperlink ref="D216" r:id="rId202"/>
+    <hyperlink ref="D217" r:id="rId203"/>
+    <hyperlink ref="D218" r:id="rId204"/>
+    <hyperlink ref="D220" r:id="rId205"/>
+    <hyperlink ref="D221" r:id="rId206"/>
+    <hyperlink ref="D223" r:id="rId207"/>
+    <hyperlink ref="D224" r:id="rId208"/>
+    <hyperlink ref="D225" r:id="rId209"/>
+    <hyperlink ref="D227" r:id="rId210"/>
+    <hyperlink ref="D228" r:id="rId211"/>
+    <hyperlink ref="D229" r:id="rId212"/>
+    <hyperlink ref="D230" r:id="rId213"/>
+    <hyperlink ref="D231" r:id="rId214"/>
+    <hyperlink ref="D232" r:id="rId215"/>
+    <hyperlink ref="D233" r:id="rId216"/>
+    <hyperlink ref="D234" r:id="rId217"/>
+    <hyperlink ref="D235" r:id="rId218"/>
+    <hyperlink ref="D237" r:id="rId219"/>
+    <hyperlink ref="D238" r:id="rId220"/>
+    <hyperlink ref="D239" r:id="rId221"/>
     <hyperlink ref="D240" r:id="rId222"/>
     <hyperlink ref="D241" r:id="rId223"/>
     <hyperlink ref="D242" r:id="rId224"/>
-    <hyperlink ref="D243" r:id="rId225"/>
-[...1 lines deleted...]
-    <hyperlink ref="D245" r:id="rId227"/>
+    <hyperlink ref="D244" r:id="rId225"/>
+    <hyperlink ref="D245" r:id="rId226"/>
+    <hyperlink ref="D246" r:id="rId227"/>
     <hyperlink ref="D247" r:id="rId228"/>
     <hyperlink ref="D248" r:id="rId229"/>
     <hyperlink ref="D249" r:id="rId230"/>
-    <hyperlink ref="D250" r:id="rId231"/>
-[...1 lines deleted...]
-    <hyperlink ref="D252" r:id="rId233"/>
+    <hyperlink ref="D251" r:id="rId231"/>
+    <hyperlink ref="D252" r:id="rId232"/>
+    <hyperlink ref="D253" r:id="rId233"/>
     <hyperlink ref="D254" r:id="rId234"/>
     <hyperlink ref="D255" r:id="rId235"/>
     <hyperlink ref="D256" r:id="rId236"/>
     <hyperlink ref="D257" r:id="rId237"/>
     <hyperlink ref="D258" r:id="rId238"/>
     <hyperlink ref="D259" r:id="rId239"/>
     <hyperlink ref="D260" r:id="rId240"/>
     <hyperlink ref="D261" r:id="rId241"/>
     <hyperlink ref="D262" r:id="rId242"/>
     <hyperlink ref="D263" r:id="rId243"/>
     <hyperlink ref="D264" r:id="rId244"/>
     <hyperlink ref="D265" r:id="rId245"/>
     <hyperlink ref="D266" r:id="rId246"/>
     <hyperlink ref="D267" r:id="rId247"/>
     <hyperlink ref="D268" r:id="rId248"/>
     <hyperlink ref="D269" r:id="rId249"/>
     <hyperlink ref="D270" r:id="rId250"/>
     <hyperlink ref="D271" r:id="rId251"/>
     <hyperlink ref="D272" r:id="rId252"/>
     <hyperlink ref="D273" r:id="rId253"/>
     <hyperlink ref="D274" r:id="rId254"/>
     <hyperlink ref="D275" r:id="rId255"/>
     <hyperlink ref="D276" r:id="rId256"/>
     <hyperlink ref="D277" r:id="rId257"/>
     <hyperlink ref="D278" r:id="rId258"/>
     <hyperlink ref="D279" r:id="rId259"/>
     <hyperlink ref="D280" r:id="rId260"/>
-    <hyperlink ref="D281" r:id="rId261"/>
-[...1 lines deleted...]
-    <hyperlink ref="D283" r:id="rId263"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>