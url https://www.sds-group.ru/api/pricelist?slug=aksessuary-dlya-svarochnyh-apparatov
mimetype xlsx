--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -8,394 +8,400 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="207" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="116">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Аксессуары для сварочных аппаратов</t>
   </si>
   <si>
-    <t>1.1 Провода и кабель для сварочных аппаратов</t>
+    <t>1.1 Клеммы заземления</t>
+  </si>
+  <si>
+    <t>16-0052-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 200А 140 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>16-0083-9</t>
+  </si>
+  <si>
+    <t>Клемма заземления магнитная 315А САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0053-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 315А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0054-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 400А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0053</t>
+  </si>
+  <si>
+    <t>Клемма заземления типа «крокодил» 300А 170мм для сварки REXANT</t>
+  </si>
+  <si>
+    <t>16-0055</t>
+  </si>
+  <si>
+    <t>Клемма заземления типа «крокодил» 500А 200мм для сварки REXANT</t>
+  </si>
+  <si>
+    <t>12-4861</t>
+  </si>
+  <si>
+    <t>Клемма заземления магнитная 200A REXANT</t>
+  </si>
+  <si>
+    <t>12-4863</t>
+  </si>
+  <si>
+    <t>Клемма заземления магнитная 500A REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Провода и кабель для сварочных аппаратов</t>
+  </si>
+  <si>
+    <t>01-8413-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>бухта</t>
   </si>
   <si>
     <t>01-8414-10</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 10 метров REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>01-8413-5</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 5 метров REXANT</t>
   </si>
   <si>
     <t>01-8413-10</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 10 метров REXANT</t>
   </si>
   <si>
     <t>01-8414-5</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 5 метров REXANT</t>
   </si>
   <si>
+    <t>01-8410-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х10 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8412-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
     <t>01-8411-5</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 5 метров REXANT</t>
   </si>
   <si>
+    <t>01-8411-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8411-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
     <t>01-8412-5</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 5 метров REXANT</t>
   </si>
   <si>
-    <t>01-8412-10</t>
-[...4 lines deleted...]
-  <si>
     <t>01-8412-3</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 3 метра REXANT</t>
   </si>
   <si>
-    <t>01-8411-3</t>
-[...71 lines deleted...]
-    <t>1.3 Электрододержатели</t>
+    <t>1.3 Вилки и разъемы для сварочного кабеля</t>
+  </si>
+  <si>
+    <t>16-0880</t>
+  </si>
+  <si>
+    <t>Розетка панельная (гнездо) СКРП 10-25 REXANT</t>
+  </si>
+  <si>
+    <t>16-0883</t>
+  </si>
+  <si>
+    <t>Розетка кабельная (гнездо) СКР 10-25 REXANT</t>
+  </si>
+  <si>
+    <t>16-0884</t>
+  </si>
+  <si>
+    <t>Розетка кабельная (гнездо) СКР 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0882</t>
+  </si>
+  <si>
+    <t>Вилка кабельная (вставка) СКР 10-25 REXANT</t>
+  </si>
+  <si>
+    <t>16-0881</t>
+  </si>
+  <si>
+    <t>Розетка панельная (гнездо) СКРП 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0885</t>
+  </si>
+  <si>
+    <t>Вилка кабельная (вставка) СКР 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Электрододержатели</t>
+  </si>
+  <si>
+    <t>16-0702-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 200A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0703-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 315A (латунь) САТУРН РОССИЯ</t>
   </si>
   <si>
     <t>16-0704-9</t>
   </si>
   <si>
-    <t>Держатель электрода 400 A (латунь) САТУРН РОССИЯ</t>
-[...11 lines deleted...]
-    <t>Держатель электрода 200 A (латунь) САТУРН РОССИЯ</t>
+    <t>Держатель электрода 400A (латунь) САТУРН РОССИЯ</t>
   </si>
   <si>
     <t>16-0855</t>
   </si>
   <si>
-    <t>Держатель электрода REXANT 300 А Italian type</t>
+    <t>Держатель электрода 300А Italian type REXANT</t>
   </si>
   <si>
     <t>16-0856</t>
   </si>
   <si>
-    <t>Держатель электрода REXANT 500 А Italian type</t>
+    <t>Держатель электрода 500А Italian type REXANT</t>
+  </si>
+  <si>
+    <t>16-0853</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А American type REXANT</t>
+  </si>
+  <si>
+    <t>16-0857-6</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А E-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0850</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А С-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0854</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А American type REXANT</t>
   </si>
   <si>
     <t>16-0851</t>
   </si>
   <si>
-    <t>Держатель электрода REXANT 500 А С-type</t>
-[...62 lines deleted...]
-    <t>Розетка кабельная (гнездо) REXANT модель СКР (гн.) 10-25</t>
+    <t>Держатель электрода 500А С-type REXANT</t>
   </si>
   <si>
     <t>1.5 Комплекты сварочных проводов</t>
   </si>
   <si>
+    <t>16-0781</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0799</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 35-50, 25мм², 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0754</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0772</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0764</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с клеммой заземления 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0783</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0773</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0753</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 16мм² 200А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0775</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 3м REXANT</t>
+  </si>
+  <si>
     <t>16-0763</t>
   </si>
   <si>
-    <t>Сварочный кабель с клеммой заземления REXANT 16 мм² 200 А СКР 10-25 3 м</t>
-[...5 lines deleted...]
-    <t>Сварочный кабель с клеммой заземления REXANT 25 мм² 300 А СКР 10-25 3 м</t>
+    <t>Сварочный кабель с клеммой заземления 16мм² 200А СКР 10-25 3м REXANT</t>
   </si>
   <si>
     <t>16-0776</t>
   </si>
   <si>
-    <t xml:space="preserve">Комплект сварочных проводов REXANT СКР 10-25 25 мм² 5 м </t>
-[...17 lines deleted...]
-    <t xml:space="preserve">Комплект сварочных проводов REXANT СКР 10-25 25 мм² 3 м </t>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 5м REXANT</t>
   </si>
   <si>
     <t>16-0778</t>
   </si>
   <si>
-    <t xml:space="preserve">Комплект сварочных проводов REXANT СКР 35-50 25 мм² 5 м </t>
-[...23 lines deleted...]
-    <t>Сварочный кабель с электрододержателем REXANT 25 мм² 300 А СКР 10-25 3 м</t>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 5м REXANT</t>
   </si>
   <si>
     <t>16-0777</t>
   </si>
   <si>
-    <t xml:space="preserve">Комплект сварочных проводов REXANT СКР 35-50 25 мм² 3 м </t>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 3м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -780,56 +786,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h50-mm-sup2-dlina-10-metrov-rexant-20989" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-3-metra-rexant-20984" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-5-metrov-rexant-20985" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-10-metrov-rexant-20986" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h50-mm-sup2-dlina-5-metrov-rexant-20988" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-5-metrov-rexant-19727" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-5-metrov-rexant-20994" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-10-metrov-rexant-20993" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-3-metra-rexant-20992" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-3-metra-rexant-20990" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-10-metrov-rexant-20991" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h10-mm-sup2-dlina-10-metrov-rexant-24256" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315-a-saturn-rossiya-19859" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-200-a-140-mm-dlya-svarki-latun-saturn-profi-rossiya-19856" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-315-a-170-mm-dlya-svarki-latun-saturn-profi-rossiya-19858" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-400-a-170-mm-dlya-svarki-latun-saturn-profi-rossiya-19862" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200-a-rexant-19099" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300-a-170-mm-dlya-svarki-rexant-14571" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500-a-200-mm-dlya-svarki-rexant-14553" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500-a-rexant-19096" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-400-a-latun-saturn-rossiya-19855" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-315-a-latun-saturn-rossiya-19857" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-200-a-latun-saturn-rossiya-19860" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-italian-type-22038" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-italian-type-22039" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-s-type-22035" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-e-type-24791" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-s-type-22034" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-american-type-22036" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-american-type-22037" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-rexant-model-skrp-gn-10-25-22030" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-rexant-model-skr-gn-35-50-22029" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-rexant-model-skr-sht-10-25-22032" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-rexant-model-skrp-gn-35-50-22031" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-rexant-model-skr-sht-35-50-22033" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-rexant-model-skr-gn-10-25-22028" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-klemmoy-zazemleniya-rexant-16-mm-sup2-200-a-skr-10-25-3-m-28165" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-klemmoy-zazemleniya-rexant-25-mm-sup2-300-a-skr-10-25-3-m-28166" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-25-mm-sup2-5-m-28557" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-rexant-skr-10-25-25-mm-sup2-3-m-28172" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-elektrododerjatelem-rexant-16-mm-sup2-200-a-skr-10-25-3-m-28163" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-25-mm-sup2-3-m-28169" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-rexant-skr-35-50-25-mm-5-m.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-16-mm-sup2-5-m-28168" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-16-mm-sup2-3-m-28167" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-rexant-skr-10-25-16-mm-sup2-3-m-28171" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-elektrododerjatelem-rexant-25-mm-sup2-300-a-skr-10-25-3-m-28164" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-35-50-25-mm-sup2-3-m-28170" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-200-a-140-mm-dlya-svarki-latun-saturn-profi-rossiya-19856" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315-a-saturn-rossiya-19859" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-315-a-170-mm-dlya-svarki-latun-saturn-profi-rossiya-19858" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-400-a-170-mm-dlya-svarki-latun-saturn-profi-rossiya-19862" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300-a-170-mm-dlya-svarki-rexant-14571" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500-a-200-mm-dlya-svarki-rexant-14553" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200-a-rexant-19099" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500-a-rexant-19096" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-3-metra-rexant-20984" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h50-mm-sup2-dlina-10-metrov-rexant-20989" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-5-metrov-rexant-20985" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-10-metrov-rexant-20986" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h50-mm-sup2-dlina-5-metrov-rexant-20988" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h10-mm-sup2-dlina-10-metrov-rexant-24256" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-10-metrov-rexant-20993" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-5-metrov-rexant-19727" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-10-metrov-rexant-20991" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-3-metra-rexant-20990" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-5-metrov-rexant-20994" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-3-metra-rexant-20992" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-rexant-model-skrp-gn-10-25-22030" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-rexant-model-skr-gn-10-25-22028" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-rexant-model-skr-gn-35-50-22029" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-rexant-model-skr-sht-10-25-22032" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-rexant-model-skrp-gn-35-50-22031" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-rexant-model-skr-sht-35-50-22033" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-200-a-latun-saturn-rossiya-19860" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-315-a-latun-saturn-rossiya-19857" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-400-a-latun-saturn-rossiya-19855" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-italian-type-22038" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-italian-type-22039" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-american-type-22036" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-e-type-24791" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-s-type-22034" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-american-type-22037" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-s-type-22035" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-rexant-skr-10-25-16-mm-sup2-3-m-28171" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-elektrododerjatelem-rexant-25-mm-sup2-300-a-skr-10-25-3-m-28164" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-16-mm-sup2-3-m-28167" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-klemmoy-zazemleniya-rexant-25-mm-sup2-300-a-skr-10-25-3-m-28166" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-rexant-skr-10-25-25-mm-sup2-3-m-28172" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-16-mm-sup2-5-m-28168" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-elektrododerjatelem-rexant-16-mm-sup2-200-a-skr-10-25-3-m-28163" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-25-mm-sup2-3-m-28169" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-klemmoy-zazemleniya-rexant-16-mm-sup2-200-a-skr-10-25-3-m-28165" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-25-mm-sup2-5-m-28557" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-35-50-25-mm-sup2-3-m-28170" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I55"/>
+  <dimension ref="A1:I56"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -861,1544 +867,1574 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>16502.63</v>
+        <v>1246.98</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>3376.27</v>
+        <v>2570.11</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>5791.53</v>
+        <v>1586.22</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I6" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>12876.27</v>
+        <v>1981.58</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>8135.59</v>
+        <v>480.77</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>4</v>
+        <v>5286</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>2830.51</v>
+        <v>584.62</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>5653</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>4750.85</v>
+        <v>525</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>1809</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I10" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>8305.08</v>
+        <v>1655.77</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>17</v>
+        <v>1335</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="I11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="3" t="s">
+      <c r="A12" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="3">
+        <v>3376.27</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C13" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="I13" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>5626.27</v>
+        <v>16502.63</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>95</v>
+        <v>10</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>3788.14</v>
+        <v>5791.53</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>347</v>
+        <v>30</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>8</v>
       </c>
       <c r="I15" s="3">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C16" s="3">
+        <v>12876.27</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F16" s="3">
+        <v>42</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>4</v>
+      </c>
+      <c r="I16" s="3">
         <v>10</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>2570.11</v>
+        <v>8135.59</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F17" s="3">
         <v>9</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>1246.98</v>
+        <v>3788.14</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F18" s="3">
-        <v>53</v>
+        <v>5</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>1586.22</v>
+        <v>8305.08</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F19" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>1981.58</v>
+        <v>2830.51</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F20" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>525</v>
+        <v>5626.27</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F21" s="3">
-        <v>2169</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>480.77</v>
+        <v>1837.29</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F22" s="3">
-        <v>5017</v>
+        <v>9</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>584.62</v>
+        <v>4750.85</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F23" s="3">
-        <v>6360</v>
+        <v>12</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>1655.77</v>
+        <v>2652.54</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F24" s="3">
-        <v>1625</v>
+        <v>16</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>1820</v>
+        <v>254.17</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>14</v>
+        <v>2017</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>1735</v>
+        <v>258.89</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>9</v>
+        <v>1737</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>1650</v>
+        <v>600.12</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>15</v>
+        <v>1775</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>560</v>
+        <v>282.39</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1099</v>
+        <v>1419</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>25</v>
+        <v>250</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>644.23</v>
+        <v>525.11</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1047</v>
+        <v>1013</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>25</v>
+        <v>250</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>509.62</v>
+        <v>583.45</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1169</v>
+        <v>6177</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="3" t="s">
+      <c r="A32" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>480.77</v>
+        <v>1650</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>14</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>675</v>
+        <v>1735</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="3">
+        <v>6</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="3" t="s">
+      <c r="C35" s="3">
+        <v>1820</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" s="3">
+        <v>14</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
+        <v>40</v>
+      </c>
+      <c r="I35" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="C35" s="3">
-[...14 lines deleted...]
-      <c r="H35" s="3">
+      <c r="B36" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C36" s="3">
+        <v>560</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" s="3">
+        <v>939</v>
+      </c>
+      <c r="G36" s="3">
+        <v>1</v>
+      </c>
+      <c r="H36" s="3">
         <v>25</v>
       </c>
-      <c r="I35" s="3">
-[...14 lines deleted...]
-      <c r="I36" s="2"/>
+      <c r="I36" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>254.17</v>
+        <v>644.23</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>3561</v>
+        <v>831</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>600.12</v>
+        <v>675</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1660</v>
+        <v>211</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>282.39</v>
+        <v>530</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>4424</v>
+        <v>2607</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>525.11</v>
+        <v>480.77</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1973</v>
+        <v>1179</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>583.45</v>
+        <v>675</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>6012</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>258.89</v>
+        <v>509.62</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>2154</v>
+        <v>757</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>2703.13</v>
+        <v>2785.04</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>2</v>
+        <v>61</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>3888.07</v>
+        <v>3536.88</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>20</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>10406.07</v>
+        <v>3670</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>3881</v>
+        <v>4500</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>2703.13</v>
+        <v>3888.07</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>20</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>6998.53</v>
+        <v>3881</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>9</v>
+        <v>102</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>9439.24</v>
+        <v>7689.73</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>7689.73</v>
+        <v>2703.13</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>4500</v>
+        <v>6998.53</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>2785.04</v>
+        <v>2703.13</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>3670</v>
+        <v>10406.07</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="3">
+        <v>9439.24</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="3">
+        <v>0</v>
+      </c>
+      <c r="G55" s="3">
+        <v>1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>5</v>
+      </c>
+      <c r="I55" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C56" s="3">
         <v>7040</v>
       </c>
-      <c r="D55" s="4" t="s">
-[...11 lines deleted...]
-      <c r="H55" s="3">
+      <c r="D56" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="3">
+        <v>14</v>
+      </c>
+      <c r="G56" s="3">
+        <v>1</v>
+      </c>
+      <c r="H56" s="3">
         <v>10</v>
       </c>
-      <c r="I55" s="3">
+      <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A12:I12"/>
     <mergeCell ref="A25:I25"/>
-    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A32:I32"/>
     <mergeCell ref="A43:I43"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
-    <hyperlink ref="D12" r:id="rId9"/>
-[...2 lines deleted...]
-    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
-    <hyperlink ref="D32" r:id="rId27"/>
-[...2 lines deleted...]
-    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D33" r:id="rId27"/>
+    <hyperlink ref="D34" r:id="rId28"/>
+    <hyperlink ref="D35" r:id="rId29"/>
+    <hyperlink ref="D36" r:id="rId30"/>
     <hyperlink ref="D37" r:id="rId31"/>
     <hyperlink ref="D38" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D44" r:id="rId37"/>
     <hyperlink ref="D45" r:id="rId38"/>
     <hyperlink ref="D46" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
     <hyperlink ref="D50" r:id="rId43"/>
     <hyperlink ref="D51" r:id="rId44"/>
     <hyperlink ref="D52" r:id="rId45"/>
     <hyperlink ref="D53" r:id="rId46"/>
     <hyperlink ref="D54" r:id="rId47"/>
     <hyperlink ref="D55" r:id="rId48"/>
+    <hyperlink ref="D56" r:id="rId49"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>