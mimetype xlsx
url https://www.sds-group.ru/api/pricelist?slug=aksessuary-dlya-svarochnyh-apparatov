--- v1 (2025-12-08)
+++ v2 (2026-02-13)
@@ -42,366 +42,366 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Аксессуары для сварочных аппаратов</t>
   </si>
   <si>
-    <t>1.1 Клеммы заземления</t>
+    <t>1.1 Провода и кабель для сварочных аппаратов</t>
+  </si>
+  <si>
+    <t>01-8413-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-8413-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>01-8414-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8410-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х10 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8414-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8413-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8411-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8411-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8412-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8411-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>01-8412-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>01-8412-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Клеммы заземления</t>
+  </si>
+  <si>
+    <t>16-0054-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 400А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>16-0053-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 315А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
   </si>
   <si>
     <t>16-0052-9</t>
   </si>
   <si>
     <t>Зажим «крокодил» 200А 140 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>16-0083-9</t>
   </si>
   <si>
     <t>Клемма заземления магнитная 315А САТУРН РОССИЯ</t>
   </si>
   <si>
-    <t>16-0053-9</t>
-[...10 lines deleted...]
-  <si>
     <t>16-0053</t>
   </si>
   <si>
     <t>Клемма заземления типа «крокодил» 300А 170мм для сварки REXANT</t>
   </si>
   <si>
     <t>16-0055</t>
   </si>
   <si>
     <t>Клемма заземления типа «крокодил» 500А 200мм для сварки REXANT</t>
   </si>
   <si>
+    <t>12-4863</t>
+  </si>
+  <si>
+    <t>Клемма заземления магнитная 500A REXANT</t>
+  </si>
+  <si>
     <t>12-4861</t>
   </si>
   <si>
     <t>Клемма заземления магнитная 200A REXANT</t>
   </si>
   <si>
-    <t>12-4863</t>
-[...83 lines deleted...]
-    <t>1.3 Вилки и разъемы для сварочного кабеля</t>
+    <t>1.3 Электрододержатели</t>
+  </si>
+  <si>
+    <t>16-0702-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 200A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0704-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 400A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0703-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 315A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0856</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А Italian type REXANT</t>
+  </si>
+  <si>
+    <t>16-0851</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А С-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0854</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А American type REXANT</t>
+  </si>
+  <si>
+    <t>16-0850</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А С-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0853</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А American type REXANT</t>
+  </si>
+  <si>
+    <t>16-0855</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А Italian type REXANT</t>
+  </si>
+  <si>
+    <t>16-0857-6</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А E-type REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Вилки и разъемы для сварочного кабеля</t>
+  </si>
+  <si>
+    <t>16-0884</t>
+  </si>
+  <si>
+    <t>Розетка кабельная (гнездо) СКР 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0881</t>
+  </si>
+  <si>
+    <t>Розетка панельная (гнездо) СКРП 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0882</t>
+  </si>
+  <si>
+    <t>Вилка кабельная (вставка) СКР 10-25 REXANT</t>
+  </si>
+  <si>
+    <t>16-0885</t>
+  </si>
+  <si>
+    <t>Вилка кабельная (вставка) СКР 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0883</t>
+  </si>
+  <si>
+    <t>Розетка кабельная (гнездо) СКР 10-25 REXANT</t>
   </si>
   <si>
     <t>16-0880</t>
   </si>
   <si>
     <t>Розетка панельная (гнездо) СКРП 10-25 REXANT</t>
   </si>
   <si>
-    <t>16-0883</t>
-[...91 lines deleted...]
-  <si>
     <t>1.5 Комплекты сварочных проводов</t>
   </si>
   <si>
+    <t>16-0753</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 16мм² 200А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0763</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с клеммой заземления 16мм² 200А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0777</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0778</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0764</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с клеммой заземления 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0775</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0776</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 5м REXANT</t>
+  </si>
+  <si>
     <t>16-0781</t>
   </si>
   <si>
     <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 16мм² 3м REXANT</t>
   </si>
   <si>
+    <t>16-0754</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0772</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0773</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0783</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 25мм² 3м REXANT</t>
+  </si>
+  <si>
     <t>16-0799</t>
   </si>
   <si>
     <t>Удлинитель сварочного кабеля шт.-гн. СКР 35-50, 25мм², 3м REXANT</t>
-  </si>
-[...64 lines deleted...]
-    <t>Комплект сварочных проводов СКР 35-50 25мм² 3м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -786,51 +786,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-200-a-140-mm-dlya-svarki-latun-saturn-profi-rossiya-19856" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315-a-saturn-rossiya-19859" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-315-a-170-mm-dlya-svarki-latun-saturn-profi-rossiya-19858" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-400-a-170-mm-dlya-svarki-latun-saturn-profi-rossiya-19862" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300-a-170-mm-dlya-svarki-rexant-14571" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500-a-200-mm-dlya-svarki-rexant-14553" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200-a-rexant-19099" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500-a-rexant-19096" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-3-metra-rexant-20984" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h50-mm-sup2-dlina-10-metrov-rexant-20989" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-5-metrov-rexant-20985" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-10-metrov-rexant-20986" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h50-mm-sup2-dlina-5-metrov-rexant-20988" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h10-mm-sup2-dlina-10-metrov-rexant-24256" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-10-metrov-rexant-20993" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-5-metrov-rexant-19727" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-10-metrov-rexant-20991" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-3-metra-rexant-20990" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-5-metrov-rexant-20994" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-3-metra-rexant-20992" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-rexant-model-skrp-gn-10-25-22030" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-rexant-model-skr-gn-10-25-22028" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-rexant-model-skr-gn-35-50-22029" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-rexant-model-skr-sht-10-25-22032" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-rexant-model-skrp-gn-35-50-22031" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-rexant-model-skr-sht-35-50-22033" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-200-a-latun-saturn-rossiya-19860" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-315-a-latun-saturn-rossiya-19857" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-400-a-latun-saturn-rossiya-19855" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-italian-type-22038" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-italian-type-22039" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-american-type-22036" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-e-type-24791" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-s-type-22034" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-american-type-22037" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-s-type-22035" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-rexant-skr-10-25-16-mm-sup2-3-m-28171" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-elektrododerjatelem-rexant-25-mm-sup2-300-a-skr-10-25-3-m-28164" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-16-mm-sup2-3-m-28167" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-klemmoy-zazemleniya-rexant-25-mm-sup2-300-a-skr-10-25-3-m-28166" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-rexant-skr-10-25-25-mm-sup2-3-m-28172" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-16-mm-sup2-5-m-28168" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-elektrododerjatelem-rexant-16-mm-sup2-200-a-skr-10-25-3-m-28163" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-25-mm-sup2-3-m-28169" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-klemmoy-zazemleniya-rexant-16-mm-sup2-200-a-skr-10-25-3-m-28165" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-25-mm-sup2-5-m-28557" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-35-50-25-mm-sup2-3-m-28170" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h10-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-400a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-315a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-200a-140-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315a-saturn-rossiya" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300a-170mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500a-200mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500a-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200a-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-200a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-400a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-315a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-s-type-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-american-type-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-s-type-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-american-type-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-e-type-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-35-50-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-10-25-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-5m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I56"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -867,1555 +867,1555 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1246.98</v>
+        <v>13095.17</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>2570.11</v>
+        <v>3433.67</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1586.22</v>
+        <v>16783.17</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1981.58</v>
+        <v>3852.54</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>480.77</v>
+        <v>8273.9</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>5286</v>
+        <v>2</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>584.62</v>
+        <v>5889.99</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>5653</v>
+        <v>14</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>525</v>
+        <v>2878.63</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1809</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>1655.77</v>
+        <v>5721.92</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1335</v>
+        <v>2</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="2" t="s">
+      <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="2"/>
-[...6 lines deleted...]
-      <c r="I12" s="2"/>
+      <c r="B12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" s="3">
+        <v>4831.61</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
+        <v>0</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>12</v>
+      </c>
+      <c r="I12" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>3376.27</v>
+        <v>1868.52</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="I13" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>16502.63</v>
+        <v>2697.63</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>5791.53</v>
+        <v>8446.27</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>30</v>
+        <v>89</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I15" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
+      <c r="A16" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>8135.59</v>
+        <v>2015.27</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>3788.14</v>
+        <v>1613.19</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>5</v>
+        <v>39</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I18" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>8305.08</v>
+        <v>1268.18</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>2830.51</v>
+        <v>2613.8</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>5626.27</v>
+        <v>488.94</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>5812</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="I21" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>1837.29</v>
+        <v>594.56</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F22" s="3">
-        <v>9</v>
+        <v>5151</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="I22" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>4750.85</v>
+        <v>1683.92</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F23" s="3">
-        <v>12</v>
+        <v>941</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I23" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>2652.54</v>
+        <v>533.93</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F24" s="3">
-        <v>16</v>
+        <v>1517</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>1</v>
+        <v>96</v>
       </c>
       <c r="I24" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>254.17</v>
+        <v>1678.05</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F26" s="3">
-        <v>2017</v>
+        <v>11</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>258.89</v>
+        <v>1850.94</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F27" s="3">
-        <v>1737</v>
+        <v>9</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>600.12</v>
+        <v>1764.5</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F28" s="3">
-        <v>1775</v>
+        <v>3</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>282.39</v>
+        <v>655.18</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F29" s="3">
-        <v>1419</v>
+        <v>1573</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>250</v>
+        <v>25</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>525.11</v>
+        <v>518.28</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F30" s="3">
-        <v>1013</v>
+        <v>1346</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>583.45</v>
+        <v>686.47</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F31" s="3">
-        <v>6177</v>
+        <v>893</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="2" t="s">
+      <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="2"/>
-[...6 lines deleted...]
-      <c r="I32" s="2"/>
+      <c r="B32" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C32" s="3">
+        <v>488.94</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F32" s="3">
+        <v>1040</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
+        <v>50</v>
+      </c>
+      <c r="I32" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>1650</v>
+        <v>686.47</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F33" s="3">
-        <v>14</v>
+        <v>662</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>1735</v>
+        <v>569.52</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F34" s="3">
-        <v>6</v>
+        <v>866</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>1820</v>
+        <v>539.01</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F35" s="3">
-        <v>14</v>
+        <v>2538</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B36" s="3" t="s">
+      <c r="A36" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="C36" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>644.23</v>
+        <v>610.32</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F37" s="3">
-        <v>831</v>
+        <v>1393</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>675</v>
+        <v>534.04</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F38" s="3">
-        <v>211</v>
+        <v>1056</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>25</v>
+        <v>250</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>530</v>
+        <v>287.19</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F39" s="3">
-        <v>2607</v>
+        <v>13294</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>480.77</v>
+        <v>593.37</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F40" s="3">
-        <v>1179</v>
+        <v>4755</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>675</v>
+        <v>263.29</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>2461</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>509.62</v>
+        <v>258.49</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F42" s="3">
-        <v>757</v>
+        <v>4287</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>2785.04</v>
+        <v>2749.08</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F44" s="3">
-        <v>61</v>
+        <v>3</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>20</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>3536.88</v>
+        <v>2749.08</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F45" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>3670</v>
+        <v>7159.68</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F46" s="3">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>4500</v>
+        <v>9599.71</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>3888.07</v>
+        <v>3954.17</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F48" s="3">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>20</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>3881</v>
+        <v>7117.51</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F49" s="3">
-        <v>102</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>7689.73</v>
+        <v>10582.97</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>5</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>2703.13</v>
+        <v>2832.39</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F51" s="3">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>20</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>6998.53</v>
+        <v>3732.39</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F52" s="3">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>2703.13</v>
+        <v>4576.5</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F53" s="3">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>10406.07</v>
+        <v>7820.46</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F54" s="3">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>5</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>9439.24</v>
+        <v>3946.98</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>7040</v>
+        <v>3597.01</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F56" s="3">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A12:I12"/>
+    <mergeCell ref="A16:I16"/>
     <mergeCell ref="A25:I25"/>
-    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A36:I36"/>
     <mergeCell ref="A43:I43"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
-    <hyperlink ref="D13" r:id="rId9"/>
-[...2 lines deleted...]
-    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
-    <hyperlink ref="D33" r:id="rId27"/>
-[...2 lines deleted...]
-    <hyperlink ref="D36" r:id="rId30"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D37" r:id="rId31"/>
     <hyperlink ref="D38" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D44" r:id="rId37"/>
     <hyperlink ref="D45" r:id="rId38"/>
     <hyperlink ref="D46" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
     <hyperlink ref="D50" r:id="rId43"/>
     <hyperlink ref="D51" r:id="rId44"/>
     <hyperlink ref="D52" r:id="rId45"/>
     <hyperlink ref="D53" r:id="rId46"/>
     <hyperlink ref="D54" r:id="rId47"/>
     <hyperlink ref="D55" r:id="rId48"/>
     <hyperlink ref="D56" r:id="rId49"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 