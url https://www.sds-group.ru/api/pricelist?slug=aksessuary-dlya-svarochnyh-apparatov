--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -45,363 +45,363 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Аксессуары для сварочных аппаратов</t>
   </si>
   <si>
     <t>1.1 Провода и кабель для сварочных аппаратов</t>
   </si>
   <si>
+    <t>01-8410-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х10 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-8411-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8412-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8411-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>01-8411-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8412-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>01-8412-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8413-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>01-8413-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
     <t>01-8413-10</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 10 метров REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 3 метра REXANT</t>
+    <t>01-8414-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 5 метров REXANT</t>
   </si>
   <si>
     <t>01-8414-10</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 10 метров REXANT</t>
   </si>
   <si>
-    <t>01-8410-10</t>
-[...52 lines deleted...]
-  <si>
     <t>1.2 Клеммы заземления</t>
   </si>
   <si>
+    <t>16-0052-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 200А 140 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>16-0053-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 315А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0053</t>
+  </si>
+  <si>
+    <t>Клемма заземления типа «крокодил» 300А 170мм для сварки REXANT</t>
+  </si>
+  <si>
+    <t>16-0055</t>
+  </si>
+  <si>
+    <t>Клемма заземления типа «крокодил» 500А 200мм для сварки REXANT</t>
+  </si>
+  <si>
+    <t>12-4861</t>
+  </si>
+  <si>
+    <t>Клемма заземления магнитная 200A REXANT</t>
+  </si>
+  <si>
+    <t>12-4863</t>
+  </si>
+  <si>
+    <t>Клемма заземления магнитная 500A REXANT</t>
+  </si>
+  <si>
     <t>16-0054-9</t>
   </si>
   <si>
     <t>Зажим «крокодил» 400А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
   </si>
   <si>
-    <t>шт</t>
-[...13 lines deleted...]
-  <si>
     <t>16-0083-9</t>
   </si>
   <si>
     <t>Клемма заземления магнитная 315А САТУРН РОССИЯ</t>
   </si>
   <si>
-    <t>16-0053</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3 Электрододержатели</t>
   </si>
   <si>
+    <t>16-0703-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 315A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0850</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А С-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0851</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А С-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0853</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А American type REXANT</t>
+  </si>
+  <si>
+    <t>16-0854</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А American type REXANT</t>
+  </si>
+  <si>
+    <t>16-0855</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А Italian type REXANT</t>
+  </si>
+  <si>
+    <t>16-0856</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А Italian type REXANT</t>
+  </si>
+  <si>
+    <t>16-0857-6</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А E-type REXANT</t>
+  </si>
+  <si>
     <t>16-0702-9</t>
   </si>
   <si>
     <t>Держатель электрода 200A (латунь) САТУРН РОССИЯ</t>
   </si>
   <si>
     <t>16-0704-9</t>
   </si>
   <si>
     <t>Держатель электрода 400A (латунь) САТУРН РОССИЯ</t>
   </si>
   <si>
-    <t>16-0703-9</t>
-[...46 lines deleted...]
-  <si>
     <t>1.4 Вилки и разъемы для сварочного кабеля</t>
   </si>
   <si>
     <t>16-0884</t>
   </si>
   <si>
     <t>Розетка кабельная (гнездо) СКР 35-50 REXANT</t>
   </si>
   <si>
+    <t>16-0885</t>
+  </si>
+  <si>
+    <t>Вилка кабельная (вставка) СКР 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0883</t>
+  </si>
+  <si>
+    <t>Розетка кабельная (гнездо) СКР 10-25 REXANT</t>
+  </si>
+  <si>
+    <t>16-0880</t>
+  </si>
+  <si>
+    <t>Розетка панельная (гнездо) СКРП 10-25 REXANT</t>
+  </si>
+  <si>
     <t>16-0881</t>
   </si>
   <si>
     <t>Розетка панельная (гнездо) СКРП 35-50 REXANT</t>
   </si>
   <si>
     <t>16-0882</t>
   </si>
   <si>
     <t>Вилка кабельная (вставка) СКР 10-25 REXANT</t>
   </si>
   <si>
-    <t>16-0885</t>
-[...16 lines deleted...]
-  <si>
     <t>1.5 Комплекты сварочных проводов</t>
   </si>
   <si>
+    <t>16-0778</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0799</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 35-50, 25мм², 3м REXANT</t>
+  </si>
+  <si>
     <t>16-0753</t>
   </si>
   <si>
     <t>Сварочный кабель с электрододержателем 16мм² 200А СКР 10-25 3м REXANT</t>
   </si>
   <si>
+    <t>16-0754</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
     <t>16-0763</t>
   </si>
   <si>
     <t>Сварочный кабель с клеммой заземления 16мм² 200А СКР 10-25 3м REXANT</t>
   </si>
   <si>
+    <t>16-0764</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с клеммой заземления 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0772</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0773</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0775</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0776</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 5м REXANT</t>
+  </si>
+  <si>
     <t>16-0777</t>
   </si>
   <si>
     <t>Комплект сварочных проводов СКР 35-50 25мм² 3м REXANT</t>
   </si>
   <si>
-    <t>16-0778</t>
-[...22 lines deleted...]
-  <si>
     <t>16-0781</t>
   </si>
   <si>
     <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 16мм² 3м REXANT</t>
   </si>
   <si>
-    <t>16-0754</t>
-[...16 lines deleted...]
-  <si>
     <t>16-0783</t>
   </si>
   <si>
     <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 25мм² 3м REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Удлинитель сварочного кабеля шт.-гн. СКР 35-50, 25мм², 3м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -786,51 +786,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h10-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-400a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-315a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-200a-140-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315a-saturn-rossiya" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300a-170mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500a-200mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500a-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200a-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-200a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-400a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-315a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-s-type-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-american-type-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-s-type-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-american-type-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-e-type-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-35-50-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-10-25-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-5m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h10-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-200a-140-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-315a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300a-170mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500a-200mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200a-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500a-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-400a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315a-saturn-rossiya" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-315a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-s-type-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-s-type-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-american-type-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-american-type-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-e-type-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-200a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-400a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-10-25-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-35-50-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-5m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-25mm-3m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I56"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -867,1513 +867,1513 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>13095.17</v>
+        <v>2812.35</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I4" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>3433.67</v>
+        <v>2216.55</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I5" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>16783.17</v>
+        <v>3527.08</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I6" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>3852.54</v>
+        <v>1438.76</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="I7" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>8273.9</v>
+        <v>4234.22</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="I8" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>5889.99</v>
+        <v>2104.15</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I9" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>2878.63</v>
+        <v>6165.78</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I10" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>5721.92</v>
+        <v>2540.92</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I11" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>4831.61</v>
+        <v>4299.69</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I12" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1868.52</v>
+        <v>9559.47</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="I13" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>2697.63</v>
+        <v>6039.95</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>8446.27</v>
+        <v>12419.55</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>2015.27</v>
+        <v>1014.54</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>1613.19</v>
+        <v>1274.42</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>40</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>1268.18</v>
+        <v>391.15</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F19" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>2613.8</v>
+        <v>481.59</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F20" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>488.94</v>
+        <v>427.14</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F21" s="3">
-        <v>5812</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>594.56</v>
+        <v>1347.14</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F22" s="3">
-        <v>5151</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>1683.92</v>
+        <v>1592.06</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F23" s="3">
-        <v>941</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>533.93</v>
+        <v>2012.63</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F24" s="3">
-        <v>1517</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>1678.05</v>
+        <v>1411.6</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F26" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>40</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>1850.94</v>
+        <v>391.15</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F27" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>1764.5</v>
+        <v>414.62</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F28" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>655.18</v>
+        <v>549.18</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F29" s="3">
-        <v>1573</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>25</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>518.28</v>
+        <v>549.18</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F30" s="3">
-        <v>1346</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>686.47</v>
+        <v>455.62</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F31" s="3">
-        <v>893</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>25</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>488.94</v>
+        <v>524.14</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F32" s="3">
-        <v>1040</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>686.47</v>
+        <v>431.21</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F33" s="3">
-        <v>662</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>569.52</v>
+        <v>1342.44</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F34" s="3">
-        <v>866</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>539.01</v>
+        <v>1480.75</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F35" s="3">
-        <v>2538</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>610.32</v>
+        <v>488.26</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F37" s="3">
-        <v>1393</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>534.04</v>
+        <v>474.7</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F38" s="3">
-        <v>1056</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>287.19</v>
+        <v>223.8</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F39" s="3">
-        <v>13294</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>593.37</v>
+        <v>219.72</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F40" s="3">
-        <v>4755</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>263.29</v>
+        <v>427.23</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F41" s="3">
-        <v>2461</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>258.49</v>
+        <v>244.11</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F42" s="3">
-        <v>4287</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>2749.08</v>
+        <v>7007.79</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F44" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>2749.08</v>
+        <v>3021.49</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>7159.68</v>
+        <v>2116.79</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F46" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>9599.71</v>
+        <v>2724.64</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>3954.17</v>
+        <v>2116.79</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F48" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>7117.51</v>
+        <v>2886.54</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>10582.97</v>
+        <v>3340.85</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F50" s="3">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>2832.39</v>
+        <v>5708.94</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F51" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>3732.39</v>
+        <v>5195.78</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F52" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>4576.5</v>
+        <v>7725.57</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F53" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>7820.46</v>
+        <v>5226.57</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F54" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>3946.98</v>
+        <v>2180.94</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F55" s="3">
-        <v>94</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>20</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>3597.01</v>
+        <v>2881.3</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F56" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A16:I16"/>
     <mergeCell ref="A25:I25"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A43:I43"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>