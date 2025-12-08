--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -8,676 +8,682 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="392" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="396" uniqueCount="210">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Алмазный инструмент Kranz</t>
   </si>
   <si>
-    <t>1.1 Диски алмазные сегментные Kranz</t>
+    <t>1.1 Алмазные сверла по керамограниту Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0000</t>
+  </si>
+  <si>
+    <t>Сверло алмазное 5 мм по керамограниту, керамике и стеклу KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-92-0001</t>
+  </si>
+  <si>
+    <t>Сверло алмазное 6 мм по керамограниту, керамике и стеклу KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0004</t>
+  </si>
+  <si>
+    <t>Сверло алмазное 12 мм по керамограниту, керамике и стеклу KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0002</t>
+  </si>
+  <si>
+    <t>Сверло алмазное 8 мм по керамограниту, керамике и стеклу KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0003</t>
+  </si>
+  <si>
+    <t>Сверло алмазное 10 мм по керамограниту, керамике и стеклу KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0025</t>
+  </si>
+  <si>
+    <t>Сверло алмазное 14 мм по керамограниту, керамике и стеклу KRANZ</t>
+  </si>
+  <si>
+    <t>1.2 Диски алмазные турбо Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0121</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 125x22,2x2,2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0120</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 115x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0123</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 180x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0125</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 230x22,2x2,8x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0122</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 150x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>1.3 Алмазный инструмент для шлифования: чашки и гибкие круги Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0251</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, двухрядная, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0253</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, двухрядная, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0252</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, двухрядная, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0151</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, двухрядная,125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0152</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная Turbo 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0256</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная Turbo, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0150</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, однорядная, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0257</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная Turbo, 230х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0254</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, двухрядная, 230х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0255</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная Turbo, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0258</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, Турбо-сегмент, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>1.4 Диски универсальные</t>
+  </si>
+  <si>
+    <t>KR-90-0105-2</t>
+  </si>
+  <si>
+    <t>Диск алмазный универсальный, мультирез, вакуумное спекание, профессиональный, 230х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0100-2</t>
+  </si>
+  <si>
+    <t>Диск алмазный универсальный, мультирез, вакуумное спекание, профессиональный, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>1.5 Алмазные коронки по керамограниту Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0013</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 45мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0019</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 70мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0022</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 110мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0030</t>
+  </si>
+  <si>
+    <t>Кондуктор для алмазных сверл 14-82мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0017</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 65мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0014</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 50мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0018</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 68мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0010</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 30мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0006</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 20мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0023</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 120мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0016</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 60мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0005</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 16мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0012</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 40мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0007</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 22мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0009</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 28мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0008</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 25мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0026</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 32мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0027</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 38мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0011</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 35мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0015</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 55мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0024</t>
+  </si>
+  <si>
+    <t>Сверло направляющее 7мм для алмазной коронки по керамограниту KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0021</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 100мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0020</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 80мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>1.6 Диски алмазные сплошные Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0111</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 125x22,2x1,8x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0114</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 200x25,4/22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0110</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 115x22,2x1,8x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0113</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 180x25,4/22,2x1,8x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0112</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 150x22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0116</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной, 125х22,2мм, сухой/мокрый рез KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0118</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной, 230х22,2мм, сухой/мокрый рез KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0115</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 230x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>1.7 Диски алмазные Turbo волна Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0133</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo волна 180x22,2x2,2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0131</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo волна 125x22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0130</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo волна 115x22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0132</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo волна 150x22,2x2,2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0135</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo волна 230x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>1.8 Алмазные коронки по бетону (в т. ч. арм.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0165</t>
+  </si>
+  <si>
+    <t>Коронка алмазная по бетону 72мм, L=90мм, М16, сегмент, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0164</t>
+  </si>
+  <si>
+    <t>Коронка алмазная по бетону 70мм, L=90мм, М16, сегмент, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1010</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 20мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1025</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 68мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1017</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 35мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1002</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 8мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1018</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 38мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1003</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 10мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1015</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 32мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1020</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 45мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1004</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 12мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1019</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 40мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1012</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 25мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0163</t>
+  </si>
+  <si>
+    <t>Коронка алмазная по бетону 68мм, L=90мм, М16, сегмент, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1026</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 70мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0170</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М16х120мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1001</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 6мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1014</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 30мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1021</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 50мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>1.9 Диски алмазные сегментные Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0102</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сегментный 150x22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0100</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сегментный 115x22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0101</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сегментный 125x22,2x1,8x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0103</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сегментный 180x22,2x2,2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0108</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo сегментный с защитными секторами, 230х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0105</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сегментный 230x22,2x2,4x10мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0101-3</t>
   </si>
   <si>
     <t>Диск алмазный тройной сегментный 125х22,2мм, сухая резка KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-90-0106</t>
   </si>
   <si>
-    <t>Диск алмазный отрезной Turbo сегментный с защитными секторами, 125х22,2x10мм KRANZ</t>
+    <t>Диск алмазный отрезной Turbo сегментный с защитными секторами, 125х22,2мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0101-2</t>
   </si>
   <si>
     <t>Диск алмазный двойной, сегментный, 125х22,2мм, сухая резка KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0100</t>
-[...140 lines deleted...]
-    <t>1.5 Диски алмазные ультратонкие Kranz</t>
+    <t>1.10 Диски алмазные ультратонкие Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0141</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной ультратонкий 125x22,2x1,4x10 мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0143</t>
   </si>
   <si>
     <t>Диск алмазный отрезной ультратонкий 180x25,4/22,2x1,8x10 мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0140</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной ультратонкий 115x22,2x1,4x10 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0145</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной ультратонкий 230x25,4/22,2x2x10 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0142</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной ультратонкий 150x22,2x1,6x10 мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0144</t>
   </si>
   <si>
     <t>Диск алмазный отрезной ультратонкий 200x25,4/22,2x1,8x10 мм KRANZ</t>
-  </si>
-[...397 lines deleted...]
-    <t>Диск алмазный универсальный, мультирез, вакуумное спекание, профессиональный, 230х22,2мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1062,56 +1068,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-troynoy-segmentnyy-125h22-2mm-suhaya-rezka-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-150x22-2x2x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-segmentnyy-s-zaschitnymi-sektorami-230h22-2x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-segmentnyy-s-zaschitnymi-sektorami-125h22-2x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-dvoynoy-segmentnyy-125h22-2mm-suhaya-rezka-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-115x22-2x2x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-125x22-2x1-8x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-180x22-2x2-2x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-230x22-2x2-4x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-125x22-2x1-8x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-200x25-4-22-2x2x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-150x22-2x2x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-125h22-2mm-suhoy-mokryy-rez-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-230h22-2mm-suhoy-mokryy-rez-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-115x22-2x1-8x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-180x25-4-22-2x1-8x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-230x22-2x2-4x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-150x22-2x2-4x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-180x22-2x2-4x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-230x22-2x2-8x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-115x22-2x2-4x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-125x22-2x2-2x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-125x22-2x2x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-230x22-2x2-4x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-115x22-2x2x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-150x22-2x2-2x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-180x22-2x2-2x10mm-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-180x25-4-22-2x1-8x10-mm-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-200x25-4-22-2x1-8x10-mm-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-150x22-2x1-6x10-mm-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-115x22-2x1-4x10-mm-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-125x22-2x1-4x10-mm-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-230x25-4-22-2x2x10-mm-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-6-mm-po-keramogranitu-keramike-i-steklu-kranz.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-10-mm-po-keramogranitu-keramike-i-steklu-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-14-mm-po-keramogranitu-keramike-i-steklu-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-12-mm-po-keramogranitu-keramike-i-steklu-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-5-mm-po-keramogranitu-keramike-i-steklu-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-8-mm-po-keramogranitu-keramike-i-steklu-kranz.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-68mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-16mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-60mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-100mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-120mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-22mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-napravlyayuschee-7mm-dlya-almaznoy-koronki-po-keramogranitu-kranz.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-80mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-32mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-38mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-30mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-50mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-65mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-110mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-20mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-40mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-70mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-25mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-35mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-45mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-28mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-55mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konduktor-dlya-almaznyh-sverl-14-82mm-kranz.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-odnoryadnaya-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-180h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-230h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-115h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-150h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-180h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-230h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-150h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-segment-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-8mm-dlya-.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-10mm-dlya.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-12mm-dlya.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-25mm-dlya.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-68mm-l-90mm-m16-segment-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-70mm-l-90mm-m16-segment-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-6mm-dlya-.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-30mm-dlya.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-32mm-dlya.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-50mm-dlya.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-68mm-dlya.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-70mm-dlya.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-38mm-dlya.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-45mm-dlya.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-35mm-dlya.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-20mm-dlya.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-40mm-dlya.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-72mm-l-90mm-m16-segment-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-universalnyy-multirez-vakuumnoe-spekanie-professionalnyy-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-universalnyy-multirez-vakuumnoe-spekanie-professionalnyy-230h22-2mm-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-5-mm-po-keramogranitu-keramike-i-steklu-kranz-24717" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-6-mm-po-keramogranitu-keramike-i-steklu-kranz-24718" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-12-mm-po-keramogranitu-keramike-i-steklu-kranz-24716" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-8-mm-po-keramogranitu-keramike-i-steklu-kranz-24605" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-10-mm-po-keramogranitu-keramike-i-steklu-kranz-24715" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-14-mm-po-keramogranitu-keramike-i-steklu-kranz-27156" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-125x22-2x2-2x10-mm-kranz-24709" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-115x22-2x2-4x10-mm-kranz-24708" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-180x22-2x2-4x10-mm-kranz-24711" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-230x22-2x2-8x10-mm-kranz-24712" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-150x22-2x2-4x10-mm-kranz-24710" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-115h22-2mm-kranz-30342" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-180h22-2mm-kranz-30344" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-150h22-2mm-kranz-30343" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-2-ryad-125h22-2-mm-kranz-26432" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-125h22-2-mm-kranz-26433" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-180h22-2mm-kranz-30347" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-1-ryad-125h22-2-mm-kranz-26431" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-230h22-2mm-kranz-30348" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-230h22-2mm-kranz-30345" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-150h22-2mm-kranz-30346" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-segment-125h22-2mm-kranz-30368" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-universalniy-multirez-vakuumnoe-spekanie-professionalniy-230h22-2mm-kranz-31453" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-universalniy-multirez-vakuumnoe-spekanie-professionalniy-125h22-2mm-kranz-31452" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-45-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24612" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-70-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27058" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-110-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24615" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konduktor-dlya-almaznih-sverl-14-82mm-kranz-31083" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-65-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24609" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-50-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24608" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-68-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24613" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-30-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24607" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-20-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27052" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-120-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24616" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-60-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27057" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-16-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27051" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-40-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27055" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-22-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27053" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-28-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27054" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-25-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24610" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-32mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-30838" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-38mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-30839" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-35-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24611" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-55-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27056" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-napravlyayuschee-7-mm-dlya-almaznoy-koronki-po-keramogranitu-kranz-24606" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-100-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24614" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-80-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27059" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-125x22-2x1-8x10-mm-kranz-24705" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-200x25-4-22-2x2x10-mm-kranz-26423" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-115x22-2x1-8x10-mm-kranz-24704" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-180x25-4-22-2x1-8x10-mm-kranz-24706" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-150x22-2x2x10-mm-kranz-26422" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-125h22-2mm-suhoy-mokriy-rez-kranz-30367" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-230h22-2mm-suhoy-mokriy-rez-kranz-30364" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-230x22-2x2-4x10-mm-kranz-24707" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-volna-180x22-2x2-2x10-mm-kranz-26427" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-volna-125x22-2x2x10-mm-kranz-26425" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-volna-115x22-2x2x10-mm-kranz-26424" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-volna-150x22-2x2-2x10-mm-kranz-26426" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-volna-230x22-2x2-4x10-mm-kranz-26428" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-72-mm-l-90mm-m16-segment-sds-plus-kranz-26435" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-70-mm-l-90mm-m16-segment-sds-plus-kranz-27157" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-20mm-dlya-ushm-kranz-31089" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-68mm-dlya-ushm-kranz-31097" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-35mm-dlya-ushm-kranz-31099" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-8mm-dlya-ushm-kranz-31086" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-38mm-dlya-ushm-kranz-31093" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-10mm-dlya-ushm-kranz-31087" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-32mm-dlya-ushm-kranz-31092" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-45mm-dlya-ushm-kranz-31095" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-12mm-dlya-ushm-kranz-31088" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-40mm-dlya-ushm-kranz-31094" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-25mm-dlya-ushm-kranz-31090" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-68-mm-l-90mm-m16-segment-sds-plus-kranz-26434" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-70mm-dlya-ushm-kranz-31098" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m16h120mm-sds-plus-kranz-31451" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-6mm-dlya-ushm-kranz-31085" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-30mm-dlya-ushm-kranz-31091" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-50mm-dlya-ushm-kranz-31096" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-segmentniy-150x22-2x2x10-mm-kranz-24701" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-segmentniy-115x22-2x2x10-mm-kranz-24699" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-segmentniy-125x22-2x1-8x10-mm-kranz-24700" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-segmentniy-180x22-2x2-2x10-mm-kranz-24702" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-segmentniy-s-zaschitnimi-sektorami-230h22-2x10mm-kranz-30366" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-segmentniy-230x22-2x2-4x10-mm-kranz-24703" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-troynoy-segmentnyy-125h22-2mm-suhaya-rezka-kranz.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-segmentniy-s-zaschitnimi-sektorami-125h22-2x10mm-kranz-30365" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-dvoynoy-segmentniy-125h22-2mm-suhaya-rezka-kranz-30802" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-ultratonkiy-125x22-2x1-4x10-mm-kranz-24713" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-ultratonkiy-180x25-4-22-2x1-8x10-mm-kranz-26429" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-ultratonkiy-115x22-2x1-4x10-mm-kranz-27091" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-ultratonkiy-230x25-4-22-2x2x10-mm-kranz-24714" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-ultratonkiy-150x22-2x1-6x10-mm-kranz-27092" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-ultratonkiy-200x25-4-22-2x1-8x10-mm-kranz-26430" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I105"/>
+  <dimension ref="A1:I106"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1143,2964 +1149,2994 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>4250</v>
+        <v>129.85</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>431</v>
+        <v>4801</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>692.44</v>
+        <v>144.18</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1062</v>
+        <v>9568</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1684.66</v>
+        <v>218.53</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>519</v>
+        <v>3378</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>40</v>
+        <v>800</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>529.74</v>
+        <v>167.68</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>274</v>
+        <v>3752</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>3233.93</v>
+        <v>208.45</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>3774</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>800</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>366.96</v>
+        <v>230.78</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="3" t="s">
+      <c r="A10" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>869.59</v>
+        <v>416.18</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>6004</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="C12" s="3">
+        <v>231.86</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
+        <v>372</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>200</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="C12" s="3">
-[...22 lines deleted...]
-      <c r="A13" s="2" t="s">
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="2"/>
-[...6 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="C13" s="3">
+        <v>888.73</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>107</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>50</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>405.77</v>
+        <v>968.21</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>696</v>
+        <v>1737</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>980.77</v>
+        <v>693.49</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>80</v>
+        <v>160</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
+      <c r="A16" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>592.39</v>
+        <v>1288.14</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>20</v>
+        <v>249</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>1405.1</v>
+        <v>2725.21</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>613</v>
+        <v>297</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>356.99</v>
+        <v>1979.43</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>136</v>
+        <v>90</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>730.77</v>
+        <v>1350</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>22</v>
+        <v>1142</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="C21" s="3">
+        <v>1365.38</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>713</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>50</v>
+      </c>
+      <c r="I21" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="C21" s="3">
-[...22 lines deleted...]
-      <c r="A22" s="2" t="s">
+      <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="C22" s="3">
+        <v>1764.81</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>158</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>25</v>
+      </c>
+      <c r="I22" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>693.49</v>
+        <v>830.77</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>78</v>
+        <v>608</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>888.73</v>
+        <v>3834.81</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>968.21</v>
+        <v>4087.76</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1781</v>
+        <v>155</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>231.86</v>
+        <v>2487.79</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>375</v>
+        <v>43</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>416.18</v>
+        <v>1658.72</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>7746</v>
+        <v>524</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>503.08</v>
+        <v>2836.79</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1368</v>
+        <v>527</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>1569.77</v>
+        <v>1406.06</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>757</v>
+        <v>1094</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="3" t="s">
+      <c r="A31" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>772.44</v>
+        <v>1242.68</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>393</v>
+        <v>315</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="C33" s="3">
+        <v>1722.63</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>0</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>60</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C33" s="3">
-[...22 lines deleted...]
-      <c r="A34" s="2" t="s">
+      <c r="B34" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B34" s="2"/>
-[...6 lines deleted...]
-      <c r="I34" s="2"/>
+      <c r="C34" s="3">
+        <v>2617.41</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="3">
+        <v>62</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>20</v>
+      </c>
+      <c r="I34" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>1588.67</v>
+        <v>2019.23</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>291</v>
+        <v>96</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>50</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>2024.29</v>
+        <v>1537.49</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>791</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>1624.78</v>
+        <v>1362.44</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>316</v>
+        <v>288</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>991.88</v>
+        <v>1653.91</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>173</v>
+        <v>3330</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>1100.84</v>
+        <v>864.26</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>777</v>
+        <v>257</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>3233.36</v>
+        <v>632.02</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="2" t="s">
+      <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B41" s="2"/>
-[...6 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="B41" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C41" s="3">
+        <v>3759.53</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="3">
+        <v>0</v>
+      </c>
+      <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
+        <v>20</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>144.18</v>
+        <v>1658.09</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>10552</v>
+        <v>23</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>400</v>
+        <v>60</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>208.45</v>
+        <v>573.76</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>4104</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>800</v>
+        <v>120</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>230.78</v>
+        <v>1149.82</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>681</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>800</v>
+        <v>60</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>218.53</v>
+        <v>744.27</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>3544</v>
+        <v>283</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>800</v>
+        <v>120</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>129.85</v>
+        <v>846.15</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>4977</v>
+        <v>365</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>1000</v>
+        <v>120</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>167.68</v>
+        <v>599.78</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>3999</v>
+        <v>3165</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>1000</v>
+        <v>120</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I48" s="2"/>
+      <c r="A48" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C48" s="3">
+        <v>923.28</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="3">
+        <v>0</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>120</v>
+      </c>
+      <c r="I48" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>1653.91</v>
+        <v>1060.01</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>4640</v>
+        <v>428</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>60</v>
       </c>
       <c r="I49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>573.76</v>
+        <v>992.52</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>95</v>
+        <v>709</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>1658.09</v>
+        <v>1399.98</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>325</v>
+        <v>133</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>60</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>2655.14</v>
+        <v>175.08</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>295</v>
+        <v>1432</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>20</v>
+        <v>1000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>3759.53</v>
+        <v>2655.14</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>285</v>
+        <v>18</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>20</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>744.27</v>
+        <v>2287.63</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>663</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A55" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A55" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B55" s="2"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+      <c r="H55" s="2"/>
+      <c r="I55" s="2"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C56" s="3">
-        <v>2287.63</v>
+        <v>405.77</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>133</v>
+        <v>925</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C57" s="3">
-        <v>923.28</v>
+        <v>980.77</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>102</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C58" s="3">
-        <v>1060.01</v>
+        <v>356.99</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>811</v>
+        <v>134</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C59" s="3">
-        <v>864.26</v>
+        <v>730.77</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>837</v>
+        <v>184</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C60" s="3">
-        <v>1362.44</v>
+        <v>576.92</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>750</v>
+        <v>145</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C61" s="3">
-        <v>1537.49</v>
+        <v>592.39</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I61" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C62" s="3">
-        <v>2617.41</v>
+        <v>1405.1</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>399</v>
+        <v>610</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I62" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C63" s="3">
-        <v>632.02</v>
+        <v>1020.26</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>287</v>
+        <v>1167</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A64" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B64" s="3" t="s">
+      <c r="A64" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="C64" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B64" s="2"/>
+      <c r="C64" s="2"/>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>1722.63</v>
+        <v>923.08</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>158</v>
+        <v>591</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>599.78</v>
+        <v>503.08</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>3609</v>
+        <v>848</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>992.52</v>
+        <v>252.77</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>1080</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>1242.68</v>
+        <v>772.44</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>333</v>
+        <v>249</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>846.15</v>
+        <v>1569.77</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>787</v>
+        <v>756</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A70" s="3" t="s">
+      <c r="A70" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B70" s="2"/>
+      <c r="C70" s="2"/>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2"/>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2"/>
+      <c r="I70" s="2"/>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B71" s="3" t="s">
+      <c r="C71" s="3">
+        <v>5266.51</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F71" s="3">
+        <v>804</v>
+      </c>
+      <c r="G71" s="3">
+        <v>1</v>
+      </c>
+      <c r="H71" s="3">
+        <v>25</v>
+      </c>
+      <c r="I71" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="C71" s="3">
-[...22 lines deleted...]
-      <c r="A72" s="2" t="s">
+      <c r="B72" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B72" s="2"/>
-[...6 lines deleted...]
-      <c r="I72" s="2"/>
+      <c r="C72" s="3">
+        <v>4009.86</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F72" s="3">
+        <v>474</v>
+      </c>
+      <c r="G72" s="3">
+        <v>1</v>
+      </c>
+      <c r="H72" s="3">
+        <v>25</v>
+      </c>
+      <c r="I72" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C73" s="3">
-        <v>1350</v>
+        <v>1314.23</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>1168</v>
+        <v>368</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I73" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="3">
-        <v>830.77</v>
+        <v>4448.94</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>623</v>
+        <v>528</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>50</v>
       </c>
       <c r="I74" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C75" s="3">
-        <v>1365.38</v>
+        <v>2020.89</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>713</v>
+        <v>35</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>50</v>
       </c>
       <c r="I75" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C76" s="3">
-        <v>1764.81</v>
+        <v>986.24</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>160</v>
+        <v>74</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C77" s="3">
-        <v>3834.81</v>
+        <v>2188.11</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C78" s="3">
-        <v>1288.14</v>
+        <v>1037.76</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>250</v>
+        <v>389</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C79" s="3">
-        <v>1979.43</v>
+        <v>1883.09</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>201</v>
+        <v>128</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C80" s="3">
-        <v>2725.21</v>
+        <v>2565.42</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>316</v>
+        <v>82</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C81" s="3">
-        <v>4087.76</v>
+        <v>1206.08</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>178</v>
+        <v>385</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C82" s="3">
-        <v>2487.79</v>
+        <v>2435.5</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C83" s="3">
-        <v>1658.72</v>
+        <v>1576.25</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>425</v>
+        <v>223</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="2" t="s">
+      <c r="A84" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B84" s="2"/>
-[...6 lines deleted...]
-      <c r="I84" s="2"/>
+      <c r="B84" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C84" s="3">
+        <v>4562.39</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F84" s="3">
+        <v>1302</v>
+      </c>
+      <c r="G84" s="3">
+        <v>1</v>
+      </c>
+      <c r="H84" s="3">
+        <v>25</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C85" s="3">
-        <v>986.24</v>
+        <v>5104.98</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>112</v>
+        <v>226</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C86" s="3">
-        <v>1037.76</v>
+        <v>776.25</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>393</v>
+        <v>89</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I86" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C87" s="3">
-        <v>1206.08</v>
+        <v>937.57</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>379</v>
+        <v>291</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>200</v>
       </c>
       <c r="I87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C88" s="3">
-        <v>1576.25</v>
+        <v>1801.3</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>224</v>
+        <v>10</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C89" s="3">
-        <v>4562.39</v>
+        <v>2947.75</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>1882</v>
+        <v>50</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I89" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B90" s="3" t="s">
+      <c r="A90" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="C90" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C91" s="3">
-        <v>937.57</v>
+        <v>692.44</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>363</v>
+        <v>1085</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I91" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>1801.3</v>
+        <v>366.96</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>90</v>
+        <v>236</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C93" s="3">
-        <v>1883.09</v>
+        <v>392.4</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>139</v>
+        <v>5062</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C94" s="3">
-        <v>2947.75</v>
+        <v>869.59</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>50</v>
       </c>
       <c r="I94" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C95" s="3">
-        <v>4448.94</v>
+        <v>1684.66</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>621</v>
+        <v>466</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C96" s="3">
-        <v>5104.98</v>
+        <v>1009.61</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>270</v>
+        <v>5370</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I96" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C97" s="3">
-        <v>2188.11</v>
+        <v>4250</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>114</v>
+        <v>362</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>50</v>
       </c>
       <c r="I97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C98" s="3">
-        <v>2565.42</v>
+        <v>529.74</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>107</v>
+        <v>212</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C99" s="3">
-        <v>2020.89</v>
+        <v>3233.93</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>49</v>
+        <v>256</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>50</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="3" t="s">
+      <c r="A100" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="B100" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B101" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="3">
-        <v>2435.5</v>
+        <v>1100.84</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>97</v>
+        <v>749</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I101" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="B102" s="3" t="s">
+      <c r="C102" s="3">
+        <v>1588.67</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F102" s="3">
+        <v>279</v>
+      </c>
+      <c r="G102" s="3">
+        <v>1</v>
+      </c>
+      <c r="H102" s="3">
+        <v>50</v>
+      </c>
+      <c r="I102" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="C102" s="3">
-[...22 lines deleted...]
-      <c r="A103" s="2" t="s">
+      <c r="B103" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B103" s="2"/>
-[...6 lines deleted...]
-      <c r="I103" s="2"/>
+      <c r="C103" s="3">
+        <v>991.88</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F103" s="3">
+        <v>101</v>
+      </c>
+      <c r="G103" s="3">
+        <v>1</v>
+      </c>
+      <c r="H103" s="3">
+        <v>200</v>
+      </c>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C104" s="3">
-        <v>1406.06</v>
+        <v>3233.36</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>723</v>
+        <v>200</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C105" s="3">
-        <v>2836.79</v>
+        <v>1624.78</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>386</v>
+        <v>287</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I105" s="3">
-        <v>0</v>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C106" s="3">
+        <v>2024.29</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" s="3">
+        <v>783</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>25</v>
+      </c>
+      <c r="I106" s="3">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A13:I13"/>
-    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A16:I16"/>
     <mergeCell ref="A28:I28"/>
-    <mergeCell ref="A34:I34"/>
-[...4 lines deleted...]
-    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A55:I55"/>
+    <mergeCell ref="A64:I64"/>
+    <mergeCell ref="A70:I70"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A100:I100"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
-    <hyperlink ref="D10" r:id="rId7"/>
-[...1 lines deleted...]
-    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
-    <hyperlink ref="D16" r:id="rId12"/>
-[...4 lines deleted...]
-    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
     <hyperlink ref="D30" r:id="rId24"/>
-    <hyperlink ref="D31" r:id="rId25"/>
-[...1 lines deleted...]
-    <hyperlink ref="D33" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId25"/>
+    <hyperlink ref="D33" r:id="rId26"/>
+    <hyperlink ref="D34" r:id="rId27"/>
     <hyperlink ref="D35" r:id="rId28"/>
     <hyperlink ref="D36" r:id="rId29"/>
     <hyperlink ref="D37" r:id="rId30"/>
     <hyperlink ref="D38" r:id="rId31"/>
     <hyperlink ref="D39" r:id="rId32"/>
     <hyperlink ref="D40" r:id="rId33"/>
-    <hyperlink ref="D42" r:id="rId34"/>
-[...20 lines deleted...]
-    <hyperlink ref="D64" r:id="rId55"/>
+    <hyperlink ref="D41" r:id="rId34"/>
+    <hyperlink ref="D42" r:id="rId35"/>
+    <hyperlink ref="D43" r:id="rId36"/>
+    <hyperlink ref="D44" r:id="rId37"/>
+    <hyperlink ref="D45" r:id="rId38"/>
+    <hyperlink ref="D46" r:id="rId39"/>
+    <hyperlink ref="D47" r:id="rId40"/>
+    <hyperlink ref="D48" r:id="rId41"/>
+    <hyperlink ref="D49" r:id="rId42"/>
+    <hyperlink ref="D50" r:id="rId43"/>
+    <hyperlink ref="D51" r:id="rId44"/>
+    <hyperlink ref="D52" r:id="rId45"/>
+    <hyperlink ref="D53" r:id="rId46"/>
+    <hyperlink ref="D54" r:id="rId47"/>
+    <hyperlink ref="D56" r:id="rId48"/>
+    <hyperlink ref="D57" r:id="rId49"/>
+    <hyperlink ref="D58" r:id="rId50"/>
+    <hyperlink ref="D59" r:id="rId51"/>
+    <hyperlink ref="D60" r:id="rId52"/>
+    <hyperlink ref="D61" r:id="rId53"/>
+    <hyperlink ref="D62" r:id="rId54"/>
+    <hyperlink ref="D63" r:id="rId55"/>
     <hyperlink ref="D65" r:id="rId56"/>
     <hyperlink ref="D66" r:id="rId57"/>
     <hyperlink ref="D67" r:id="rId58"/>
     <hyperlink ref="D68" r:id="rId59"/>
     <hyperlink ref="D69" r:id="rId60"/>
-    <hyperlink ref="D70" r:id="rId61"/>
-    <hyperlink ref="D71" r:id="rId62"/>
+    <hyperlink ref="D71" r:id="rId61"/>
+    <hyperlink ref="D72" r:id="rId62"/>
     <hyperlink ref="D73" r:id="rId63"/>
     <hyperlink ref="D74" r:id="rId64"/>
     <hyperlink ref="D75" r:id="rId65"/>
     <hyperlink ref="D76" r:id="rId66"/>
     <hyperlink ref="D77" r:id="rId67"/>
     <hyperlink ref="D78" r:id="rId68"/>
     <hyperlink ref="D79" r:id="rId69"/>
     <hyperlink ref="D80" r:id="rId70"/>
     <hyperlink ref="D81" r:id="rId71"/>
     <hyperlink ref="D82" r:id="rId72"/>
     <hyperlink ref="D83" r:id="rId73"/>
-    <hyperlink ref="D85" r:id="rId74"/>
-[...4 lines deleted...]
-    <hyperlink ref="D90" r:id="rId79"/>
+    <hyperlink ref="D84" r:id="rId74"/>
+    <hyperlink ref="D85" r:id="rId75"/>
+    <hyperlink ref="D86" r:id="rId76"/>
+    <hyperlink ref="D87" r:id="rId77"/>
+    <hyperlink ref="D88" r:id="rId78"/>
+    <hyperlink ref="D89" r:id="rId79"/>
     <hyperlink ref="D91" r:id="rId80"/>
     <hyperlink ref="D92" r:id="rId81"/>
     <hyperlink ref="D93" r:id="rId82"/>
     <hyperlink ref="D94" r:id="rId83"/>
     <hyperlink ref="D95" r:id="rId84"/>
     <hyperlink ref="D96" r:id="rId85"/>
     <hyperlink ref="D97" r:id="rId86"/>
     <hyperlink ref="D98" r:id="rId87"/>
     <hyperlink ref="D99" r:id="rId88"/>
-    <hyperlink ref="D100" r:id="rId89"/>
-[...1 lines deleted...]
-    <hyperlink ref="D102" r:id="rId91"/>
+    <hyperlink ref="D101" r:id="rId89"/>
+    <hyperlink ref="D102" r:id="rId90"/>
+    <hyperlink ref="D103" r:id="rId91"/>
     <hyperlink ref="D104" r:id="rId92"/>
     <hyperlink ref="D105" r:id="rId93"/>
+    <hyperlink ref="D106" r:id="rId94"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>