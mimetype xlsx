--- v1 (2025-12-08)
+++ v2 (2026-02-08)
@@ -8,682 +8,832 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="396" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="496" uniqueCount="260">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Алмазный инструмент Kranz</t>
   </si>
   <si>
-    <t>1.1 Алмазные сверла по керамограниту Kranz</t>
+    <t>1.1 Диски алмазные сегментные Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0101</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сегментный 125x22,2x1,8x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-90-0102</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сегментный 150x22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0103</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сегментный 180x22,2x2,2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0100</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сегментный 115x22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0105</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сегментный 230x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0101-3</t>
+  </si>
+  <si>
+    <t>Диск алмазный тройной сегментный 125х22,2мм, сухая резка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0106</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo сегментный с защитными секторами, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0108</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo сегментный с защитными секторами, 230х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0101-2</t>
+  </si>
+  <si>
+    <t>Диск алмазный двойной, сегментный, 125х22,2мм, сухая резка KRANZ</t>
+  </si>
+  <si>
+    <t>1.2 Диски алмазные сплошные Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0110</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 115x22,2x1,8x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0114</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 200x25,4/22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0112</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 150x22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0113</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 180x25,4/22,2x1,8x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0115</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 230x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0111</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 125x22,2x1,8x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0116</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной, 125х22,2мм, сухой/мокрый рез KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0118</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной, 230х22,2мм, сухой/мокрый рез KRANZ</t>
+  </si>
+  <si>
+    <t>1.3 Диски алмазные турбо Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0125</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 230x22,2x2,8x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0120</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 115x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0122</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 150x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0121</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 125x22,2x2,2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0123</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 180x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>1.4 Диски алмазные Turbo волна Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0132</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo волна 150x22,2x2,2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0135</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo волна 230x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0133</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo волна 180x22,2x2,2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0130</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo волна 115x22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0131</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo волна 125x22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>1.5 Диски алмазные ультратонкие Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0141</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной ультратонкий 125x22,2x1,4x10 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0145</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной ультратонкий 230x25,4/22,2x2x10 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0140</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной ультратонкий 115x22,2x1,4x10 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0142</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной ультратонкий 150x22,2x1,6x10 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0143</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной ультратонкий 180x25,4/22,2x1,8x10 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0144</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной ультратонкий 200x25,4/22,2x1,8x10 мм KRANZ</t>
+  </si>
+  <si>
+    <t>1.6 Алмазные сверла по керамограниту Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0004</t>
+  </si>
+  <si>
+    <t>Сверло алмазное 12 мм по керамограниту, керамике и стеклу KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0002</t>
+  </si>
+  <si>
+    <t>Сверло алмазное 8 мм по керамограниту, керамике и стеклу KRANZ</t>
   </si>
   <si>
     <t>KR-92-0000</t>
   </si>
   <si>
     <t>Сверло алмазное 5 мм по керамограниту, керамике и стеклу KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-92-0025</t>
+  </si>
+  <si>
+    <t>Сверло алмазное 14 мм по керамограниту, керамике и стеклу KRANZ</t>
   </si>
   <si>
     <t>KR-92-0001</t>
   </si>
   <si>
     <t>Сверло алмазное 6 мм по керамограниту, керамике и стеклу KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0004</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-92-0003</t>
   </si>
   <si>
     <t>Сверло алмазное 10 мм по керамограниту, керамике и стеклу KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0025</t>
-[...38 lines deleted...]
-    <t>1.3 Алмазный инструмент для шлифования: чашки и гибкие круги Kranz</t>
+    <t>1.7 Алмазные коронки по керамограниту Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0015</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 55мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0020</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 80мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0010</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 30мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0017</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 65мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0018</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 68мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0022</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 110мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0013</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 45мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0023</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 120мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0012</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 40мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0019</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 70мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0007</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 22мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0009</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 28мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0014</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 50мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0026</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 32мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0027</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 38мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0005</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 16мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0006</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 20мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0016</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 60мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0024</t>
+  </si>
+  <si>
+    <t>Сверло направляющее 7мм для алмазной коронки по керамограниту KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0030</t>
+  </si>
+  <si>
+    <t>Кондуктор для алмазных сверл 14-82мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0008</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 25мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0011</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 35мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0021</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 100мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>1.8 Алмазный инструмент для шлифования: чашки и гибкие круги Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0323</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P200, сухое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0324</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P400, сухое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0313</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P1500, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0314</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P3000, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0322</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P100, сухое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0327</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P3000, сухое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0321</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P50, сухое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0301</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P50, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0302</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P100, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0303</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P200, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0304</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P400, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0305</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P800, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0306</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P1500, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0307</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P3000, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0308</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P50, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0309</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P100, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0310</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P200, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0311</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P400, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0312</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P800, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0325</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P800, сухое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0326</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P1500, сухое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0328</t>
+  </si>
+  <si>
+    <t>Насадка для дрели и УШМ с липучкой и адаптером 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0150</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, однорядная, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0152</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная Turbo 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0255</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная Turbo, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0256</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная Turbo, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0258</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, Турбо-сегмент, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0151</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, двухрядная,125х22,2мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0251</t>
   </si>
   <si>
     <t>Чашка алмазная шлифовальная, двухрядная, 115х22,2мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0252</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, двухрядная, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0253</t>
   </si>
   <si>
     <t>Чашка алмазная шлифовальная, двухрядная, 180х22,2мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0252</t>
-[...26 lines deleted...]
-    <t>Чашка алмазная шлифовальная, однорядная, 125х22,2мм KRANZ</t>
+    <t>KR-90-0254</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, двухрядная, 230х22,2мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0257</t>
   </si>
   <si>
     <t>Чашка алмазная шлифовальная Turbo, 230х22,2мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0254</t>
-[...17 lines deleted...]
-    <t>1.4 Диски универсальные</t>
+    <t>1.9 Алмазные коронки по бетону (в т. ч. арм.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-90-0164</t>
+  </si>
+  <si>
+    <t>Коронка алмазная по бетону 70мм, L=90мм, М16, сегмент, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0163</t>
+  </si>
+  <si>
+    <t>Коронка алмазная по бетону 68мм, L=90мм, М16, сегмент, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0165</t>
+  </si>
+  <si>
+    <t>Коронка алмазная по бетону 72мм, L=90мм, М16, сегмент, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0173</t>
+  </si>
+  <si>
+    <t>Коронка алмазная по бетону с пылеудалением 68мм, М16, турбо-сегмент, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0175</t>
+  </si>
+  <si>
+    <t>Коронка алмазная по бетону с пылеудалением 72мм, М16, турбо-сегмент, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0170-1</t>
+  </si>
+  <si>
+    <t>Система пылеудаления для алмазных коронок по бетону с резьбой М16, для дрелей и перфораторов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1003</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 10мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1001</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 6мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1002</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 8мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1004</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 12мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1015</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 32мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1020</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 45мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1021</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 50мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1026</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 70мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0170</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М16х120мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1010</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 20мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1012</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 25мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1018</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 38мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1025</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 68мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1017</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 35мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1019</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 40мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1014</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 30мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>1.10 Диски универсальные</t>
+  </si>
+  <si>
+    <t>KR-90-0100-2</t>
+  </si>
+  <si>
+    <t>Диск алмазный универсальный, мультирез, вакуумное спекание, профессиональный, 125х22,2мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0105-2</t>
   </si>
   <si>
     <t>Диск алмазный универсальный, мультирез, вакуумное спекание, профессиональный, 230х22,2мм KRANZ</t>
-  </si>
-[...442 lines deleted...]
-    <t>Диск алмазный отрезной ультратонкий 200x25,4/22,2x1,8x10 мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1068,56 +1218,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-5-mm-po-keramogranitu-keramike-i-steklu-kranz-24717" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-6-mm-po-keramogranitu-keramike-i-steklu-kranz-24718" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-12-mm-po-keramogranitu-keramike-i-steklu-kranz-24716" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-8-mm-po-keramogranitu-keramike-i-steklu-kranz-24605" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-10-mm-po-keramogranitu-keramike-i-steklu-kranz-24715" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-14-mm-po-keramogranitu-keramike-i-steklu-kranz-27156" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-125x22-2x2-2x10-mm-kranz-24709" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-115x22-2x2-4x10-mm-kranz-24708" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-180x22-2x2-4x10-mm-kranz-24711" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-230x22-2x2-8x10-mm-kranz-24712" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-150x22-2x2-4x10-mm-kranz-24710" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-115h22-2mm-kranz-30342" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-180h22-2mm-kranz-30344" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-150h22-2mm-kranz-30343" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-2-ryad-125h22-2-mm-kranz-26432" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-125h22-2-mm-kranz-26433" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-180h22-2mm-kranz-30347" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-1-ryad-125h22-2-mm-kranz-26431" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-230h22-2mm-kranz-30348" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-230h22-2mm-kranz-30345" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-150h22-2mm-kranz-30346" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-segment-125h22-2mm-kranz-30368" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-universalniy-multirez-vakuumnoe-spekanie-professionalniy-230h22-2mm-kranz-31453" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-universalniy-multirez-vakuumnoe-spekanie-professionalniy-125h22-2mm-kranz-31452" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-45-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24612" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-70-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27058" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-110-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24615" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konduktor-dlya-almaznih-sverl-14-82mm-kranz-31083" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-65-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24609" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-50-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24608" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-68-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24613" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-30-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24607" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-20-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27052" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-120-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24616" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-60-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27057" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-16-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27051" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-40-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27055" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-22-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27053" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-28-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27054" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-25-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24610" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-32mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-30838" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-38mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-30839" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-35-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24611" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-55-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27056" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-napravlyayuschee-7-mm-dlya-almaznoy-koronki-po-keramogranitu-kranz-24606" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-100-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-24614" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-80-mm-po-keramogranitu-s-tsentrovochnim-sverlom-kranz-27059" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-125x22-2x1-8x10-mm-kranz-24705" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-200x25-4-22-2x2x10-mm-kranz-26423" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-115x22-2x1-8x10-mm-kranz-24704" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-180x25-4-22-2x1-8x10-mm-kranz-24706" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-150x22-2x2x10-mm-kranz-26422" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-125h22-2mm-suhoy-mokriy-rez-kranz-30367" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-230h22-2mm-suhoy-mokriy-rez-kranz-30364" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-sploshnoy-230x22-2x2-4x10-mm-kranz-24707" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-volna-180x22-2x2-2x10-mm-kranz-26427" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-volna-125x22-2x2x10-mm-kranz-26425" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-volna-115x22-2x2x10-mm-kranz-26424" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-volna-150x22-2x2-2x10-mm-kranz-26426" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-volna-230x22-2x2-4x10-mm-kranz-26428" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-72-mm-l-90mm-m16-segment-sds-plus-kranz-26435" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-70-mm-l-90mm-m16-segment-sds-plus-kranz-27157" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-20mm-dlya-ushm-kranz-31089" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-68mm-dlya-ushm-kranz-31097" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-35mm-dlya-ushm-kranz-31099" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-8mm-dlya-ushm-kranz-31086" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-38mm-dlya-ushm-kranz-31093" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-10mm-dlya-ushm-kranz-31087" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-32mm-dlya-ushm-kranz-31092" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-45mm-dlya-ushm-kranz-31095" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-12mm-dlya-ushm-kranz-31088" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-40mm-dlya-ushm-kranz-31094" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-25mm-dlya-ushm-kranz-31090" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-68-mm-l-90mm-m16-segment-sds-plus-kranz-26434" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-70mm-dlya-ushm-kranz-31098" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m16h120mm-sds-plus-kranz-31451" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-6mm-dlya-ushm-kranz-31085" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-30mm-dlya-ushm-kranz-31091" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-jelezobetonu-m14-vakuumnoe-spekanie-50mm-dlya-ushm-kranz-31096" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-segmentniy-150x22-2x2x10-mm-kranz-24701" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-segmentniy-115x22-2x2x10-mm-kranz-24699" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-segmentniy-125x22-2x1-8x10-mm-kranz-24700" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-segmentniy-180x22-2x2-2x10-mm-kranz-24702" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-segmentniy-s-zaschitnimi-sektorami-230h22-2x10mm-kranz-30366" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-segmentniy-230x22-2x2-4x10-mm-kranz-24703" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-troynoy-segmentnyy-125h22-2mm-suhaya-rezka-kranz.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-turbo-segmentniy-s-zaschitnimi-sektorami-125h22-2x10mm-kranz-30365" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-dvoynoy-segmentniy-125h22-2mm-suhaya-rezka-kranz-30802" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-ultratonkiy-125x22-2x1-4x10-mm-kranz-24713" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-ultratonkiy-180x25-4-22-2x1-8x10-mm-kranz-26429" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-ultratonkiy-115x22-2x1-4x10-mm-kranz-27091" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-ultratonkiy-230x25-4-22-2x2x10-mm-kranz-24714" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-ultratonkiy-150x22-2x1-6x10-mm-kranz-27092" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almazniy-otreznoy-ultratonkiy-200x25-4-22-2x1-8x10-mm-kranz-26430" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-125x22-2x1-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-150x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-180x22-2x2-2x10mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-115x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-230x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-troynoy-segmentnyy-125h22-2mm-suhaya-rezka-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-segmentnyy-s-zaschitnymi-sektorami-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-segmentnyy-s-zaschitnymi-sektorami-230h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-dvoynoy-segmentnyy-125h22-2mm-suhaya-rezka-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-115x22-2x1-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-200x25-4-22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-150x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-180x25-4-22-2x1-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-230x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-125x22-2x1-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-125h22-2mm-suhoy-mokryy-rez-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-230h22-2mm-suhoy-mokryy-rez-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-230x22-2x2-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-115x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-150x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-125x22-2x2-2x10mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-180x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-150x22-2x2-2x10mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-230x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-180x22-2x2-2x10mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-115x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-125x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-125x22-2x1-4x10-mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-230x25-4-22-2x2x10-mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-115x22-2x1-4x10-mm-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-150x22-2x1-6x10-mm-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-180x25-4-22-2x1-8x10-mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-200x25-4-22-2x1-8x10-mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-12-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-8-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-5-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-14-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-6-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-10-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-55mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-80mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-30mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-65mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-68mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-110mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-45mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-120mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-40mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-70mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-22mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-28mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-50mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-32mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-38mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-16mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-20mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-60mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-napravlyayuschee-7mm-dlya-almaznoy-koronki-po-keramogranitu-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konduktor-dlya-almaznyh-sverl-14-82mm-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-25mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-35mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-100mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p200-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p400-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p1500-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p3000-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p100-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p3000-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p50-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p50-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p100-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p200-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p400-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p800-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p1500-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p3000-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p50-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p100-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p200-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p400-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p800-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p800-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p1500-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-i-adapterom-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-odnoryadnaya-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-segment-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-230h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-230h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-70mm-l-90mm-m16-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-68mm-l-90mm-m16-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-72mm-l-90mm-m16-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-s-pyleudaleniem-68mm-m16-turbo-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-s-pyleudaleniem-72mm-m16-turbo-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sistema-pyleudaleniya-dlya-almaznyh-koronok-po-betonu-s-rezboy-m16-dlya-dreley-i-perforatorov-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-10mm-dlya" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-6mm-dlya" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-8mm-dlya" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-12mm-dlya" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-32mm-dlya" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-45mm-dlya" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-50mm-dlya" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-70mm-dlya" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m16h120mm-sds-plus-kranz-2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-20mm-dlya" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-25mm-dlya" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-38mm-dlya" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-68mm-dlya" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-35mm-dlya" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-40mm-dlya" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-30mm-dlya" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-universalnyy-multirez-vakuumnoe-spekanie-professionalnyy-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-universalnyy-multirez-vakuumnoe-spekanie-professionalnyy-230h22-2mm-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I106"/>
+  <dimension ref="A1:I131"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1149,2994 +1299,3744 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>129.85</v>
+        <v>399.07</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>4801</v>
+        <v>14970</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>144.18</v>
+        <v>704.21</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>9568</v>
+        <v>646</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>218.53</v>
+        <v>884.37</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>3378</v>
+        <v>246</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>800</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>167.68</v>
+        <v>373.2</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>3752</v>
+        <v>770</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>208.45</v>
+        <v>1026.77</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>3774</v>
+        <v>5213</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>800</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>230.78</v>
+        <v>4322.25</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>217</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>800</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="2" t="s">
+      <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="2"/>
-[...6 lines deleted...]
-      <c r="I10" s="2"/>
+      <c r="B10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="3">
+        <v>616.07</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="3">
+        <v>0</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>100</v>
+      </c>
+      <c r="I10" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>416.18</v>
+        <v>1955.77</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>6004</v>
+        <v>193</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>231.86</v>
+        <v>3288.91</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>372</v>
+        <v>70</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="C13" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>968.21</v>
+        <v>363.06</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1737</v>
+        <v>575</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>693.49</v>
+        <v>997.44</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>160</v>
+        <v>119</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
+        <v>40</v>
+      </c>
+      <c r="I15" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" s="3">
+        <v>586.73</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>144</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
         <v>100</v>
       </c>
-      <c r="I15" s="3">
-[...14 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>1288.14</v>
+        <v>743.19</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>249</v>
+        <v>189</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C18" s="3">
+        <v>1037.6</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>1179</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
         <v>40</v>
       </c>
-      <c r="C18" s="3">
-[...16 lines deleted...]
-      </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>1979.43</v>
+        <v>412.67</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>90</v>
+        <v>1923</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>1350</v>
+        <v>684.52</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1142</v>
+        <v>506</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>1365.38</v>
+        <v>1428.99</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>713</v>
+        <v>610</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="C22" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>830.77</v>
+        <v>984.67</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>608</v>
+        <v>1705</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>3834.81</v>
+        <v>235.8</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>92</v>
+        <v>353</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>4087.76</v>
+        <v>705.28</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>155</v>
+        <v>295</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>2487.79</v>
+        <v>423.26</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>43</v>
+        <v>5029</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>1658.72</v>
+        <v>903.84</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>524</v>
+        <v>318</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>2836.79</v>
+        <v>785.57</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>527</v>
+        <v>220</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>1406.06</v>
+        <v>1596.46</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1094</v>
+        <v>915</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="2" t="s">
+      <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B31" s="2"/>
-[...6 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="B31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C31" s="3">
+        <v>938.77</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>590</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>50</v>
+      </c>
+      <c r="I31" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>1242.68</v>
+        <v>257.07</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>315</v>
+        <v>20</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>1722.63</v>
+        <v>511.63</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>2642</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A34" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B34" s="3" t="s">
+      <c r="A34" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="C34" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>2019.23</v>
+        <v>1119.55</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>96</v>
+        <v>1705</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>1537.49</v>
+        <v>3288.33</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>313</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>1362.44</v>
+        <v>1008.74</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>288</v>
+        <v>53</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>1653.91</v>
+        <v>1652.4</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>3330</v>
+        <v>276</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>864.26</v>
+        <v>1615.68</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>257</v>
+        <v>245</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>632.02</v>
+        <v>2058.7</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>783</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>120</v>
+        <v>25</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="3" t="s">
+      <c r="A41" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>1658.09</v>
+        <v>264.03</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>60</v>
+        <v>800</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>573.76</v>
+        <v>215.13</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
         <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>120</v>
+        <v>1000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>1149.82</v>
+        <v>132.06</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>681</v>
+        <v>102</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>744.27</v>
+        <v>283.59</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>283</v>
+        <v>2</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>120</v>
+        <v>800</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>846.15</v>
+        <v>164.28</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>365</v>
+        <v>569</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="C47" s="3">
+        <v>254.25</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F47" s="3">
+        <v>75</v>
+      </c>
+      <c r="G47" s="3">
+        <v>1</v>
+      </c>
+      <c r="H47" s="3">
+        <v>800</v>
+      </c>
+      <c r="I47" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="C47" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C49" s="3">
-        <v>1060.01</v>
+        <v>1241.91</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>428</v>
+        <v>24</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>60</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C50" s="3">
-        <v>992.52</v>
+        <v>2326.52</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>709</v>
+        <v>3</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>60</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C51" s="3">
-        <v>1399.98</v>
+        <v>733.41</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>133</v>
+        <v>16</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C52" s="3">
-        <v>175.08</v>
+        <v>1474.65</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>1432</v>
+        <v>1</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C53" s="3">
-        <v>2655.14</v>
+        <v>1682.03</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>18</v>
+        <v>1704</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C54" s="3">
+        <v>2661.91</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="3">
+        <v>0</v>
+      </c>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>20</v>
+      </c>
+      <c r="I54" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="B55" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="C54" s="3">
-[...32 lines deleted...]
-      <c r="I55" s="2"/>
+      <c r="C55" s="3">
+        <v>1119.58</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="3">
+        <v>53</v>
+      </c>
+      <c r="G55" s="3">
+        <v>1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>120</v>
+      </c>
+      <c r="I55" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>405.77</v>
+        <v>3823.44</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>980.77</v>
+        <v>1169.37</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>102</v>
+        <v>186</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>356.99</v>
+        <v>1505.94</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>134</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>730.77</v>
+        <v>669.66</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>184</v>
+        <v>44</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>576.92</v>
+        <v>860.53</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>145</v>
+        <v>251</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>592.39</v>
+        <v>1385.6</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>176</v>
+        <v>71</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>1405.1</v>
+        <v>938.98</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>610</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B63" s="3" t="s">
+      <c r="C63" s="3">
+        <v>907.67</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="3">
+        <v>334</v>
+      </c>
+      <c r="G63" s="3">
+        <v>1</v>
+      </c>
+      <c r="H63" s="3">
+        <v>60</v>
+      </c>
+      <c r="I63" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="C63" s="3">
-[...22 lines deleted...]
-      <c r="A64" s="2" t="s">
+      <c r="B64" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B64" s="2"/>
-[...6 lines deleted...]
-      <c r="I64" s="2"/>
+      <c r="C64" s="3">
+        <v>583.51</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" s="3">
+        <v>4</v>
+      </c>
+      <c r="G64" s="3">
+        <v>1</v>
+      </c>
+      <c r="H64" s="3">
+        <v>120</v>
+      </c>
+      <c r="I64" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>923.08</v>
+        <v>544.19</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>591</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>503.08</v>
+        <v>1686.28</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>848</v>
+        <v>3</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>252.77</v>
+        <v>178.06</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>1305</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>772.44</v>
+        <v>2053.56</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>249</v>
+        <v>92</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>1569.77</v>
+        <v>743.19</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>756</v>
+        <v>2426</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A70" s="2" t="s">
+      <c r="A70" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B70" s="2"/>
-[...6 lines deleted...]
-      <c r="I70" s="2"/>
+      <c r="B70" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="C70" s="3">
+        <v>862.49</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F70" s="3">
+        <v>119</v>
+      </c>
+      <c r="G70" s="3">
+        <v>1</v>
+      </c>
+      <c r="H70" s="3">
+        <v>60</v>
+      </c>
+      <c r="I70" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C71" s="3">
-        <v>5266.51</v>
+        <v>2835.87</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>804</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A72" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B72" s="3" t="s">
+      <c r="A72" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="C72" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C73" s="3">
-        <v>1314.23</v>
+        <v>508.5</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>368</v>
+        <v>500</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="3">
-        <v>4448.94</v>
+        <v>508.5</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>528</v>
+        <v>300</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C75" s="3">
-        <v>2020.89</v>
+        <v>661.05</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>35</v>
+        <v>198</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C76" s="3">
-        <v>986.24</v>
+        <v>661.05</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>74</v>
+        <v>198</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C77" s="3">
-        <v>2188.11</v>
+        <v>508.5</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>87</v>
+        <v>700</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C78" s="3">
-        <v>1037.76</v>
+        <v>508.5</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>389</v>
+        <v>199</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C79" s="3">
-        <v>1883.09</v>
+        <v>508.5</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>128</v>
+        <v>700</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C80" s="3">
-        <v>2565.42</v>
+        <v>386.46</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>82</v>
+        <v>700</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C81" s="3">
-        <v>1206.08</v>
+        <v>386.46</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>385</v>
+        <v>700</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C82" s="3">
-        <v>2435.5</v>
+        <v>386.46</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>78</v>
+        <v>500</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C83" s="3">
-        <v>1576.25</v>
+        <v>386.46</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>223</v>
+        <v>300</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C84" s="3">
-        <v>4562.39</v>
+        <v>386.46</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>1302</v>
+        <v>299</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I84" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C85" s="3">
-        <v>5104.98</v>
+        <v>386.46</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>226</v>
+        <v>200</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C86" s="3">
-        <v>776.25</v>
+        <v>345.78</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>89</v>
+        <v>199</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C87" s="3">
-        <v>937.57</v>
+        <v>711.9</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>291</v>
+        <v>497</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C88" s="3">
-        <v>1801.3</v>
+        <v>711.9</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>10</v>
+        <v>497</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C89" s="3">
-        <v>2947.75</v>
+        <v>661.05</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>50</v>
+        <v>496</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
+      <c r="A90" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="B90" s="2"/>
-[...6 lines deleted...]
-      <c r="I90" s="2"/>
+      <c r="B90" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C90" s="3">
+        <v>661.05</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F90" s="3">
+        <v>295</v>
+      </c>
+      <c r="G90" s="3">
+        <v>1</v>
+      </c>
+      <c r="H90" s="3">
+        <v>100</v>
+      </c>
+      <c r="I90" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C91" s="3">
-        <v>692.44</v>
+        <v>661.05</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>1085</v>
+        <v>298</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>100</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C92" s="3">
-        <v>366.96</v>
+        <v>508.5</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>236</v>
+        <v>299</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C93" s="3">
-        <v>392.4</v>
+        <v>508.5</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>5062</v>
+        <v>200</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>100</v>
       </c>
       <c r="I93" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C94" s="3">
-        <v>869.59</v>
+        <v>239</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>50</v>
       </c>
       <c r="I94" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C95" s="3">
-        <v>1684.66</v>
+        <v>844.89</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>466</v>
+        <v>567</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I95" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C96" s="3">
-        <v>1009.61</v>
+        <v>1183.24</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>5370</v>
+        <v>683</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C97" s="3">
-        <v>4250</v>
+        <v>2249.13</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>362</v>
+        <v>91</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>50</v>
       </c>
       <c r="I97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C98" s="3">
-        <v>529.74</v>
+        <v>1794.81</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>212</v>
+        <v>78</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C99" s="3">
-        <v>3233.93</v>
+        <v>1416.95</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>256</v>
+        <v>456</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
+        <v>20</v>
+      </c>
+      <c r="I99" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C100" s="3">
+        <v>1144.13</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" s="3">
+        <v>1001</v>
+      </c>
+      <c r="G100" s="3">
+        <v>1</v>
+      </c>
+      <c r="H100" s="3">
         <v>50</v>
       </c>
-      <c r="I99" s="3">
-[...14 lines deleted...]
-      <c r="I100" s="2"/>
+      <c r="I100" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C101" s="3">
-        <v>1100.84</v>
+        <v>1095.23</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>749</v>
+        <v>238</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I101" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C102" s="3">
-        <v>1588.67</v>
+        <v>1778.77</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>279</v>
+        <v>87</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I102" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C103" s="3">
-        <v>991.88</v>
+        <v>2542.5</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>101</v>
+        <v>220</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I103" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C104" s="3">
-        <v>3233.36</v>
+        <v>4157.25</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>200</v>
+        <v>47</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I104" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C105" s="3">
-        <v>1624.78</v>
+        <v>3900</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>287</v>
+        <v>80</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
+        <v>25</v>
+      </c>
+      <c r="I105" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="B106" s="2"/>
+      <c r="C106" s="2"/>
+      <c r="D106" s="2"/>
+      <c r="E106" s="2"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2"/>
+      <c r="H106" s="2"/>
+      <c r="I106" s="2"/>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="C107" s="3">
+        <v>3437.66</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F107" s="3">
+        <v>494</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>25</v>
+      </c>
+      <c r="I107" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A108" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="C108" s="3">
+        <v>4204.9</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F108" s="3">
+        <v>1514</v>
+      </c>
+      <c r="G108" s="3">
+        <v>1</v>
+      </c>
+      <c r="H108" s="3">
+        <v>25</v>
+      </c>
+      <c r="I108" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="C109" s="3">
+        <v>4517.83</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F109" s="3">
+        <v>1507</v>
+      </c>
+      <c r="G109" s="3">
+        <v>1</v>
+      </c>
+      <c r="H109" s="3">
+        <v>25</v>
+      </c>
+      <c r="I109" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A110" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="C110" s="3">
+        <v>4779.9</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F110" s="3">
+        <v>771</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>25</v>
+      </c>
+      <c r="I110" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="C111" s="3">
+        <v>4983.3</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F111" s="3">
+        <v>552</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>25</v>
+      </c>
+      <c r="I111" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A112" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="C112" s="3">
+        <v>3661.2</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F112" s="3">
+        <v>457</v>
+      </c>
+      <c r="G112" s="3">
+        <v>1</v>
+      </c>
+      <c r="H112" s="3">
+        <v>25</v>
+      </c>
+      <c r="I112" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C113" s="3">
+        <v>903.57</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F113" s="3">
+        <v>304</v>
+      </c>
+      <c r="G113" s="3">
+        <v>1</v>
+      </c>
+      <c r="H113" s="3">
+        <v>200</v>
+      </c>
+      <c r="I113" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C114" s="3">
+        <v>797.95</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" s="3">
+        <v>112</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>200</v>
+      </c>
+      <c r="I114" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C115" s="3">
+        <v>860.54</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F115" s="3">
+        <v>0</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1</v>
+      </c>
+      <c r="H115" s="3">
+        <v>200</v>
+      </c>
+      <c r="I115" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C116" s="3">
+        <v>1037.05</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" s="3">
+        <v>439</v>
+      </c>
+      <c r="G116" s="3">
+        <v>1</v>
+      </c>
+      <c r="H116" s="3">
+        <v>200</v>
+      </c>
+      <c r="I116" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C117" s="3">
+        <v>1915.1</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F117" s="3">
+        <v>121</v>
+      </c>
+      <c r="G117" s="3">
+        <v>1</v>
+      </c>
+      <c r="H117" s="3">
+        <v>50</v>
+      </c>
+      <c r="I117" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A118" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="C118" s="3">
+        <v>2609.03</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F118" s="3">
+        <v>81</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
+        <v>60</v>
+      </c>
+      <c r="I118" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A119" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="C119" s="3">
+        <v>2997.86</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F119" s="3">
+        <v>47</v>
+      </c>
+      <c r="G119" s="3">
+        <v>1</v>
+      </c>
+      <c r="H119" s="3">
+        <v>50</v>
+      </c>
+      <c r="I119" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A120" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="C120" s="3">
+        <v>4400.48</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F120" s="3">
+        <v>233</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>50</v>
+      </c>
+      <c r="I120" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="C121" s="3">
+        <v>710.5</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F121" s="3">
+        <v>89</v>
+      </c>
+      <c r="G121" s="3">
+        <v>1</v>
+      </c>
+      <c r="H121" s="3">
+        <v>50</v>
+      </c>
+      <c r="I121" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A122" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C122" s="3">
+        <v>1336.57</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F122" s="3">
+        <v>409</v>
+      </c>
+      <c r="G122" s="3">
+        <v>1</v>
+      </c>
+      <c r="H122" s="3">
         <v>100</v>
       </c>
-      <c r="I105" s="3">
-[...29 lines deleted...]
-        <v>1</v>
+      <c r="I122" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A123" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="C123" s="3">
+        <v>1603.05</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F123" s="3">
+        <v>243</v>
+      </c>
+      <c r="G123" s="3">
+        <v>1</v>
+      </c>
+      <c r="H123" s="3">
+        <v>100</v>
+      </c>
+      <c r="I123" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A124" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="C124" s="3">
+        <v>2225.31</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F124" s="3">
+        <v>83</v>
+      </c>
+      <c r="G124" s="3">
+        <v>1</v>
+      </c>
+      <c r="H124" s="3">
+        <v>50</v>
+      </c>
+      <c r="I124" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A125" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="C125" s="3">
+        <v>4146.23</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F125" s="3">
+        <v>313</v>
+      </c>
+      <c r="G125" s="3">
+        <v>1</v>
+      </c>
+      <c r="H125" s="3">
+        <v>50</v>
+      </c>
+      <c r="I125" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A126" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C126" s="3">
+        <v>2055.25</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F126" s="3">
+        <v>31</v>
+      </c>
+      <c r="G126" s="3">
+        <v>1</v>
+      </c>
+      <c r="H126" s="3">
+        <v>50</v>
+      </c>
+      <c r="I126" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="C127" s="3">
+        <v>2476.9</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F127" s="3">
+        <v>72</v>
+      </c>
+      <c r="G127" s="3">
+        <v>1</v>
+      </c>
+      <c r="H127" s="3">
+        <v>60</v>
+      </c>
+      <c r="I127" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A128" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C128" s="3">
+        <v>1831.92</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F128" s="3">
+        <v>0</v>
+      </c>
+      <c r="G128" s="3">
+        <v>1</v>
+      </c>
+      <c r="H128" s="3">
+        <v>50</v>
+      </c>
+      <c r="I128" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A129" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="B129" s="2"/>
+      <c r="C129" s="2"/>
+      <c r="D129" s="2"/>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2"/>
+      <c r="G129" s="2"/>
+      <c r="H129" s="2"/>
+      <c r="I129" s="2"/>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A130" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="B130" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="C130" s="3">
+        <v>1211.6</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F130" s="3">
+        <v>801</v>
+      </c>
+      <c r="G130" s="3">
+        <v>1</v>
+      </c>
+      <c r="H130" s="3">
+        <v>100</v>
+      </c>
+      <c r="I130" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A131" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="C131" s="3">
+        <v>2464.27</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F131" s="3">
+        <v>516</v>
+      </c>
+      <c r="G131" s="3">
+        <v>1</v>
+      </c>
+      <c r="H131" s="3">
+        <v>40</v>
+      </c>
+      <c r="I131" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A10:I10"/>
-    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A22:I22"/>
     <mergeCell ref="A28:I28"/>
-    <mergeCell ref="A31:I31"/>
-[...4 lines deleted...]
-    <mergeCell ref="A100:I100"/>
+    <mergeCell ref="A34:I34"/>
+    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A72:I72"/>
+    <mergeCell ref="A106:I106"/>
+    <mergeCell ref="A129:I129"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
-    <hyperlink ref="D11" r:id="rId7"/>
-[...1 lines deleted...]
-    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
-    <hyperlink ref="D17" r:id="rId12"/>
-[...4 lines deleted...]
-    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
     <hyperlink ref="D30" r:id="rId24"/>
-    <hyperlink ref="D32" r:id="rId25"/>
-[...1 lines deleted...]
-    <hyperlink ref="D34" r:id="rId27"/>
+    <hyperlink ref="D31" r:id="rId25"/>
+    <hyperlink ref="D32" r:id="rId26"/>
+    <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D35" r:id="rId28"/>
     <hyperlink ref="D36" r:id="rId29"/>
     <hyperlink ref="D37" r:id="rId30"/>
     <hyperlink ref="D38" r:id="rId31"/>
     <hyperlink ref="D39" r:id="rId32"/>
     <hyperlink ref="D40" r:id="rId33"/>
-    <hyperlink ref="D41" r:id="rId34"/>
-[...20 lines deleted...]
-    <hyperlink ref="D63" r:id="rId55"/>
+    <hyperlink ref="D42" r:id="rId34"/>
+    <hyperlink ref="D43" r:id="rId35"/>
+    <hyperlink ref="D44" r:id="rId36"/>
+    <hyperlink ref="D45" r:id="rId37"/>
+    <hyperlink ref="D46" r:id="rId38"/>
+    <hyperlink ref="D47" r:id="rId39"/>
+    <hyperlink ref="D49" r:id="rId40"/>
+    <hyperlink ref="D50" r:id="rId41"/>
+    <hyperlink ref="D51" r:id="rId42"/>
+    <hyperlink ref="D52" r:id="rId43"/>
+    <hyperlink ref="D53" r:id="rId44"/>
+    <hyperlink ref="D54" r:id="rId45"/>
+    <hyperlink ref="D55" r:id="rId46"/>
+    <hyperlink ref="D56" r:id="rId47"/>
+    <hyperlink ref="D57" r:id="rId48"/>
+    <hyperlink ref="D58" r:id="rId49"/>
+    <hyperlink ref="D59" r:id="rId50"/>
+    <hyperlink ref="D60" r:id="rId51"/>
+    <hyperlink ref="D61" r:id="rId52"/>
+    <hyperlink ref="D62" r:id="rId53"/>
+    <hyperlink ref="D63" r:id="rId54"/>
+    <hyperlink ref="D64" r:id="rId55"/>
     <hyperlink ref="D65" r:id="rId56"/>
     <hyperlink ref="D66" r:id="rId57"/>
     <hyperlink ref="D67" r:id="rId58"/>
     <hyperlink ref="D68" r:id="rId59"/>
     <hyperlink ref="D69" r:id="rId60"/>
-    <hyperlink ref="D71" r:id="rId61"/>
-    <hyperlink ref="D72" r:id="rId62"/>
+    <hyperlink ref="D70" r:id="rId61"/>
+    <hyperlink ref="D71" r:id="rId62"/>
     <hyperlink ref="D73" r:id="rId63"/>
     <hyperlink ref="D74" r:id="rId64"/>
     <hyperlink ref="D75" r:id="rId65"/>
     <hyperlink ref="D76" r:id="rId66"/>
     <hyperlink ref="D77" r:id="rId67"/>
     <hyperlink ref="D78" r:id="rId68"/>
     <hyperlink ref="D79" r:id="rId69"/>
     <hyperlink ref="D80" r:id="rId70"/>
     <hyperlink ref="D81" r:id="rId71"/>
     <hyperlink ref="D82" r:id="rId72"/>
     <hyperlink ref="D83" r:id="rId73"/>
     <hyperlink ref="D84" r:id="rId74"/>
     <hyperlink ref="D85" r:id="rId75"/>
     <hyperlink ref="D86" r:id="rId76"/>
     <hyperlink ref="D87" r:id="rId77"/>
     <hyperlink ref="D88" r:id="rId78"/>
     <hyperlink ref="D89" r:id="rId79"/>
-    <hyperlink ref="D91" r:id="rId80"/>
-[...13 lines deleted...]
-    <hyperlink ref="D106" r:id="rId94"/>
+    <hyperlink ref="D90" r:id="rId80"/>
+    <hyperlink ref="D91" r:id="rId81"/>
+    <hyperlink ref="D92" r:id="rId82"/>
+    <hyperlink ref="D93" r:id="rId83"/>
+    <hyperlink ref="D94" r:id="rId84"/>
+    <hyperlink ref="D95" r:id="rId85"/>
+    <hyperlink ref="D96" r:id="rId86"/>
+    <hyperlink ref="D97" r:id="rId87"/>
+    <hyperlink ref="D98" r:id="rId88"/>
+    <hyperlink ref="D99" r:id="rId89"/>
+    <hyperlink ref="D100" r:id="rId90"/>
+    <hyperlink ref="D101" r:id="rId91"/>
+    <hyperlink ref="D102" r:id="rId92"/>
+    <hyperlink ref="D103" r:id="rId93"/>
+    <hyperlink ref="D104" r:id="rId94"/>
+    <hyperlink ref="D105" r:id="rId95"/>
+    <hyperlink ref="D107" r:id="rId96"/>
+    <hyperlink ref="D108" r:id="rId97"/>
+    <hyperlink ref="D109" r:id="rId98"/>
+    <hyperlink ref="D110" r:id="rId99"/>
+    <hyperlink ref="D111" r:id="rId100"/>
+    <hyperlink ref="D112" r:id="rId101"/>
+    <hyperlink ref="D113" r:id="rId102"/>
+    <hyperlink ref="D114" r:id="rId103"/>
+    <hyperlink ref="D115" r:id="rId104"/>
+    <hyperlink ref="D116" r:id="rId105"/>
+    <hyperlink ref="D117" r:id="rId106"/>
+    <hyperlink ref="D118" r:id="rId107"/>
+    <hyperlink ref="D119" r:id="rId108"/>
+    <hyperlink ref="D120" r:id="rId109"/>
+    <hyperlink ref="D121" r:id="rId110"/>
+    <hyperlink ref="D122" r:id="rId111"/>
+    <hyperlink ref="D123" r:id="rId112"/>
+    <hyperlink ref="D124" r:id="rId113"/>
+    <hyperlink ref="D125" r:id="rId114"/>
+    <hyperlink ref="D126" r:id="rId115"/>
+    <hyperlink ref="D127" r:id="rId116"/>
+    <hyperlink ref="D128" r:id="rId117"/>
+    <hyperlink ref="D130" r:id="rId118"/>
+    <hyperlink ref="D131" r:id="rId119"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>