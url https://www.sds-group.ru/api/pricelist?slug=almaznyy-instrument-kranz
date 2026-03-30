--- v2 (2026-02-08)
+++ v3 (2026-03-30)
@@ -45,780 +45,780 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Алмазный инструмент Kranz</t>
   </si>
   <si>
     <t>1.1 Диски алмазные сегментные Kranz</t>
   </si>
   <si>
+    <t>KR-90-0100</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сегментный 115x22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>KR-90-0101</t>
   </si>
   <si>
     <t>Диск алмазный отрезной сегментный 125x22,2x1,8x10мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-90-0102</t>
   </si>
   <si>
     <t>Диск алмазный отрезной сегментный 150x22,2x2x10мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0103</t>
   </si>
   <si>
     <t>Диск алмазный отрезной сегментный 180x22,2x2,2x10мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0100</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-90-0105</t>
   </si>
   <si>
     <t>Диск алмазный отрезной сегментный 230x22,2x2,4x10мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0106</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo сегментный с защитными секторами, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0108</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo сегментный с защитными секторами, 230х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0101-2</t>
+  </si>
+  <si>
+    <t>Диск алмазный двойной, сегментный, 125х22,2мм, сухая резка KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0101-3</t>
   </si>
   <si>
     <t>Диск алмазный тройной сегментный 125х22,2мм, сухая резка KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0106</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Диски алмазные сплошные Kranz</t>
   </si>
   <si>
+    <t>KR-90-0118</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной, 230х22,2мм, сухой/мокрый рез KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0110</t>
   </si>
   <si>
     <t>Диск алмазный отрезной сплошной 115x22,2x1,8x10мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0111</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 125x22,2x1,8x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0113</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной сплошной 180x25,4/22,2x1,8x10мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0114</t>
   </si>
   <si>
     <t>Диск алмазный отрезной сплошной 200x25,4/22,2x2x10мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0112</t>
   </si>
   <si>
     <t>Диск алмазный отрезной сплошной 150x22,2x2x10мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0113</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-90-0115</t>
   </si>
   <si>
     <t>Диск алмазный отрезной сплошной 230x22,2x2,4x10мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0111</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-90-0116</t>
   </si>
   <si>
     <t>Диск алмазный отрезной сплошной, 125х22,2мм, сухой/мокрый рез KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0118</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Диски алмазные турбо Kranz</t>
   </si>
   <si>
+    <t>KR-90-0120</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 115x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0121</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 125x22,2x2,2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0122</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 150x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0123</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo 180x22,2x2,4x10мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0125</t>
   </si>
   <si>
     <t>Диск алмазный отрезной Turbo 230x22,2x2,8x10мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0120</t>
-[...22 lines deleted...]
-  <si>
     <t>1.4 Диски алмазные Turbo волна Kranz</t>
   </si>
   <si>
+    <t>KR-90-0130</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo волна 115x22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0131</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo волна 125x22,2x2x10мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0132</t>
   </si>
   <si>
     <t>Диск алмазный отрезной Turbo волна 150x22,2x2,2x10мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0133</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной Turbo волна 180x22,2x2,2x10мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0135</t>
   </si>
   <si>
     <t>Диск алмазный отрезной Turbo волна 230x22,2x2,4x10мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0133</t>
-[...16 lines deleted...]
-  <si>
     <t>1.5 Диски алмазные ультратонкие Kranz</t>
   </si>
   <si>
+    <t>KR-90-0140</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной ультратонкий 115x22,2x1,4x10 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0142</t>
+  </si>
+  <si>
+    <t>Диск алмазный отрезной ультратонкий 150x22,2x1,6x10 мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0141</t>
   </si>
   <si>
     <t>Диск алмазный отрезной ультратонкий 125x22,2x1,4x10 мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0145</t>
   </si>
   <si>
     <t>Диск алмазный отрезной ультратонкий 230x25,4/22,2x2x10 мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0140</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-90-0143</t>
   </si>
   <si>
     <t>Диск алмазный отрезной ультратонкий 180x25,4/22,2x1,8x10 мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0144</t>
   </si>
   <si>
     <t>Диск алмазный отрезной ультратонкий 200x25,4/22,2x1,8x10 мм KRANZ</t>
   </si>
   <si>
     <t>1.6 Алмазные сверла по керамограниту Kranz</t>
   </si>
   <si>
     <t>KR-92-0004</t>
   </si>
   <si>
     <t>Сверло алмазное 12 мм по керамограниту, керамике и стеклу KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0000</t>
+  </si>
+  <si>
+    <t>Сверло алмазное 5 мм по керамограниту, керамике и стеклу KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0001</t>
+  </si>
+  <si>
+    <t>Сверло алмазное 6 мм по керамограниту, керамике и стеклу KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0002</t>
   </si>
   <si>
     <t>Сверло алмазное 8 мм по керамограниту, керамике и стеклу KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0000</t>
-[...2 lines deleted...]
-    <t>Сверло алмазное 5 мм по керамограниту, керамике и стеклу KRANZ</t>
+    <t>KR-92-0003</t>
+  </si>
+  <si>
+    <t>Сверло алмазное 10 мм по керамограниту, керамике и стеклу KRANZ</t>
   </si>
   <si>
     <t>KR-92-0025</t>
   </si>
   <si>
     <t>Сверло алмазное 14 мм по керамограниту, керамике и стеклу KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0001</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7 Алмазные коронки по керамограниту Kranz</t>
   </si>
   <si>
+    <t>KR-92-0030</t>
+  </si>
+  <si>
+    <t>Кондуктор для алмазных сверл 14-82мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0010</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 30мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0014</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 50мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0017</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 65мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0018</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 68мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0022</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 110мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0008</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 25мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0011</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 35мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0013</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 45мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0021</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 100мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0023</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 120мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0005</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 16мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0006</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 20мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0012</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 40мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0016</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 60мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0019</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 70мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0024</t>
+  </si>
+  <si>
+    <t>Сверло направляющее 7мм для алмазной коронки по керамограниту KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0020</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 80мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0007</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 22мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0009</t>
+  </si>
+  <si>
+    <t>Коронка алмазная 28мм по керамограниту с центровочным сверлом KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0015</t>
   </si>
   <si>
     <t>Коронка алмазная 55мм по керамограниту с центровочным сверлом KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0020</t>
-[...70 lines deleted...]
-  <si>
     <t>KR-92-0026</t>
   </si>
   <si>
     <t>Коронка алмазная 32мм по керамограниту с центровочным сверлом KRANZ</t>
   </si>
   <si>
     <t>KR-92-0027</t>
   </si>
   <si>
     <t>Коронка алмазная 38мм по керамограниту с центровочным сверлом KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0005</t>
-[...46 lines deleted...]
-  <si>
     <t>1.8 Алмазный инструмент для шлифования: чашки и гибкие круги Kranz</t>
   </si>
   <si>
     <t>KR-90-0323</t>
   </si>
   <si>
     <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P200, сухое шлифование KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0301</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P50, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0302</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P100, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0303</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P200, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0304</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P400, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0305</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P800, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0306</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P1500, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0255</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная Turbo, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0256</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная Turbo, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0257</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная Turbo, 230х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0150</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, однорядная, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0151</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, двухрядная,125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0152</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная Turbo 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0251</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, двухрядная, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0252</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, двухрядная, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0253</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, двухрядная, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0254</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, двухрядная, 230х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0258</t>
+  </si>
+  <si>
+    <t>Чашка алмазная шлифовальная, Турбо-сегмент, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0307</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P3000, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0308</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P50, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0309</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P100, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0310</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P200, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0311</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P400, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0312</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P800, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0313</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P1500, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0314</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 125мм, P3000, сухое/мокрое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0321</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P50, сухое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0322</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P100, сухое шлифование KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0324</t>
   </si>
   <si>
     <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P400, сухое шлифование KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0313</t>
-[...14 lines deleted...]
-    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P100, сухое шлифование KRANZ</t>
+    <t>KR-90-0325</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P800, сухое шлифование KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0326</t>
+  </si>
+  <si>
+    <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P1500, сухое шлифование KRANZ</t>
   </si>
   <si>
     <t>KR-90-0327</t>
   </si>
   <si>
     <t>Круг алмазный гибкий шлифовальный Черепашка 100мм, P3000, сухое шлифование KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0321</t>
-[...88 lines deleted...]
-  <si>
     <t>KR-90-0328</t>
   </si>
   <si>
     <t>Насадка для дрели и УШМ с липучкой и адаптером 100мм, М14 KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0150</t>
-[...64 lines deleted...]
-  <si>
     <t>1.9 Алмазные коронки по бетону (в т. ч. арм.) Kranz</t>
   </si>
   <si>
+    <t>KR-92-1017</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 35мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0163</t>
+  </si>
+  <si>
+    <t>Коронка алмазная по бетону 68мм, L=90мм, М16, сегмент, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0165</t>
+  </si>
+  <si>
+    <t>Коронка алмазная по бетону 72мм, L=90мм, М16, сегмент, SDS PLUS KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0164</t>
   </si>
   <si>
     <t>Коронка алмазная по бетону 70мм, L=90мм, М16, сегмент, SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0163</t>
-[...8 lines deleted...]
-    <t>Коронка алмазная по бетону 72мм, L=90мм, М16, сегмент, SDS PLUS KRANZ</t>
+    <t>KR-92-1001</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 6мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1002</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 8мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1003</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 10мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1004</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 12мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1010</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 20мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1012</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 25мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1014</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 30мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1015</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 32мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1018</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 38мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1019</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 40мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1020</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 45мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1021</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 50мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1025</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 68мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-1026</t>
+  </si>
+  <si>
+    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 70мм, для УШМ KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0170</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М16х120мм SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-90-0173</t>
   </si>
   <si>
     <t>Коронка алмазная по бетону с пылеудалением 68мм, М16, турбо-сегмент, SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-90-0175</t>
   </si>
   <si>
     <t>Коронка алмазная по бетону с пылеудалением 72мм, М16, турбо-сегмент, SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-90-0170-1</t>
   </si>
   <si>
     <t>Система пылеудаления для алмазных коронок по бетону с резьбой М16, для дрелей и перфораторов KRANZ</t>
-  </si>
-[...94 lines deleted...]
-    <t>Коронка алмазная профессиональная по керамограниту и железобетону М14, вакуумное спекание, 30мм, для УШМ KRANZ</t>
   </si>
   <si>
     <t>1.10 Диски универсальные</t>
   </si>
   <si>
     <t>KR-90-0100-2</t>
   </si>
   <si>
     <t>Диск алмазный универсальный, мультирез, вакуумное спекание, профессиональный, 125х22,2мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0105-2</t>
   </si>
   <si>
     <t>Диск алмазный универсальный, мультирез, вакуумное спекание, профессиональный, 230х22,2мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
@@ -1218,51 +1218,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-125x22-2x1-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-150x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-180x22-2x2-2x10mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-115x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-230x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-troynoy-segmentnyy-125h22-2mm-suhaya-rezka-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-segmentnyy-s-zaschitnymi-sektorami-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-segmentnyy-s-zaschitnymi-sektorami-230h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-dvoynoy-segmentnyy-125h22-2mm-suhaya-rezka-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-115x22-2x1-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-200x25-4-22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-150x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-180x25-4-22-2x1-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-230x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-125x22-2x1-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-125h22-2mm-suhoy-mokryy-rez-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-230h22-2mm-suhoy-mokryy-rez-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-230x22-2x2-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-115x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-150x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-125x22-2x2-2x10mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-180x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-150x22-2x2-2x10mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-230x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-180x22-2x2-2x10mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-115x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-125x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-125x22-2x1-4x10-mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-230x25-4-22-2x2x10-mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-115x22-2x1-4x10-mm-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-150x22-2x1-6x10-mm-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-180x25-4-22-2x1-8x10-mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-200x25-4-22-2x1-8x10-mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-12-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-8-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-5-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-14-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-6-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-10-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-55mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-80mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-30mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-65mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-68mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-110mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-45mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-120mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-40mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-70mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-22mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-28mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-50mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-32mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-38mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-16mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-20mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-60mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-napravlyayuschee-7mm-dlya-almaznoy-koronki-po-keramogranitu-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konduktor-dlya-almaznyh-sverl-14-82mm-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-25mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-35mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-100mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p200-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p400-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p1500-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p3000-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p100-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p3000-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p50-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p50-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p100-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p200-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p400-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p800-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p1500-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p3000-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p50-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p100-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p200-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p400-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p800-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p800-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p1500-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-i-adapterom-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-odnoryadnaya-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-segment-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-230h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-230h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-70mm-l-90mm-m16-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-68mm-l-90mm-m16-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-72mm-l-90mm-m16-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-s-pyleudaleniem-68mm-m16-turbo-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-s-pyleudaleniem-72mm-m16-turbo-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sistema-pyleudaleniya-dlya-almaznyh-koronok-po-betonu-s-rezboy-m16-dlya-dreley-i-perforatorov-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-10mm-dlya" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-6mm-dlya" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-8mm-dlya" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-12mm-dlya" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-32mm-dlya" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-45mm-dlya" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-50mm-dlya" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-70mm-dlya" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m16h120mm-sds-plus-kranz-2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-20mm-dlya" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-25mm-dlya" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-38mm-dlya" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-68mm-dlya" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-35mm-dlya" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-40mm-dlya" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-30mm-dlya" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-universalnyy-multirez-vakuumnoe-spekanie-professionalnyy-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-universalnyy-multirez-vakuumnoe-spekanie-professionalnyy-230h22-2mm-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-115x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-125x22-2x1-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-150x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-180x22-2x2-2x10mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-segmentnyy-230x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-segmentnyy-s-zashchitnymi-sektorami-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-segmentnyy-s-zashchitnymi-sektorami-230h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-dvoynoy-segmentnyy-125h22-2mm-suhaya-rezka-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-troynoy-segmentnyy-125h22-2mm-suhaya-rezka-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-230h22-2mm-suhoymokryy-rez-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-115x22-2x1-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-125x22-2x1-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-180x25-422-2x1-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-200x25-422-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-150x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-230x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-sploshnoy-125h22-2mm-suhoymokryy-rez-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-115x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-125x22-2x2-2x10mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-150x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-180x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-230x22-2x2-8x10mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-115x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-125x22-2x2x10mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-150x22-2x2-2x10mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-180x22-2x2-2x10mm-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-turbo-volna-230x22-2x2-4x10mm-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-115x22-2x1-4x10-mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-150x22-2x1-6x10-mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-125x22-2x1-4x10-mm-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-230x25-422-2x2x10-mm-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-180x25-422-2x1-8x10-mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-otreznoy-ultratonkiy-200x25-422-2x1-8x10-mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-12-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-5-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-6-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-8-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-10-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-almaznoe-14-mm-po-keramogranitu-keramike-i-steklu-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konduktor-dlya-almaznyh-sverl-14-82mm-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-30mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-50mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-65mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-68mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-110mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-25mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-35mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-45mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-100mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-120mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-16mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-20mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-40mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-60mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-70mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-napravlyayushchee-7mm-dlya-almaznoy-koronki-po-keramogranitu-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-80mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-22mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-28mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-55mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-32mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-38mm-po-keramogranitu-s-tsentrovochnym-sverlom-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p200-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p50-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p100-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p200-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p400-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p800-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p1500-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-230h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-odnoryadnaya-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-dvuhryadnaya-230h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chashka-almaznaya-shlifovalnaya-turbo-segment-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p3000-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p50-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p100-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p200-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p400-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p800-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p1500-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-125mm-p3000-suhoemokroe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p50-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p100-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p400-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p800-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p1500-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-almaznyy-gibkiy-shlifovalnyy-cherepashka-100mm-p3000-suhoe-shlifovanie-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-dreli-i-ushm-s-lipuchkoy-i-adapterom-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-35mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-68mm-l-90mm-m16-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-72mm-l-90mm-m16-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-70mm-l-90mm-m16-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-6mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-8mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-10mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-12mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-20mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-25mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-30mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-32mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-38mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-40mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-45mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-50mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-68mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-professionalnaya-po-keramogranitu-i-zhelezobetonu-m14-vakuumnoe-spekanie-70mm-dlya-ushm-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m16h120mm-sds-plus-kranz-2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-s-pyleudaleniem-68mm-m16-turbo-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-almaznaya-po-betonu-s-pyleudaleniem-72mm-m16-turbo-segment-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sistema-pyleudaleniya-dlya-almaznyh-koronok-po-betonu-s-rezboy-m16-dlya-dreley-i-perforatorov-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-universalnyy-multirez-vakuumnoe-spekanie-professionalnyy-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-almaznyy-universalnyy-multirez-vakuumnoe-spekanie-professionalnyy-230h22-2mm-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I131"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1299,3599 +1299,3599 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>399.07</v>
+        <v>354.54</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>14970</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>704.21</v>
+        <v>379.12</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>646</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>884.37</v>
+        <v>633.79</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>246</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>373.2</v>
+        <v>795.93</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>770</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1026.77</v>
+        <v>913.83</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>5213</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>40</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>4322.25</v>
+        <v>554.46</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>217</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>616.07</v>
+        <v>1740.64</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>1955.77</v>
+        <v>2861.35</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>193</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>3288.91</v>
+        <v>3457.8</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>363.06</v>
+        <v>1271.8</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>575</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>997.44</v>
+        <v>344.91</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>586.73</v>
+        <v>371.4</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>743.19</v>
+        <v>668.87</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>189</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>1037.6</v>
+        <v>897.7</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1179</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>40</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>412.67</v>
+        <v>528.06</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1923</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>684.52</v>
+        <v>923.46</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>506</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>1428.99</v>
+        <v>616.07</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>610</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>984.67</v>
+        <v>165.06</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1705</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>235.8</v>
+        <v>402.1</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>353</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>705.28</v>
+        <v>634.75</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>295</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>423.26</v>
+        <v>813.46</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>5029</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>903.84</v>
+        <v>876.36</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>318</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>785.57</v>
+        <v>179.95</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>1596.46</v>
+        <v>460.47</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>915</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>938.77</v>
+        <v>707.01</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>590</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>257.07</v>
+        <v>844.89</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>511.63</v>
+        <v>1420.85</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>2642</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>1119.55</v>
+        <v>907.87</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1705</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>3288.33</v>
+        <v>1470.64</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>313</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>1008.74</v>
+        <v>1007.6</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>1652.4</v>
+        <v>2860.85</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>276</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>1615.68</v>
+        <v>1130.98</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>245</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>2058.7</v>
+        <v>1441.09</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>783</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>25</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="3">
-        <v>264.03</v>
+        <v>250.83</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>800</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="3">
-        <v>215.13</v>
+        <v>125.46</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
         <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>1000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C44" s="3">
-        <v>132.06</v>
+        <v>156.07</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>102</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C45" s="3">
-        <v>283.59</v>
+        <v>204.37</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C46" s="3">
-        <v>164.28</v>
+        <v>241.54</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>569</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>400</v>
+        <v>800</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C47" s="3">
-        <v>254.25</v>
+        <v>269.41</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>800</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="3">
-        <v>1241.91</v>
+        <v>1581.24</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="3">
-        <v>2326.52</v>
+        <v>660.07</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C51" s="3">
-        <v>733.41</v>
+        <v>1094.62</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="3">
-        <v>1474.65</v>
+        <v>1164.97</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>60</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="3">
-        <v>1682.03</v>
+        <v>1328.8</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1704</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>60</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="3">
-        <v>2661.91</v>
+        <v>1943.19</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>20</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="3">
-        <v>1119.58</v>
+        <v>668.87</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>120</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="3">
-        <v>3823.44</v>
+        <v>689.99</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="3">
-        <v>1169.37</v>
+        <v>884.47</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>186</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>60</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="3">
-        <v>1505.94</v>
+        <v>2183.62</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
         <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="3">
-        <v>669.66</v>
+        <v>2791.11</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="3">
-        <v>860.53</v>
+        <v>525.16</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>251</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>120</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="3">
-        <v>1385.6</v>
+        <v>489.77</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="3">
-        <v>938.98</v>
+        <v>923.8</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I62" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>907.67</v>
+        <v>1332.16</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>334</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>60</v>
       </c>
       <c r="I63" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>583.51</v>
+        <v>1189.69</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>544.19</v>
+        <v>151.35</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
         <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>120</v>
+        <v>1000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>1686.28</v>
+        <v>1791.42</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>60</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>178.06</v>
+        <v>602.69</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>1305</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>1000</v>
+        <v>120</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>2053.56</v>
+        <v>774.48</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>743.19</v>
+        <v>981.11</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>2426</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>862.49</v>
+        <v>751.18</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="3">
-        <v>2835.87</v>
+        <v>726.14</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
       <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C73" s="3">
-        <v>508.5</v>
+        <v>381.38</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="3">
-        <v>508.5</v>
+        <v>289.85</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>100</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C75" s="3">
-        <v>661.05</v>
+        <v>289.85</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>198</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C76" s="3">
-        <v>661.05</v>
+        <v>289.85</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>198</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>100</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C77" s="3">
-        <v>508.5</v>
+        <v>289.85</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C78" s="3">
-        <v>508.5</v>
+        <v>289.85</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>199</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C79" s="3">
-        <v>508.5</v>
+        <v>289.85</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C80" s="3">
-        <v>386.46</v>
+        <v>1911.76</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C81" s="3">
-        <v>386.46</v>
+        <v>1256.37</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C82" s="3">
-        <v>386.46</v>
+        <v>3315</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C83" s="3">
-        <v>386.46</v>
+        <v>591.42</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C84" s="3">
-        <v>386.46</v>
+        <v>972.51</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I84" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C85" s="3">
-        <v>386.46</v>
+        <v>1005.75</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I85" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C86" s="3">
-        <v>345.78</v>
+        <v>930.95</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>199</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C87" s="3">
-        <v>711.9</v>
+        <v>1511.95</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>497</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C88" s="3">
-        <v>711.9</v>
+        <v>2161.13</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>497</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C89" s="3">
-        <v>661.05</v>
+        <v>3533.66</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>496</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C90" s="3">
-        <v>661.05</v>
+        <v>1204.41</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>295</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C91" s="3">
-        <v>661.05</v>
+        <v>242.05</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>298</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>100</v>
       </c>
       <c r="I91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C92" s="3">
-        <v>508.5</v>
+        <v>533.93</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>100</v>
       </c>
       <c r="I92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C93" s="3">
-        <v>508.5</v>
+        <v>533.93</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>100</v>
       </c>
       <c r="I93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C94" s="3">
-        <v>239</v>
+        <v>495.79</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C95" s="3">
-        <v>844.89</v>
+        <v>495.79</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>567</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C96" s="3">
-        <v>1183.24</v>
+        <v>495.79</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>683</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C97" s="3">
-        <v>2249.13</v>
+        <v>495.79</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>91</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C98" s="3">
-        <v>1794.81</v>
+        <v>495.79</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C99" s="3">
-        <v>1416.95</v>
+        <v>381.38</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>456</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C100" s="3">
-        <v>1144.13</v>
+        <v>381.38</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>1001</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C101" s="3">
-        <v>1095.23</v>
+        <v>381.38</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>238</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C102" s="3">
-        <v>1778.77</v>
+        <v>381.38</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C103" s="3">
-        <v>2542.5</v>
+        <v>381.38</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C104" s="3">
-        <v>4157.25</v>
+        <v>381.38</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C105" s="3">
-        <v>3900</v>
+        <v>179.25</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
         <v>210</v>
       </c>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="2"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
       <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C107" s="3">
-        <v>3437.66</v>
+        <v>1582.54</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>494</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I107" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C108" s="3">
-        <v>4204.9</v>
+        <v>3574.17</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>1514</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>25</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C109" s="3">
-        <v>4517.83</v>
+        <v>3840.16</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>1507</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>25</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C110" s="3">
-        <v>4779.9</v>
+        <v>2922.01</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>771</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>25</v>
       </c>
       <c r="I110" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C111" s="3">
-        <v>4983.3</v>
+        <v>638.36</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>552</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C112" s="3">
-        <v>3661.2</v>
+        <v>688.43</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>457</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C113" s="3">
-        <v>903.57</v>
+        <v>722.86</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>304</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
         <v>200</v>
       </c>
       <c r="I113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C114" s="3">
-        <v>797.95</v>
+        <v>829.64</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>200</v>
       </c>
       <c r="I114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C115" s="3">
-        <v>860.54</v>
+        <v>1055.89</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
         <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C116" s="3">
-        <v>1037.05</v>
+        <v>1266.41</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>439</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C117" s="3">
-        <v>1915.1</v>
+        <v>1447.22</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>121</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>50</v>
       </c>
       <c r="I117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C118" s="3">
-        <v>2609.03</v>
+        <v>1512.93</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>81</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C119" s="3">
-        <v>2997.86</v>
+        <v>1713.49</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>50</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C120" s="3">
-        <v>4400.48</v>
+        <v>1907.21</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>233</v>
+        <v>0</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C121" s="3">
-        <v>710.5</v>
+        <v>2008.95</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I121" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C122" s="3">
-        <v>1336.57</v>
+        <v>2308.35</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>409</v>
+        <v>0</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C123" s="3">
-        <v>1603.05</v>
+        <v>3026.75</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>243</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C124" s="3">
-        <v>2225.31</v>
+        <v>3212.35</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>50</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C125" s="3">
-        <v>4146.23</v>
+        <v>497.35</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>313</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>50</v>
       </c>
       <c r="I125" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C126" s="3">
-        <v>2055.25</v>
+        <v>3584.93</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C127" s="3">
-        <v>2476.9</v>
+        <v>3737.48</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C128" s="3">
-        <v>1831.92</v>
+        <v>3112.02</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
         <v>0</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
         <v>255</v>
       </c>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="2"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
       <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C130" s="3">
-        <v>1211.6</v>
+        <v>1078.32</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>801</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>100</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C131" s="3">
-        <v>2464.27</v>
+        <v>2143.91</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>516</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>40</v>
       </c>
       <c r="I131" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A28:I28"/>
     <mergeCell ref="A34:I34"/>
     <mergeCell ref="A41:I41"/>
     <mergeCell ref="A48:I48"/>
     <mergeCell ref="A72:I72"/>
     <mergeCell ref="A106:I106"/>
     <mergeCell ref="A129:I129"/>
   </mergeCells>