--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -45,273 +45,273 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Антивандальные кнопки (металлические)</t>
   </si>
   <si>
     <t>1.1 Антивандальные кнопки (металлические) 250V</t>
   </si>
   <si>
+    <t>36-3530</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø22 250В 5А Фикс (6с) (ON)-OFF/(OFF)-ON подсв/красная  REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>06-0348-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2с винт) OFF-(ON) выпуклая (A16-A3) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3412</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с) OFF-(ON) выпуклая (PBS-28В-4) REXANT</t>
+  </si>
+  <si>
+    <t>06-0347-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0358-B</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с) OFF-(ON) выпуклая (PBS-28В-4) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3230</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3441</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Фикс (5с) OFF-ON/ON-OFF подсв/синяя REXANT</t>
+  </si>
+  <si>
+    <t>06-0357-B</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3440</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Фикс (5с) ON-OFF/OFF-ON подсв/красная REXANT</t>
+  </si>
+  <si>
+    <t>36-3151</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3411</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) плоская (PBS-28В-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3450</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Б/Фикс (5с) OFF-(ON)/ON-(OFF) красная (A19-C1) REXANT</t>
+  </si>
+  <si>
     <t>36-3150</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø12 Б/Фикс (2с винт) OFF-(ON) сфера (A12-A3) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>36-3152</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Фикс (2с) OFF-ON выпуклая (A12-B2) REXANT</t>
   </si>
   <si>
     <t>36-3533</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø22 250В Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/зеленая REXANT</t>
   </si>
   <si>
-    <t>36-3411</t>
-[...46 lines deleted...]
-  <si>
     <t>36-3243</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø16 250В Б/Фикс (5с) OFF-(ON) / ON-(OFF) плоская подсв/красная POWER (A-16-F5) REXANT</t>
   </si>
   <si>
     <t>36-3410</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT</t>
   </si>
   <si>
-    <t>36-3152</t>
-[...14 lines deleted...]
-    <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT</t>
+    <t>06-0377-B</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø22 250В 5А Фикс (6с) (ON)-OFF/(OFF)-ON подсв/красная (в упак. 1шт.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0339-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3443</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Фикс (5с) OFF-ON/ON-OFF подсв/зеленая REXANT</t>
   </si>
   <si>
     <t>36-3231</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø16 Б/Фикс (2с винт) OFF-(ON) выпуклая (A16-A3) REXAN</t>
   </si>
   <si>
-    <t>36-3530</t>
-[...16 lines deleted...]
-  <si>
     <t>06-0340-A</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø12 Фикс (2с) OFF-ON выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
   </si>
   <si>
-    <t>36-3441</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Антивандальные кнопки (металлические) 12V</t>
   </si>
   <si>
+    <t>36-3421</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/синяя REXANT</t>
+  </si>
+  <si>
+    <t>36-3454</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø19 12В Б/Фикс (5с) (ON)-OFF/(OFF)-ON плоская подсв/зеленая СТРЕЛКА  REXANT</t>
+  </si>
+  <si>
+    <t>36-3221</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Фикс (4с) OFF-ON синяя (A-12-C2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3251</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø16 12В Фикс (5с) ON-OFF/OFF-ON синяя  REXANT</t>
+  </si>
+  <si>
     <t>36-3211</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø12 36В(LED) Б/Фикс (4с) OFF-(ON) синяя (A-12-C2) REXANT</t>
   </si>
   <si>
-    <t>36-3251</t>
-[...10 lines deleted...]
-  <si>
     <t>36-3510</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø22 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/красная REXANT</t>
   </si>
   <si>
+    <t>36-3210</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Б/Фикс (4с) OFF-(ON) красная (A-12-C2) REXANT</t>
+  </si>
+  <si>
     <t>36-3430</t>
   </si>
   <si>
     <t>Кнопка  антивандальная Ø19 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) красная (A19-C1) REXANT</t>
   </si>
   <si>
+    <t>36-3423</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/зеленая REXANT</t>
+  </si>
+  <si>
+    <t>06-0342-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Б/Фикс (4с) OFF-(ON) красная (A-12-C2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
     <t>36-3420</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/красная REXANT</t>
   </si>
   <si>
     <t>36-3511</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø22 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/синяя REXANT</t>
   </si>
   <si>
-    <t>06-0342-A</t>
-[...22 lines deleted...]
-  <si>
     <t>36-3513</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø 22 12В(LED) Б/Фикс (5с) OFF-(ON)/ON-(OFF) подсв./зеленая REXANT</t>
   </si>
   <si>
     <t>36-3385</t>
   </si>
   <si>
     <t>Кнопка  антивандальная Ø19 Фикс 12В (2с) ON-OFF зеленая (Противотуманки)  REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Кнопка  антивандальная Ø19 12В Б/Фикс (5с) (ON)-OFF/(OFF)-ON плоская подсв/зеленая СТРЕЛКА  REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -696,51 +696,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-vint-off-on-sfera-a12-a3-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-ploskaya-pbs-28v-2-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-on-off-off-on-podsv-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-250v-b-fiks-5s-off-on-on-off-ploskaya-podsv-krasnaya-power-a-16-f5-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexan.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-b-fiks-6s-on-off-off-on-podsv-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-b-fiks-6s-on-off-off-on-podsv-krasnaya-v-upak-1sht-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-on-on-off-podsv-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-on-on-off-podsv-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-36v-led-b-fiks-4s-off-on-sinyaya-a-12-c2-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-12v-fiks-5s-on-off-off-on-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-fiks-4s-off-on-sinyaya-a-12-c2-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-fiks-12v-2s-on-off-zelenaya-protivotumanki-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-b-fiks-5s-on-off-off-on-ploskaya-podsv-zelenaya-strelka-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-250v-b-fiks-6s-on-off-off-on-podsv-krasnaya-rexant-12415" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2s-vint-on-off-vipuklaya-a16-a3-rexant-v-upak-1sht-18046" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-off-on-vipuklaya-pbs-28v-4-rexant-14450" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2c-vint-on-off-sfera-a16-a2-rexant-v-upak-1sht-18036" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-on-off-vipuklaya-pbs-28v-4-rexant-v-upak-1sht-18049" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant-9053" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-fiks-5s-off-on-on-off-podsv-sinyaya-rexant-12414" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-vint-on-off-sfera-pbs-28v-a19-a2-rexant-v-upak-1sht-18068" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-fiks-5s-on-off-off-on-podsv-krasnaya-rexant-12412" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-b-fiks-2s-off-on-vipuklaya-a12-b2-rexant-14448" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-vint-off-on-ploskaya-pbs-28v-2-rexant-14458" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant-14462" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-b-fiks-2s-vint-off-on-sfera-a12-a3-rexant-12404" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-fiks-2s-off-on-vipuklaya-a12-b2-rexant-15264" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-250v-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12409" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-250v-b-fiks-5s-off-on-on-off-ploskaya-podsv-krasnaya-power-a-16-f5-rexant-16868" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant-14444" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-250v-b-fiks-6s-on-off-off-on-podsv-krasnaya-rexant-1-18031" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-b-fiks-2s-on-off-vipuklaya-a12-b2-rexant-v-upak-1sht-18032" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12411" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2s-vint-off-on-vipuklaya-a16-a3-rexan-9054" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-fiks-2s-on-off-vipuklaya-a12-b2-rexant-v-upak-1sht-18041" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-fiks-5s-off-on-on-off-podsv-sinyaya-rexant-12417" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-b-fiks-5s-on-off-off-on-ploskaya-podsv-zelenaya-strelka-rexant-16864" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-led-fiks-4s-off-on-sinyaya-a-12-c2-rexant-9328" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-12v-fiks-5s-on-off-off-on-sinyaya-rexant-14446" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-led-b-fiks-4s-off-on-sinyaya-a-12-c2-rexant-9051" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-12v-led-b-fiks-5s-off-on-on-off-podsv-krasnaya-rexant-12406" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant-9050" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant-14445" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12413" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-b-fiks-2s-on-off-krasnaya-a-12-c2-rexant-v-upak-1sht-18052" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-fiks-5s-off-on-on-off-podsv-krasnaya-rexant-12410" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-12v-led-b-fiks-5s-off-on-on-off-podsv-sinyaya-rexant-12405" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-12v-led-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12407" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-fiks-12v-2s-on-off-zelenaya-protivotumanki-rexant-12416" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I40"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -777,1094 +777,1094 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>368.66</v>
+        <v>482.16</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3791</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1377.13</v>
+        <v>454.47</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>346</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>398</v>
+        <v>441.71</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1503</v>
+        <v>1818</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>441.71</v>
+        <v>622.19</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1956</v>
+        <v>77</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>600.05</v>
+        <v>576.07</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>844.86</v>
+        <v>387.09</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>2685</v>
+        <v>194</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>622.19</v>
+        <v>821.39</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>91</v>
+        <v>2952</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
         <v>626.25</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>139</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>454.47</v>
+        <v>844.86</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>80</v>
+        <v>2601</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
         <v>248.21</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>6142</v>
+        <v>4402</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>723.65</v>
+        <v>398</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>667</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>516.91</v>
+        <v>600.05</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>5519</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>419.97</v>
+        <v>368.66</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>9918</v>
+        <v>3558</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>1000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>576.07</v>
+        <v>419.97</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>77</v>
+        <v>9274</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>387.09</v>
+        <v>1377.13</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>6437</v>
+        <v>159</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>368.66</v>
+        <v>723.65</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>687</v>
+        <v>621</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>482.16</v>
+        <v>516.91</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>5052</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
         <v>1606.83</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
         <v>237.64</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>564.97</v>
+        <v>782.28</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>104</v>
+        <v>1904</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>821.39</v>
+        <v>368.66</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>3274</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>782.28</v>
+        <v>564.97</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1985</v>
+        <v>24</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>337.42</v>
+        <v>877.12</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>5043</v>
+        <v>511</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>750</v>
+        <v>250</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>408.12</v>
+        <v>346.32</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
         <v>569.52</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1765</v>
+        <v>1745</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
         <v>600</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>1132.4</v>
+        <v>408.12</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>371</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>672.3</v>
+        <v>337.42</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>4844</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>250</v>
+        <v>750</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>883.28</v>
+        <v>1132.4</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1276</v>
+        <v>161</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>1064</v>
+        <v>552.16</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1234</v>
+        <v>1357</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>542.06</v>
+        <v>672.3</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>552.16</v>
+        <v>821.76</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1097</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>877.12</v>
+        <v>542.06</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>1031</v>
+        <v>40</v>
       </c>
       <c r="G36" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>821.76</v>
+        <v>883.28</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>906</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
         <v>250</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>1078.48</v>
+        <v>1064</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>2364</v>
+        <v>994</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>565.29</v>
+        <v>1078.48</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>2254</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
         <v>300</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>346.32</v>
+        <v>565.29</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A26:I26"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>