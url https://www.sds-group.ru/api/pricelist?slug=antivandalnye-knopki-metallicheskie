--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -45,273 +45,273 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Антивандальные кнопки (металлические)</t>
   </si>
   <si>
     <t>1.1 Антивандальные кнопки (металлические) 250V</t>
   </si>
   <si>
+    <t>36-3231</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2с винт) OFF-(ON) выпуклая (A16-A3) REXAN</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>06-0357-B</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0339-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0377-B</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø22 250В 5А Фикс (6с) (ON)-OFF/(OFF)-ON подсв/красная (в упак. 1шт.) REXANT</t>
+  </si>
+  <si>
     <t>36-3530</t>
   </si>
   <si>
     <t>Кнопка  антивандальная Ø22 250В 5А Фикс (6с) (ON)-OFF/(OFF)-ON подсв/красная  REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>36-3152</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Фикс (2с) OFF-ON выпуклая (A12-B2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3441</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Фикс (5с) OFF-ON/ON-OFF подсв/синяя REXANT</t>
+  </si>
+  <si>
+    <t>36-3443</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Фикс (5с) OFF-ON/ON-OFF подсв/зеленая REXANT</t>
+  </si>
+  <si>
+    <t>06-0340-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Фикс (2с) OFF-ON выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0347-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3533</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 250В Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/зеленая REXANT</t>
+  </si>
+  <si>
+    <t>36-3151</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3243</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 250В Б/Фикс (5с) OFF-(ON) / ON-(OFF) плоская подсв/красная POWER (A-16-F5) REXANT</t>
+  </si>
+  <si>
+    <t>36-3411</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) плоская (PBS-28В-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3412</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с) OFF-(ON) выпуклая (PBS-28В-4) REXANT</t>
+  </si>
+  <si>
+    <t>36-3450</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Б/Фикс (5с) OFF-(ON)/ON-(OFF) красная (A19-C1) REXANT</t>
   </si>
   <si>
     <t>06-0348-A</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø16 Б/Фикс (2с винт) OFF-(ON) выпуклая (A16-A3) REXANT (в упак. 1шт.)</t>
   </si>
   <si>
-    <t>36-3412</t>
-[...8 lines deleted...]
-    <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT (в упак. 1шт.)</t>
+    <t>36-3230</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT</t>
   </si>
   <si>
     <t>06-0358-B</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 Б/Фикс (2с) OFF-(ON) выпуклая (PBS-28В-4) REXANT (в упак. 1шт.)</t>
   </si>
   <si>
-    <t>36-3230</t>
-[...14 lines deleted...]
-    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT (в упак. 1шт.)</t>
+    <t>36-3150</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с винт) OFF-(ON) сфера (A12-A3) REXANT</t>
   </si>
   <si>
     <t>36-3440</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 250В Фикс (5с) ON-OFF/OFF-ON подсв/красная REXANT</t>
   </si>
   <si>
-    <t>36-3151</t>
-[...40 lines deleted...]
-  <si>
     <t>36-3410</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT</t>
   </si>
   <si>
-    <t>06-0377-B</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2 Антивандальные кнопки (металлические) 12V</t>
   </si>
   <si>
+    <t>36-3454</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø19 12В Б/Фикс (5с) (ON)-OFF/(OFF)-ON плоская подсв/зеленая СТРЕЛКА  REXANT</t>
+  </si>
+  <si>
+    <t>36-3210</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Б/Фикс (4с) OFF-(ON) красная (A-12-C2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3420</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/красная REXANT</t>
+  </si>
+  <si>
+    <t>36-3513</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø 22 12В(LED) Б/Фикс (5с) OFF-(ON)/ON-(OFF) подсв./зеленая REXANT</t>
+  </si>
+  <si>
+    <t>36-3221</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Фикс (4с) OFF-ON синяя (A-12-C2) REXANT</t>
+  </si>
+  <si>
     <t>36-3421</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/синяя REXANT</t>
   </si>
   <si>
-    <t>36-3454</t>
-[...8 lines deleted...]
-    <t>Кнопка антивандальная Ø12 12В(LED) Фикс (4с) OFF-ON синяя (A-12-C2) REXANT</t>
+    <t>36-3423</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/зеленая REXANT</t>
+  </si>
+  <si>
+    <t>36-3510</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/красная REXANT</t>
+  </si>
+  <si>
+    <t>36-3511</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/синяя REXANT</t>
+  </si>
+  <si>
+    <t>36-3430</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø19 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) красная (A19-C1) REXANT</t>
+  </si>
+  <si>
+    <t>06-0342-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Б/Фикс (4с) OFF-(ON) красная (A-12-C2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3211</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 36В(LED) Б/Фикс (4с) OFF-(ON) синяя (A-12-C2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3385</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø19 Фикс 12В (2с) ON-OFF зеленая (Противотуманки)  REXANT</t>
   </si>
   <si>
     <t>36-3251</t>
   </si>
   <si>
     <t>Кнопка  антивандальная Ø16 12В Фикс (5с) ON-OFF/OFF-ON синяя  REXANT</t>
-  </si>
-[...58 lines deleted...]
-    <t>Кнопка  антивандальная Ø19 Фикс 12В (2с) ON-OFF зеленая (Противотуманки)  REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -696,51 +696,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-250v-b-fiks-6s-on-off-off-on-podsv-krasnaya-rexant-12415" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2s-vint-on-off-vipuklaya-a16-a3-rexant-v-upak-1sht-18046" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-off-on-vipuklaya-pbs-28v-4-rexant-14450" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2c-vint-on-off-sfera-a16-a2-rexant-v-upak-1sht-18036" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-on-off-vipuklaya-pbs-28v-4-rexant-v-upak-1sht-18049" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant-9053" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-fiks-5s-off-on-on-off-podsv-sinyaya-rexant-12414" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-vint-on-off-sfera-pbs-28v-a19-a2-rexant-v-upak-1sht-18068" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-fiks-5s-on-off-off-on-podsv-krasnaya-rexant-12412" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-b-fiks-2s-off-on-vipuklaya-a12-b2-rexant-14448" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-vint-off-on-ploskaya-pbs-28v-2-rexant-14458" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant-14462" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-b-fiks-2s-vint-off-on-sfera-a12-a3-rexant-12404" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-fiks-2s-off-on-vipuklaya-a12-b2-rexant-15264" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-250v-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12409" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-250v-b-fiks-5s-off-on-on-off-ploskaya-podsv-krasnaya-power-a-16-f5-rexant-16868" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant-14444" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-250v-b-fiks-6s-on-off-off-on-podsv-krasnaya-rexant-1-18031" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-b-fiks-2s-on-off-vipuklaya-a12-b2-rexant-v-upak-1sht-18032" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12411" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2s-vint-off-on-vipuklaya-a16-a3-rexan-9054" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-fiks-2s-on-off-vipuklaya-a12-b2-rexant-v-upak-1sht-18041" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-fiks-5s-off-on-on-off-podsv-sinyaya-rexant-12417" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-b-fiks-5s-on-off-off-on-ploskaya-podsv-zelenaya-strelka-rexant-16864" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-led-fiks-4s-off-on-sinyaya-a-12-c2-rexant-9328" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-12v-fiks-5s-on-off-off-on-sinyaya-rexant-14446" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-led-b-fiks-4s-off-on-sinyaya-a-12-c2-rexant-9051" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-12v-led-b-fiks-5s-off-on-on-off-podsv-krasnaya-rexant-12406" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant-9050" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant-14445" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12413" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-b-fiks-2s-on-off-krasnaya-a-12-c2-rexant-v-upak-1sht-18052" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-fiks-5s-off-on-on-off-podsv-krasnaya-rexant-12410" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-12v-led-b-fiks-5s-off-on-on-off-podsv-sinyaya-rexant-12405" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-12v-led-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12407" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-fiks-12v-2s-on-off-zelenaya-protivotumanki-rexant-12416" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexan" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-fiks-6s-on-off-off-on-podsv-krasnaya-v-upak-1sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-fiks-6s-on-off-off-on-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-on-on-off-podsv-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-250v-b-fiks-5s-off-on-on-off-ploskaya-podsv-krasnaya-power-a-16-f5-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-ploskaya-pbs-28v-2-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-vint-off-on-sfera-a12-a3-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-on-off-off-on-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-b-fiks-5s-on-off-off-on-ploskaya-podsv-zelenaya-strelka-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-fiks-4s-off-on-sinyaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-36v-led-b-fiks-4s-off-on-sinyaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-fiks-12v-2s-on-off-zelenaya-protivotumanki-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-12v-fiks-5s-on-off-off-on-sinyaya-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I40"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -777,1097 +777,1097 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>482.16</v>
+        <v>374.93</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>454.47</v>
+        <v>636.9</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>441.71</v>
+        <v>241.68</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1818</v>
+        <v>330</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>622.19</v>
+        <v>1634.15</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>77</v>
+        <v>5</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>576.07</v>
+        <v>441.32</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>387.09</v>
+        <v>427.11</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>194</v>
+        <v>9046</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>821.39</v>
+        <v>835.35</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2952</v>
+        <v>2840</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>250</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>626.25</v>
+        <v>795.58</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>139</v>
+        <v>1849</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>844.86</v>
+        <v>574.57</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>2601</v>
+        <v>70</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>248.21</v>
+        <v>632.77</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>4402</v>
+        <v>47</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>398</v>
+        <v>1400.54</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>83</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>600.05</v>
+        <v>252.43</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>3407</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>368.66</v>
+        <v>735.95</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>3558</v>
+        <v>536</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>419.97</v>
+        <v>404.77</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>9274</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>1377.13</v>
+        <v>449.22</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>159</v>
+        <v>1654</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>723.65</v>
+        <v>610.25</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>621</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>516.91</v>
+        <v>462.2</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>5052</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>1606.83</v>
+        <v>393.67</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>237.64</v>
+        <v>585.86</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>782.28</v>
+        <v>374.93</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1904</v>
+        <v>3258</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>368.66</v>
+        <v>859.22</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>2539</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>564.97</v>
+        <v>525.7</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>24</v>
+        <v>4710</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>877.12</v>
+        <v>316.99</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>511</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>346.32</v>
+        <v>561.55</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>1257</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>569.52</v>
+        <v>898.3</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1745</v>
+        <v>686</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>600</v>
+        <v>250</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>408.12</v>
+        <v>1096.81</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>2164</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>337.42</v>
+        <v>579.2</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>4844</v>
+        <v>1735</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>750</v>
+        <v>600</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>1132.4</v>
+        <v>892.03</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>161</v>
+        <v>331</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>552.16</v>
+        <v>835.73</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1357</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>672.3</v>
+        <v>1151.65</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>101</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>821.76</v>
+        <v>1082.09</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>794</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>542.06</v>
+        <v>683.73</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>883.28</v>
+        <v>551.28</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>906</v>
+        <v>73</v>
       </c>
       <c r="G37" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>1064</v>
+        <v>343.16</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>994</v>
+        <v>4534</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>200</v>
+        <v>750</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>1078.48</v>
+        <v>517.41</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>2254</v>
+        <v>2</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
         <v>300</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>565.29</v>
+        <v>373.55</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A26:I26"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>