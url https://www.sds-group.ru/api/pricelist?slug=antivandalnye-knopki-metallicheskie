--- v2 (2026-01-17)
+++ v3 (2026-03-03)
@@ -8,310 +8,292 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="80">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Антивандальные кнопки (металлические)</t>
   </si>
   <si>
     <t>1.1 Антивандальные кнопки (металлические) 250V</t>
   </si>
   <si>
+    <t>36-3440</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Фикс (5с) ON-OFF/OFF-ON подсв/красная REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>36-3230</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3151</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3152</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Фикс (2с) OFF-ON выпуклая (A12-B2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3150</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с винт) OFF-(ON) сфера (A12-A3) REXANT</t>
+  </si>
+  <si>
+    <t>36-3533</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 250В Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/зеленая REXANT</t>
+  </si>
+  <si>
+    <t>06-0347-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0348-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2с винт) OFF-(ON) выпуклая (A16-A3) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0357-B</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0358-B</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с) OFF-(ON) выпуклая (PBS-28В-4) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3243</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 250В Б/Фикс (5с) OFF-(ON) / ON-(OFF) плоская подсв/красная POWER (A-16-F5) REXANT</t>
+  </si>
+  <si>
+    <t>36-3410</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3411</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) плоская (PBS-28В-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3412</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с) OFF-(ON) выпуклая (PBS-28В-4) REXANT</t>
+  </si>
+  <si>
+    <t>36-3450</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Б/Фикс (5с) OFF-(ON)/ON-(OFF) красная (A19-C1) REXANT</t>
+  </si>
+  <si>
+    <t>06-0339-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
     <t>36-3231</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø16 Б/Фикс (2с винт) OFF-(ON) выпуклая (A16-A3) REXAN</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
+    <t>06-0340-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Фикс (2с) OFF-ON выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
   </si>
   <si>
     <t>06-0377-B</t>
   </si>
   <si>
     <t>Кнопка  антивандальная Ø22 250В 5А Фикс (6с) (ON)-OFF/(OFF)-ON подсв/красная (в упак. 1шт.) REXANT</t>
   </si>
   <si>
     <t>36-3530</t>
   </si>
   <si>
     <t>Кнопка  антивандальная Ø22 250В 5А Фикс (6с) (ON)-OFF/(OFF)-ON подсв/красная  REXANT</t>
   </si>
   <si>
-    <t>36-3152</t>
-[...4 lines deleted...]
-  <si>
     <t>36-3441</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 250В Фикс (5с) OFF-ON/ON-OFF подсв/синяя REXANT</t>
   </si>
   <si>
     <t>36-3443</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 250В Фикс (5с) OFF-ON/ON-OFF подсв/зеленая REXANT</t>
   </si>
   <si>
-    <t>06-0340-A</t>
-[...82 lines deleted...]
-  <si>
     <t>1.2 Антивандальные кнопки (металлические) 12V</t>
   </si>
   <si>
-    <t>36-3454</t>
-[...2 lines deleted...]
-    <t>Кнопка  антивандальная Ø19 12В Б/Фикс (5с) (ON)-OFF/(OFF)-ON плоская подсв/зеленая СТРЕЛКА  REXANT</t>
+    <t>36-3420</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/красная REXANT</t>
+  </si>
+  <si>
+    <t>36-3421</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/синяя REXANT</t>
+  </si>
+  <si>
+    <t>36-3423</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/зеленая REXANT</t>
+  </si>
+  <si>
+    <t>36-3510</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/красная REXANT</t>
+  </si>
+  <si>
+    <t>36-3511</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/синяя REXANT</t>
+  </si>
+  <si>
+    <t>36-3513</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø 22 12В(LED) Б/Фикс (5с) OFF-(ON)/ON-(OFF) подсв./зеленая REXANT</t>
+  </si>
+  <si>
+    <t>36-3211</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 36В(LED) Б/Фикс (4с) OFF-(ON) синяя (A-12-C2) REXANT</t>
+  </si>
+  <si>
+    <t>06-0342-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Б/Фикс (4с) OFF-(ON) красная (A-12-C2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3221</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Фикс (4с) OFF-ON синяя (A-12-C2) REXANT</t>
   </si>
   <si>
     <t>36-3210</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø12 12В(LED) Б/Фикс (4с) OFF-(ON) красная (A-12-C2) REXANT</t>
   </si>
   <si>
-    <t>36-3420</t>
-[...58 lines deleted...]
-  <si>
     <t>36-3385</t>
   </si>
   <si>
     <t>Кнопка  антивандальная Ø19 Фикс 12В (2с) ON-OFF зеленая (Противотуманки)  REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Кнопка  антивандальная Ø16 12В Фикс (5с) ON-OFF/OFF-ON синяя  REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -696,56 +678,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexan" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-fiks-6s-on-off-off-on-podsv-krasnaya-v-upak-1sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-fiks-6s-on-off-off-on-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-on-on-off-podsv-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-250v-b-fiks-5s-off-on-on-off-ploskaya-podsv-krasnaya-power-a-16-f5-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-ploskaya-pbs-28v-2-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-vint-off-on-sfera-a12-a3-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-on-off-off-on-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-b-fiks-5s-on-off-off-on-ploskaya-podsv-zelenaya-strelka-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-fiks-4s-off-on-sinyaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-36v-led-b-fiks-4s-off-on-sinyaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-fiks-12v-2s-on-off-zelenaya-protivotumanki-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-12v-fiks-5s-on-off-off-on-sinyaya-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-on-offoff-on-podsvkrasnaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-bfiks-2c-vint-off-on-sfera-a16-a2-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-bfiks-2s-off-on-vypuklaya-a12-b2-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-bfiks-2s-vint-off-on-sfera-a12-a3-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-bfiks-5s-off-on-on-off-podsvzelenaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-250v-bfiks-5s-off-on-on-off-ploskaya-podsvkrasnaya-power-a-16-f5-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-bfiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-bfiks-2s-vint-off-on-ploskaya-pbs-28v-2-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-bfiks-2s-off-on-vypuklaya-pbs-28v-4-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-bfiks-5s-off-onon-off-krasnaya-a19-c1-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-bfiks-2s-vint-off-on-vypuklaya-a16-a3-rexan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-fiks-6s-on-offoff-on-podsvkrasnaya-v-upak-1sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-fiks-6s-on-offoff-on-podsvkrasnaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-onon-off-podsvsinyaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-onon-off-podsvzelenaya-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12vled-fiks-5s-off-onon-off-podsvkrasnaya-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12vled-fiks-5s-off-onon-off-podsvsinyaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12vled-fiks-5s-off-onon-off-podsvzelenaya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12vled-bfiks-5s-off-on-on-off-podsvkrasnaya-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12vled-bfiks-5s-off-on-on-off-podsvsinyaya-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12vled-bfiks-5s-off-onon-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-36vled-bfiks-4s-off-on-sinyaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12vled-fiks-4s-off-on-sinyaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12vled-bfiks-4s-off-on-krasnaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-fiks-12v-2s-on-off-zelenaya-protivotumanki-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I40"/>
+  <dimension ref="A1:I37"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -777,1142 +759,1052 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>374.93</v>
+        <v>859.22</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>2503</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>636.9</v>
+        <v>393.67</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>241.68</v>
+        <v>252.43</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>330</v>
+        <v>6412</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1634.15</v>
+        <v>427.11</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>5</v>
+        <v>8518</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>441.32</v>
+        <v>374.93</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>3018</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>427.11</v>
+        <v>1400.54</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>9046</v>
+        <v>9</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>835.35</v>
+        <v>632.77</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2840</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>795.58</v>
+        <v>462.2</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1849</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>574.57</v>
+        <v>636.9</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>632.77</v>
+        <v>585.86</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>1400.54</v>
+        <v>735.95</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>83</v>
+        <v>515</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>252.43</v>
+        <v>525.7</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>3407</v>
+        <v>4380</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>735.95</v>
+        <v>404.77</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>536</v>
+        <v>1986</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>500</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>404.77</v>
+        <v>449.22</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>1004</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>449.22</v>
+        <v>610.25</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1654</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>610.25</v>
+        <v>241.68</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>82</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>462.2</v>
+        <v>374.93</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>393.67</v>
+        <v>574.57</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>111</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>585.86</v>
+        <v>1634.15</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>374.93</v>
+        <v>441.32</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>3258</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>859.22</v>
+        <v>835.35</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>2539</v>
+        <v>2720</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>525.7</v>
+        <v>795.58</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>4710</v>
+        <v>1632</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>316.99</v>
+        <v>898.3</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>616</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>561.55</v>
+        <v>892.03</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1257</v>
+        <v>411</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>898.3</v>
+        <v>835.73</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>686</v>
+        <v>1160</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
         <v>250</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>1096.81</v>
+        <v>1151.65</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>2164</v>
+        <v>581</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>579.2</v>
+        <v>1082.09</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1735</v>
+        <v>1304</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>892.03</v>
+        <v>1096.81</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>331</v>
+        <v>1464</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>835.73</v>
+        <v>343.16</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>4264</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>250</v>
+        <v>750</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>1151.65</v>
+        <v>551.28</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>101</v>
+        <v>204</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>1082.09</v>
+        <v>579.2</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>794</v>
+        <v>1000</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>683.73</v>
+        <v>561.55</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>312</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>551.28</v>
+        <v>517.41</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
-      </c>
-[...85 lines deleted...]
-        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A26:I26"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
-    <hyperlink ref="D38" r:id="rId34"/>
-[...1 lines deleted...]
-    <hyperlink ref="D40" r:id="rId36"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>