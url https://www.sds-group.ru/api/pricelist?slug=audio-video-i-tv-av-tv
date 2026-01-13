--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -8,4327 +8,4090 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2753" uniqueCount="1425">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2603" uniqueCount="1346">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1. Аудио, видео и ТВ (AV/TV)</t>
   </si>
   <si>
     <t>1.1 Коаксиальный кабель</t>
   </si>
   <si>
     <t>1.1.1 Кабель SAT-703 B</t>
   </si>
   <si>
+    <t>01-2432-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный SAT-703PE, Cu/Al/CuSn, 75%, 75Ом, 100м, OUTDOOR, черный CAVEL </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
     <t>01-2436-1</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703 B, Cu/Al/Al, 75%, 75Ом, 100м, OUTDOOR, черный PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>бухта</t>
+    <t>01-2424</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703 B, Cu/Al/Cu, 48%, 75Ом, 100м, INDOOR, белый СМАРТКИП</t>
   </si>
   <si>
     <t>01-2432</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель коаксиальный SAT 703 B, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, белый CAVEL </t>
   </si>
   <si>
     <t>01-2435</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель коаксиальный SAT 703 ZH, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, серый CAVEL </t>
   </si>
   <si>
-    <t>01-2432-2</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Кабель коаксиальный SAT-703PE, Cu/Al/CuSn, 75%, 75Ом, 100м, OUTDOOR, черный CAVEL </t>
+    <t>01-2431-6</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703 B, Cu/Al/Cu, 64%, 75Ом, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2431</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703 B, Cu/Al/Cu, 75%, 75Ом, 100м, INDOOR, белый REXANT</t>
   </si>
   <si>
     <t>01-2431-2</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703 B, CCS/Al/Al, 75%, 75Ом, 100м, INDOOR, белый PROconnect</t>
   </si>
   <si>
-    <t>01-2431</t>
-[...16 lines deleted...]
-  <si>
     <t>01-2432-1</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель коаксиальный SAT 703 B, Cu/Al/CuSn, 75%, 75Ом, 250м, INDOOR, белый CAVEL </t>
   </si>
   <si>
     <t>1.1.2 Кабель SAT-50 M</t>
   </si>
   <si>
+    <t>01-2401-6</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50 M, Cu/Al/Cu, 64%, 75Ом, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2402</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный SAT 50 M, Cu/Al/CuSn, 64%, 75Ом, 100м, INDOOR, белый CAVEL </t>
+  </si>
+  <si>
+    <t>01-2401-2</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50 M, CCS/Al/Al, 75%, 75Ом, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
     <t>01-2401</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 50 M, Cu/Al/Cu, 75%, 75Ом, 100м, INDOOR, белый REXANT</t>
   </si>
   <si>
-    <t>01-2401-6</t>
-[...16 lines deleted...]
-  <si>
     <t>1.1.3 Кабель 75 Ом – CCS</t>
   </si>
   <si>
+    <t>01-2201</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2204</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 305м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2621</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-59U, 75Ом, CCS/Al/Al, 48%, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2611</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный 3С-2V, 75Ом, CCS/Al/Al, 48%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
     <t>01-2205-1</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 100м, OUTDOOR, черный PROconnect</t>
   </si>
   <si>
+    <t>01-2203</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2202</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 100м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
     <t>01-2251</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 32%, 100м, INDOOR, белый PROconnect Light </t>
   </si>
   <si>
-    <t>01-2204</t>
-[...34 lines deleted...]
-  <si>
     <t>01-2205</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 100м, INDOOR, белый PROconnect</t>
   </si>
   <si>
     <t>1.1.4 Кабель 75 Ом – CU</t>
   </si>
   <si>
+    <t>01-2222</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 100м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2641</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-59U, 75Ом, Cu/Al/Cu, 64%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2231</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2223</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 75%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2241</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu/Al, 90%, две фольги, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
     <t>01-2651</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-59U, 75Ом, Cu/Al/Cu, 64%, 305м, INDOOR, белый REXANT</t>
   </si>
   <si>
-    <t>01-2222</t>
-[...2 lines deleted...]
-    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 100м, OUTDOOR, черный REXANT</t>
+    <t>01-2206</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 48%, 100м, INDOOR, белый PROconnect</t>
   </si>
   <si>
     <t>01-2233</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 75%, 305м, INDOOR, белый REXANT</t>
   </si>
   <si>
-    <t>01-2206</t>
-[...8 lines deleted...]
-    <t>Кабель коаксиальный RG-59U, 75Ом, Cu/Al/Cu, 64%, 100м, INDOOR, белый REXANT</t>
+    <t>01-2221</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 100м, INDOOR, белый REXANT</t>
   </si>
   <si>
     <t>01-2232</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 305м, OUTDOOR, черный REXANT</t>
   </si>
   <si>
-    <t>01-2241</t>
-[...22 lines deleted...]
-  <si>
     <t>1.1.5 Кабель 50 Ом</t>
   </si>
   <si>
+    <t>01-2003</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-58 A/U, 50 Ом, Cu/Al/Cu, 64%, 100м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2001</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-58 A/U, 50 Ом, Cu/Al/Cu, 64%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
     <t>01-2021</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-8X, 50 Ом, CCS/Al/Al, 75%, 100м, INDOOR, серый REXANT</t>
   </si>
   <si>
-    <t>01-2001</t>
-[...10 lines deleted...]
-  <si>
     <t>01-2002</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-58 A/U, 50 Ом, Cu/Al/Cu, 64%, 100м, INDOOR, серый REXANT</t>
   </si>
   <si>
     <t>01-2041</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-213, 50 Ом, Cu/Cu, 96%, 100м, OUTDOOR, черный REXANT</t>
   </si>
   <si>
     <t>1.1.6 Мини бухты Коаксиальный кабель</t>
   </si>
   <si>
+    <t>01-2431-20</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703B, 75Ом, Cu/Al/Cu, 75%, 20м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2205-20</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 20м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2205-10</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 10м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
     <t>01-2401-2-20</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 50M, 75Ом, CCS/Al/Al, 75%, 20м, INDOOR, белый PROconnect</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>01-2401-2-50</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50M, 75Ом, CCS/Al/Al, 75%, 50м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
     <t>01-2431-2-20</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703B, 75Ом, CCS/Al/Al, 75%, 20м, INDOOR, белый PROconnect</t>
   </si>
   <si>
     <t>01-2431-2-50</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703B, 75Ом, CCS/Al/Al, 75%, 50м, INDOOR, белый PROconnect</t>
   </si>
   <si>
-    <t>01-2401-2-50</t>
-[...8 lines deleted...]
-    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 10м, INDOOR, белый PROconnect</t>
+    <t>01-2205-50</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 50м, INDOOR, белый PROconnect</t>
   </si>
   <si>
     <t>01-2431-10</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703B, 75Ом, Cu/Al/Cu, 75%, 10м, INDOOR, белый REXANT</t>
   </si>
   <si>
-    <t>01-2205-20</t>
-[...16 lines deleted...]
-  <si>
     <t>01-2431-50</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703B, 75Ом, Cu/Al/Cu, 75%, 50м, INDOOR, белый REXANT</t>
   </si>
   <si>
     <t>1.1.7 Кабель MARS</t>
   </si>
   <si>
     <t>01-2501</t>
   </si>
   <si>
     <t>Кабель коаксиальный MARS 4K, Cu/Al/CuSn, 96%, 75Ом, 100м, INDOOR, белый REXANT</t>
   </si>
   <si>
     <t>01-2502</t>
   </si>
   <si>
     <t>Кабель коаксиальный MARS HD, Cu/Al/CuSn, 96%, 75Ом, 100м, INDOOR, белый REXANT</t>
   </si>
   <si>
     <t>1.1.8 Коаксиальный магистральный кабель</t>
   </si>
   <si>
+    <t>01-3001</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный магистральный RG-11U, 75Ом, CCS/Al/Al, 83%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
     <t>01-3011</t>
   </si>
   <si>
     <t>Кабель коаксиальный магистральный RG-11U, 75Ом, CCS/Al/Al, 83%, 305м, OUTDOOR, черный REXANT</t>
   </si>
   <si>
-    <t>01-3001</t>
-[...5 lines deleted...]
-    <t>1.1.9 Кабель РК 75-</t>
+    <t>1.1.9 Кабель 75 Ом – нг(А)-HF</t>
+  </si>
+  <si>
+    <t>01-2654</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U нг(А)-HF, Cu/Al/Cu, 64%, 75Ом, 100м, INDOOR, оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.10 Кабель DG-113 / TS-703</t>
+  </si>
+  <si>
+    <t>01-2472</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный DG-113, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, белый CAVEL </t>
+  </si>
+  <si>
+    <t>01-2471</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный DG-113, Cu/Al/Cu, 75%, 75Ом, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.11 Кабель РК 75-</t>
+  </si>
+  <si>
+    <t>01-2680</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-2-11АИТ, 400м, черный REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-2681</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-2-11А, 400м, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2692</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-4-11АИТ, 200м, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2697</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-4-11, 200м, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2690</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-4-15, 200м, черный REXANT</t>
   </si>
   <si>
     <t>01-2693</t>
   </si>
   <si>
     <t>Кабель коаксиальный РК 75-4-11А, 200м, черный REXANT</t>
   </si>
   <si>
-    <t>метр</t>
-[...59 lines deleted...]
-    <t>1.2.1 Кабель акустический Красно-черный</t>
+    <t>1.2 Разъемы/переходники/делители ТВ</t>
+  </si>
+  <si>
+    <t>1.2.1 Разъемы F</t>
+  </si>
+  <si>
+    <t>05-4001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем RG-58 REXANT </t>
+  </si>
+  <si>
+    <t>05-4031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем RG-6, обжим REXANT </t>
+  </si>
+  <si>
+    <t>05-4002-4</t>
+  </si>
+  <si>
+    <t>F-разъем RG-59 PROconnect</t>
+  </si>
+  <si>
+    <t>05-4002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем RG-59 REXANT </t>
+  </si>
+  <si>
+    <t>05-4001-4</t>
+  </si>
+  <si>
+    <t>F-разъем RG-58 PROconnect</t>
+  </si>
+  <si>
+    <t>05-4003-4</t>
+  </si>
+  <si>
+    <t>F-разъем RG-6, L=19мм PROconnect</t>
+  </si>
+  <si>
+    <t>05-4003-6</t>
+  </si>
+  <si>
+    <t>F-разъем RG-6, L=17,8мм PROconnect</t>
+  </si>
+  <si>
+    <t>05-4007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем для RG-11, (с пином) REXANT </t>
+  </si>
+  <si>
+    <t>05-4003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем RG-6 REXANT </t>
+  </si>
+  <si>
+    <t>05-4103-4</t>
+  </si>
+  <si>
+    <t>F-разъем на корпус с контактом PROconnect</t>
+  </si>
+  <si>
+    <t>05-4007-4</t>
+  </si>
+  <si>
+    <t>F-разъем для RG-11, (с пином) PROconnect</t>
+  </si>
+  <si>
+    <t>05-4005-4</t>
+  </si>
+  <si>
+    <t>F-разъем для SAT, (с резиновым уплотнителем) PROconnect</t>
+  </si>
+  <si>
+    <t>05-4005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем для SAT, (с резиновым уплотнителем) REXANT </t>
+  </si>
+  <si>
+    <t>1.2.2 Разъемы TV</t>
+  </si>
+  <si>
+    <t>05-2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем штекер без пайки Орех REXANT </t>
+  </si>
+  <si>
+    <t>05-4306</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо обжим REXANT </t>
+  </si>
+  <si>
+    <t>05-2061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем штекер без пайки белый угловой REXANT </t>
+  </si>
+  <si>
+    <t>05-2011-4</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер никелированный c пружиной PROconnect</t>
+  </si>
+  <si>
+    <t>05-2042-2</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер без пайки черный PROconnect</t>
+  </si>
+  <si>
+    <t>05-2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо без пайки черный REXANT </t>
+  </si>
+  <si>
+    <t>05-2041-2</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер без пайки белый PROconnect</t>
+  </si>
+  <si>
+    <t>05-2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо без пайки Орех REXANT </t>
+  </si>
+  <si>
+    <t>05-2043-2</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки белый PROconnect</t>
+  </si>
+  <si>
+    <t>05-2044-2</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки черный PROconnect</t>
+  </si>
+  <si>
+    <t>05-2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо никелированный c пружиной REXANT </t>
+  </si>
+  <si>
+    <t>05-2043</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки белый REXANT</t>
+  </si>
+  <si>
+    <t>05-2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем штекер никелированный c пружиной REXANT </t>
+  </si>
+  <si>
+    <t>05-2014-4</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо никелированный c пружиной PROconnect</t>
+  </si>
+  <si>
+    <t>1.2.3 Переходники F – TV</t>
+  </si>
+  <si>
+    <t>05-4312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник угловой гнездо F – гнездо TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4301-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо TV с кольцом PROconnect</t>
+  </si>
+  <si>
+    <t>05-4303-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – штекер TV ZnNi PROconnect</t>
+  </si>
+  <si>
+    <t>05-4312-4</t>
+  </si>
+  <si>
+    <t>Переходник угловой гнездо F – гнездо TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4301</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник гнездо F – гнездо TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4302-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4204-4</t>
+  </si>
+  <si>
+    <t>Переходник соединитель, x3 гнезда F PROconnect</t>
+  </si>
+  <si>
+    <t>05-4201-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо F, бочка с кольцом PROconnect</t>
+  </si>
+  <si>
+    <t>05-4203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник угловой штекер F – гнездо F REXANT </t>
+  </si>
+  <si>
+    <t>05-4201</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо F, бочка с кольцом REXANT</t>
+  </si>
+  <si>
+    <t>05-4362-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – гнездо TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4205-4</t>
+  </si>
+  <si>
+    <t>Переходник соединитель, x4 гнезда F PROconnect</t>
+  </si>
+  <si>
+    <t>05-4201-6</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо F, бочка без кольца PROconnect</t>
+  </si>
+  <si>
+    <t>05-4202-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – штекер F PROconnect</t>
+  </si>
+  <si>
+    <t>05-4303-6</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – штекер TV Zn PROconnect</t>
+  </si>
+  <si>
+    <t>05-4361-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – штекер TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4311-4</t>
+  </si>
+  <si>
+    <t>Переходник угловой гнездо F – штекер TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4361</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник штекер F – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник угловой гнездо F – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник гнездо F – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>05-2304</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник гнездо TV – штекер 3,5 мм mono REXANT </t>
+  </si>
+  <si>
+    <t>05-2302</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник штекер TV – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>1.2.4 Делители ТВ</t>
+  </si>
+  <si>
+    <t>05-6103</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц, Silver (5 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6024</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6202</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6104</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц, Silver (7 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6021</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6203</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6201-4</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
+  </si>
+  <si>
+    <t>05-6102</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Silver (4 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6022</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6025</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6101</t>
+  </si>
+  <si>
+    <t>Делитель ТВx2 под F-разъем, 5-1000МГц, Silver (3 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6032</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-900МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6031</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-900МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-8000</t>
+  </si>
+  <si>
+    <t>Диплексор (сумматор-делитель) SAT+TV REXANT</t>
+  </si>
+  <si>
+    <t>05-6004</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6205</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6003</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6105</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц, Silver (9 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6204</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6023</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6002</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6201</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6001</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6202-4</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
+  </si>
+  <si>
+    <t>05-6102-1</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Gold (4 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6005</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6101-1</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц, Gold (3 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Разъемы/переходники/делители Аудио-Видео</t>
+  </si>
+  <si>
+    <t>1.3.1 Переходники HDMI, VGA, DVI</t>
+  </si>
+  <si>
+    <t>17-6812</t>
+  </si>
+  <si>
+    <t>Переходник поворотный, штекер DVI-D - гнездо HDMI REXANT</t>
+  </si>
+  <si>
+    <t>17-6813</t>
+  </si>
+  <si>
+    <t>Переходник штекер HDMI - гнездо HDMI, поворотный REXANT</t>
+  </si>
+  <si>
+    <t>17-6811</t>
+  </si>
+  <si>
+    <t>Переходник штекер DVI-I - гнездо HDMI REXANT</t>
+  </si>
+  <si>
+    <t>17-6805</t>
+  </si>
+  <si>
+    <t>Переходник штекер HDMI - гнездо HDMI, угловой REXANT</t>
+  </si>
+  <si>
+    <t>17-6821</t>
+  </si>
+  <si>
+    <t>Переходник штекер DVI-I - гнездо VGA REXANT</t>
+  </si>
+  <si>
+    <t>17-6815</t>
+  </si>
+  <si>
+    <t>Переходник штекер micro HDMI - гнездо HDMI REXANT</t>
+  </si>
+  <si>
+    <t>17-6835</t>
+  </si>
+  <si>
+    <t>Переходник штекер HDMI - гнездо VGA, провод REXANT</t>
+  </si>
+  <si>
+    <t>17-6801</t>
+  </si>
+  <si>
+    <t>Переходник штекер mini HDMI - гнездо HDMI REXANT</t>
+  </si>
+  <si>
+    <t>17-6806</t>
+  </si>
+  <si>
+    <t>Переходник гнездо HDMI - гнездо HDMI REXANT</t>
+  </si>
+  <si>
+    <t>17-6971-1</t>
+  </si>
+  <si>
+    <t>HDMI-удлинитель (делитель) по витой паре RJ-45(8P8C) до 150м (1080p 60 fps) REXANT</t>
+  </si>
+  <si>
+    <t>17-6906</t>
+  </si>
+  <si>
+    <t>HDMI-удлинитель по витой паре RJ-45(8P8C) до 60м (1080p) REXANT</t>
+  </si>
+  <si>
+    <t>17-6808</t>
+  </si>
+  <si>
+    <t>Переходник штекер VGA - гнездо DVI-I REXANT</t>
+  </si>
+  <si>
+    <t>17-6936</t>
+  </si>
+  <si>
+    <t>Переходник штекер HDMI - гнездо VGA, провод + шнур стерео 3,5мм REXANT</t>
+  </si>
+  <si>
+    <t>17-6934</t>
+  </si>
+  <si>
+    <t>Переходник штекер HDMI - гнездо VGA, провод + шнур стерео 3,5мм с питанием REXANT</t>
+  </si>
+  <si>
+    <t>17-6916</t>
+  </si>
+  <si>
+    <t>HDMI-удлинитель по витой паре RJ-45(8P8C) до 30м (1080p) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>17-6834</t>
+  </si>
+  <si>
+    <t>Переходник штекер VGA - 2 гнезда VGA, провод REXANT</t>
+  </si>
+  <si>
+    <t>17-6817</t>
+  </si>
+  <si>
+    <t>Переходник гнездо VGA - гнездо VGA REXANT</t>
+  </si>
+  <si>
+    <t>17-6832</t>
+  </si>
+  <si>
+    <t>Переходник штекер HDMI - 2 гнезда HDMI с проводом, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-6971</t>
+  </si>
+  <si>
+    <t>HDMI-удлинитель по витой паре RJ-45(8P8C) до 200м (1080p) REXANT</t>
+  </si>
+  <si>
+    <t>17-6807</t>
+  </si>
+  <si>
+    <t>Переходник штекер HDMI - гнездо DVI-I REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Конвертеры VGA, HDMI, RCA</t>
+  </si>
+  <si>
+    <t>17-6904</t>
+  </si>
+  <si>
+    <t>Конвертер YPbPr + SPDIF / Toslink на HDMI, металл REXANT</t>
+  </si>
+  <si>
+    <t>17-6931</t>
+  </si>
+  <si>
+    <t>Конвертер HDMI на 3 RCA, пластик, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-6910</t>
+  </si>
+  <si>
+    <t>Конвертер BNC/RCA + S-video на VGA, пластик REXANT</t>
+  </si>
+  <si>
+    <t>17-6932</t>
+  </si>
+  <si>
+    <t>Конвертер BNC/RCA + S-video на VGA + переходник (гн. BNC – шт. RCA), пластик REXANT</t>
+  </si>
+  <si>
+    <t>17-6939</t>
+  </si>
+  <si>
+    <t>Конвертер 3 RCA на HDMI, пластик REXANT</t>
+  </si>
+  <si>
+    <t>1.3.3 Разъёмы RCA</t>
+  </si>
+  <si>
+    <t>14-0405-4</t>
+  </si>
+  <si>
+    <t>Разъем штекер RCA металл пайка черный/красный PROconnect</t>
+  </si>
+  <si>
+    <t>14-0405-1</t>
+  </si>
+  <si>
+    <t>Разъем штекер RCA металл пайка черный/красный, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>14-0410</t>
+  </si>
+  <si>
+    <t>Разъем штекер RCA металл под винт черный/красный REXANT</t>
+  </si>
+  <si>
+    <t>14-0410-4</t>
+  </si>
+  <si>
+    <t>Разъем штекер RCA металл под винт черный/красный PROconnect</t>
+  </si>
+  <si>
+    <t>14-0413</t>
+  </si>
+  <si>
+    <t>Разъем штекер RCA с клеммной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>1.3.4 Переходники стерео 3,5 мм – 6,3 мм</t>
+  </si>
+  <si>
+    <t>14-0203</t>
+  </si>
+  <si>
+    <t>Переходник 3,5мм стерео гнездо - 3,5мм стерео гнездо, пластик REXANT</t>
+  </si>
+  <si>
+    <t>14-0440</t>
+  </si>
+  <si>
+    <t>Разъем 3,5мм стерео штекер с клеммной колодкой под винт REXANT</t>
+  </si>
+  <si>
+    <t>14-0213</t>
+  </si>
+  <si>
+    <t>Переходник 3,5мм стерео штекер - 6,3мм стерео гнездо, металл REXANT</t>
+  </si>
+  <si>
+    <t>14-0205</t>
+  </si>
+  <si>
+    <t>Переходник 6,3мм стерео штекер - 3.5мм стерео гнездо, металл REXANT</t>
+  </si>
+  <si>
+    <t>14-0202</t>
+  </si>
+  <si>
+    <t>Переходник 6,3мм стерео штекер - 3,5мм стерео гнездо, пластик REXANT</t>
+  </si>
+  <si>
+    <t>1.3.5 Делители HDMI, VGA</t>
+  </si>
+  <si>
+    <t>17-6901</t>
+  </si>
+  <si>
+    <t>Делитель гнездо HDMI на 2 гнезда HDMI, металл REXANT</t>
+  </si>
+  <si>
+    <t>17-6924</t>
+  </si>
+  <si>
+    <t>Делитель гнездо VGA на 4 гнезда VGA, металл REXANT</t>
+  </si>
+  <si>
+    <t>17-6922</t>
+  </si>
+  <si>
+    <t>Делитель гнездо VGA на 2 гнезда VGA, металл REXANT</t>
+  </si>
+  <si>
+    <t>17-6912</t>
+  </si>
+  <si>
+    <t>Переключатель гнездо HDMI на 3 гнезда HDMI, без питания, пластик REXANT</t>
+  </si>
+  <si>
+    <t>17-6928</t>
+  </si>
+  <si>
+    <t>Делитель гнездо VGA на 8 гнезд VGA, металл REXANT</t>
+  </si>
+  <si>
+    <t>17-6951</t>
+  </si>
+  <si>
+    <t>Делитель гнездо HDMI на 2 гнезда HDMI, пластик REXANT</t>
+  </si>
+  <si>
+    <t>17-6952</t>
+  </si>
+  <si>
+    <t>Делитель гнездо HDMI на 4 гнезда HDMI, пластик REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Шнуры Аудио-Видео</t>
+  </si>
+  <si>
+    <t>1.4.1 Шнуры HDMI</t>
+  </si>
+  <si>
+    <t>1.4.1.1 Шнуры HDMI – HDMI версии 1.4</t>
+  </si>
+  <si>
+    <t>17-6202-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м Silver PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6206</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6203-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6204-3</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - HDMI 1.4, 2м, Gold, с фильтрами, угловой 360° REXANT</t>
+  </si>
+  <si>
+    <t>17-6205</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6204</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6203-1</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-6204-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Silver PROconnect</t>
+  </si>
+  <si>
+    <t>17-6204-1</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-6204-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Silver  PROconnect</t>
+  </si>
+  <si>
+    <t>17-6208</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 10м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6202-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6206-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6205-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6208-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 10м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6209-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6210-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6205-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6209</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6203</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6202</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6210</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>1.4.1.2 Шнуры DisplayPort – HDMI</t>
+  </si>
+  <si>
+    <t>17-6502</t>
+  </si>
+  <si>
+    <t>Кабель DisplayPort - HDMI, 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>1.4.1.3 Шнуры HDMI – HDMI версии 2.0</t>
+  </si>
+  <si>
+    <t>17-6102</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 1м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6104</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 2м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6103</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6105</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 3м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6110-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 20м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6104-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 2м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6105-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 3м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6109-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 15м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6102-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 1м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6103-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 1,5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6106-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6108-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 10м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>1.4.1.4 Шнуры HDMI – HDMI версии 2.1</t>
+  </si>
+  <si>
+    <t>17-6005</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 3м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6002</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 1м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6003</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6004</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 2м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>1.4.1.5 Шнуры USB Type-C – HDMI</t>
+  </si>
+  <si>
+    <t>17-6402</t>
+  </si>
+  <si>
+    <t>Кабель USB Type-C - HDMI, 2м REXANT</t>
+  </si>
+  <si>
+    <t>1.4.1.6 Шнуры HDMI – DVI</t>
+  </si>
+  <si>
+    <t>17-6303</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 1,5м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6306</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 5м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6304</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 2м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6305</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 3м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6307</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 7м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>1.4.2 Шнуры AUX Стерео 3,5 мм – Стерео 3,5 мм</t>
+  </si>
+  <si>
+    <t>17-4104</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 3м REXANT</t>
+  </si>
+  <si>
+    <t>17-4008</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 10м REXANT</t>
+  </si>
+  <si>
+    <t>17-4105</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4006</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4102</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4102-8</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 1,2м, черный СМАРТКИП</t>
+  </si>
+  <si>
+    <t>17-4005</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 3м REXANT</t>
+  </si>
+  <si>
+    <t>17-4003</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4007</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 7м REXANT</t>
+  </si>
+  <si>
+    <t>17-4100</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4015</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 3м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>1.4.3 Шнуры TOSLINK</t>
+  </si>
+  <si>
+    <t>17-0802</t>
+  </si>
+  <si>
+    <t>Шнур Toslink - Toslink, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>17-0804</t>
+  </si>
+  <si>
+    <t>Шнур Toslink - Toslink, 3м REXANT</t>
+  </si>
+  <si>
+    <t>1.4.4 Шнуры DIN 5 PIN</t>
+  </si>
+  <si>
+    <t>17-2522-4</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - DIN 5 Pin, 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>17-2502</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - Стерео 3,5мм, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-2522</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - DIN 5 Pin, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-2512</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - 2 RCA, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-2502-4</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - Стерео 3,5мм, 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>17-2512-4</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - 2 RCA, 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>1.4.5 Шнуры ТВ</t>
+  </si>
+  <si>
+    <t>18-0002</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 1,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-5023</t>
+  </si>
+  <si>
+    <t>Шнур ТВ штекер - ТВ штекер, 3м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0024</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0102</t>
+  </si>
+  <si>
+    <t>Шнур ТВ штекер - ТВ штекер, 1,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0004</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-5013</t>
+  </si>
+  <si>
+    <t>ВЧ-кабель, ТВ-гнездо - ТВ-штекер, 3м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0006</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0008</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 15м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0014</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 3м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-5002</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0025</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-5021</t>
+  </si>
+  <si>
+    <t>ВЧ кабель, ТВ штекер - ТВ штекер, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0022</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 1,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0007</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 10м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0112</t>
+  </si>
+  <si>
+    <t>Шнур ТВ штекер - ТВ штекер, угловой, 1,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0005</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-5011</t>
+  </si>
+  <si>
+    <t>ВЧ-кабель, ТВ-гнездо - ТВ-штекер, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-5014</t>
+  </si>
+  <si>
+    <t>ВЧ-кабель, ТВ-гнездо - ТВ-штекер, 5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-5016</t>
+  </si>
+  <si>
+    <t>ВЧ-кабель, ТВ-гнездо - ТВ-штекер, 10м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0012</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.4.6 Шнуры RCA</t>
+  </si>
+  <si>
+    <t>1.4.6.1 Шнуры 3 RCA – 3 RCA</t>
+  </si>
+  <si>
+    <t>17-0214</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 3м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0212</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 1,5м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0205</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-0207</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 10м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-0204</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 3м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-0206</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 7м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-0215</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 5м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0202</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.4.6.2 Шнуры Стерео 3,5 мм – RCA</t>
+  </si>
+  <si>
+    <t>17-4204</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 3м REXANT</t>
+  </si>
+  <si>
+    <t>17-4202</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4202-8</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 1,2м СМАРТКИП</t>
+  </si>
+  <si>
+    <t>17-4224</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 3м, Gold-металл REXANT</t>
+  </si>
+  <si>
+    <t>17-4206</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 7м REXANT</t>
+  </si>
+  <si>
+    <t>17-4205</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4412-4</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм 4C - 3 RCA, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-4412</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм 4C - 3 RCA, 1,5м, двухцветный штекер Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-4222</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 1,5м, Gold-металл REXANT</t>
+  </si>
+  <si>
+    <t>17-4234</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 3м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-4225</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 5м, Gold-металл REXANT</t>
+  </si>
+  <si>
+    <t>17-4232</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>1.4.6.3 Шнуры 2 RCA – 2 RCA</t>
+  </si>
+  <si>
+    <t>17-0143</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 1,5м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0145</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 3м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0103</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-0146</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 5м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0148</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 10м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0105</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 3м, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.4.7 Шнуры VGA</t>
+  </si>
+  <si>
+    <t>17-5505-6</t>
+  </si>
+  <si>
+    <t>Шнур VGA - VGA с ферритами, 3м, черный PROconnect</t>
+  </si>
+  <si>
+    <t>17-5503-6</t>
+  </si>
+  <si>
+    <t>Шнур VGA - VGA с ферритами, 1,8м, черный PROconnect</t>
+  </si>
+  <si>
+    <t>1.5 Кронштейны</t>
+  </si>
+  <si>
+    <t>1.5.1 Кронштейны для ТВ</t>
+  </si>
+  <si>
+    <t>38-0373</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0061</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонно-поворотный REXANT</t>
+  </si>
+  <si>
+    <t>38-0309</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", потолочный подвесной, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0344</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-80", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0310-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 17"-43", фиксированный с быстрой фиксацией, REXANT</t>
+  </si>
+  <si>
+    <t>38-0348</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 60"-100", наклонно-поворотный, двойное колено, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0349</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 60"-100", наклонный с быстрой фиксацией, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0401</t>
+  </si>
+  <si>
+    <t>Кронштейн для крепления Саундбара, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0053</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный одно колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0336</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0370</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-75", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0385</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-75", моторизированный, серия Profi REXANT</t>
+  </si>
+  <si>
+    <t>38-0339</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-55", наклонный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0343</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-80", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0337</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-55", фиксированный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0312</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"- 65", наклонный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0313</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"- 75", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0096</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0371</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонно-поворотный, два двойных колена раздельно, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0314</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-50", фиксированный, с дополнительной полкой для медиа-оборудования, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0070-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 23"-43", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0350</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-80", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0351</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-90", наклонно-поворотный, двойное колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0401-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для крепления Саундбара макс. 10 кг, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0062</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 19"-42", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0053-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для телевизора 13"-37", наклонно-поворотный одно колено REXANT </t>
+  </si>
+  <si>
+    <t>38-0338</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 40"-65", фиксированный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0310</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0320</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0060</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 17"-43", наклонно-поворотный, 1 колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0330</t>
+  </si>
+  <si>
+    <t>Кронштейн наклонный для телевизора и монитора 26"-55" REXANT</t>
+  </si>
+  <si>
+    <t>38-0300</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 10"-27", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0384</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-85", наклонно-поворотный, двойное колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0333</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-55", фиксированный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0340</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0345</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 43"-90", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0346</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 43"-90", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0374</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонно-поворотный, 2 колена, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>34-0589</t>
+  </si>
+  <si>
+    <t>Полка для аудио- и видеоаппаратуры, 200х175мм REXANT</t>
+  </si>
+  <si>
+    <t>38-0342</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 42"-100" фиксированный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0317</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 32"-55", с дополнительной полкой для медиаоборудования, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0318</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 37"-70", с дополнительной полкой для медиаоборудования, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0347</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-90", наклонно-поворотный, двойное колено, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0060-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 23"-43", наклонно-поворотный, 1 колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0372</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-75", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0305</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0332</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-65", наклонно-поворотный REXANT</t>
+  </si>
+  <si>
+    <t>38-0301</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", потолочный подвесной REXANT</t>
+  </si>
+  <si>
+    <t>38-0335</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", фиксированный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0081</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0330-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-55", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0050</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный REXANT</t>
+  </si>
+  <si>
+    <t>38-0070</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0080</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-65", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0090</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 30"-70", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0311</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-60", потолочный подвесной, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0334</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0063</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 26"-55", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0319</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 19"-42", на колесах, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0095</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 30"-65", наклонно-поворотный, 2 колена, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0051</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0331</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-60", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2 Кронштейны для Мониторов</t>
+  </si>
+  <si>
+    <t>38-0356</t>
+  </si>
+  <si>
+    <t>Кронштейн для двух мониторов 13"-32", одно колено настольный REXANT</t>
+  </si>
+  <si>
+    <t>38-0357</t>
+  </si>
+  <si>
+    <t>Кронштейн для двух мониторов 13"-32", настольный с газлифтом REXANT</t>
+  </si>
+  <si>
+    <t>38-0308</t>
+  </si>
+  <si>
+    <t>Кронштейн для монитора 13"-32", настольный с подставкой REXANT</t>
+  </si>
+  <si>
+    <t>38-0360</t>
+  </si>
+  <si>
+    <t>Кронштейн для POS-терминала REXANT</t>
+  </si>
+  <si>
+    <t>38-0307</t>
+  </si>
+  <si>
+    <t>Кронштейн для монитора 13"-32", настольный с газлифтом REXANT</t>
+  </si>
+  <si>
+    <t>38-0361</t>
+  </si>
+  <si>
+    <t>Кронштейн для кассового оборудования REXANT</t>
+  </si>
+  <si>
+    <t>38-0303</t>
+  </si>
+  <si>
+    <t>Кронштейн для монитора 13"-32", настольный REXANT</t>
+  </si>
+  <si>
+    <t>38-0306</t>
+  </si>
+  <si>
+    <t>Кронштейн для монитора 13"-32", одно колено настольный REXANT</t>
+  </si>
+  <si>
+    <t>1.5.3 Кронштейны для Проекторов</t>
+  </si>
+  <si>
+    <t>38-0302</t>
+  </si>
+  <si>
+    <t>Кронштейн для проектора потолочный с регулировкой расстояния (428-683мм), серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0323</t>
+  </si>
+  <si>
+    <t>Кронштейн для проектора потолочный с регулировкой расстояния (430-650 мм) макс. 15кг, белый, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0322</t>
+  </si>
+  <si>
+    <t>Кронштейн для проектора настенно-потолочный с регулировкой расстояния (350-650мм) макс. 20 кг серия Profi REXANT</t>
+  </si>
+  <si>
+    <t>38-0321</t>
+  </si>
+  <si>
+    <t>Кронштейн для проектора потолочный с регулировкой расстояния (380-580 мм) макс. 13,5 кг серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0304</t>
+  </si>
+  <si>
+    <t>Кронштейн для проектора потолочный, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Пульты управления</t>
+  </si>
+  <si>
+    <t>1.6.1 Пульты управления для ТВ</t>
+  </si>
+  <si>
+    <t>38-0017</t>
+  </si>
+  <si>
+    <t>Пульт универсальный обучаемый на 3 устройства REXANT</t>
+  </si>
+  <si>
+    <t>38-0018</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора LG REXANT</t>
+  </si>
+  <si>
+    <t>38-0019</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора PHILIPS REXANT</t>
+  </si>
+  <si>
+    <t>38-0003</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-708E REXANT</t>
+  </si>
+  <si>
+    <t>38-0008</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Panasonic REXANT</t>
+  </si>
+  <si>
+    <t>38-0104</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Haier REXANT</t>
+  </si>
+  <si>
+    <t>38-0006</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Samsung с функцией SMART TV (ST-05) REXANT</t>
+  </si>
+  <si>
+    <t>38-0025</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-188 REXANT</t>
+  </si>
+  <si>
+    <t>38-0007</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Sony REXANT</t>
+  </si>
+  <si>
+    <t>38-0004</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора LG с функцией SMART TV (ST-04) REXANT</t>
+  </si>
+  <si>
+    <t>38-0102</t>
+  </si>
+  <si>
+    <t>Пульт универсальный на 8 устройств REXANT</t>
+  </si>
+  <si>
+    <t>38-0020</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Samsung REXANT</t>
+  </si>
+  <si>
+    <t>38-0001</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-951 REXANT</t>
+  </si>
+  <si>
+    <t>38-0005</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-952 REXANT</t>
+  </si>
+  <si>
+    <t>38-0011</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-707E REXANT</t>
+  </si>
+  <si>
+    <t>38-0015</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-E877 REXANT</t>
+  </si>
+  <si>
+    <t>38-0013</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизоров TELEFUNKEN/VESTEL/BEKO REXANT</t>
+  </si>
+  <si>
+    <t>38-0200</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Samsung с функцией SMART TV (ST-02) REXANT</t>
+  </si>
+  <si>
+    <t>38-0002</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора LG с функцией SMART TV (ST-03) REXANT</t>
+  </si>
+  <si>
+    <t>38-0030</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора с функцией SMART TV (ST-01) REXANT</t>
+  </si>
+  <si>
+    <t>1.6.2 Пульты управления для Кондиционеров</t>
+  </si>
+  <si>
+    <t>38-0105</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для кондиционеров (RX-102AII) REXANT</t>
+  </si>
+  <si>
+    <t>38-0101</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для кондиционеров (RX-100AII) REXANT</t>
+  </si>
+  <si>
+    <t>38-0103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пульт универсальный для кондиционеров RX-101AII REXANT </t>
+  </si>
+  <si>
+    <t>1.6.3 Пульты управления для Приставок DVB-T2</t>
+  </si>
+  <si>
+    <t>38-0012</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для приставки DVB-T2 REXANT</t>
+  </si>
+  <si>
+    <t>38-0014</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для приставки DVB-T2 с функцией управления телевизором REXANT</t>
+  </si>
+  <si>
+    <t>1.6.4 Пульты управления для Ресиверов</t>
+  </si>
+  <si>
+    <t>38-0016</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для ресивера Ростелеком REXANT</t>
+  </si>
+  <si>
+    <t>38-0009</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для ресивера REXANT</t>
+  </si>
+  <si>
+    <t>38-0035</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для ресивера Триколор ТВ REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Антенны</t>
+  </si>
+  <si>
+    <t>1.7.1 Антенны комнатные для ТВ, DVB-T, DVB-T2</t>
+  </si>
+  <si>
+    <t>34-0267</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, RX-267 REXANT</t>
+  </si>
+  <si>
+    <t>34-0705</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, Ag-705 REXANT</t>
+  </si>
+  <si>
+    <t>34-0709</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, Ag-709 REXANT</t>
+  </si>
+  <si>
+    <t>34-0252</t>
+  </si>
+  <si>
+    <t>Антенна комнатная для цифрового телевидения DVB-T2, RX-252 REXANT</t>
+  </si>
+  <si>
+    <t>34-0269</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, RX-269 REXANT</t>
+  </si>
+  <si>
+    <t>34-0257</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2 на присоске, RX-257 REXANT</t>
+  </si>
+  <si>
+    <t>34-0105</t>
+  </si>
+  <si>
+    <t>Антенна комнатная телескопическая на подставке «Усы», RX-105 REXANT</t>
+  </si>
+  <si>
+    <t>34-0721</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, Ring-50 REXANT</t>
+  </si>
+  <si>
+    <t>34-0255</t>
+  </si>
+  <si>
+    <t>Антенна комнатная для цифрового телевидения DVB-T2 на присоске, RX-255 REXANT</t>
+  </si>
+  <si>
+    <t>34-0723</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, Ring-51 REXANT</t>
+  </si>
+  <si>
+    <t>34-0717</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, Ag-717 REXANT</t>
+  </si>
+  <si>
+    <t>34-0100</t>
+  </si>
+  <si>
+    <t>Антенна комнатная телескопическая на подставке «Усы+кольцо», RX-100 REXANT</t>
+  </si>
+  <si>
+    <t>34-0265</t>
+  </si>
+  <si>
+    <t>Антенна комнатная для цифрового телевидения DVB-T2, RX-265 REXANT</t>
+  </si>
+  <si>
+    <t>34-0701</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, Ag-701 REXANT</t>
+  </si>
+  <si>
+    <t>34-0713</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, Ag-713 REXANT</t>
+  </si>
+  <si>
+    <t>34-0719</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, Ag-719 REXANT</t>
+  </si>
+  <si>
+    <t>34-0703</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, Ag-703 REXANT</t>
+  </si>
+  <si>
+    <t>34-0707</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, Ag-707 REXANT</t>
+  </si>
+  <si>
+    <t>34-0711</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, Ag-711 REXANT</t>
+  </si>
+  <si>
+    <t>34-0715</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, Ag-715 REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2 Антенны комнатные для радио УКВ, FM</t>
+  </si>
+  <si>
+    <t>34-0552</t>
+  </si>
+  <si>
+    <t>Антенна комнатная для УКВ/FM радио RX-552 REXANT</t>
+  </si>
+  <si>
+    <t>1.7.3 Антенны уличные для ТВ, DVB-T, DVB-T2</t>
+  </si>
+  <si>
+    <t>34-0415</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-415 REXANT</t>
+  </si>
+  <si>
+    <t>34-0777</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-417 REXANT</t>
+  </si>
+  <si>
+    <t>34-0414</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-414 REXANT</t>
+  </si>
+  <si>
+    <t>34-0412</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-412 REXANT</t>
+  </si>
+  <si>
+    <t>34-0773</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-406-DEF REXANT</t>
+  </si>
+  <si>
+    <t>34-0402</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-402 REXANT</t>
+  </si>
+  <si>
+    <t>34-0410</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-410 REXANT</t>
+  </si>
+  <si>
+    <t>34-0414-1</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-414-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0412-1</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-412-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0413</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-413 REXANT</t>
+  </si>
+  <si>
+    <t>34-0407</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-407 REXANT</t>
+  </si>
+  <si>
+    <t>34-0775</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная для цифрового телевидения DVB-T2, RX-416 REXANT</t>
+  </si>
+  <si>
+    <t>34-0411-1</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-411-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0411</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-411 REXANT</t>
+  </si>
+  <si>
+    <t>34-0401</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-401 REXANT</t>
+  </si>
+  <si>
+    <t>34-0422</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-422 REXANT</t>
+  </si>
+  <si>
+    <t>34-0424</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-424 REXANT</t>
+  </si>
+  <si>
+    <t>34-0410-1</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-410-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0413-1</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-413-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0415-1</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-415-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0423</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-423 REXANT</t>
+  </si>
+  <si>
+    <t>34-0421</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-421 REXANT</t>
+  </si>
+  <si>
+    <t>34-0408</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-408 REXANT</t>
+  </si>
+  <si>
+    <t>1.7.4 Антенны уличные для радио УКВ, FM</t>
+  </si>
+  <si>
+    <t>34-0555</t>
+  </si>
+  <si>
+    <t>FM антенна наружная для дальнего приема радиостанций FM/УКВ диапазона, RX-555 REXANT</t>
+  </si>
+  <si>
+    <t>34-0553</t>
+  </si>
+  <si>
+    <t>FM антенна наружная для приема радиостанций FM/УКВ диапазона, RX-553 REXANT</t>
+  </si>
+  <si>
+    <t>1.7.5 Кронштейны и мачты для антенн</t>
+  </si>
+  <si>
+    <t>34-0578</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 800см REXANT</t>
+  </si>
+  <si>
+    <t>34-0579</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 1000см REXANT</t>
+  </si>
+  <si>
+    <t>34-0485-1</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 300см REXANT</t>
+  </si>
+  <si>
+    <t>34-0482</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачты КРЫМ-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0483</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-1, 150см REXANT</t>
+  </si>
+  <si>
+    <t>34-0592</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт КРЫМ телескопический, 40-70см REXANT</t>
+  </si>
+  <si>
+    <t>34-0487</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-5 телескопическая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0488</t>
+  </si>
+  <si>
+    <t>Кольцо под растяжку для мачт REXANT</t>
+  </si>
+  <si>
+    <t>34-0864</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-3, 30х14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0565</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, алюминиевая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0860</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный (55-60см), 32см REXANT</t>
+  </si>
+  <si>
+    <t>34-0601</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 20смх14,5см REXANT</t>
+  </si>
+  <si>
+    <t>34-0602</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 20см, треугольная площадка REXANT</t>
+  </si>
+  <si>
+    <t>34-0604</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 70-130см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0605</t>
+  </si>
+  <si>
+    <t>Кронштейн Г-образный, 30-50см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0607</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт телескопический, 20-30см REXANT</t>
+  </si>
+  <si>
+    <t>34-0608</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт телескопический, 50-90см REXANT</t>
+  </si>
+  <si>
+    <t>34-0609</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 300см, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0613</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 600см, 3 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0615</t>
+  </si>
+  <si>
+    <t>Кронштейн 22см Г-образный (для эфирных, WiFi и GSM антенн) REXANT</t>
+  </si>
+  <si>
+    <t>34-0614</t>
+  </si>
+  <si>
+    <t>Кронштейн 28см Гнутый (для эфирных, WiFi и GSM антенн) REXANT</t>
+  </si>
+  <si>
+    <t>34-0866</t>
+  </si>
+  <si>
+    <t>Кронштейн Эфирный СОЮЗ-4 20см REXANT</t>
+  </si>
+  <si>
+    <t>34-0573</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный 30см, серый REXANT </t>
+  </si>
+  <si>
+    <t>34-0610</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 450см, 3 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0611</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 600см, 4 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0595</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт плоский П-образный, 20см REXANT</t>
+  </si>
+  <si>
+    <t>34-0485</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-3 телескопическая, 300см REXANT</t>
+  </si>
+  <si>
+    <t>34-0489</t>
+  </si>
+  <si>
+    <t>Пятка для мачт малая REXANT</t>
+  </si>
+  <si>
+    <t>34-0577</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 600см REXANT</t>
+  </si>
+  <si>
+    <t>34-0577-1</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 600см, 4 секции REXANT</t>
+  </si>
+  <si>
+    <t>34-0566</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 600см, 3 секции REXANT</t>
+  </si>
+  <si>
+    <t>34-0861</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный (60см), 34см REXANT</t>
+  </si>
+  <si>
+    <t>34-0865</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный, усиленный (75см), 50см REXANT</t>
+  </si>
+  <si>
+    <t>34-0862</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-1, 14,5х14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0481</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 60см REXANT </t>
+  </si>
+  <si>
+    <t>34-0581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 45см REXANT </t>
+  </si>
+  <si>
+    <t>34-0582</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный телескопический, 60-110см REXANT </t>
+  </si>
+  <si>
+    <t>34-0480</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 30см REXANT </t>
+  </si>
+  <si>
+    <t>34-0580</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0598</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн поворотный Севастополь-2, 100см REXANT </t>
+  </si>
+  <si>
+    <t>34-0583</t>
+  </si>
+  <si>
+    <t>Кронштейн для эфирных и Wi-Fi антенн, Москва-1, облегченный, 10см REXANT</t>
+  </si>
+  <si>
+    <t>34-0606</t>
+  </si>
+  <si>
+    <t>Кронштейн Г-образный, 50-90см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0591</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт КРЫМ телескопический, 30-50см REXANT</t>
+  </si>
+  <si>
+    <t>34-0597</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн поворотный Севастополь-1, 50см REXANT </t>
+  </si>
+  <si>
+    <t>34-0570</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Полоса, 14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0571</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, поворотный, 25см REXANT </t>
+  </si>
+  <si>
+    <t>34-0574</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный 30см, белый REXANT </t>
+  </si>
+  <si>
+    <t>34-0487-1</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0594</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт плоский П-образный, 10см REXANT</t>
+  </si>
+  <si>
+    <t>34-0863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-2, 30х14,5см REXANT </t>
+  </si>
+  <si>
+    <t>1.7.6 Усилители ТВ сигнала</t>
+  </si>
+  <si>
+    <t>34-0772</t>
+  </si>
+  <si>
+    <t>Антенный усилитель ТВ сигнала на 2 выхода, RX-200 REXANT</t>
+  </si>
+  <si>
+    <t>34-0450</t>
+  </si>
+  <si>
+    <t>Усилитель ТВ сигнала с питанием от USB, RX-450 REXANT</t>
+  </si>
+  <si>
+    <t>34-0455</t>
+  </si>
+  <si>
+    <t>USB инжектор питания для активных антенн, RX-455, REXANT</t>
+  </si>
+  <si>
+    <t>1.7.7 Антенны 4G</t>
+  </si>
+  <si>
+    <t>34-0905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект для развертывания сети Wi-Fi серия Pro REXANT </t>
+  </si>
+  <si>
+    <t>34-0906</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект для развертывания сети Wi-Fi серия Home REXANT </t>
+  </si>
+  <si>
+    <t>34-0431</t>
+  </si>
+  <si>
+    <t>Антенна комнатная для усиления интернет-сигнала 4G (LTE)  REXANT</t>
+  </si>
+  <si>
+    <t>34-0901</t>
+  </si>
+  <si>
+    <t>Антенна 4G MIMO Альтаир REXANT</t>
+  </si>
+  <si>
+    <t>34-0904</t>
+  </si>
+  <si>
+    <t>Антенна 4G MIMO Андромеда REXANT</t>
+  </si>
+  <si>
+    <t>34-0903</t>
+  </si>
+  <si>
+    <t>Антенна 4G MIMO Сириус REXANT</t>
+  </si>
+  <si>
+    <t>34-0902</t>
+  </si>
+  <si>
+    <t>Антенна 4G MIMO Вега REXANT</t>
+  </si>
+  <si>
+    <t>1.8 Продукция в розничной упаковке</t>
+  </si>
+  <si>
+    <t>1.8.1 Делители ТВ в розничной упаковке</t>
+  </si>
+  <si>
+    <t>06-0045-B</t>
+  </si>
+  <si>
+    <t>Делитель антенный, (2 TV) + (штекер F, 3 шт), 5-1000 МГц REXANT</t>
+  </si>
+  <si>
+    <t>06-0040-B</t>
+  </si>
+  <si>
+    <t>Делитель антенный, (2 TV), 5-1000 МГц REXANT</t>
+  </si>
+  <si>
+    <t>06-0041-C</t>
+  </si>
+  <si>
+    <t>Делитель антенный, (3 TV), 5-1000 МГц REXANT</t>
+  </si>
+  <si>
+    <t>06-0046-C</t>
+  </si>
+  <si>
+    <t>Делитель антенный, (3 TV) + (штекер F, 4 шт), 5-1000 МГц REXANT</t>
+  </si>
+  <si>
+    <t>1.8.2 Антенные переходники в розничной упаковке</t>
+  </si>
+  <si>
+    <t>05-4204-4-7</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (3 гнезда F), тройник, 1 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>06-0022-A</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (3 гнезда F), тройник, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>05-4203-4-9</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - штекер F), угловой, 5 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>05-4312-4-7</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - гнездо TV), угловой, 1 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>06-0026-A</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - гнездо TV), угловой, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0020-A</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - гнездо F), бочка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0025-A</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - штекер TV), 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0027-A</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - штекер TV), угловой, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0028-A</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо TV - штекер F), 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0021-A</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - штекер F), угловой, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0024-A</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - гнездо TV), 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>05-4201-6-7</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - гнездо F), бочка, 1 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>05-4303-4-7</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - штекер TV), 1 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>05-4311-4-7</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - штекер TV), угловой, 1 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>1.8.3 Антенные разъемы в розничной упаковке</t>
+  </si>
+  <si>
+    <t>05-4303-4-8</t>
+  </si>
+  <si>
+    <t>Набор разъемов антенных ТВ №10 (5 переходников гн F – шт TV, 5 F-разъемов RG-6) PROconnect</t>
+  </si>
+  <si>
+    <t>06-0014-A</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер TV угловой, RG-6, белый, 1 шт, REXANT</t>
+  </si>
+  <si>
+    <t>06-0004-A2</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер F, RG-6, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0004-A5</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер F, RG-6, 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0005-A2</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер F, SAT, с резиновым уплотнителем, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0016-A</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер TV с пружиной, RG-6, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>05-4003-4-9</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер F, RG-6, 5 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>05-4003-6-9</t>
+  </si>
+  <si>
+    <t>05-4005-4-9</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер F, SAT, с резиновым уплотнителем, 5 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>05-4003-4-7</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер F, RG-6, 1 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>05-4003-6-7</t>
+  </si>
+  <si>
+    <t>05-4005-4-7</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер F, SAT, с резиновым уплотнителем, 1 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>1.8.4 Шнуры ТВ в розничной упаковке</t>
+  </si>
+  <si>
+    <t>06-3092</t>
+  </si>
+  <si>
+    <t>Набор антенный №13 кабель RG-6U 20м, штекер F (4шт), бочка (1шт), переходник гн F – шт TV (2шт), переходник гн F – гн TV (1шт) REXANT</t>
+  </si>
+  <si>
+    <t>06-3090</t>
+  </si>
+  <si>
+    <t>Набор антенный №11 кабель RG-6U 10м, штекер F (4шт), бочка (1шт), переходник гн F – шт TV (2шт), переходник гн F – гн TV (1шт) REXANT</t>
+  </si>
+  <si>
+    <t>06-3093</t>
+  </si>
+  <si>
+    <t>Набор антенный №14 кабель RG-6U 30м, штекер F (4шт), бочка (1шт), переходник гн F – шт TV (2шт), переходник гн F – гн TV (1шт) REXANT</t>
+  </si>
+  <si>
+    <t>06-3089</t>
+  </si>
+  <si>
+    <t>Набор антенный №10 кабель RG-6U 5м, штекер F (4шт), бочка (1шт), переходник гн F – шт TV (2шт), переходник гн F – гн TV (1шт) REXANT</t>
+  </si>
+  <si>
+    <t>1.8.5 Аудио-видео разъемы в розничной упаковке</t>
+  </si>
+  <si>
+    <t>06-0151-A2</t>
+  </si>
+  <si>
+    <t>Разъем аудио/видео, штекер RCA, винт, серебро, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>1.8.6 Переходники Стерео 3,5 мм в розничной упаковке</t>
+  </si>
+  <si>
+    <t>06-0168-A</t>
+  </si>
+  <si>
+    <t>Переходник аудио, (гнездо 3,5 - штекер 6,3), стерео, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>1.8.7 ТВ – наборы в розничной упаковке</t>
+  </si>
+  <si>
+    <t>05-4303-4-5</t>
+  </si>
+  <si>
+    <t>Набор разъемов антенных ТВ №7 (1 переходник гн F – шт TV, 1 F-разъем RG-6) PROconnect</t>
+  </si>
+  <si>
+    <t>05-4302-4-6</t>
+  </si>
+  <si>
+    <t>Набор разъемов антенных ТВ №6 (1 переходник гн F – гн TV, 1 F-разъем RG-6) PROconnect</t>
+  </si>
+  <si>
+    <t>1.9 Акустический кабель</t>
+  </si>
+  <si>
+    <t>1.9.1 Кабель акустический Красно-черный</t>
+  </si>
+  <si>
+    <t>01-6101-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,25мм², красно-черный, 100м PROconnect</t>
   </si>
   <si>
     <t>01-6102-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,35мм², красно-черный, 100м PROconnect</t>
   </si>
   <si>
+    <t>01-6103-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², красно-черный, 100м PROconnect</t>
+  </si>
+  <si>
     <t>01-6105-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,00мм², красно-черный, 100м PROconnect</t>
   </si>
   <si>
-    <t>01-6103-6</t>
-[...2 lines deleted...]
-    <t>Кабель акустический 2х0,50мм², красно-черный, 100м PROconnect</t>
+    <t>01-6105-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², красно-черный, 100м REXANT</t>
   </si>
   <si>
     <t>01-6104-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², красно-черный, 100м PROconnect</t>
   </si>
   <si>
-    <t>01-6101-6</t>
-[...8 lines deleted...]
-    <t>Кабель акустический 2х1,00мм², красно-черный, 100м REXANT</t>
+    <t>01-6106-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², красно-черный, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6101-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,25мм², красно-черный, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6103-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², красно-черный, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6102-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², красно-черный, 100м REXANT</t>
   </si>
   <si>
     <t>01-6104-3</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², красно-черный, 100м REXANT</t>
   </si>
   <si>
-    <t>01-6106-3</t>
-[...14 lines deleted...]
-    <t>Кабель акустический 2х0,35мм², красно-черный, 100м REXANT</t>
+    <t>01-6108-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², красно-черный, 100м REXANT</t>
   </si>
   <si>
     <t>01-6106-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,50мм², красно-черный, 100м PROconnect</t>
   </si>
   <si>
     <t>01-6108-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², красно-черный, 100м PROconnect</t>
   </si>
   <si>
-    <t>01-6108-3</t>
-[...11 lines deleted...]
-    <t>1.2.2 Кабель акустический прозрачный BLUELINE</t>
+    <t>1.9.2 Кабель акустический прозрачный BLUELINE</t>
+  </si>
+  <si>
+    <t>01-6203-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6204-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, 100м PROconnect</t>
   </si>
   <si>
     <t>01-6205-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, 100м PROconnect</t>
   </si>
   <si>
-    <t>01-6203-6</t>
-[...2 lines deleted...]
-    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, 100м PROconnect</t>
+    <t>01-6203-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6210-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х6,00мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6208-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6202-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6207-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6201-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,25мм², прозрачный BLUELINE, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6201-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,25мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6202-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6206-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, 100м PROconnect</t>
   </si>
   <si>
     <t>01-6208-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, 100м PROconnect</t>
   </si>
   <si>
-    <t>01-6207-6</t>
-[...22 lines deleted...]
-  <si>
     <t>01-6209-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х4,00мм², прозрачный BLUELINE, 100м PROconnect</t>
   </si>
   <si>
-    <t>01-6206-6</t>
-[...8 lines deleted...]
-    <t>Кабель акустический 2х6,00мм², прозрачный BLUELINE, 100м PROconnect</t>
+    <t>01-6207-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, 100м REXANT</t>
   </si>
   <si>
     <t>01-6204-3</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, 100м REXANT</t>
   </si>
   <si>
-    <t>01-6208-3</t>
-[...20 lines deleted...]
-    <t>Кабель акустический 2х0,25мм², прозрачный BLUELINE, 100м REXANT</t>
+    <t>01-6209-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х4,00мм², прозрачный BLUELINE, 100м REXANT</t>
   </si>
   <si>
     <t>01-6205-3</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, 100м REXANT</t>
   </si>
   <si>
-    <t>01-6203-3</t>
-[...17 lines deleted...]
-    <t>1.2.3 Кабель акустический прозрачный SILICON</t>
+    <t>1.9.3 Кабель акустический прозрачный SILICON</t>
   </si>
   <si>
     <t>01-6308</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², прозрачный SILICON, 100м REXANT</t>
   </si>
   <si>
+    <t>01-6309</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х4,00мм², прозрачный SILICON, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6303</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный SILICON, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6306</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный SILICON, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6305</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный SILICON, 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6304</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², прозрачный SILICON, 100м REXANT</t>
   </si>
   <si>
-    <t>01-6309</t>
-[...23 lines deleted...]
-    <t>1.2.4 Кабель акустический Красно-черный минибухта</t>
+    <t>1.9.4 Кабель акустический Красно-черный минибухта</t>
+  </si>
+  <si>
+    <t>01-6105-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², красно-черный, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6101-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,25мм², красно-черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6108-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², красно-черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6101-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,25мм², красно-черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6101-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,25мм², красно-черный, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6103-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², красно-черный, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6102-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², красно-черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6106-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², красно-черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6102-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², красно-черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6103-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², красно-черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6104-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², красно-черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6105-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², красно-черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6102-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², красно-черный, мини-бухта 20м REXANT</t>
   </si>
   <si>
     <t>01-6103-3-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,50мм², красно-черный, мини-бухта 5м REXANT</t>
   </si>
   <si>
+    <t>01-6104-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², красно-черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
     <t>01-6105-3-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,00мм², красно-черный, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6106-3-05</t>
-[...50 lines deleted...]
-    <t>Кабель акустический 2х0,25мм², красно-черный, мини-бухта 10м REXANT</t>
+    <t>01-6104-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², красно-черный, мини-бухта 20м REXANT</t>
   </si>
   <si>
     <t>01-6108-3-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², красно-черный, мини-бухта 5м REXANT</t>
   </si>
   <si>
+    <t>01-6106-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², красно-черный, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6108-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², красно-черный, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
     <t>01-6106-3-10</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,50мм², красно-черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
-    <t>01-6106-3-20</t>
-[...53 lines deleted...]
-    <t>Кабель акустический 2х0,50мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
+    <t>1.9.5 Кабель акустический BLUELINE минибухта</t>
   </si>
   <si>
     <t>01-6306-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,50мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
   </si>
   <si>
+    <t>01-6208-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6303-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6204-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6207-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6305-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6204-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6202-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6202-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6204-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6205-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6305-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6208-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6306-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6308-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
     <t>01-6304-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6303-10</t>
-[...2 lines deleted...]
-    <t>Кабель акустический 2х0,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+    <t>01-6205-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6207-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
   </si>
   <si>
     <t>01-6304-10</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
   </si>
   <si>
-    <t>01-6202-3-20</t>
-[...26 lines deleted...]
-    <t>Кабель акустический 2х1,00мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
+    <t>01-6208-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>01-6308-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6208-3-10</t>
-[...86 lines deleted...]
-    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+    <t>01-6206-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
   </si>
   <si>
     <t>01-6205-3-10</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
   </si>
   <si>
-    <t>01-6205-3-20</t>
-[...11 lines deleted...]
-    <t>1.2.6 Кабель микрофонный</t>
+    <t>1.9.6 Кабель микрофонный</t>
   </si>
   <si>
     <t>01-6028</t>
   </si>
   <si>
     <t>Кабель микрофонный 2х0,25мм², ø 6,8мм, синий, 100м REXANT</t>
   </si>
   <si>
     <t>01-6029</t>
   </si>
   <si>
     <t>Кабель микрофонный 2х0,25мм², ø 6,8мм, черный, 100м REXANT</t>
   </si>
   <si>
-    <t>1.2.7 Кабель ШГЭС</t>
+    <t>1.9.7 Кабель ШГЭС</t>
   </si>
   <si>
     <t>01-6001-6</t>
   </si>
   <si>
     <t>Кабель ШГЭС 2, черный, 100м PROconnect</t>
-  </si>
-[...3259 lines deleted...]
-    <t>Набор разъемов антенных ТВ №3 (1 угловой переходник гн F – шт TV, 1 F-разъем RG-6) PROconnect</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -4713,56 +4476,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-al-75-75om-100m-outdoor-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cusn-75-75om-100m-indoor-belyy-cavel.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-zh-cu-al-cusn-75-75om-100m-indoor-seryy-cavel.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703pe-cu-al-cusn-75-75om-100m-outdoor-chernyy-cavel.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-ccs-al-al-75-75om-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cu-75-75om-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cu-48-75om-100m-indoor-belyy-smartkip.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cu-64-75om-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cusn-75-75om-250m-indoor-belyy-cavel.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cu-al-cu-75-75om-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cu-al-cu-64-75om-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cu-al-cusn-64-75om-100m-indoor-belyy-cavel.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-ccs-al-al-75-75om-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-100m-outdoor-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-32-100m-indoor-belyy-proconnect-light.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-305m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-3s-2v-75om-ccs-al-al-48-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-305m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-100m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-ccs-al-al-48-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-cu-al-cu-64-305m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-100m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-75-305m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-48-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-cu-al-cu-64-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-305m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-al-90-dve-folgi-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-75-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-305m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-8x-50-om-ccs-al-al-75-100m-indoor-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-a-u-50-om-cu-al-cu-64-100m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-213-50-om-cu-cu-96-100m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50m-75om-ccs-al-al-75-20m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-ccs-al-al-75-20m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-ccs-al-al-75-50m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50m-75om-ccs-al-al-75-50m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-10m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cu-al-cu-75-10m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-20m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-50m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cu-al-cu-75-20m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cu-al-cu-75-50m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-mars-4k-cu-al-cusn-96-75om-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-mars-hd-cu-al-cusn-96-75om-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-magistralnyy-rg-11u-75om-ccs-al-al-83-305m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-magistralnyy-rg-11u-75om-ccs-al-al-83-305m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11a-200m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-2-11a-400m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11ait-200m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11-200m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-2-11ait-400m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-15-200m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-ng-a-hf-cu-al-cu-64-75om-100m-indoor-oranzhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-dg-113-cu-al-cusn-75-75om-100m-indoor-belyy-cavel.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-dg-113-cu-al-cu-75-75om-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-prozrachnyy-blueline-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h4-00mm-prozrachnyy-blueline-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h6-00mm-prozrachnyy-blueline-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-100m-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-100m-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-100m-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-100m-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-prozrachnyy-blueline-100m-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-100m-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-100m-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h4-00mm-prozrachnyy-blueline-100m-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-100m-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-100m-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-100m-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h4-00mm-prozrachnyy-silicon-100m-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-100m-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-100m-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-100m-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-mikrofonnyy-2h0-25mm-6-8mm-siniy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-mikrofonnyy-2h0-25mm-6-8mm-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shges-2-chernyy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-17-8mm-proconnect.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-rexant.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-rexant.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-obzhim-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-proconnect.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-19mm-proconnect.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-rexant.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-rexant.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-na-korpus-s-kontaktom-proconnect.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-proconnect.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-proconnect.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-proconnect.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-rexant.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-oreh-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-obzhim-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-oreh-rexant.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-proconnect.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-proconnect.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-zn-proconnect.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-proconnect.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-gnezdo-tv-proconnect.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-proconnect.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-tv-shteker-tv-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-s-koltsom-proconnect.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-tv-shteker-3-5-mm-mono-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-proconnect.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-bez-koltsa-proconnect.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-znni-proconnect.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-proconnect.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-proconnect.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x3-gnezda-f-proconnect.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x4-gnezda-f-proconnect.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-rexant.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-shteker-f-gnezdo-f-rexant.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-f-proconnect.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-vga-provod-rexant.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-po-vitoy-pare-rj-45-8p8c-do-30m-1080p-rexant.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-vga-provod-shnur-stereo-3-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-delitel-po-vitoy-pare-rj-45-8p8c-do-150m-1080p-60-fps-rexant.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-vga-provod-shnur-stereo-3-5mm-s-pitaniem-rexant.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-po-vitoy-pare-rj-45-8p8c-do-120m-1080p-rexant.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/priemnik-signala-hdmi-po-vitoy-pare-rj-45-8p8c-do-120m-1080p-rexant.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-vga-gnezdo-vga-rexant.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-dvi-i-rexant.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-povorotnyy-shteker-dvi-d-gnezdo-hdmi-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-po-vitoy-pare-rj-45-8p8c-do-60m-1080p-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-dvi-i-gnezdo-hdmi-rexant.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-hdmi-gnezdo-hdmi-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-vga-gnezdo-dvi-i-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-hdmi-povorotnyy-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-2-gnezda-hdmi-s-provodom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-hdmi-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-mini-hdmi-gnezdo-hdmi-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-dvi-i-gnezdo-vga-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-micro-hdmi-gnezdo-hdmi-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-vga-2-gnezda-vga-provod-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/povtoritel-gnezdo-hdmi-gnezdo-hdmi-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-hdmi-na-3-rca-plastik-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-bnc-rca-s-video-na-vga-perehodnik-gn-bnc-sht-rca-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-3-rca-na-hdmi-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-ypbpr-spdif-toslink-na-hdmi-metall-rexant.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-hdmi-na-ypbpr-vga-2-rca-rexant.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-scart-na-hdmi-metall-rexant.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-bnc-rca-s-video-na-vga-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-hdmi-na-3-rca-metall-rexant.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-payka-chernyy-krasnyy-proconnect.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-pod-vint-chernyy-krasnyy-proconnect.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-pod-vint-chernyy-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-s-klemmnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-payka-chernyy-krasnyy-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-3-5mm-stereo-shteker-s-klemmnoy-kolodkoy-pod-vint-rexant.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-3-5mm-stereo-shteker-6-3mm-stereo-gnezdo-metall-rexant.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-6-3mm-stereo-shteker-3-5mm-stereo-gnezdo-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-3-5mm-stereo-gnezdo-3-5mm-stereo-gnezdo-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-3-5mm-stereo-shteker-6-3mm-stereo-gnezdo-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-6-3mm-stereo-shteker-3-5mm-stereo-gnezdo-metall-rexant.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-3-gnezda-rca-3-gnezda-rca-rexant.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-vga-na-8-gnezd-vga-metall-rexant.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-hdmi-na-2-gnezda-hdmi-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-hdmi-na-4-gnezda-hdmi-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-vga-na-4-gnezda-vga-metall-rexant.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-vga-na-2-gnezda-vga-metall-rexant.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-gnezdo-hdmi-na-3-gnezda-hdmi-bez-pitaniya-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-hdmi-na-2-gnezda-hdmi-metall-rexant.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect.html" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect.html" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect.html" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-10m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-15m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-20m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-2m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-displayport-hdmi-1-8m-rexant.html" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-hdmi-2m-rexant.html" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-5m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-1-5m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-3m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-7m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-2m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-3m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-5m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-1-5m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-3m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-10m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-1-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-10m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-7m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-3m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-1-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-3m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-5m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-1-5m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-gold-metall-rexant.html" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-rexant.html" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-gold-metall-rexant.html" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-rexant.html" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-4c-3-rca-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-gold-metall-rexant.html" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-4c-3-rca-1-5m-dvuhtsvetnyy-shteker-gold-rexant.html" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-2m-smartkip.html" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-7m-rexant.html" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-10m-rexant.html" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-1-2m-chernyy-smartkip.html" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-3m-rexant.html" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-5m-rexant.html" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-5m-rexant.html" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-7m-rexant.html" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-10m-rexant.html" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-3m-rexant.html" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-3m-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-3m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-1-8m-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-toslink-toslink-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-toslink-toslink-3m-rexant.html" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-stereo-3-5mm-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-din-5-pin-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-din-5-pin-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-2-rca-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-stereo-3-5mm-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-2-rca-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-1-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-7m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-shteker-tv-shteker-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-shteker-tv-shteker-20m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-3m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-1-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-20m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-1-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-1-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-3m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-15m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-10m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-7m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-1-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-3m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-10m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-shteker-tv-shteker-1-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-shteker-tv-shteker-15m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-3m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-3m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-1-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-uglovoy-1-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-tsifrovogo-televideniya-dvb-t2-na-prisoske-rx-255-rexant.html" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ring-51-rexant.html" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-267-rexant.html" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-703-rexant.html" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-711-rexant.html" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-715-rexant.html" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-707-rexant.html" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ring-50-rexant.html" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-teleskopicheskaya-na-podstavke-usy-rx-105-rexant.html" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-252-rexant.html" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-na-prisoske-rx-257-rexant.html" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-265-rexant.html" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-teleskopicheskaya-na-podstavke-usy-koltso-rx-100-rexant.html" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-713-rexant.html" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-rx-269-rexant.html" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-701-rexant.html" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-705-rexant.html" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-717-rexant.html" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-719-rexant.html" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-709-rexant.html" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-ukv-fm-radio-rx-552-rexant.html" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-401-rexant.html" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-411-1-rexant.html" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-424-rexant.html" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-406-def-rexant.html" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-408-rexant.html" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-411-rexant.html" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-407-rexant.html" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-415-rexant.html" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-421-rexant.html" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-422-rexant.html" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-416-rexant.html" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-402-rexant.html" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-410-1-rexant.html" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-410-rexant.html" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-412-1-rexant.html" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-413-1-rexant.html" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-414-1-rexant.html" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-423-rexant.html" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-415-1-rexant.html" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-412-rexant.html" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-413-rexant.html" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-417-rexant.html" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-414-rexant.html" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fm-antenna-naruzhnaya-dlya-priema-radiostantsiy-fm-ukv-diapazona-rx-553-rexant.html" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fm-antenna-naruzhnaya-dlya-dalnego-priema-radiostantsiy-fm-ukv-diapazona-rx-555-rexant.html" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-30sm-rexant.html" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-60sm-rexant.html" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-45sm-rexant.html" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pyatka-dlya-macht-malaya-rexant.html" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-14-5sm-rexant.html" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-machty-krym-1-rexant.html" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-efirnyh-i-wi-fi-antenn-moskva-1-oblegchennyy-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-polosa-14-5sm-rexant.html" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-teleskopicheskiy-60-110sm-rexant.html" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-povorotnyy-25sm-rexant.html" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-4-20sm-rexant.html" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-300sm-rexant.html" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20sm-treugolnaya-ploschadka-rexant.html" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-50-90sm-teleskopicheskiy-rexant.html" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-600sm-4-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-50-90sm-rexant.html" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20smh14-5sm-rexant.html" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-3-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-30-50sm-rexant.html" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-40-70sm-rexant.html" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-5-teleskopicheskaya-450sm-rexant.html" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-1-150sm-rexant.html" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-1-50sm-rexant.html" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-20sm-rexant.html" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-1000sm-rexant.html" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-rexant.html" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-4-sektsii-rexant.html" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-450sm-rexant.html" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-55-60sm-32sm-rexant.html" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-60sm-34sm-rexant.html" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-3-30h14-5sm-rexant.html" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-3-teleskopicheskaya-300sm-rexant.html" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-300sm-2-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-30-50sm-teleskopicheskiy-rexant.html" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koltso-pod-rastyazhku-dlya-macht-rexant.html" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-28sm-gnutyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant.html" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-70-130sm-teleskopicheskiy-rexant.html" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-20-30sm-rexant.html" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-450sm-3-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-22sm-g-obraznyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant.html" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-2-100sm-rexant.html" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-3-sektsii-rexant.html" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-alyuminievaya-450sm-rexant.html" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-800sm-rexant.html" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-usilennyy-75sm-50sm-rexant.html" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-1-14-5h14-5sm-rexant.html" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-2-30h14-5sm-rexant.html" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usilitel-tv-signala-s-pitaniem-ot-usb-rx-450-rexant.html" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-inzhektor-pitaniya-dlya-aktivnyh-antenn-rx-455-rexant.html" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antennyy-usilitel-tv-signala-na-2-vyhoda-rx-200-rexant.html" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-sirius-rexant.html" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-vega-rexant.html" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-altair-rexant.html" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-usileniya-internet-signala-4g-lte-rexant.html" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-andromeda-rexant.html" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-naruzhnaya-napravlennaya-dlya-usb-modema-3g-blok-semnik-model-rx-451-rexant.html" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-razvertyvaniya-seti-wi-fi-seriya-pro-rexant.html" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-razvertyvaniya-seti-wi-fi-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-potolochnyy-podvesnoy-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-dvoynoe-koleno-rexant.html" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovannyy-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovannyy-s-bystroy-fiksatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonnyy-s-bystroy-fiksatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-fiksirovannyy-rexant.html" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-1-koleno-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonnyy-rexant.html" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-fiksirovannyy-rexant.html" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-fiksirovannyy-rexant.html" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-audio-i-videoapparatury-200h175mm-rexant.html" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-2-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-naklonno-povorotnyy-1-koleno-rexant.html" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-70-naklonnyy-rexant.html" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant.html" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonnyy-rexant.html" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-rexant.html" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-65-naklonno-povorotnyy-2-kolena-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-55-naklonno-povorotnyy-rexant.html" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-fiksirovannyy-rexant.html" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-rexant.html" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-2-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-rexant.html" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonnyy-rexant.html" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-2-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-42-potolochnyy-podvesnoy-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-85-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-fiksirovannyy-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-dva-dvoynyh-kolena-razdelno-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-42-100-fiksirovannyy-s-bystroy-fiksatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-32-55-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya.html" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-2-kolena-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-2-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonnyy-s-bystroy-fiksatsiey-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-fiksirovannyy-s-bystroy-fiksatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-50-fiksirovannyy-s-dopolnitelnoy-polkoy-dlya-media-oborudovaniya-seriy.html" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonnyy-s-bystroy-fiksatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-37-70-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya.html" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-naklonno-povorotnyy-dvoynoe-koleno-rexant.html" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-40-65-fiksirovannyy-s-bystroy-fiksatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-motorizirovannyy-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-26-55-naklonno-povorotnyy-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-maks-10-kg-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-80-naklonno-povorotnyy-dvoynoe-koleno-rexant.html" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-19-42-naklonno-povorotnyy-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-19-42-na-kolesah-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-naklonnyy-dlya-televizora-i-monitora-26-55-rexant.html" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-nastolnyy-s-podstavkoy-rexant.html" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-odno-koleno-nastolnyy-rexant.html" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-nastolnyy-rexant.html" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-nastolnyy-s-gazliftom-rexant.html" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-dvuh-monitorov-13-32-nastolnyy-s-gazliftom-rexant.html" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-dvuh-monitorov-13-32-odno-koleno-nastolnyy-rexant.html" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-pos-terminala-rexant.html" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kassovogo-oborudovaniya-rexant.html" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-s-regulirovkoy-rasstoyaniya-380-580-mm-maks-13-5-kg-seriya-pro.html" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-nastenno-potolochnyy-s-regulirovkoy-rasstoyaniya-350-650mm-maks-20-kg-seri.html" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-s-regulirovkoy-rasstoyaniya-428-683mm-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-s-regulirovkoy-rasstoyaniya-430-650-mm-maks-15kg-belyy-seriya-.html" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-philips-rexant.html" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-rexant.html" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-707e-rexant.html" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-951-rexant.html" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-e877-rexant.html" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-s-funktsiey-smart-tv-st-01-rexant.html" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-rexant.html" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-obuchaemyy-na-3-ustroystva-rexant.html" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-na-8-ustroystv-rexant.html" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-952-rexant.html" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-188-rexant.html" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-02-rexant.html" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizorov-telefunken-vestel-beko-rexant.html" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-sony-rexant.html" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-panasonic-rexant.html" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-s-funktsiey-smart-tv-st-03-rexant.html" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-708e-rexant.html" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-05-rexant.html" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-s-funktsiey-smart-tv-st-04-rexant.html" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-haier-rexant.html" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-100aii-rexant.html" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-101aii-rexant.html" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-102aii-rexant.html" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-pristavki-dvb-t2-rexant.html" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-pristavki-dvb-t2-s-funktsiey-upravleniya-televizorom-rexant.html" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-rexant.html" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-rostelekom-rexant.html" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-trikolor-tv-rexant.html" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-3-tv-5-1000-mgts-rexant.html" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-2-tv-shteker-f-3-sht-5-1000-mgts-rexant.html" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-2-tv-5-1000-mgts-rexant.html" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-3-tv-shteker-f-4-sht-5-1000-mgts-rexant.html" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyh-perehodnikov-dlya-podklyucheniya-tv-rexant.html" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-tv-uglovoy-1-sht-proconnect.html" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-f-bochka-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-f-uglovoy-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-uglovoy-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-f-uglovoy-5-sht-proconnect.html" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-f-bochka-1-sht-proconnect.html" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-uglovoy-1-sht-proconnect.html" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-1-sht-proconnect.html" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-tv-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-tv-uglovoy-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-tv-shteker-f-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-3-gnezda-f-troynik-1-sht-proconnect.html" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-3-gnezda-f-troynik-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-10-5-perehodnikov-gn-f-sht-tv-5-f-razemov-rg-6-proconnect.html" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-sat-s-rezinovym-uplotnitelem-5-sht-proconnect.html" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-1-sht-proconnect.html" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-sat-s-rezinovym-uplotnitelem-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-9-5-perehodnikov-gn-f-gn-tv-5-f-razemov-rg-6-proconnect.html" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-5-sht-proconnect.html" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-sat-s-rezinovym-uplotnitelem-1-sht-proconnect.html" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-tv-uglovoy-rg-6-belyy-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-tv-s-pruzhinoy-rg-6-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-8-5-uglovyh-perehodnikov-sht-f-gn-f-5-f-razemov-rg-6-proconnect.html" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-12-5-uglovyh-perehodnikov-gn-f-gn-tv-5-f-razemov-rg-6-proconnect.html" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-11-5-uglovyh-perehodnikov-gn-f-sht-tv-5-f-razemov-rg-6-proconnect.html" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-13-kabel-rg-6u-20m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik-.html" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-14-kabel-rg-6u-30m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik-.html" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-11-kabel-rg-6u-10m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik-.html" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-10-kabel-rg-6u-5m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik-g.html" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-3m-s-ferritami-gold-rexant.html" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-audio-video-shteker-rca-vint-serebro-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-audio-gnezdo-3-5-shteker-6-3-stereo-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-4-1-uglovoy-perehodnik-gn-f-gn-tv-1-f-razem-rg-6-rexant.html" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-1-1-perehodnik-gn-f-gn-f-bochka-bez-koltsa-2-f-razema-rg-6-proconnect.html" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-7-1-perehodnik-gn-f-sht-tv-1-f-razem-rg-6-rexant.html" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-6-1-perehodnik-gn-f-gn-tv-1-f-razem-rg-6-proconnect.html" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-5-1-perehodnik-3-gnezda-f-3-f-razema-rg-6-rexant.html" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-3-1-uglovoy-perehodnik-gn-f-sht-tv-1-f-razem-rg-6-rexant.html" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-antennye-tv-nabor-8-rexant.html" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-antennye-tv-nabor-9-rexant.html" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-antennye-tv-nabor-2-proconnect.html" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-antennye-tv-nabor-1-rexant.html" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-5-1-perehodnik-3-gnezda-f-3-f-razema-rg-6-proconnect.html" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-4-1-uglovoy-perehodnik-gn-f-gn-tv-1-f-razem-rg-6-proconnect.html" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-7-1-perehodnik-gn-f-sht-tv-1-f-razem-rg-6-proconnect.html" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-6-1-perehodnik-gn-f-gn-tv-1-f-razem-rg-6-rexant.html" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-antennye-tv-nabor-2-rexant.html" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-3-1-uglovoy-perehodnik-gn-f-sht-tv-1-f-razem-rg-6-proconnect.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703pe-cu-al-cusn-75-75om-100m-outdoor-chernyy-cavel" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-al-75-75om-100m-outdoor-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cu-48-75om-100m-indoor-belyy-smartkip" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cusn-75-75om-100m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-zh-cu-al-cusn-75-75om-100m-indoor-seryy-cavel" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cu-64-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cu-75-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-ccs-al-al-75-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cusn-75-75om-250m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cu-al-cu-64-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cu-al-cusn-64-75om-100m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-ccs-al-al-75-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cu-al-cu-75-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-305m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-ccs-al-al-48-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-3s-2v-75om-ccs-al-al-48-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-100m-outdoor-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-32-100m-indoor-belyy-proconnect-light" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-cu-al-cu-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-75-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-al-90-dve-folgi-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-cu-al-cu-64-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-48-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-75-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-305m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-a-u-50-om-cu-al-cu-64-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-8x-50-om-ccs-al-al-75-100m-indoor-seryy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-seryy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-213-50-om-cu-cu-96-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cu-al-cu-75-20m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-20m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-10m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50m-75om-ccs-al-al-75-20m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50m-75om-ccs-al-al-75-50m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-ccs-al-al-75-20m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-ccs-al-al-75-50m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-50m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cu-al-cu-75-10m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cu-al-cu-75-50m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-mars-4k-cu-al-cusn-96-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-mars-hd-cu-al-cusn-96-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-magistralnyy-rg-11u-75om-ccs-al-al-83-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-magistralnyy-rg-11u-75om-ccs-al-al-83-305m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-ng-a-hf-cu-al-cu-64-75om-100m-indoor-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-dg-113-cu-al-cusn-75-75om-100m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-dg-113-cu-al-cu-75-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-2-11ait-400m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-2-11a-400m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11ait-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-15-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11a-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-obzhim-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-proconnect" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-proconnect" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-19mm-proconnect" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-17-8mm-proconnect" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-na-korpus-s-kontaktom-proconnect" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-proconnect" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-proconnect" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-oreh-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-obzhim-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-proconnect" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-proconnect" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-oreh-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-proconnect" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-proconnect" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-s-koltsom-proconnect" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-znni-proconnect" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x3-gnezda-f-proconnect" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-proconnect" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-shteker-f-gnezdo-f-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x4-gnezda-f-proconnect" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-bez-koltsa-proconnect" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-f-proconnect" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-zn-proconnect" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-proconnect" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-proconnect" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-tv-shteker-3-5-mm-mono-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-tv-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-povorotnyy-shteker-dvi-d-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-hdmi-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-dvi-i-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-hdmi-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-dvi-i-gnezdo-vga-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-micro-hdmi-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-vga-provod-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-mini-hdmi-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-hdmi-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-delitel-po-vitoy-pare-rj-45-8p8c-do-150m-1080p-60-fps-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-po-vitoy-pare-rj-45-8p8c-do-60m-1080p-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-vga-gnezdo-dvi-i-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-vga-provod-shnur-stereo-3-5mm-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-vga-provod-shnur-stereo-3-5mm-s-pitaniem-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-po-vitoy-pare-rj-45-8p8c-do-30m-1080p-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-vga-2-gnezda-vga-provod-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-vga-gnezdo-vga-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-2-gnezda-hdmi-s-provodom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-po-vitoy-pare-rj-45-8p8c-do-200m-1080p-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-dvi-i-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-ypbpr-spdif-toslink-na-hdmi-metall-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-hdmi-na-3-rca-plastik-belyy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-bnc-rca-s-video-na-vga-plastik-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-bnc-rca-s-video-na-vga-perehodnik-gn-bnc-sht-rca-plastik-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-3-rca-na-hdmi-plastik-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-payka-chernyy-krasnyy-proconnect" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-payka-chernyy-krasnyy-gold-proconnect" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-pod-vint-chernyy-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-pod-vint-chernyy-krasnyy-proconnect" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-s-klemmnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-3-5mm-stereo-gnezdo-3-5mm-stereo-gnezdo-plastik-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-3-5mm-stereo-shteker-s-klemmnoy-kolodkoy-pod-vint-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-3-5mm-stereo-shteker-6-3mm-stereo-gnezdo-metall-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-6-3mm-stereo-shteker-3-5mm-stereo-gnezdo-metall-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-6-3mm-stereo-shteker-3-5mm-stereo-gnezdo-plastik-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-hdmi-na-2-gnezda-hdmi-metall-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-vga-na-4-gnezda-vga-metall-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-vga-na-2-gnezda-vga-metall-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-gnezdo-hdmi-na-3-gnezda-hdmi-bez-pitaniya-plastik-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-vga-na-8-gnezd-vga-metall-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-hdmi-na-2-gnezda-hdmi-plastik-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-hdmi-na-4-gnezda-hdmi-plastik-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-displayport-hdmi-1-8m-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-hdmi-2m-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-1-5m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-5m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-2m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-3m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-7m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-3m-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-10m-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-5m-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-5m-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-1-5m-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-1-2m-chernyy-smartkip" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-3m-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-1-5m-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-7m-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-0-5m-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-toslink-toslink-1-5m-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-toslink-toslink-3m-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-din-5-pin-1-2m-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-stereo-3-5mm-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-din-5-pin-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-2-rca-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-stereo-3-5mm-1-2m-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-2-rca-1-2m-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-shteker-tv-shteker-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-10m-belyy-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-uglovoy-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-10m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-3m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-1-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-10m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-7m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-2m-smartkip" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-gold-metall-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-7m-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-4c-3-rca-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-4c-3-rca-1-5m-dvuhtsvetnyy-shteker-gold-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-gold-metall-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-gold-metall-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-1-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-3m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-10m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-3m-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-1-8m-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonnyy-s-bystroy-fiksatsiey-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-motorizirovannyy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonnyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonnyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-dva-dvoynyh-kolena-razdelno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-50-fiksirovannyy-s-dopolnitelnoy-polkoy-dlya-media-oborudovaniya-seriy" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-80-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-maks-10-kg-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-19-42-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant-2" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-40-65-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-naklonno-povorotnyy-1-koleno-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-naklonnyy-dlya-televizora-i-monitora-26-55-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-85-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovannyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-2-kolena-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-audio-i-videoapparatury-200h175mm-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-42-100-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-32-55-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-37-70-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-1-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-fiksirovannyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-70-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-potolochnyy-podvesnoy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-26-55-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-19-42-na-kolesah-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-65-naklonno-povorotnyy-2-kolena-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-dvuh-monitorov-13-32-odno-koleno-nastolnyy-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-dvuh-monitorov-13-32-nastolnyy-s-gazliftom-rexant" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-nastolnyy-s-podstavkoy-rexant" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-pos-terminala-rexant" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-nastolnyy-s-gazliftom-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kassovogo-oborudovaniya-rexant" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-nastolnyy-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-odno-koleno-nastolnyy-rexant" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-s-regulirovkoy-rasstoyaniya-428-683mm-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-s-regulirovkoy-rasstoyaniya-430-650-mm-maks-15kg-belyy-seriya" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-nastenno-potolochnyy-s-regulirovkoy-rasstoyaniya-350-650mm-maks-20-kg-seri" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-s-regulirovkoy-rasstoyaniya-380-580-mm-maks-13-5-kg-seriya-pro" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-obuchaemyy-na-3-ustroystva-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-rexant" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-philips-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-708e-rexant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-panasonic-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-haier-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-05-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-188-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-sony-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-s-funktsiey-smart-tv-st-04-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-na-8-ustroystv-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-951-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-952-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-707e-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-e877-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizorov-telefunken-vestel-beko-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-02-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-s-funktsiey-smart-tv-st-03-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-s-funktsiey-smart-tv-st-01-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-102aii-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-100aii-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-101aii-rexant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-pristavki-dvb-t2-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-pristavki-dvb-t2-s-funktsiey-upravleniya-televizorom-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-rostelekom-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-trikolor-tv-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-267-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-705-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-709-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-252-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-rx-269-rexant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-na-prisoske-rx-257-rexant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-teleskopicheskaya-na-podstavke-usy-rx-105-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ring-50-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-tsifrovogo-televideniya-dvb-t2-na-prisoske-rx-255-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ring-51-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-717-rexant" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-teleskopicheskaya-na-podstavke-usy-koltso-rx-100-rexant" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-265-rexant" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-701-rexant" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-713-rexant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-719-rexant" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-703-rexant" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-707-rexant" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-711-rexant" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-715-rexant" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-ukv-fm-radio-rx-552-rexant" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-415-rexant" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-417-rexant" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-414-rexant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-412-rexant" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-406-def-rexant" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-402-rexant" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-410-rexant" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-414-1-rexant" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-412-1-rexant" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-413-rexant" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-407-rexant" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-416-rexant" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-411-1-rexant" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-411-rexant" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-401-rexant" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-422-rexant" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-424-rexant" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-410-1-rexant" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-413-1-rexant" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-415-1-rexant" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-423-rexant" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-421-rexant" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-408-rexant" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fm-antenna-naruzhnaya-dlya-dalnego-priema-radiostantsiy-fm-ukv-diapazona-rx-555-rexant" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fm-antenna-naruzhnaya-dlya-priema-radiostantsiy-fm-ukv-diapazona-rx-553-rexant" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-800sm-rexant" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-1000sm-rexant" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-300sm-rexant" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-machty-krym-1-rexant" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-1-150sm-rexant" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-40-70sm-rexant" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-5-teleskopicheskaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koltso-pod-rastyazhku-dlya-macht-rexant" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-3-30h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-alyuminievaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-55-60sm-32sm-rexant" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20smh14-5sm-rexant" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20sm-treugolnaya-ploschadka-rexant" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-70-130sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-30-50sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-20-30sm-rexant" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-50-90sm-rexant" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-300sm-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-3-kolena-rexant" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-22sm-g-obraznyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-28sm-gnutyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-4-20sm-rexant" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-seryy-rexant" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-450sm-3-kolena-rexant" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-600sm-4-kolena-rexant" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-20sm-rexant" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-3-teleskopicheskaya-300sm-rexant" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pyatka-dlya-macht-malaya-rexant" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-rexant" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-4-sektsii-rexant" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-3-sektsii-rexant" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-60sm-34sm-rexant" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-usilennyy-75sm-50sm-rexant" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-1-14-5h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-60sm-rexant" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-45sm-rexant" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-teleskopicheskiy-60-110sm-rexant" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-30sm-rexant" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-14-5sm-rexant" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-2-100sm-rexant" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-efirnyh-i-wi-fi-antenn-moskva-1-oblegchennyy-10sm-rexant" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-50-90sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-30-50sm-rexant" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-1-50sm-rexant" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-polosa-14-5sm-rexant" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-povorotnyy-25sm-rexant" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-belyy-rexant" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-10sm-rexant" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-2-30h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antennyy-usilitel-tv-signala-na-2-vyhoda-rx-200-rexant" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usilitel-tv-signala-s-pitaniem-ot-usb-rx-450-rexant" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-inzhektor-pitaniya-dlya-aktivnyh-antenn-rx-455-rexant" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-razvertyvaniya-seti-wi-fi-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-razvertyvaniya-seti-wi-fi-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-usileniya-internet-signala-4g-lte-rexant" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-altair-rexant" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-andromeda-rexant" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-sirius-rexant" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-vega-rexant" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-2-tv-shteker-f-3-sht-5-1000-mgts-rexant" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-2-tv-5-1000-mgts-rexant" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-3-tv-5-1000-mgts-rexant" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-3-tv-shteker-f-4-sht-5-1000-mgts-rexant" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-3-gnezda-f-troynik-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-3-gnezda-f-troynik-1-sht-rexant" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-f-uglovoy-5-sht-proconnect" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-tv-uglovoy-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-tv-uglovoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-f-bochka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-1-sht-rexant" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-uglovoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-tv-shteker-f-1-sht-rexant" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-f-uglovoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-tv-1-sht-rexant" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-f-bochka-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-uglovoy-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-10-5-perehodnikov-gn-f-sht-tv-5-f-razemov-rg-6-proconnect" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-tv-uglovoy-rg-6-belyy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-2-sht-rexant" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-5-sht-rexant" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-sat-s-rezinovym-uplotnitelem-2-sht-rexant" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-tv-s-pruzhinoy-rg-6-1-sht-rexant" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-5-sht-proconnect" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-5-sht-proconnect-2" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-sat-s-rezinovym-uplotnitelem-5-sht-proconnect" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-1-sht-proconnect-2" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-sat-s-rezinovym-uplotnitelem-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-13-kabel-rg-6u-20m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-11-kabel-rg-6u-10m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-14-kabel-rg-6u-30m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-10-kabel-rg-6u-5m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik-g" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-audio-video-shteker-rca-vint-serebro-2-sht-rexant" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-audio-gnezdo-3-5-shteker-6-3-stereo-1-sht-rexant" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-7-1-perehodnik-gn-f-sht-tv-1-f-razem-rg-6-proconnect" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-6-1-perehodnik-gn-f-gn-tv-1-f-razem-rg-6-proconnect" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h6-00mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h4-00mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h4-00mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h4-00mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-mikrofonnyy-2h0-25mm-6-8mm-siniy-100m-rexant" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-mikrofonnyy-2h0-25mm-6-8mm-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shges-2-chernyy-100m-proconnect" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I744"/>
+  <dimension ref="A1:I705"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -4807,20412 +4570,19311 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>6462.28</v>
+        <v>20519.95</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>311</v>
+        <v>21</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>6</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>25612.3</v>
+        <v>6572.14</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>6</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>32321.3</v>
+        <v>3112.02</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>6</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>25700.1</v>
+        <v>20519.95</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>5</v>
+        <v>58</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>6</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>2403.85</v>
+        <v>24795.17</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>3119</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>6</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>5576.92</v>
+        <v>3715.97</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>6534</v>
+        <v>723</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>6</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>3060</v>
+        <v>5671.73</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>606</v>
+        <v>1325</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>6</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>3653.85</v>
+        <v>2444.72</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>7331</v>
+        <v>939</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>6</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>56483.7</v>
+        <v>57443.92</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>2</v>
       </c>
       <c r="I13" s="3">
         <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>3701.38</v>
+        <v>3520.39</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>510</v>
+        <v>338</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>6</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>3461.54</v>
+        <v>16672.71</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>637</v>
+        <v>26</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>6</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>9702.86</v>
+        <v>2151.34</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>680</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>6</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>2115.38</v>
+        <v>3764.3</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>548</v>
+        <v>148</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>6</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="3">
-        <v>2646.08</v>
+        <v>2361.16</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>1247</v>
+        <v>987</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>6</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="3">
-        <v>1634.13</v>
+        <v>8023.16</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>5658</v>
+        <v>44</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I21" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>7889.05</v>
+        <v>2268.95</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>208</v>
+        <v>49</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I22" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>2051.92</v>
+        <v>2086.8</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>6</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>7613.83</v>
+        <v>2691.06</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>172</v>
+        <v>368</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I24" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>2417.31</v>
+        <v>7743.27</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>2239</v>
+        <v>47</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I25" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>2321.69</v>
+        <v>2458.4</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>2100</v>
+        <v>680</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>6</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>2231.02</v>
+        <v>1661.91</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>109</v>
+        <v>828</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>6</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>1987.46</v>
+        <v>2021.25</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>6109</v>
+        <v>1147</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>6</v>
       </c>
       <c r="I28" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>13031.35</v>
+        <v>5084.87</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>116</v>
+        <v>289</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I30" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>4999.87</v>
+        <v>4345.2</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>1907</v>
+        <v>85</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>6</v>
       </c>
       <c r="I31" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>19155.68</v>
+        <v>15288.25</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>93</v>
+        <v>18</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>2</v>
       </c>
       <c r="I32" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>4012.94</v>
+        <v>7923.19</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>394</v>
+        <v>202</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>6</v>
       </c>
       <c r="I33" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>4272.57</v>
+        <v>7741.59</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>61</v>
+        <v>148</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I34" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>15242.31</v>
+        <v>13252.88</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>2</v>
       </c>
       <c r="I35" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>7612.18</v>
+        <v>4081.16</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>105</v>
+        <v>255</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I36" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>7790.75</v>
+        <v>19481.33</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>346</v>
+        <v>87</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I37" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>4930.63</v>
+        <v>5014.45</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>2750</v>
+        <v>690</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>6</v>
       </c>
       <c r="I38" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>15032.69</v>
+        <v>15501.43</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>300</v>
+        <v>98</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>2</v>
       </c>
       <c r="I39" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="3">
-        <v>8000</v>
+        <v>5593.5</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>164</v>
+        <v>1665</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I41" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="3">
-        <v>5500</v>
+        <v>5593.5</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>789</v>
+        <v>415</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>6</v>
       </c>
       <c r="I42" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="3">
-        <v>5500</v>
+        <v>8136</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>8489</v>
+        <v>84</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I43" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C44" s="3">
-        <v>5500</v>
+        <v>5593.5</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>270</v>
+        <v>448</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>6</v>
       </c>
       <c r="I44" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C45" s="3">
-        <v>40000</v>
+        <v>40680</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>522</v>
+        <v>53</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>2</v>
       </c>
       <c r="I45" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="3">
-        <v>853.68</v>
+        <v>1301.79</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>1780</v>
+        <v>80</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>652.06</v>
+        <v>624.63</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>2309</v>
+        <v>1520</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>20</v>
       </c>
       <c r="I48" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>1746.4</v>
+        <v>313.35</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>127</v>
+        <v>2622</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I49" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>2145.98</v>
+        <v>868.19</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F50" s="3">
-        <v>203</v>
+        <v>244</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I50" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="3">
-        <v>308.11</v>
+        <v>2182.46</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F51" s="3">
-        <v>3707</v>
+        <v>27</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I51" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="3">
-        <v>500.63</v>
+        <v>663.15</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F52" s="3">
-        <v>572</v>
+        <v>615</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I52" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="3">
-        <v>614.19</v>
+        <v>1776.09</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F53" s="3">
-        <v>2943</v>
+        <v>82</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I53" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="3">
-        <v>1412.55</v>
+        <v>1436.56</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>638</v>
+        <v>320</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>12</v>
       </c>
       <c r="I54" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>1280.03</v>
+        <v>509.14</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>461</v>
+        <v>661</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I55" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="3">
-        <v>3200.09</v>
+        <v>3254.49</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>269</v>
+        <v>113</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>12</v>
       </c>
       <c r="I56" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="2"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="3">
-        <v>7320.32</v>
+        <v>7444.77</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>4</v>
       </c>
       <c r="I58" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="3">
-        <v>8056.54</v>
+        <v>8193.5</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>4</v>
       </c>
       <c r="I59" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C61" s="3">
-        <v>26452.6</v>
+        <v>16149.96</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>165</v>
+        <v>38</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>1</v>
       </c>
       <c r="I61" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C62" s="3">
-        <v>26154.6</v>
+        <v>16149.96</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>108</v>
+        <v>55</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>1</v>
       </c>
       <c r="I62" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
         <v>124</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="2"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C64" s="3">
-        <v>78.88</v>
+        <v>7726.48</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F64" s="3">
+        <v>1545</v>
+      </c>
+      <c r="G64" s="3">
+        <v>1</v>
+      </c>
+      <c r="H64" s="3">
+        <v>6</v>
+      </c>
+      <c r="I64" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="F64" s="3">
-[...39 lines deleted...]
-      </c>
+      <c r="B65" s="2"/>
+      <c r="C65" s="2"/>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C66" s="3">
-        <v>60.37</v>
+        <v>24368.28</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>127</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>21400</v>
+        <v>9</v>
       </c>
       <c r="G66" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>200</v>
+        <v>6</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C67" s="3">
+        <v>8296.51</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F67" s="3">
+        <v>38</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>6</v>
+      </c>
+      <c r="I67" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B68" s="2"/>
+      <c r="C68" s="2"/>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C69" s="3">
+        <v>33.05</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F69" s="3">
+        <v>9200</v>
+      </c>
+      <c r="G69" s="3">
+        <v>400</v>
+      </c>
+      <c r="H69" s="3">
+        <v>400</v>
+      </c>
+      <c r="I69" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B69" s="3" t="s">
+      <c r="B70" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="C69" s="3">
-[...32 lines deleted...]
-      <c r="I70" s="2"/>
+      <c r="C70" s="3">
+        <v>46.58</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F70" s="3">
+        <v>9200</v>
+      </c>
+      <c r="G70" s="3">
+        <v>400</v>
+      </c>
+      <c r="H70" s="3">
+        <v>400</v>
+      </c>
+      <c r="I70" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B71" s="3" t="s">
+      <c r="C71" s="3">
+        <v>61.4</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F71" s="3">
+        <v>19400</v>
+      </c>
+      <c r="G71" s="3">
+        <v>200</v>
+      </c>
+      <c r="H71" s="3">
+        <v>200</v>
+      </c>
+      <c r="I71" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="C71" s="3">
-[...22 lines deleted...]
-      <c r="A72" s="2" t="s">
+      <c r="B72" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B72" s="2"/>
-[...6 lines deleted...]
-      <c r="I72" s="2"/>
+      <c r="C72" s="3">
+        <v>111.92</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F72" s="3">
+        <v>1600</v>
+      </c>
+      <c r="G72" s="3">
+        <v>200</v>
+      </c>
+      <c r="H72" s="3">
+        <v>200</v>
+      </c>
+      <c r="I72" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C73" s="3">
-        <v>22407.69</v>
+        <v>124.35</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>15</v>
+        <v>135</v>
       </c>
       <c r="F73" s="3">
-        <v>12</v>
+        <v>2400</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H73" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I73" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C74" s="3">
-        <v>8157.83</v>
+        <v>80.22</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>15</v>
+        <v>135</v>
       </c>
       <c r="F74" s="3">
-        <v>63</v>
+        <v>1800</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H74" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I74" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="2"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
       <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
       <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C77" s="3">
-        <v>1153.85</v>
+        <v>20.78</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F77" s="3">
-        <v>3458</v>
+        <v>23100</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H77" s="3">
-        <v>8</v>
+        <v>5000</v>
       </c>
       <c r="I77" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C78" s="3">
-        <v>2500</v>
+        <v>30.44</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F78" s="3">
-        <v>1322</v>
+        <v>56200</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H78" s="3">
-        <v>4</v>
+        <v>4000</v>
       </c>
       <c r="I78" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C79" s="3">
-        <v>1538.46</v>
+        <v>11.52</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F79" s="3">
-        <v>2630</v>
+        <v>26500</v>
       </c>
       <c r="G79" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H79" s="3">
-        <v>8</v>
+        <v>5000</v>
       </c>
       <c r="I79" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C80" s="3">
-        <v>1923.08</v>
+        <v>21.38</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F80" s="3">
-        <v>2940</v>
+        <v>4700</v>
       </c>
       <c r="G80" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H80" s="3">
-        <v>6</v>
+        <v>5000</v>
       </c>
       <c r="I80" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C81" s="3">
-        <v>961.54</v>
+        <v>15.67</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F81" s="3">
-        <v>1434</v>
+        <v>87100</v>
       </c>
       <c r="G81" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H81" s="3">
-        <v>8</v>
+        <v>5000</v>
       </c>
       <c r="I81" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C82" s="3">
-        <v>3368.51</v>
+        <v>8.25</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F82" s="3">
-        <v>651</v>
+        <v>78100</v>
       </c>
       <c r="G82" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H82" s="3">
-        <v>4</v>
+        <v>5000</v>
       </c>
       <c r="I82" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C83" s="3">
-        <v>2481.96</v>
+        <v>5.71</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F83" s="3">
-        <v>1492</v>
+        <v>452800</v>
       </c>
       <c r="G83" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H83" s="3">
-        <v>6</v>
+        <v>5000</v>
       </c>
       <c r="I83" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C84" s="3">
-        <v>4117.22</v>
+        <v>119.96</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F84" s="3">
-        <v>741</v>
+        <v>4600</v>
       </c>
       <c r="G84" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H84" s="3">
-        <v>4</v>
+        <v>1000</v>
       </c>
       <c r="I84" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C85" s="3">
-        <v>1503.81</v>
+        <v>18.02</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F85" s="3">
-        <v>472</v>
+        <v>281560</v>
       </c>
       <c r="G85" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H85" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I85" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C86" s="3">
-        <v>1461.93</v>
+        <v>17.11</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F86" s="3">
-        <v>1028</v>
+        <v>182600</v>
       </c>
       <c r="G86" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H86" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I86" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C87" s="3">
-        <v>3269.23</v>
+        <v>75.44</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F87" s="3">
-        <v>1754</v>
+        <v>9701</v>
       </c>
       <c r="G87" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H87" s="3">
-        <v>4</v>
+        <v>1000</v>
       </c>
       <c r="I87" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C88" s="3">
-        <v>4807.69</v>
+        <v>15.27</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F88" s="3">
-        <v>712</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H88" s="3">
-        <v>2</v>
+        <v>5000</v>
       </c>
       <c r="I88" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C89" s="3">
-        <v>6420.76</v>
+        <v>14.28</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F89" s="3">
-        <v>256</v>
+        <v>18700</v>
       </c>
       <c r="G89" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H89" s="3">
-        <v>2</v>
+        <v>5000</v>
       </c>
       <c r="I89" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C91" s="3">
+        <v>10.72</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F91" s="3">
+        <v>0</v>
+      </c>
+      <c r="G91" s="3">
         <v>100</v>
       </c>
-    </row>
-[...40 lines deleted...]
-      <c r="I91" s="2"/>
+      <c r="H91" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I91" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C92" s="3">
-        <v>2692.31</v>
+        <v>27.18</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F92" s="3">
-        <v>140</v>
+        <v>3000</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H92" s="3">
-        <v>4</v>
+        <v>2000</v>
       </c>
       <c r="I92" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C93" s="3">
-        <v>1826.92</v>
+        <v>17.12</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F93" s="3">
-        <v>1030</v>
+        <v>9900</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H93" s="3">
-        <v>8</v>
+        <v>2500</v>
       </c>
       <c r="I93" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C94" s="3">
-        <v>5576.92</v>
+        <v>25.96</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F94" s="3">
-        <v>562</v>
+        <v>50500</v>
       </c>
       <c r="G94" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H94" s="3">
-        <v>2</v>
+        <v>2000</v>
       </c>
       <c r="I94" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C95" s="3">
-        <v>4711.54</v>
+        <v>11.3</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F95" s="3">
-        <v>61</v>
+        <v>33100</v>
       </c>
       <c r="G95" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H95" s="3">
-        <v>4</v>
+        <v>2500</v>
       </c>
       <c r="I95" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C96" s="3">
-        <v>1153.85</v>
+        <v>7.41</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F96" s="3">
-        <v>426</v>
+        <v>11700</v>
       </c>
       <c r="G96" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H96" s="3">
-        <v>8</v>
+        <v>5000</v>
       </c>
       <c r="I96" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C97" s="3">
-        <v>1346.15</v>
+        <v>11.3</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F97" s="3">
-        <v>694</v>
+        <v>26100</v>
       </c>
       <c r="G97" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H97" s="3">
-        <v>8</v>
+        <v>2500</v>
       </c>
       <c r="I97" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C98" s="3">
-        <v>2115.38</v>
+        <v>6.43</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F98" s="3">
-        <v>2408</v>
+        <v>9400</v>
       </c>
       <c r="G98" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H98" s="3">
-        <v>6</v>
+        <v>2500</v>
       </c>
       <c r="I98" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C99" s="3">
-        <v>11198.84</v>
+        <v>4.04</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F99" s="3">
-        <v>74</v>
+        <v>12900</v>
       </c>
       <c r="G99" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H99" s="3">
-        <v>1</v>
+        <v>2500</v>
       </c>
       <c r="I99" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C100" s="3">
-        <v>3653.85</v>
+        <v>4.08</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F100" s="3">
-        <v>244</v>
+        <v>5500</v>
       </c>
       <c r="G100" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H100" s="3">
-        <v>4</v>
+        <v>2500</v>
       </c>
       <c r="I100" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C101" s="3">
-        <v>12307.69</v>
+        <v>18.75</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F101" s="3">
-        <v>71</v>
+        <v>1800</v>
       </c>
       <c r="G101" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H101" s="3">
-        <v>1</v>
+        <v>2000</v>
       </c>
       <c r="I101" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C102" s="3">
-        <v>2621.03</v>
+        <v>5.1</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F102" s="3">
-        <v>284</v>
+        <v>15200</v>
       </c>
       <c r="G102" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H102" s="3">
-        <v>6</v>
+        <v>1000</v>
       </c>
       <c r="I102" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C103" s="3">
-        <v>6692.31</v>
+        <v>22.99</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F103" s="3">
-        <v>270</v>
+        <v>11400</v>
       </c>
       <c r="G103" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H103" s="3">
-        <v>2</v>
+        <v>2500</v>
       </c>
       <c r="I103" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C104" s="3">
-        <v>6296.15</v>
+        <v>26.89</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F104" s="3">
-        <v>34</v>
+        <v>7740</v>
       </c>
       <c r="G104" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H104" s="3">
-        <v>4</v>
+        <v>2000</v>
       </c>
       <c r="I104" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="3" t="s">
+      <c r="A105" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B105" s="2"/>
+      <c r="C105" s="2"/>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="2"/>
+      <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>1384.62</v>
+        <v>81.6</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F106" s="3">
-        <v>55</v>
+        <v>20311</v>
       </c>
       <c r="G106" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H106" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I106" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>3368.51</v>
+        <v>21.86</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F107" s="3">
-        <v>78</v>
+        <v>22700</v>
       </c>
       <c r="G107" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H107" s="3">
-        <v>4</v>
+        <v>2500</v>
       </c>
       <c r="I107" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>2192.31</v>
+        <v>10.54</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F108" s="3">
-        <v>487</v>
+        <v>173639</v>
       </c>
       <c r="G108" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H108" s="3">
-        <v>8</v>
+        <v>5000</v>
       </c>
       <c r="I108" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3">
-        <v>12283.72</v>
+        <v>32.66</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F109" s="3">
-        <v>56</v>
+        <v>12740</v>
       </c>
       <c r="G109" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H109" s="3">
-        <v>1</v>
+        <v>2000</v>
       </c>
       <c r="I109" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B110" s="3" t="s">
+      <c r="C110" s="3">
+        <v>32.42</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F110" s="3">
+        <v>27083</v>
+      </c>
+      <c r="G110" s="3">
+        <v>20</v>
+      </c>
+      <c r="H110" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I110" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="C110" s="3">
-[...22 lines deleted...]
-      <c r="A111" s="2" t="s">
+      <c r="B111" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="B111" s="2"/>
-[...6 lines deleted...]
-      <c r="I111" s="2"/>
+      <c r="C111" s="3">
+        <v>20.6</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F111" s="3">
+        <v>74240</v>
+      </c>
+      <c r="G111" s="3">
+        <v>20</v>
+      </c>
+      <c r="H111" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I111" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C112" s="3">
-        <v>28500</v>
+        <v>32.29</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F112" s="3">
-        <v>58</v>
+        <v>13999</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H112" s="3">
-        <v>2</v>
+        <v>2000</v>
       </c>
       <c r="I112" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C113" s="3">
-        <v>9310</v>
+        <v>12.9</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F113" s="3">
-        <v>106</v>
+        <v>33960</v>
       </c>
       <c r="G113" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H113" s="3">
-        <v>6</v>
+        <v>5000</v>
       </c>
       <c r="I113" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C114" s="3">
-        <v>41800</v>
+        <v>54.85</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F114" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H114" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="I114" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C115" s="3">
-        <v>16150</v>
+        <v>30.29</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F115" s="3">
-        <v>125</v>
+        <v>19401</v>
       </c>
       <c r="G115" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H115" s="3">
-        <v>4</v>
+        <v>5000</v>
       </c>
       <c r="I115" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C116" s="3">
-        <v>12350</v>
+        <v>37.3</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F116" s="3">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H116" s="3">
-        <v>4</v>
+        <v>2500</v>
       </c>
       <c r="I116" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C117" s="3">
-        <v>6650</v>
+        <v>19.9</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F117" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H117" s="3">
-        <v>8</v>
+        <v>2000</v>
       </c>
       <c r="I117" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A118" s="2" t="s">
+      <c r="A118" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B118" s="2"/>
-[...6 lines deleted...]
-      <c r="I118" s="2"/>
+      <c r="B118" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="C118" s="3">
+        <v>10.12</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F118" s="3">
+        <v>128030</v>
+      </c>
+      <c r="G118" s="3">
+        <v>20</v>
+      </c>
+      <c r="H118" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I118" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C119" s="3">
-        <v>208.28</v>
+        <v>15.14</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F119" s="3">
-        <v>1641</v>
+        <v>1800</v>
       </c>
       <c r="G119" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H119" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I119" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C120" s="3">
-        <v>274.85</v>
+        <v>9.96</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F120" s="3">
-        <v>2041</v>
+        <v>131580</v>
       </c>
       <c r="G120" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="H120" s="3">
-        <v>70</v>
+        <v>2500</v>
       </c>
       <c r="I120" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C121" s="3">
-        <v>379.85</v>
+        <v>38.22</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F121" s="3">
-        <v>1094</v>
+        <v>0</v>
       </c>
       <c r="G121" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H121" s="3">
-        <v>70</v>
+        <v>2500</v>
       </c>
       <c r="I121" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C122" s="3">
-        <v>340.51</v>
+        <v>32.66</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F122" s="3">
-        <v>733</v>
+        <v>123948</v>
       </c>
       <c r="G122" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H122" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I122" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C123" s="3">
-        <v>487.76</v>
+        <v>22.93</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F123" s="3">
-        <v>951</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H123" s="3">
-        <v>70</v>
+        <v>2500</v>
       </c>
       <c r="I123" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C124" s="3">
-        <v>253.24</v>
+        <v>81.6</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F124" s="3">
-        <v>683</v>
+        <v>9021</v>
       </c>
       <c r="G124" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>110</v>
+        <v>1000</v>
       </c>
       <c r="I124" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C125" s="3">
-        <v>187.61</v>
+        <v>31.09</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F125" s="3">
-        <v>2158</v>
+        <v>20880</v>
       </c>
       <c r="G125" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="H125" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I125" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C126" s="3">
-        <v>403.4</v>
+        <v>17.76</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F126" s="3">
-        <v>2955</v>
+        <v>3700</v>
       </c>
       <c r="G126" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H126" s="3">
-        <v>70</v>
+        <v>2500</v>
       </c>
       <c r="I126" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C127" s="3">
-        <v>482.44</v>
+        <v>11.92</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F127" s="3">
-        <v>375</v>
+        <v>5600</v>
       </c>
       <c r="G127" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H127" s="3">
-        <v>80</v>
+        <v>3000</v>
       </c>
       <c r="I127" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B128" s="3" t="s">
+      <c r="A128" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="C128" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B128" s="2"/>
+      <c r="C128" s="2"/>
+      <c r="D128" s="2"/>
+      <c r="E128" s="2"/>
+      <c r="F128" s="2"/>
+      <c r="G128" s="2"/>
+      <c r="H128" s="2"/>
+      <c r="I128" s="2"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C129" s="3">
-        <v>264.07</v>
+        <v>455.51</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F129" s="3">
-        <v>964</v>
+        <v>73</v>
       </c>
       <c r="G129" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>120</v>
       </c>
       <c r="I129" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C130" s="3">
-        <v>707.1</v>
+        <v>577.16</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F130" s="3">
-        <v>242</v>
+        <v>351</v>
       </c>
       <c r="G130" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I130" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C131" s="3">
-        <v>652.87</v>
+        <v>510.16</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F131" s="3">
-        <v>147</v>
+        <v>3747</v>
       </c>
       <c r="G131" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I131" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C132" s="3">
-        <v>1265.63</v>
+        <v>1329.24</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F132" s="3">
-        <v>560</v>
+        <v>122</v>
       </c>
       <c r="G132" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>40</v>
       </c>
       <c r="I132" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C133" s="3">
-        <v>2084.31</v>
+        <v>126.15</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F133" s="3">
-        <v>165</v>
+        <v>13398</v>
       </c>
       <c r="G133" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="I133" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C134" s="3">
-        <v>1174.03</v>
+        <v>608.83</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F134" s="3">
-        <v>394</v>
+        <v>572</v>
       </c>
       <c r="G134" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I134" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C135" s="3">
-        <v>387.21</v>
+        <v>240.9</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F135" s="3">
-        <v>2192</v>
+        <v>2328</v>
       </c>
       <c r="G135" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I135" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C136" s="3">
-        <v>840.52</v>
+        <v>426.79</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F136" s="3">
-        <v>410</v>
+        <v>3362</v>
       </c>
       <c r="G136" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I136" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C137" s="3">
-        <v>646.11</v>
+        <v>165.61</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F137" s="3">
-        <v>2512</v>
+        <v>6487</v>
       </c>
       <c r="G137" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I137" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C138" s="3">
-        <v>150.02</v>
+        <v>529.94</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F138" s="3">
-        <v>1432</v>
+        <v>1300</v>
       </c>
       <c r="G138" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>100</v>
       </c>
       <c r="I138" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C139" s="3">
-        <v>214.76</v>
+        <v>320.09</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F139" s="3">
-        <v>1310</v>
+        <v>3373</v>
       </c>
       <c r="G139" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I139" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A140" s="2" t="s">
+      <c r="A140" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B140" s="2"/>
-[...6 lines deleted...]
-      <c r="I140" s="2"/>
+      <c r="B140" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="C140" s="3">
+        <v>76.66</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F140" s="3">
+        <v>6997</v>
+      </c>
+      <c r="G140" s="3">
+        <v>1</v>
+      </c>
+      <c r="H140" s="3">
+        <v>500</v>
+      </c>
+      <c r="I140" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C141" s="3">
-        <v>550.59</v>
+        <v>61.18</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F141" s="3">
-        <v>1</v>
+        <v>23880</v>
       </c>
       <c r="G141" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I141" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C142" s="3">
-        <v>1478.32</v>
+        <v>359.25</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F142" s="3">
-        <v>197</v>
+        <v>0</v>
       </c>
       <c r="G142" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I142" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C143" s="3">
-        <v>734.69</v>
+        <v>735.04</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F143" s="3">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="I143" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C144" s="3">
-        <v>839.06</v>
+        <v>1224.59</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F144" s="3">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="G144" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I144" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C145" s="3">
-        <v>1062.63</v>
+        <v>338.73</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F145" s="3">
-        <v>50</v>
+        <v>594</v>
       </c>
       <c r="G145" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I145" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C146" s="3">
-        <v>415.36</v>
+        <v>1213.74</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F146" s="3">
-        <v>630</v>
+        <v>52</v>
       </c>
       <c r="G146" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I146" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C147" s="3">
-        <v>589.13</v>
+        <v>1076.37</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F147" s="3">
-        <v>550</v>
+        <v>587</v>
       </c>
       <c r="G147" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="I147" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C148" s="3">
-        <v>170.52</v>
+        <v>191.91</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F148" s="3">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>110</v>
+        <v>200</v>
       </c>
       <c r="I148" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C149" s="3">
-        <v>255.56</v>
+        <v>276.13</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F149" s="3">
-        <v>978</v>
+        <v>7421</v>
       </c>
       <c r="G149" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I149" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C150" s="3">
-        <v>925.71</v>
+        <v>358.32</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F150" s="3">
-        <v>261</v>
+        <v>2824</v>
       </c>
       <c r="G150" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I150" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C151" s="3">
-        <v>2458.33</v>
+        <v>183.45</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F151" s="3">
-        <v>95</v>
+        <v>10250</v>
       </c>
       <c r="G151" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I151" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C152" s="3">
-        <v>906.5</v>
+        <v>305.34</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F152" s="3">
-        <v>609</v>
+        <v>836</v>
       </c>
       <c r="G152" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>70</v>
+        <v>200</v>
       </c>
       <c r="I152" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C153" s="3">
-        <v>2428.32</v>
+        <v>384.79</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F153" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G153" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I153" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C154" s="3">
-        <v>2117.42</v>
+        <v>734.47</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F154" s="3">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="G154" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I154" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C155" s="3">
-        <v>1598.84</v>
+        <v>245.74</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F155" s="3">
-        <v>169</v>
+        <v>103</v>
       </c>
       <c r="G155" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I155" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A156" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B156" s="3" t="s">
+      <c r="A156" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="C156" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B156" s="2"/>
+      <c r="C156" s="2"/>
+      <c r="D156" s="2"/>
+      <c r="E156" s="2"/>
+      <c r="F156" s="2"/>
+      <c r="G156" s="2"/>
+      <c r="H156" s="2"/>
+      <c r="I156" s="2"/>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A157" s="3" t="s">
+      <c r="A157" s="2" t="s">
         <v>304</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B157" s="2"/>
+      <c r="C157" s="2"/>
+      <c r="D157" s="2"/>
+      <c r="E157" s="2"/>
+      <c r="F157" s="2"/>
+      <c r="G157" s="2"/>
+      <c r="H157" s="2"/>
+      <c r="I157" s="2"/>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>400.62</v>
+        <v>644.54</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F158" s="3">
-        <v>283</v>
+        <v>213</v>
       </c>
       <c r="G158" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H158" s="3">
-        <v>90</v>
+        <v>250</v>
       </c>
       <c r="I158" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="3">
-        <v>752.21</v>
+        <v>267</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F159" s="3">
-        <v>93</v>
+        <v>267</v>
       </c>
       <c r="G159" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H159" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I159" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>217.53</v>
+        <v>338.87</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F160" s="3">
-        <v>584</v>
+        <v>2228</v>
       </c>
       <c r="G160" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H160" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I160" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="3">
-        <v>308.37</v>
+        <v>216.21</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F161" s="3">
-        <v>420</v>
+        <v>1067</v>
       </c>
       <c r="G161" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>70</v>
+        <v>600</v>
       </c>
       <c r="I161" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B162" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" s="3">
-        <v>758.04</v>
+        <v>322.39</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F162" s="3">
-        <v>37</v>
+        <v>1614</v>
       </c>
       <c r="G162" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>70</v>
+        <v>250</v>
       </c>
       <c r="I162" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B163" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B163" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" s="3">
-        <v>353.09</v>
+        <v>183.09</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F163" s="3">
-        <v>0</v>
+        <v>1593</v>
       </c>
       <c r="G163" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H163" s="3">
-        <v>70</v>
+        <v>500</v>
       </c>
       <c r="I163" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B164" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="B164" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" s="3">
-        <v>3868.89</v>
+        <v>832.52</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F164" s="3">
-        <v>655</v>
+        <v>778</v>
       </c>
       <c r="G164" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I164" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B165" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="B165" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="3">
-        <v>632.24</v>
+        <v>258.34</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F165" s="3">
-        <v>74</v>
+        <v>741</v>
       </c>
       <c r="G165" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H165" s="3">
-        <v>80</v>
+        <v>500</v>
       </c>
       <c r="I165" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B166" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="B166" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" s="3">
-        <v>872.71</v>
+        <v>284.82</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F166" s="3">
-        <v>431</v>
+        <v>1131</v>
       </c>
       <c r="G166" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H166" s="3">
-        <v>70</v>
+        <v>300</v>
       </c>
       <c r="I166" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="B167" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" s="3">
-        <v>703.64</v>
+        <v>20885.01</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F167" s="3">
-        <v>107</v>
+        <v>0</v>
       </c>
       <c r="G167" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="I167" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="B168" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="B168" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" s="3">
-        <v>925.97</v>
+        <v>4335.43</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F168" s="3">
-        <v>2</v>
+        <v>117</v>
       </c>
       <c r="G168" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I168" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B169" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="B169" s="3" t="s">
+      <c r="C169" s="3">
+        <v>254.24</v>
+      </c>
+      <c r="D169" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F169" s="3">
+        <v>824</v>
+      </c>
+      <c r="G169" s="3">
+        <v>10</v>
+      </c>
+      <c r="H169" s="3">
+        <v>250</v>
+      </c>
+      <c r="I169" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A170" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="C169" s="3">
-[...22 lines deleted...]
-      <c r="A170" s="2" t="s">
+      <c r="B170" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="B170" s="2"/>
-[...6 lines deleted...]
-      <c r="I170" s="2"/>
+      <c r="C170" s="3">
+        <v>726.74</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F170" s="3">
+        <v>831</v>
+      </c>
+      <c r="G170" s="3">
+        <v>1</v>
+      </c>
+      <c r="H170" s="3">
+        <v>250</v>
+      </c>
+      <c r="I170" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>331</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C171" s="3">
-        <v>11346.15</v>
+        <v>536.31</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F171" s="3">
-        <v>152</v>
+        <v>721</v>
       </c>
       <c r="G171" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H171" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="I171" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>333</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C172" s="3">
-        <v>11346.15</v>
+        <v>770.56</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>15</v>
+        <v>335</v>
       </c>
       <c r="F172" s="3">
-        <v>132</v>
+        <v>1122</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="I172" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A173" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I173" s="2"/>
+      <c r="A173" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="B173" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="C173" s="3">
+        <v>352.62</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F173" s="3">
+        <v>1606</v>
+      </c>
+      <c r="G173" s="3">
+        <v>1</v>
+      </c>
+      <c r="H173" s="3">
+        <v>200</v>
+      </c>
+      <c r="I173" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C174" s="3">
-        <v>3507.64</v>
+        <v>238.95</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F174" s="3">
-        <v>97</v>
+        <v>188</v>
       </c>
       <c r="G174" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H174" s="3">
-        <v>8</v>
+        <v>500</v>
       </c>
       <c r="I174" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A175" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="B175" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="C175" s="3">
+        <v>535.96</v>
+      </c>
+      <c r="D175" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F175" s="3">
+        <v>986</v>
+      </c>
+      <c r="G175" s="3">
+        <v>10</v>
+      </c>
+      <c r="H175" s="3">
         <v>100</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I175" s="2"/>
+      <c r="I175" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A176" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I176" s="2"/>
+      <c r="A176" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C176" s="3">
+        <v>21481.68</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F176" s="3">
+        <v>0</v>
+      </c>
+      <c r="G176" s="3">
+        <v>1</v>
+      </c>
+      <c r="H176" s="3">
+        <v>20</v>
+      </c>
+      <c r="I176" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C177" s="3">
-        <v>1058.38</v>
+        <v>462.16</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F177" s="3">
-        <v>768</v>
+        <v>677</v>
       </c>
       <c r="G177" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H177" s="3">
-        <v>40</v>
+        <v>250</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A178" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A178" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="B178" s="2"/>
+      <c r="C178" s="2"/>
+      <c r="D178" s="2"/>
+      <c r="E178" s="2"/>
+      <c r="F178" s="2"/>
+      <c r="G178" s="2"/>
+      <c r="H178" s="2"/>
+      <c r="I178" s="2"/>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C179" s="3">
-        <v>353.24</v>
+        <v>1307.82</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F179" s="3">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C180" s="3">
-        <v>188.7</v>
+        <v>1837.72</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F180" s="3">
-        <v>663</v>
+        <v>1071</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C181" s="3">
-        <v>314.74</v>
+        <v>5946.02</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F181" s="3">
-        <v>6075</v>
+        <v>0</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C182" s="3">
-        <v>501.63</v>
+        <v>3864.6</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F182" s="3">
-        <v>4583</v>
+        <v>235</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C183" s="3">
-        <v>236.87</v>
+        <v>1854.52</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F183" s="3">
-        <v>4898</v>
+        <v>89</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A184" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A184" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="B184" s="2"/>
+      <c r="C184" s="2"/>
+      <c r="D184" s="2"/>
+      <c r="E184" s="2"/>
+      <c r="F184" s="2"/>
+      <c r="G184" s="2"/>
+      <c r="H184" s="2"/>
+      <c r="I184" s="2"/>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C185" s="3">
-        <v>124.04</v>
+        <v>42.71</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F185" s="3">
-        <v>56850</v>
+        <v>7400</v>
       </c>
       <c r="G185" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H185" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C186" s="3">
-        <v>1307.02</v>
+        <v>61.2</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F186" s="3">
-        <v>171</v>
+        <v>2800</v>
       </c>
       <c r="G186" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H186" s="3">
-        <v>40</v>
+        <v>2000</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C187" s="3">
-        <v>722.75</v>
+        <v>97.42</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F187" s="3">
-        <v>13</v>
+        <v>400</v>
       </c>
       <c r="G187" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H187" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C188" s="3">
-        <v>162.84</v>
+        <v>54.75</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F188" s="3">
-        <v>23605</v>
+        <v>6100</v>
       </c>
       <c r="G188" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H188" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C189" s="3">
-        <v>352.33</v>
+        <v>51.8</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F189" s="3">
-        <v>8413</v>
+        <v>8250</v>
       </c>
       <c r="G189" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H189" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A190" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A190" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="B190" s="2"/>
+      <c r="C190" s="2"/>
+      <c r="D190" s="2"/>
+      <c r="E190" s="2"/>
+      <c r="F190" s="2"/>
+      <c r="G190" s="2"/>
+      <c r="H190" s="2"/>
+      <c r="I190" s="2"/>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C191" s="3">
-        <v>378.36</v>
+        <v>48.95</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F191" s="3">
-        <v>588</v>
+        <v>3900</v>
       </c>
       <c r="G191" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H191" s="3">
-        <v>120</v>
+        <v>2500</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C192" s="3">
-        <v>722.19</v>
+        <v>162.77</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F192" s="3">
-        <v>322</v>
+        <v>1360</v>
       </c>
       <c r="G192" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="H192" s="3">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C193" s="3">
-        <v>1193.45</v>
+        <v>56.27</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F193" s="3">
-        <v>125</v>
+        <v>150</v>
       </c>
       <c r="G193" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H193" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C194" s="3">
-        <v>567.51</v>
+        <v>48.93</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F194" s="3">
-        <v>1138</v>
+        <v>10400</v>
       </c>
       <c r="G194" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H194" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C195" s="3">
-        <v>521.08</v>
+        <v>37.88</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F195" s="3">
-        <v>1734</v>
+        <v>150</v>
       </c>
       <c r="G195" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H195" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A196" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B196" s="3" t="s">
+      <c r="A196" s="2" t="s">
         <v>379</v>
       </c>
-      <c r="C196" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B196" s="2"/>
+      <c r="C196" s="2"/>
+      <c r="D196" s="2"/>
+      <c r="E196" s="2"/>
+      <c r="F196" s="2"/>
+      <c r="G196" s="2"/>
+      <c r="H196" s="2"/>
+      <c r="I196" s="2"/>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>380</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>381</v>
       </c>
       <c r="C197" s="3">
-        <v>60.16</v>
+        <v>5094.7</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F197" s="3">
-        <v>32652</v>
+        <v>127</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>383</v>
       </c>
       <c r="C198" s="3">
-        <v>75.38</v>
+        <v>2848.19</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F198" s="3">
-        <v>9066</v>
+        <v>77</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>384</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C199" s="3">
-        <v>598.65</v>
+        <v>1993.34</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F199" s="3">
-        <v>2122</v>
+        <v>180</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>386</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C200" s="3">
-        <v>180.38</v>
+        <v>1254.49</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F200" s="3">
-        <v>19488</v>
+        <v>27</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C201" s="3">
-        <v>1204.12</v>
+        <v>1743.76</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F201" s="3">
-        <v>244</v>
+        <v>3</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>390</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C202" s="3">
-        <v>241.63</v>
+        <v>1537.7</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F202" s="3">
-        <v>1137</v>
+        <v>415</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>120</v>
+        <v>220</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>392</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C203" s="3">
-        <v>333.07</v>
+        <v>3336.37</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F203" s="3">
-        <v>483</v>
+        <v>262</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="2" t="s">
         <v>394</v>
       </c>
       <c r="B204" s="2"/>
       <c r="C204" s="2"/>
       <c r="D204" s="2"/>
       <c r="E204" s="2"/>
       <c r="F204" s="2"/>
       <c r="G204" s="2"/>
       <c r="H204" s="2"/>
       <c r="I204" s="2"/>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A205" s="3" t="s">
+      <c r="A205" s="2" t="s">
         <v>395</v>
       </c>
-      <c r="B205" s="3" t="s">
+      <c r="B205" s="2"/>
+      <c r="C205" s="2"/>
+      <c r="D205" s="2"/>
+      <c r="E205" s="2"/>
+      <c r="F205" s="2"/>
+      <c r="G205" s="2"/>
+      <c r="H205" s="2"/>
+      <c r="I205" s="2"/>
+    </row>
+    <row r="206" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A206" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="C205" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B206" s="2"/>
+      <c r="C206" s="2"/>
+      <c r="D206" s="2"/>
+      <c r="E206" s="2"/>
+      <c r="F206" s="2"/>
+      <c r="G206" s="2"/>
+      <c r="H206" s="2"/>
+      <c r="I206" s="2"/>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="C207" s="3">
-        <v>17.72</v>
+        <v>212.55</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F207" s="3">
-        <v>830066</v>
+        <v>3530</v>
       </c>
       <c r="G207" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H207" s="3">
-        <v>5000</v>
+        <v>250</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="C208" s="3">
-        <v>29.93</v>
+        <v>387.5</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F208" s="3">
-        <v>60900</v>
+        <v>946</v>
       </c>
       <c r="G208" s="3">
+        <v>1</v>
+      </c>
+      <c r="H208" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>4000</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C209" s="3">
-        <v>11.33</v>
+        <v>814.76</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F209" s="3">
-        <v>40600</v>
+        <v>630</v>
       </c>
       <c r="G209" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H209" s="3">
-        <v>5000</v>
+        <v>50</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="C210" s="3">
-        <v>8.11</v>
+        <v>248.68</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F210" s="3">
-        <v>966040</v>
+        <v>5452</v>
       </c>
       <c r="G210" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H210" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="C211" s="3">
-        <v>14.04</v>
+        <v>710.77</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F211" s="3">
-        <v>33733</v>
+        <v>1615</v>
       </c>
       <c r="G211" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H211" s="3">
-        <v>5000</v>
+        <v>60</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C212" s="3">
-        <v>117.95</v>
+        <v>566.82</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F212" s="3">
-        <v>10500</v>
+        <v>660</v>
       </c>
       <c r="G212" s="3">
+        <v>10</v>
+      </c>
+      <c r="H212" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="C213" s="3">
-        <v>16.82</v>
+        <v>510.21</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F213" s="3">
-        <v>185900</v>
+        <v>2570</v>
       </c>
       <c r="G213" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>5000</v>
+        <v>90</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C214" s="3">
-        <v>74.18</v>
+        <v>422.06</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F214" s="3">
-        <v>13550</v>
+        <v>0</v>
       </c>
       <c r="G214" s="3">
+        <v>1</v>
+      </c>
+      <c r="H214" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="C215" s="3">
-        <v>15.41</v>
+        <v>318.82</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F215" s="3">
-        <v>95300</v>
+        <v>0</v>
       </c>
       <c r="G215" s="3">
+        <v>10</v>
+      </c>
+      <c r="H215" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>5000</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="C216" s="3">
-        <v>15.01</v>
+        <v>252.43</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F216" s="3">
-        <v>133600</v>
+        <v>4721</v>
       </c>
       <c r="G216" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H216" s="3">
-        <v>5000</v>
+        <v>200</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="B217" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C217" s="3">
+        <v>539.43</v>
+      </c>
+      <c r="D217" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F217" s="3">
+        <v>657</v>
+      </c>
+      <c r="G217" s="3">
+        <v>1</v>
+      </c>
+      <c r="H217" s="3">
+        <v>50</v>
+      </c>
+      <c r="I217" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A218" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="B217" s="3" t="s">
+      <c r="B218" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="C217" s="3">
-[...11 lines deleted...]
-      <c r="G217" s="3">
+      <c r="C218" s="3">
+        <v>283.4</v>
+      </c>
+      <c r="D218" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F218" s="3">
+        <v>1504</v>
+      </c>
+      <c r="G218" s="3">
+        <v>1</v>
+      </c>
+      <c r="H218" s="3">
         <v>100</v>
       </c>
-      <c r="H217" s="3">
-[...17 lines deleted...]
-      <c r="I218" s="2"/>
+      <c r="I218" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="B219" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="B219" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C219" s="3">
-        <v>5.87</v>
+        <v>1322.1</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F219" s="3">
-        <v>16500</v>
+        <v>204</v>
       </c>
       <c r="G219" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H219" s="3">
-        <v>1000</v>
+        <v>20</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="B220" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="B220" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C220" s="3">
-        <v>4.69</v>
+        <v>237.62</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F220" s="3">
-        <v>6200</v>
+        <v>1177</v>
       </c>
       <c r="G220" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H220" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B221" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="B221" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C221" s="3">
-        <v>10.54</v>
+        <v>603.08</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F221" s="3">
-        <v>5400</v>
+        <v>0</v>
       </c>
       <c r="G221" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H221" s="3">
-        <v>2500</v>
+        <v>80</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="B222" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="B222" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C222" s="3">
-        <v>4.9</v>
+        <v>323.87</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F222" s="3">
-        <v>13400</v>
+        <v>1096</v>
       </c>
       <c r="G222" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H222" s="3">
-        <v>2500</v>
+        <v>50</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="B223" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="B223" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C223" s="3">
-        <v>32.99</v>
+        <v>1088.19</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F223" s="3">
-        <v>3100</v>
+        <v>1626</v>
       </c>
       <c r="G223" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H223" s="3">
-        <v>2000</v>
+        <v>25</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="B224" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="B224" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C224" s="3">
-        <v>11.11</v>
+        <v>2026.24</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F224" s="3">
-        <v>41600</v>
+        <v>1119</v>
       </c>
       <c r="G224" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B225" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="B225" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C225" s="3">
-        <v>16.83</v>
+        <v>3487.52</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F225" s="3">
-        <v>19467</v>
+        <v>352</v>
       </c>
       <c r="G225" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B226" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="B226" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C226" s="3">
-        <v>9</v>
+        <v>428.62</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F226" s="3">
-        <v>11900</v>
+        <v>1631</v>
       </c>
       <c r="G226" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>5000</v>
+        <v>50</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="B227" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="B227" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C227" s="3">
-        <v>22.61</v>
+        <v>2260.42</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F227" s="3">
-        <v>41267</v>
+        <v>1451</v>
       </c>
       <c r="G227" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="B228" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="B228" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" s="3">
-        <v>18.44</v>
+        <v>425.08</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F228" s="3">
-        <v>3100</v>
+        <v>2315</v>
       </c>
       <c r="G228" s="3">
+        <v>10</v>
+      </c>
+      <c r="H228" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="B229" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="B229" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="3">
-        <v>11.11</v>
+        <v>330.53</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F229" s="3">
-        <v>40367</v>
+        <v>2277</v>
       </c>
       <c r="G229" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H229" s="3">
-        <v>2500</v>
+        <v>80</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="B230" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="B230" s="3" t="s">
+      <c r="C230" s="3">
+        <v>4375.9</v>
+      </c>
+      <c r="D230" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F230" s="3">
+        <v>862</v>
+      </c>
+      <c r="G230" s="3">
+        <v>1</v>
+      </c>
+      <c r="H230" s="3">
+        <v>10</v>
+      </c>
+      <c r="I230" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="231" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A231" s="2" t="s">
         <v>445</v>
       </c>
-      <c r="C230" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B231" s="2"/>
+      <c r="C231" s="2"/>
+      <c r="D231" s="2"/>
+      <c r="E231" s="2"/>
+      <c r="F231" s="2"/>
+      <c r="G231" s="2"/>
+      <c r="H231" s="2"/>
+      <c r="I231" s="2"/>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="C232" s="3">
-        <v>25.53</v>
+        <v>894.96</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F232" s="3">
-        <v>69900</v>
+        <v>1677</v>
       </c>
       <c r="G232" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H232" s="3">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="2" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="B233" s="2"/>
       <c r="C233" s="2"/>
       <c r="D233" s="2"/>
       <c r="E233" s="2"/>
       <c r="F233" s="2"/>
       <c r="G233" s="2"/>
       <c r="H233" s="2"/>
       <c r="I233" s="2"/>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="C234" s="3">
-        <v>9.79</v>
+        <v>726.91</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F234" s="3">
-        <v>165800</v>
+        <v>18</v>
       </c>
       <c r="G234" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>2500</v>
+        <v>50</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="C235" s="3">
-        <v>80.24</v>
+        <v>715.97</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F235" s="3">
-        <v>29623</v>
+        <v>1125</v>
       </c>
       <c r="G235" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C236" s="3">
-        <v>32.11</v>
+        <v>561.87</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F236" s="3">
-        <v>68490</v>
+        <v>199</v>
       </c>
       <c r="G236" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>2000</v>
+        <v>50</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C237" s="3">
-        <v>36.68</v>
+        <v>798.34</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F237" s="3">
-        <v>0</v>
+        <v>970</v>
       </c>
       <c r="G237" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>2500</v>
+        <v>50</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C238" s="3">
-        <v>20.26</v>
+        <v>4133.35</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F238" s="3">
-        <v>100580</v>
+        <v>534</v>
       </c>
       <c r="G238" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="C239" s="3">
-        <v>11.72</v>
+        <v>302.05</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F239" s="3">
-        <v>5800</v>
+        <v>1604</v>
       </c>
       <c r="G239" s="3">
+        <v>10</v>
+      </c>
+      <c r="H239" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>3000</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="C240" s="3">
-        <v>21.49</v>
+        <v>452.09</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F240" s="3">
-        <v>54500</v>
+        <v>1411</v>
       </c>
       <c r="G240" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H240" s="3">
-        <v>2500</v>
+        <v>80</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="C241" s="3">
-        <v>21.56</v>
+        <v>2922.46</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F241" s="3">
-        <v>3750</v>
+        <v>24</v>
       </c>
       <c r="G241" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="C242" s="3">
-        <v>80.24</v>
+        <v>228.83</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F242" s="3">
-        <v>22013</v>
+        <v>4103</v>
       </c>
       <c r="G242" s="3">
         <v>10</v>
       </c>
       <c r="H242" s="3">
-        <v>1000</v>
+        <v>150</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="C243" s="3">
-        <v>12.68</v>
+        <v>274.59</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F243" s="3">
-        <v>75720</v>
+        <v>3151</v>
       </c>
       <c r="G243" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H243" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C244" s="3">
-        <v>22.55</v>
+        <v>574.8</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F244" s="3">
-        <v>0</v>
+        <v>964</v>
       </c>
       <c r="G244" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H244" s="3">
-        <v>2500</v>
+        <v>50</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="B245" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C245" s="3">
+        <v>1753.44</v>
+      </c>
+      <c r="D245" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F245" s="3">
+        <v>0</v>
+      </c>
+      <c r="G245" s="3">
+        <v>5</v>
+      </c>
+      <c r="H245" s="3">
+        <v>20</v>
+      </c>
+      <c r="I245" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A246" s="2" t="s">
         <v>473</v>
       </c>
-      <c r="B245" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B246" s="2"/>
+      <c r="C246" s="2"/>
+      <c r="D246" s="2"/>
+      <c r="E246" s="2"/>
+      <c r="F246" s="2"/>
+      <c r="G246" s="2"/>
+      <c r="H246" s="2"/>
+      <c r="I246" s="2"/>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="C247" s="3">
-        <v>10.36</v>
+        <v>1383.37</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F247" s="3">
-        <v>402926</v>
+        <v>1038</v>
       </c>
       <c r="G247" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>5000</v>
+        <v>60</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="C248" s="3">
-        <v>31.88</v>
+        <v>878.33</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F248" s="3">
-        <v>40228</v>
+        <v>553</v>
       </c>
       <c r="G248" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>2500</v>
+        <v>80</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="C249" s="3">
-        <v>32.11</v>
+        <v>1044.32</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F249" s="3">
-        <v>192700</v>
+        <v>936</v>
       </c>
       <c r="G249" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="C250" s="3">
-        <v>37.58</v>
+        <v>1271.25</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F250" s="3">
-        <v>0</v>
+        <v>556</v>
       </c>
       <c r="G250" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>2500</v>
+        <v>60</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A251" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A251" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B251" s="2"/>
+      <c r="C251" s="2"/>
+      <c r="D251" s="2"/>
+      <c r="E251" s="2"/>
+      <c r="F251" s="2"/>
+      <c r="G251" s="2"/>
+      <c r="H251" s="2"/>
+      <c r="I251" s="2"/>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C252" s="3">
-        <v>21.74</v>
+        <v>1525.5</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F252" s="3">
-        <v>0</v>
+        <v>514</v>
       </c>
       <c r="G252" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H252" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A253" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A253" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="B253" s="2"/>
+      <c r="C253" s="2"/>
+      <c r="D253" s="2"/>
+      <c r="E253" s="2"/>
+      <c r="F253" s="2"/>
+      <c r="G253" s="2"/>
+      <c r="H253" s="2"/>
+      <c r="I253" s="2"/>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="C254" s="3">
-        <v>53.93</v>
+        <v>793.26</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F254" s="3">
-        <v>3000</v>
+        <v>1</v>
       </c>
       <c r="G254" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H254" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="B255" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="C255" s="3">
+        <v>793.26</v>
+      </c>
+      <c r="D255" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E255" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F255" s="3">
+        <v>1</v>
+      </c>
+      <c r="G255" s="3">
+        <v>5</v>
+      </c>
+      <c r="H255" s="3">
+        <v>30</v>
+      </c>
+      <c r="I255" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="256" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A256" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="B256" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="C256" s="3">
+        <v>661.05</v>
+      </c>
+      <c r="D256" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F256" s="3">
+        <v>584</v>
+      </c>
+      <c r="G256" s="3">
+        <v>10</v>
+      </c>
+      <c r="H256" s="3">
+        <v>60</v>
+      </c>
+      <c r="I256" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="257" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A257" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="B257" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="B255" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I257" s="2"/>
+      <c r="C257" s="3">
+        <v>658.75</v>
+      </c>
+      <c r="D257" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F257" s="3">
+        <v>1123</v>
+      </c>
+      <c r="G257" s="3">
+        <v>10</v>
+      </c>
+      <c r="H257" s="3">
+        <v>40</v>
+      </c>
+      <c r="I257" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="C258" s="3">
-        <v>818.6</v>
+        <v>1080.2</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F258" s="3">
-        <v>850</v>
+        <v>1</v>
       </c>
       <c r="G258" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H258" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A259" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A259" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="B259" s="2"/>
+      <c r="C259" s="2"/>
+      <c r="D259" s="2"/>
+      <c r="E259" s="2"/>
+      <c r="F259" s="2"/>
+      <c r="G259" s="2"/>
+      <c r="H259" s="2"/>
+      <c r="I259" s="2"/>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="C260" s="3">
-        <v>714.59</v>
+        <v>143.04</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F260" s="3">
-        <v>907</v>
+        <v>2368</v>
       </c>
       <c r="G260" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H260" s="3">
         <v>250</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="C261" s="3">
-        <v>20535.9</v>
+        <v>453.21</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F261" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G261" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H261" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I261" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="C262" s="3">
-        <v>651.05</v>
+        <v>254.64</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F262" s="3">
-        <v>750</v>
+        <v>673</v>
       </c>
       <c r="G262" s="3">
         <v>10</v>
       </c>
       <c r="H262" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I262" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="C263" s="3">
-        <v>21122.6</v>
+        <v>172.88</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F263" s="3">
-        <v>2</v>
+        <v>3356</v>
       </c>
       <c r="G263" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H263" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I263" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="C264" s="3">
-        <v>7165.35</v>
+        <v>104.63</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F264" s="3">
-        <v>14</v>
+        <v>14742</v>
       </c>
       <c r="G264" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H264" s="3">
-        <v>20</v>
+        <v>400</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="C265" s="3">
-        <v>234.96</v>
+        <v>100.21</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F265" s="3">
-        <v>375</v>
+        <v>814</v>
       </c>
       <c r="G265" s="3">
         <v>10</v>
       </c>
       <c r="H265" s="3">
         <v>500</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="C266" s="3">
-        <v>454.43</v>
+        <v>145.04</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F266" s="3">
-        <v>1258</v>
+        <v>1650</v>
       </c>
       <c r="G266" s="3">
         <v>10</v>
       </c>
       <c r="H266" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I266" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="C267" s="3">
-        <v>633.77</v>
+        <v>108.68</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F267" s="3">
-        <v>288</v>
+        <v>4048</v>
       </c>
       <c r="G267" s="3">
         <v>10</v>
       </c>
       <c r="H267" s="3">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="C268" s="3">
-        <v>4262.96</v>
+        <v>316.95</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F268" s="3">
-        <v>143</v>
+        <v>895</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I268" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="C269" s="3">
-        <v>333.21</v>
+        <v>72.94</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F269" s="3">
-        <v>2726</v>
+        <v>4268</v>
       </c>
       <c r="G269" s="3">
         <v>10</v>
       </c>
       <c r="H269" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I269" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="C270" s="3">
-        <v>280.06</v>
+        <v>256.68</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F270" s="3">
-        <v>1782</v>
+        <v>3</v>
       </c>
       <c r="G270" s="3">
         <v>10</v>
       </c>
       <c r="H270" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I270" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A271" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A271" s="2" t="s">
+        <v>519</v>
+      </c>
+      <c r="B271" s="2"/>
+      <c r="C271" s="2"/>
+      <c r="D271" s="2"/>
+      <c r="E271" s="2"/>
+      <c r="F271" s="2"/>
+      <c r="G271" s="2"/>
+      <c r="H271" s="2"/>
+      <c r="I271" s="2"/>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="C272" s="3">
-        <v>262.54</v>
+        <v>370.19</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F272" s="3">
-        <v>227</v>
+        <v>1248</v>
       </c>
       <c r="G272" s="3">
         <v>10</v>
       </c>
       <c r="H272" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="C273" s="3">
-        <v>607.61</v>
+        <v>329.9</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F273" s="3">
-        <v>1057</v>
+        <v>869</v>
       </c>
       <c r="G273" s="3">
         <v>10</v>
       </c>
       <c r="H273" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I273" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A274" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A274" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="B274" s="2"/>
+      <c r="C274" s="2"/>
+      <c r="D274" s="2"/>
+      <c r="E274" s="2"/>
+      <c r="F274" s="2"/>
+      <c r="G274" s="2"/>
+      <c r="H274" s="2"/>
+      <c r="I274" s="2"/>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="C275" s="3">
-        <v>254.02</v>
+        <v>256.15</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F275" s="3">
-        <v>688</v>
+        <v>1647</v>
       </c>
       <c r="G275" s="3">
         <v>10</v>
       </c>
       <c r="H275" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="C276" s="3">
-        <v>348.21</v>
+        <v>394.61</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F276" s="3">
-        <v>1679</v>
+        <v>0</v>
       </c>
       <c r="G276" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H276" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>536</v>
+        <v>529</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="C277" s="3">
-        <v>180.03</v>
+        <v>320.61</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F277" s="3">
-        <v>1711</v>
+        <v>0</v>
       </c>
       <c r="G277" s="3">
         <v>10</v>
       </c>
       <c r="H277" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="C278" s="3">
-        <v>346.73</v>
+        <v>359.96</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F278" s="3">
-        <v>1659</v>
+        <v>678</v>
       </c>
       <c r="G278" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H278" s="3">
         <v>200</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="C279" s="3">
-        <v>2660.97</v>
+        <v>248.54</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F279" s="3">
-        <v>2</v>
+        <v>1455</v>
       </c>
       <c r="G279" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H279" s="3">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A280" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I280" s="2"/>
+      <c r="A280" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="B280" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="C280" s="3">
+        <v>301.1</v>
+      </c>
+      <c r="D280" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F280" s="3">
+        <v>4491</v>
+      </c>
+      <c r="G280" s="3">
+        <v>10</v>
+      </c>
+      <c r="H280" s="3">
+        <v>250</v>
+      </c>
+      <c r="I280" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A281" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A281" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="B281" s="2"/>
+      <c r="C281" s="2"/>
+      <c r="D281" s="2"/>
+      <c r="E281" s="2"/>
+      <c r="F281" s="2"/>
+      <c r="G281" s="2"/>
+      <c r="H281" s="2"/>
+      <c r="I281" s="2"/>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="C282" s="3">
-        <v>3800</v>
+        <v>217.58</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F282" s="3">
-        <v>282</v>
+        <v>4487</v>
       </c>
       <c r="G282" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H282" s="3">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="I282" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="C283" s="3">
-        <v>1823.52</v>
+        <v>140.67</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F283" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G283" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H283" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="C284" s="3">
-        <v>1285.96</v>
+        <v>268.89</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F284" s="3">
-        <v>0</v>
+        <v>1285</v>
       </c>
       <c r="G284" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H284" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="C285" s="3">
-        <v>2713.5</v>
+        <v>196.41</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F285" s="3">
-        <v>0</v>
+        <v>1978</v>
       </c>
       <c r="G285" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H285" s="3">
-        <v>20</v>
+        <v>150</v>
       </c>
       <c r="I285" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="C286" s="3">
-        <v>8830.94</v>
+        <v>251.26</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F286" s="3">
-        <v>0</v>
+        <v>1623</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="C287" s="3">
-        <v>5846.63</v>
+        <v>105.07</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F287" s="3">
-        <v>0</v>
+        <v>1152</v>
       </c>
       <c r="G287" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H287" s="3">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="C288" s="3">
-        <v>5794.3</v>
+        <v>452.09</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F288" s="3">
-        <v>1</v>
+        <v>801</v>
       </c>
       <c r="G288" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H288" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A289" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I289" s="2"/>
+      <c r="A289" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="B289" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="C289" s="3">
+        <v>525.96</v>
+      </c>
+      <c r="D289" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F289" s="3">
+        <v>470</v>
+      </c>
+      <c r="G289" s="3">
+        <v>5</v>
+      </c>
+      <c r="H289" s="3">
+        <v>25</v>
+      </c>
+      <c r="I289" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
       <c r="C290" s="3">
-        <v>42</v>
+        <v>285.23</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F290" s="3">
-        <v>8300</v>
+        <v>0</v>
       </c>
       <c r="G290" s="3">
+        <v>10</v>
+      </c>
+      <c r="H290" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="I290" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="C291" s="3">
-        <v>53.83</v>
+        <v>155.35</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F291" s="3">
-        <v>5000</v>
+        <v>1318</v>
       </c>
       <c r="G291" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H291" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>564</v>
+        <v>558</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="C292" s="3">
-        <v>95.79</v>
+        <v>327.02</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F292" s="3">
-        <v>900</v>
+        <v>19</v>
       </c>
       <c r="G292" s="3">
+        <v>10</v>
+      </c>
+      <c r="H292" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>566</v>
+        <v>560</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="C293" s="3">
-        <v>50.93</v>
+        <v>73.26</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F293" s="3">
-        <v>9400</v>
+        <v>12</v>
       </c>
       <c r="G293" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H293" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="C294" s="3">
-        <v>60.18</v>
+        <v>234.56</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F294" s="3">
-        <v>3000</v>
+        <v>5222</v>
       </c>
       <c r="G294" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H294" s="3">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A295" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I295" s="2"/>
+      <c r="A295" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="B295" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="C295" s="3">
+        <v>618.49</v>
+      </c>
+      <c r="D295" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F295" s="3">
+        <v>387</v>
+      </c>
+      <c r="G295" s="3">
+        <v>5</v>
+      </c>
+      <c r="H295" s="3">
+        <v>50</v>
+      </c>
+      <c r="I295" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="C296" s="3">
-        <v>160.05</v>
+        <v>216.8</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F296" s="3">
-        <v>2120</v>
+        <v>2419</v>
       </c>
       <c r="G296" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="H296" s="3">
-        <v>800</v>
+        <v>200</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>573</v>
+        <v>568</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="C297" s="3">
-        <v>55.33</v>
+        <v>351.7</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F297" s="3">
-        <v>400</v>
+        <v>1987</v>
       </c>
       <c r="G297" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H297" s="3">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="C298" s="3">
-        <v>37.25</v>
+        <v>62.84</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F298" s="3">
-        <v>250</v>
+        <v>4909</v>
       </c>
       <c r="G298" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H298" s="3">
-        <v>2500</v>
+        <v>400</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="C299" s="3">
-        <v>50.67</v>
+        <v>148.35</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F299" s="3">
-        <v>4250</v>
+        <v>605</v>
       </c>
       <c r="G299" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H299" s="3">
-        <v>2500</v>
+        <v>200</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>580</v>
+        <v>575</v>
       </c>
       <c r="C300" s="3">
-        <v>39.92</v>
+        <v>246.09</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F300" s="3">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="G300" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H300" s="3">
-        <v>3000</v>
+        <v>100</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="C301" s="3">
-        <v>53.35</v>
+        <v>218.58</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F301" s="3">
-        <v>11300</v>
+        <v>613</v>
       </c>
       <c r="G301" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H301" s="3">
-        <v>2000</v>
+        <v>150</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="2" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="B302" s="2"/>
       <c r="C302" s="2"/>
       <c r="D302" s="2"/>
       <c r="E302" s="2"/>
       <c r="F302" s="2"/>
       <c r="G302" s="2"/>
       <c r="H302" s="2"/>
       <c r="I302" s="2"/>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A303" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A303" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="B303" s="2"/>
+      <c r="C303" s="2"/>
+      <c r="D303" s="2"/>
+      <c r="E303" s="2"/>
+      <c r="F303" s="2"/>
+      <c r="G303" s="2"/>
+      <c r="H303" s="2"/>
+      <c r="I303" s="2"/>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A304" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I304" s="2"/>
+      <c r="A304" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="B304" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="C304" s="3">
+        <v>277.93</v>
+      </c>
+      <c r="D304" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F304" s="3">
+        <v>969</v>
+      </c>
+      <c r="G304" s="3">
+        <v>1</v>
+      </c>
+      <c r="H304" s="3">
+        <v>100</v>
+      </c>
+      <c r="I304" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="C305" s="3">
-        <v>1714.61</v>
+        <v>452.74</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F305" s="3">
-        <v>44</v>
+        <v>434</v>
       </c>
       <c r="G305" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H305" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="C306" s="3">
-        <v>1512</v>
+        <v>227.82</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F306" s="3">
-        <v>187</v>
+        <v>686</v>
       </c>
       <c r="G306" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H306" s="3">
-        <v>220</v>
+        <v>100</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="C307" s="3">
-        <v>3280.6</v>
+        <v>482</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F307" s="3">
-        <v>178</v>
+        <v>4</v>
       </c>
       <c r="G307" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H307" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="C308" s="3">
-        <v>3103.14</v>
+        <v>179.2</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F308" s="3">
-        <v>92</v>
+        <v>1125</v>
       </c>
       <c r="G308" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H308" s="3">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="C309" s="3">
-        <v>2419.78</v>
+        <v>370.75</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F309" s="3">
-        <v>189</v>
+        <v>20</v>
       </c>
       <c r="G309" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H309" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="C310" s="3">
-        <v>1233.52</v>
+        <v>577.32</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F310" s="3">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="G310" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H310" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
       <c r="C311" s="3">
-        <v>5009.54</v>
+        <v>134.2</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F311" s="3">
-        <v>166</v>
+        <v>9044</v>
       </c>
       <c r="G311" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H311" s="3">
-        <v>40</v>
+        <v>250</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="2" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="B312" s="2"/>
       <c r="C312" s="2"/>
       <c r="D312" s="2"/>
       <c r="E312" s="2"/>
       <c r="F312" s="2"/>
       <c r="G312" s="2"/>
       <c r="H312" s="2"/>
       <c r="I312" s="2"/>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A313" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I313" s="2"/>
+      <c r="A313" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="B313" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="C313" s="3">
+        <v>161.46</v>
+      </c>
+      <c r="D313" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F313" s="3">
+        <v>3245</v>
+      </c>
+      <c r="G313" s="3">
+        <v>10</v>
+      </c>
+      <c r="H313" s="3">
+        <v>200</v>
+      </c>
+      <c r="I313" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A314" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I314" s="2"/>
+      <c r="A314" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="B314" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="C314" s="3">
+        <v>90.68</v>
+      </c>
+      <c r="D314" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F314" s="3">
+        <v>7195</v>
+      </c>
+      <c r="G314" s="3">
+        <v>10</v>
+      </c>
+      <c r="H314" s="3">
+        <v>400</v>
+      </c>
+      <c r="I314" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="C315" s="3">
-        <v>278.66</v>
+        <v>83.36</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F315" s="3">
-        <v>2496</v>
+        <v>16802</v>
       </c>
       <c r="G315" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H315" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="C316" s="3">
-        <v>530.41</v>
+        <v>545.73</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F316" s="3">
-        <v>893</v>
+        <v>584</v>
       </c>
       <c r="G316" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H316" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I316" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="C317" s="3">
-        <v>415</v>
+        <v>162.37</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F317" s="3">
-        <v>569</v>
+        <v>1100</v>
       </c>
       <c r="G317" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H317" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="C318" s="3">
-        <v>1300</v>
+        <v>198.02</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F318" s="3">
-        <v>827</v>
+        <v>320</v>
       </c>
       <c r="G318" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H318" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="C319" s="3">
-        <v>325</v>
+        <v>173.91</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F319" s="3">
-        <v>2928</v>
+        <v>4354</v>
       </c>
       <c r="G319" s="3">
         <v>10</v>
       </c>
       <c r="H319" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="C320" s="3">
-        <v>801.14</v>
+        <v>229.18</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F320" s="3">
-        <v>1188</v>
+        <v>5830</v>
       </c>
       <c r="G320" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H320" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I320" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="C321" s="3">
-        <v>318.46</v>
+        <v>471.41</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F321" s="3">
-        <v>7960</v>
+        <v>1402</v>
       </c>
       <c r="G321" s="3">
         <v>10</v>
       </c>
       <c r="H321" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="C322" s="3">
-        <v>1070</v>
+        <v>362.15</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F322" s="3">
-        <v>2734</v>
+        <v>803</v>
       </c>
       <c r="G322" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H322" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I322" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="C323" s="3">
-        <v>313.49</v>
+        <v>720.95</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F323" s="3">
-        <v>1519</v>
+        <v>323</v>
       </c>
       <c r="G323" s="3">
         <v>10</v>
       </c>
       <c r="H323" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I323" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="C324" s="3">
-        <v>248.21</v>
+        <v>288.62</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F324" s="3">
-        <v>6349</v>
+        <v>3004</v>
       </c>
       <c r="G324" s="3">
         <v>10</v>
       </c>
       <c r="H324" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A325" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A325" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="B325" s="2"/>
+      <c r="C325" s="2"/>
+      <c r="D325" s="2"/>
+      <c r="E325" s="2"/>
+      <c r="F325" s="2"/>
+      <c r="G325" s="2"/>
+      <c r="H325" s="2"/>
+      <c r="I325" s="2"/>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="C326" s="3">
-        <v>698.89</v>
+        <v>299.5</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F326" s="3">
-        <v>2012</v>
+        <v>290</v>
       </c>
       <c r="G326" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I326" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="C327" s="3">
-        <v>209</v>
+        <v>474.03</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F327" s="3">
-        <v>8296</v>
+        <v>305</v>
       </c>
       <c r="G327" s="3">
         <v>10</v>
       </c>
       <c r="H327" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="C328" s="3">
-        <v>381.02</v>
+        <v>103.72</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F328" s="3">
-        <v>1107</v>
+        <v>3308</v>
       </c>
       <c r="G328" s="3">
         <v>1</v>
       </c>
       <c r="H328" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I328" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="C329" s="3">
-        <v>421.46</v>
+        <v>759.52</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F329" s="3">
-        <v>919</v>
+        <v>606</v>
       </c>
       <c r="G329" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H329" s="3">
         <v>50</v>
       </c>
       <c r="I329" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="C330" s="3">
-        <v>417.97</v>
+        <v>1165.61</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F330" s="3">
-        <v>2643</v>
+        <v>0</v>
       </c>
       <c r="G330" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H330" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I330" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="C331" s="3">
-        <v>3429.22</v>
+        <v>135.34</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F331" s="3">
-        <v>525</v>
+        <v>1159</v>
       </c>
       <c r="G331" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H331" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I331" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A332" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A332" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="B332" s="2"/>
+      <c r="C332" s="2"/>
+      <c r="D332" s="2"/>
+      <c r="E332" s="2"/>
+      <c r="F332" s="2"/>
+      <c r="G332" s="2"/>
+      <c r="H332" s="2"/>
+      <c r="I332" s="2"/>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>640</v>
+        <v>635</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
       <c r="C333" s="3">
-        <v>244.52</v>
+        <v>687.89</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F333" s="3">
-        <v>5193</v>
+        <v>613</v>
       </c>
       <c r="G333" s="3">
         <v>10</v>
       </c>
       <c r="H333" s="3">
         <v>100</v>
       </c>
       <c r="I333" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="C334" s="3">
-        <v>593</v>
+        <v>420.02</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F334" s="3">
-        <v>2594</v>
+        <v>3149</v>
       </c>
       <c r="G334" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H334" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I334" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A335" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A335" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="B335" s="2"/>
+      <c r="C335" s="2"/>
+      <c r="D335" s="2"/>
+      <c r="E335" s="2"/>
+      <c r="F335" s="2"/>
+      <c r="G335" s="2"/>
+      <c r="H335" s="2"/>
+      <c r="I335" s="2"/>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A336" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A336" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="B336" s="2"/>
+      <c r="C336" s="2"/>
+      <c r="D336" s="2"/>
+      <c r="E336" s="2"/>
+      <c r="F336" s="2"/>
+      <c r="G336" s="2"/>
+      <c r="H336" s="2"/>
+      <c r="I336" s="2"/>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>648</v>
+        <v>641</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>649</v>
+        <v>642</v>
       </c>
       <c r="C337" s="3">
-        <v>2222.64</v>
+        <v>1646.52</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F337" s="3">
-        <v>673</v>
+        <v>716</v>
       </c>
       <c r="G337" s="3">
         <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I337" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
-        <v>650</v>
+        <v>643</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>651</v>
+        <v>644</v>
       </c>
       <c r="C338" s="3">
-        <v>4302.75</v>
+        <v>1310.06</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F338" s="3">
-        <v>912</v>
+        <v>367</v>
       </c>
       <c r="G338" s="3">
         <v>1</v>
       </c>
       <c r="H338" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I338" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A339" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I339" s="2"/>
+      <c r="A339" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="B339" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="C339" s="3">
+        <v>3559.5</v>
+      </c>
+      <c r="D339" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E339" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F339" s="3">
+        <v>0</v>
+      </c>
+      <c r="G339" s="3">
+        <v>1</v>
+      </c>
+      <c r="H339" s="3">
+        <v>4</v>
+      </c>
+      <c r="I339" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>654</v>
+        <v>648</v>
       </c>
       <c r="C340" s="3">
-        <v>552.48</v>
+        <v>3600.18</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F340" s="3">
-        <v>276</v>
+        <v>1399</v>
       </c>
       <c r="G340" s="3">
         <v>1</v>
       </c>
       <c r="H340" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="I340" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
-        <v>655</v>
+        <v>649</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>656</v>
+        <v>650</v>
       </c>
       <c r="C341" s="3">
-        <v>850.62</v>
+        <v>1082.29</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F341" s="3">
-        <v>1059</v>
+        <v>0</v>
       </c>
       <c r="G341" s="3">
         <v>1</v>
       </c>
       <c r="H341" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I341" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
-        <v>657</v>
+        <v>651</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>658</v>
+        <v>652</v>
       </c>
       <c r="C342" s="3">
-        <v>292.12</v>
+        <v>18306</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F342" s="3">
-        <v>6729</v>
+        <v>0</v>
       </c>
       <c r="G342" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H342" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I342" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
-        <v>659</v>
+        <v>653</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>660</v>
+        <v>654</v>
       </c>
       <c r="C343" s="3">
-        <v>420</v>
+        <v>5959.62</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F343" s="3">
-        <v>6904</v>
+        <v>0</v>
       </c>
       <c r="G343" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I343" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
-        <v>661</v>
+        <v>655</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>662</v>
+        <v>656</v>
       </c>
       <c r="C344" s="3">
-        <v>1724.13</v>
+        <v>1482.2</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F344" s="3">
-        <v>1182</v>
+        <v>599</v>
       </c>
       <c r="G344" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H344" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I344" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
-        <v>663</v>
+        <v>657</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>664</v>
+        <v>658</v>
       </c>
       <c r="C345" s="3">
-        <v>2873.61</v>
+        <v>993.61</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F345" s="3">
-        <v>545</v>
+        <v>1725</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
         <v>10</v>
       </c>
       <c r="I345" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
-        <v>665</v>
+        <v>659</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>666</v>
+        <v>660</v>
       </c>
       <c r="C346" s="3">
-        <v>444.53</v>
+        <v>1728.9</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F346" s="3">
-        <v>2633</v>
+        <v>102</v>
       </c>
       <c r="G346" s="3">
+        <v>1</v>
+      </c>
+      <c r="H346" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="I346" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>668</v>
+        <v>662</v>
       </c>
       <c r="C347" s="3">
-        <v>4064.26</v>
+        <v>4393.44</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F347" s="3">
-        <v>635</v>
+        <v>0</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I347" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
-        <v>669</v>
+        <v>663</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>670</v>
+        <v>664</v>
       </c>
       <c r="C348" s="3">
-        <v>755.18</v>
+        <v>29950.65</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F348" s="3">
-        <v>1240</v>
+        <v>0</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="I348" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
-        <v>671</v>
+        <v>665</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>672</v>
+        <v>666</v>
       </c>
       <c r="C349" s="3">
-        <v>275</v>
+        <v>2196.2</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F349" s="3">
-        <v>4618</v>
+        <v>0</v>
       </c>
       <c r="G349" s="3">
+        <v>1</v>
+      </c>
+      <c r="H349" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="I349" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>674</v>
+        <v>668</v>
       </c>
       <c r="C350" s="3">
-        <v>565.19</v>
+        <v>2786.58</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F350" s="3">
         <v>0</v>
       </c>
       <c r="G350" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I350" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>675</v>
+        <v>669</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="C351" s="3">
-        <v>714.76</v>
+        <v>1414.03</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F351" s="3">
-        <v>601</v>
+        <v>0</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I351" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A352" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I352" s="2"/>
+      <c r="A352" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="B352" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="C352" s="3">
+        <v>1250.91</v>
+      </c>
+      <c r="D352" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E352" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F352" s="3">
+        <v>278</v>
+      </c>
+      <c r="G352" s="3">
+        <v>1</v>
+      </c>
+      <c r="H352" s="3">
+        <v>10</v>
+      </c>
+      <c r="I352" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="C353" s="3">
-        <v>1250</v>
+        <v>1618.46</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F353" s="3">
-        <v>943</v>
+        <v>0</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I353" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="C354" s="3">
-        <v>863.65</v>
+        <v>4373.1</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F354" s="3">
         <v>0</v>
       </c>
       <c r="G354" s="3">
         <v>1</v>
       </c>
       <c r="H354" s="3">
-        <v>80</v>
+        <v>3</v>
       </c>
       <c r="I354" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>683</v>
+        <v>678</v>
       </c>
       <c r="C355" s="3">
-        <v>1026.86</v>
+        <v>6921.81</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F355" s="3">
         <v>0</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>80</v>
+        <v>3</v>
       </c>
       <c r="I355" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
-        <v>684</v>
+        <v>679</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="C356" s="3">
-        <v>1360.25</v>
+        <v>2045.15</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F356" s="3">
-        <v>227</v>
+        <v>0</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="I356" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A357" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I357" s="2"/>
+      <c r="A357" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="B357" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="C357" s="3">
+        <v>1810.26</v>
+      </c>
+      <c r="D357" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F357" s="3">
+        <v>0</v>
+      </c>
+      <c r="G357" s="3">
+        <v>1</v>
+      </c>
+      <c r="H357" s="3">
+        <v>8</v>
+      </c>
+      <c r="I357" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="C358" s="3">
-        <v>1036.75</v>
+        <v>7200.36</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F358" s="3">
-        <v>2100</v>
+        <v>0</v>
       </c>
       <c r="G358" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>250</v>
+        <v>3</v>
       </c>
       <c r="I358" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A359" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I359" s="2"/>
+      <c r="A359" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="B359" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="C359" s="3">
+        <v>8919.09</v>
+      </c>
+      <c r="D359" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E359" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F359" s="3">
+        <v>43</v>
+      </c>
+      <c r="G359" s="3">
+        <v>1</v>
+      </c>
+      <c r="H359" s="3">
+        <v>2</v>
+      </c>
+      <c r="I359" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="B360" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="C360" s="3">
+        <v>1627.2</v>
+      </c>
+      <c r="D360" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E360" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F360" s="3">
+        <v>138</v>
+      </c>
+      <c r="G360" s="3">
+        <v>1</v>
+      </c>
+      <c r="H360" s="3">
+        <v>20</v>
+      </c>
+      <c r="I360" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="361" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A361" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="B361" s="3" t="s">
         <v>690</v>
       </c>
-      <c r="B360" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I361" s="2"/>
+      <c r="C361" s="3">
+        <v>1372.95</v>
+      </c>
+      <c r="D361" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E361" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F361" s="3">
+        <v>112</v>
+      </c>
+      <c r="G361" s="3">
+        <v>1</v>
+      </c>
+      <c r="H361" s="3">
+        <v>48</v>
+      </c>
+      <c r="I361" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="C362" s="3">
-        <v>916.38</v>
+        <v>1159.38</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F362" s="3">
         <v>0</v>
       </c>
       <c r="G362" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H362" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I362" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="C363" s="3">
-        <v>648.94</v>
+        <v>1530.76</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F363" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G363" s="3">
+        <v>1</v>
+      </c>
+      <c r="H363" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="I363" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="C364" s="3">
-        <v>647.74</v>
+        <v>600.03</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F364" s="3">
-        <v>761</v>
+        <v>0</v>
       </c>
       <c r="G364" s="3">
+        <v>1</v>
+      </c>
+      <c r="H364" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="I364" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="C365" s="3">
-        <v>1062.14</v>
+        <v>726.57</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F365" s="3">
-        <v>125</v>
+        <v>2823</v>
       </c>
       <c r="G365" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H365" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I365" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="B366" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="C366" s="3">
+        <v>1413.63</v>
+      </c>
+      <c r="D366" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E366" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F366" s="3">
+        <v>10917</v>
+      </c>
+      <c r="G366" s="3">
+        <v>1</v>
+      </c>
+      <c r="H366" s="3">
+        <v>6</v>
+      </c>
+      <c r="I366" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="367" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A367" s="3" t="s">
         <v>701</v>
       </c>
-      <c r="B366" s="3" t="s">
+      <c r="B367" s="3" t="s">
         <v>702</v>
       </c>
-      <c r="C366" s="3">
-[...11 lines deleted...]
-      <c r="G366" s="3">
+      <c r="C367" s="3">
+        <v>1226.44</v>
+      </c>
+      <c r="D367" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E367" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F367" s="3">
+        <v>1619</v>
+      </c>
+      <c r="G367" s="3">
+        <v>1</v>
+      </c>
+      <c r="H367" s="3">
         <v>10</v>
       </c>
-      <c r="H366" s="3">
-[...7 lines deleted...]
-      <c r="A367" s="2" t="s">
+      <c r="I367" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="368" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A368" s="3" t="s">
         <v>703</v>
       </c>
-      <c r="B367" s="2"/>
-[...9 lines deleted...]
-      <c r="A368" s="2" t="s">
+      <c r="B368" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="B368" s="2"/>
-[...6 lines deleted...]
-      <c r="I368" s="2"/>
+      <c r="C368" s="3">
+        <v>509.45</v>
+      </c>
+      <c r="D368" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F368" s="3">
+        <v>7</v>
+      </c>
+      <c r="G368" s="3">
+        <v>1</v>
+      </c>
+      <c r="H368" s="3">
+        <v>20</v>
+      </c>
+      <c r="I368" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
         <v>705</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>706</v>
       </c>
       <c r="C369" s="3">
-        <v>133.08</v>
+        <v>7729.2</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F369" s="3">
-        <v>1262</v>
+        <v>0</v>
       </c>
       <c r="G369" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H369" s="3">
-        <v>200</v>
+        <v>2</v>
       </c>
       <c r="I369" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
         <v>707</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>708</v>
       </c>
       <c r="C370" s="3">
-        <v>746.82</v>
+        <v>1017</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F370" s="3">
-        <v>837</v>
+        <v>0</v>
       </c>
       <c r="G370" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H370" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I370" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
         <v>709</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>710</v>
       </c>
       <c r="C371" s="3">
-        <v>294.49</v>
+        <v>1372.95</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F371" s="3">
-        <v>1565</v>
+        <v>0</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I371" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
         <v>711</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>712</v>
       </c>
       <c r="C372" s="3">
-        <v>198.27</v>
+        <v>3254.4</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F372" s="3">
-        <v>670</v>
+        <v>0</v>
       </c>
       <c r="G372" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="I372" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
         <v>713</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>714</v>
       </c>
       <c r="C373" s="3">
-        <v>466.11</v>
+        <v>4169.7</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F373" s="3">
-        <v>429</v>
+        <v>15</v>
       </c>
       <c r="G373" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H373" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="I373" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
         <v>715</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>716</v>
       </c>
       <c r="C374" s="3">
-        <v>1146.13</v>
+        <v>4088.34</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F374" s="3">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="G374" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H374" s="3">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="I374" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
         <v>717</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>718</v>
       </c>
       <c r="C375" s="3">
-        <v>101.99</v>
+        <v>519.68</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F375" s="3">
-        <v>3635</v>
+        <v>71</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I375" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A376" s="2" t="s">
+      <c r="A376" s="3" t="s">
         <v>719</v>
       </c>
-      <c r="B376" s="2"/>
-[...6 lines deleted...]
-      <c r="I376" s="2"/>
+      <c r="B376" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="C376" s="3">
+        <v>3708.45</v>
+      </c>
+      <c r="D376" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F376" s="3">
+        <v>0</v>
+      </c>
+      <c r="G376" s="3">
+        <v>1</v>
+      </c>
+      <c r="H376" s="3">
+        <v>5</v>
+      </c>
+      <c r="I376" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C377" s="3">
-        <v>473.94</v>
+        <v>14492.25</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F377" s="3">
-        <v>211</v>
+        <v>23</v>
       </c>
       <c r="G377" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H377" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I377" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C378" s="3">
-        <v>364.55</v>
+        <v>15326.19</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F378" s="3">
-        <v>177</v>
+        <v>0</v>
       </c>
       <c r="G378" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I378" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C379" s="3">
-        <v>176.2</v>
+        <v>16727.11</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F379" s="3">
-        <v>1825</v>
+        <v>0</v>
       </c>
       <c r="G379" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>150</v>
+        <v>2</v>
       </c>
       <c r="I379" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C380" s="3">
-        <v>131.96</v>
+        <v>1413.63</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F380" s="3">
-        <v>18233</v>
+        <v>0</v>
       </c>
       <c r="G380" s="3">
+        <v>1</v>
+      </c>
+      <c r="H380" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="I380" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C381" s="3">
-        <v>287.66</v>
+        <v>1459.4</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F381" s="3">
-        <v>1153</v>
+        <v>74</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I381" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C382" s="3">
-        <v>224.01</v>
+        <v>539.01</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F382" s="3">
-        <v>629</v>
+        <v>901</v>
       </c>
       <c r="G382" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H382" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I382" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C383" s="3">
-        <v>567.67</v>
+        <v>2434.26</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F383" s="3">
-        <v>126</v>
+        <v>12</v>
       </c>
       <c r="G383" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H383" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="I383" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C384" s="3">
-        <v>445.17</v>
+        <v>3101.85</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F384" s="3">
-        <v>2197</v>
+        <v>284</v>
       </c>
       <c r="G384" s="3">
+        <v>1</v>
+      </c>
+      <c r="H384" s="3">
+        <v>5</v>
+      </c>
+      <c r="I384" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="385" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A385" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="B385" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="C385" s="3">
+        <v>1195.99</v>
+      </c>
+      <c r="D385" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E385" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F385" s="3">
+        <v>0</v>
+      </c>
+      <c r="G385" s="3">
+        <v>1</v>
+      </c>
+      <c r="H385" s="3">
         <v>10</v>
       </c>
-      <c r="H384" s="3">
-[...17 lines deleted...]
-      <c r="I385" s="2"/>
+      <c r="I385" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C386" s="3">
-        <v>536.61</v>
+        <v>3560.17</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F386" s="3">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="G386" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H386" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="I386" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="C387" s="3">
-        <v>194.71</v>
+        <v>1316</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F387" s="3">
-        <v>425</v>
+        <v>0</v>
       </c>
       <c r="G387" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="I387" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="C388" s="3">
-        <v>708.9</v>
+        <v>742.41</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F388" s="3">
-        <v>430</v>
+        <v>5455</v>
       </c>
       <c r="G388" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H388" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I388" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="B389" s="3" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C389" s="3">
-        <v>89.16</v>
+        <v>1830.95</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F389" s="3">
-        <v>18490</v>
+        <v>4672</v>
       </c>
       <c r="G389" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H389" s="3">
-        <v>400</v>
+        <v>6</v>
       </c>
       <c r="I389" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="C390" s="3">
-        <v>158.76</v>
+        <v>1830.6</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F390" s="3">
-        <v>4106</v>
+        <v>0</v>
       </c>
       <c r="G390" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H390" s="3">
-        <v>200</v>
+        <v>6</v>
       </c>
       <c r="I390" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B391" s="3" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C391" s="3">
-        <v>171</v>
+        <v>1678.05</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F391" s="3">
-        <v>4948</v>
+        <v>0</v>
       </c>
       <c r="G391" s="3">
+        <v>1</v>
+      </c>
+      <c r="H391" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I391" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="C392" s="3">
-        <v>463.53</v>
+        <v>4322.25</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F392" s="3">
-        <v>1520</v>
+        <v>560</v>
       </c>
       <c r="G392" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>100</v>
+        <v>3</v>
       </c>
       <c r="I392" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="C393" s="3">
-        <v>311.62</v>
+        <v>4553.15</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F393" s="3">
-        <v>142</v>
+        <v>576</v>
       </c>
       <c r="G393" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H393" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I393" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C394" s="3">
-        <v>283.8</v>
+        <v>1779.75</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F394" s="3">
-        <v>3390</v>
+        <v>213</v>
       </c>
       <c r="G394" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H394" s="3">
-        <v>150</v>
+        <v>6</v>
       </c>
       <c r="I394" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C395" s="3">
-        <v>356.1</v>
+        <v>9661.5</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F395" s="3">
-        <v>935</v>
+        <v>42</v>
       </c>
       <c r="G395" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H395" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I395" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="C396" s="3">
-        <v>278.21</v>
+        <v>4206.31</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F396" s="3">
-        <v>6558</v>
+        <v>0</v>
       </c>
       <c r="G396" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H396" s="3">
-        <v>200</v>
+        <v>3</v>
       </c>
       <c r="I396" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C397" s="3">
-        <v>81.97</v>
+        <v>1210.94</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F397" s="3">
-        <v>5623</v>
+        <v>0</v>
       </c>
       <c r="G397" s="3">
+        <v>1</v>
+      </c>
+      <c r="H397" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="I397" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="C398" s="3">
-        <v>197.1</v>
+        <v>1082.29</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F398" s="3">
-        <v>1126</v>
+        <v>372</v>
       </c>
       <c r="G398" s="3">
+        <v>1</v>
+      </c>
+      <c r="H398" s="3">
         <v>10</v>
       </c>
-      <c r="H398" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I398" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A399" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A399" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="B399" s="2"/>
+      <c r="C399" s="2"/>
+      <c r="D399" s="2"/>
+      <c r="E399" s="2"/>
+      <c r="F399" s="2"/>
+      <c r="G399" s="2"/>
+      <c r="H399" s="2"/>
+      <c r="I399" s="2"/>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A400" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I400" s="2"/>
+      <c r="A400" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="B400" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="C400" s="3">
+        <v>3712.05</v>
+      </c>
+      <c r="D400" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E400" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F400" s="3">
+        <v>0</v>
+      </c>
+      <c r="G400" s="3">
+        <v>1</v>
+      </c>
+      <c r="H400" s="3">
+        <v>5</v>
+      </c>
+      <c r="I400" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="C401" s="3">
-        <v>98.53</v>
+        <v>6742.71</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F401" s="3">
-        <v>1197</v>
+        <v>70</v>
       </c>
       <c r="G401" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H401" s="3">
-        <v>500</v>
+        <v>3</v>
       </c>
       <c r="I401" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C402" s="3">
-        <v>106.86</v>
+        <v>4327.1</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F402" s="3">
-        <v>4021</v>
+        <v>464</v>
       </c>
       <c r="G402" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H402" s="3">
-        <v>400</v>
+        <v>5</v>
       </c>
       <c r="I402" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="C403" s="3">
-        <v>102.88</v>
+        <v>3427.29</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F403" s="3">
-        <v>27574</v>
+        <v>640</v>
       </c>
       <c r="G403" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H403" s="3">
-        <v>400</v>
+        <v>15</v>
       </c>
       <c r="I403" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="3" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="C404" s="3">
-        <v>204.92</v>
+        <v>4271.4</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F404" s="3">
-        <v>709</v>
+        <v>0</v>
       </c>
       <c r="G404" s="3">
         <v>1</v>
       </c>
       <c r="H404" s="3">
-        <v>200</v>
+        <v>4</v>
       </c>
       <c r="I404" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="C405" s="3">
-        <v>140.65</v>
+        <v>8783.36</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F405" s="3">
-        <v>3545</v>
+        <v>87</v>
       </c>
       <c r="G405" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H405" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="I405" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="C406" s="3">
-        <v>202.46</v>
+        <v>2542.5</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F406" s="3">
-        <v>1</v>
+        <v>237</v>
       </c>
       <c r="G406" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H406" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I406" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B407" s="3" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C407" s="3">
-        <v>250.38</v>
+        <v>3098.8</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F407" s="3">
-        <v>861</v>
+        <v>999</v>
       </c>
       <c r="G407" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H407" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I407" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A408" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A408" s="2" t="s">
+        <v>782</v>
+      </c>
+      <c r="B408" s="2"/>
+      <c r="C408" s="2"/>
+      <c r="D408" s="2"/>
+      <c r="E408" s="2"/>
+      <c r="F408" s="2"/>
+      <c r="G408" s="2"/>
+      <c r="H408" s="2"/>
+      <c r="I408" s="2"/>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C409" s="3">
-        <v>71.72</v>
+        <v>2440.8</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F409" s="3">
-        <v>5593</v>
+        <v>22</v>
       </c>
       <c r="G409" s="3">
+        <v>1</v>
+      </c>
+      <c r="H409" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="I409" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C410" s="3">
-        <v>311.65</v>
+        <v>1880.43</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F410" s="3">
-        <v>1117</v>
+        <v>254</v>
       </c>
       <c r="G410" s="3">
         <v>1</v>
       </c>
       <c r="H410" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I410" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C411" s="3">
-        <v>445.63</v>
+        <v>2459.11</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F411" s="3">
-        <v>336</v>
+        <v>298</v>
       </c>
       <c r="G411" s="3">
+        <v>1</v>
+      </c>
+      <c r="H411" s="3">
         <v>10</v>
       </c>
-      <c r="H411" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I411" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C412" s="3">
-        <v>142.62</v>
+        <v>2490.51</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F412" s="3">
-        <v>2361</v>
+        <v>185</v>
       </c>
       <c r="G412" s="3">
+        <v>1</v>
+      </c>
+      <c r="H412" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I412" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C413" s="3">
-        <v>252.39</v>
+        <v>1639.08</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F413" s="3">
-        <v>66</v>
+        <v>2</v>
       </c>
       <c r="G413" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H413" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I413" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="2" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="B414" s="2"/>
       <c r="C414" s="2"/>
       <c r="D414" s="2"/>
       <c r="E414" s="2"/>
       <c r="F414" s="2"/>
       <c r="G414" s="2"/>
       <c r="H414" s="2"/>
       <c r="I414" s="2"/>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A415" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B415" s="3" t="s">
+      <c r="A415" s="2" t="s">
         <v>794</v>
       </c>
-      <c r="C415" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B415" s="2"/>
+      <c r="C415" s="2"/>
+      <c r="D415" s="2"/>
+      <c r="E415" s="2"/>
+      <c r="F415" s="2"/>
+      <c r="G415" s="2"/>
+      <c r="H415" s="2"/>
+      <c r="I415" s="2"/>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
         <v>795</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>796</v>
       </c>
       <c r="C416" s="3">
-        <v>911.45</v>
+        <v>304.81</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F416" s="3">
-        <v>17</v>
+        <v>1221</v>
       </c>
       <c r="G416" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H416" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I416" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="3" t="s">
         <v>797</v>
       </c>
       <c r="B417" s="3" t="s">
         <v>798</v>
       </c>
       <c r="C417" s="3">
-        <v>482.32</v>
+        <v>305.1</v>
       </c>
       <c r="D417" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F417" s="3">
-        <v>3745</v>
+        <v>0</v>
       </c>
       <c r="G417" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H417" s="3">
+        <v>250</v>
+      </c>
+      <c r="I417" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="418" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A418" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="B418" s="3" t="s">
+        <v>800</v>
+      </c>
+      <c r="C418" s="3">
+        <v>307.54</v>
+      </c>
+      <c r="D418" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E418" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F418" s="3">
+        <v>2205</v>
+      </c>
+      <c r="G418" s="3">
+        <v>1</v>
+      </c>
+      <c r="H418" s="3">
         <v>100</v>
       </c>
-      <c r="I417" s="3">
-[...14 lines deleted...]
-      <c r="I418" s="2"/>
+      <c r="I418" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="B419" s="3" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C419" s="3">
-        <v>421.97</v>
+        <v>360.02</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F419" s="3">
-        <v>1311</v>
+        <v>0</v>
       </c>
       <c r="G419" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H419" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I419" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B420" s="3" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C420" s="3">
-        <v>400.48</v>
+        <v>430.56</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F420" s="3">
-        <v>889</v>
+        <v>0</v>
       </c>
       <c r="G420" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H420" s="3">
         <v>200</v>
       </c>
       <c r="I420" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A421" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I421" s="2"/>
+      <c r="A421" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="B421" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="C421" s="3">
+        <v>452.09</v>
+      </c>
+      <c r="D421" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F421" s="3">
+        <v>673</v>
+      </c>
+      <c r="G421" s="3">
+        <v>1</v>
+      </c>
+      <c r="H421" s="3">
+        <v>200</v>
+      </c>
+      <c r="I421" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B422" s="3" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C422" s="3">
-        <v>244.39</v>
+        <v>559.35</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F422" s="3">
-        <v>3901</v>
+        <v>660</v>
       </c>
       <c r="G422" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H422" s="3">
         <v>250</v>
       </c>
       <c r="I422" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="3" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B423" s="3" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C423" s="3">
-        <v>315.25</v>
+        <v>270.52</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F423" s="3">
-        <v>667</v>
+        <v>4099</v>
       </c>
       <c r="G423" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H423" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I423" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="B424" s="3" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C424" s="3">
-        <v>251.87</v>
+        <v>417.99</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E424" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F424" s="3">
-        <v>2431</v>
+        <v>0</v>
       </c>
       <c r="G424" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H424" s="3">
         <v>200</v>
       </c>
       <c r="I424" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B425" s="3" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C425" s="3">
-        <v>296.07</v>
+        <v>994.59</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F425" s="3">
-        <v>5858</v>
+        <v>5</v>
       </c>
       <c r="G425" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H425" s="3">
-        <v>250</v>
+        <v>150</v>
       </c>
       <c r="I425" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="3" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="B426" s="3" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="C426" s="3">
-        <v>388.01</v>
+        <v>282.49</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F426" s="3">
-        <v>1034</v>
+        <v>5269</v>
       </c>
       <c r="G426" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H426" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I426" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="3" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="B427" s="3" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C427" s="3">
-        <v>353.94</v>
+        <v>305.1</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F427" s="3">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="G427" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H427" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I427" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A428" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I428" s="2"/>
+      <c r="A428" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="B428" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="C428" s="3">
+        <v>224.81</v>
+      </c>
+      <c r="D428" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E428" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F428" s="3">
+        <v>2815</v>
+      </c>
+      <c r="G428" s="3">
+        <v>1</v>
+      </c>
+      <c r="H428" s="3">
+        <v>100</v>
+      </c>
+      <c r="I428" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="B429" s="3" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="C429" s="3">
-        <v>213.94</v>
+        <v>310</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F429" s="3">
-        <v>5781</v>
+        <v>597</v>
       </c>
       <c r="G429" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H429" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I429" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="B430" s="3" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C430" s="3">
-        <v>214.68</v>
+        <v>350.87</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F430" s="3">
-        <v>0</v>
+        <v>4204</v>
       </c>
       <c r="G430" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H430" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I430" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="3" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="B431" s="3" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="C431" s="3">
-        <v>143.82</v>
+        <v>328.49</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F431" s="3">
-        <v>11</v>
+        <v>2777</v>
       </c>
       <c r="G431" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H431" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I431" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="C432" s="3">
-        <v>411.84</v>
+        <v>541.27</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F432" s="3">
+        <v>1464</v>
+      </c>
+      <c r="G432" s="3">
+        <v>1</v>
+      </c>
+      <c r="H432" s="3">
+        <v>180</v>
+      </c>
+      <c r="I432" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="3" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="B433" s="3" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="C433" s="3">
-        <v>138.32</v>
+        <v>391.55</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F433" s="3">
-        <v>122</v>
+        <v>489</v>
       </c>
       <c r="G433" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H433" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I433" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A434" s="3" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="B434" s="3" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="C434" s="3">
-        <v>61.79</v>
+        <v>426.26</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F434" s="3">
-        <v>4687</v>
+        <v>0</v>
       </c>
       <c r="G434" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H434" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I434" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="3" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="B435" s="3" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="C435" s="3">
-        <v>419.25</v>
+        <v>403.75</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F435" s="3">
-        <v>63</v>
+        <v>5994</v>
       </c>
       <c r="G435" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H435" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I435" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A436" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A436" s="2" t="s">
+        <v>835</v>
+      </c>
+      <c r="B436" s="2"/>
+      <c r="C436" s="2"/>
+      <c r="D436" s="2"/>
+      <c r="E436" s="2"/>
+      <c r="F436" s="2"/>
+      <c r="G436" s="2"/>
+      <c r="H436" s="2"/>
+      <c r="I436" s="2"/>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="B437" s="3" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C437" s="3">
-        <v>230.64</v>
+        <v>732.24</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F437" s="3">
-        <v>7125</v>
+        <v>899</v>
       </c>
       <c r="G437" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H437" s="3">
         <v>250</v>
       </c>
       <c r="I437" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B438" s="3" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="C438" s="3">
-        <v>264.4</v>
+        <v>613.55</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F438" s="3">
-        <v>1471</v>
+        <v>3526</v>
       </c>
       <c r="G438" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H438" s="3">
         <v>100</v>
       </c>
       <c r="I438" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="3" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="B439" s="3" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="C439" s="3">
-        <v>321.55</v>
+        <v>645.84</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F439" s="3">
-        <v>328</v>
+        <v>1647</v>
       </c>
       <c r="G439" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H439" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I439" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A440" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A440" s="2" t="s">
+        <v>842</v>
+      </c>
+      <c r="B440" s="2"/>
+      <c r="C440" s="2"/>
+      <c r="D440" s="2"/>
+      <c r="E440" s="2"/>
+      <c r="F440" s="2"/>
+      <c r="G440" s="2"/>
+      <c r="H440" s="2"/>
+      <c r="I440" s="2"/>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B441" s="3" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C441" s="3">
-        <v>608.15</v>
+        <v>430.13</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F441" s="3">
-        <v>946</v>
+        <v>3039</v>
       </c>
       <c r="G441" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H441" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I441" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B442" s="3" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C442" s="3">
-        <v>444.53</v>
+        <v>424.31</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F442" s="3">
-        <v>1093</v>
+        <v>1264</v>
       </c>
       <c r="G442" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H442" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I442" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A443" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B443" s="3" t="s">
+      <c r="A443" s="2" t="s">
         <v>847</v>
       </c>
-      <c r="C443" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B443" s="2"/>
+      <c r="C443" s="2"/>
+      <c r="D443" s="2"/>
+      <c r="E443" s="2"/>
+      <c r="F443" s="2"/>
+      <c r="G443" s="2"/>
+      <c r="H443" s="2"/>
+      <c r="I443" s="2"/>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
         <v>848</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>849</v>
       </c>
       <c r="C444" s="3">
-        <v>145.87</v>
+        <v>188.25</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F444" s="3">
-        <v>1251</v>
+        <v>3884</v>
       </c>
       <c r="G444" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H444" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I444" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="3" t="s">
         <v>850</v>
       </c>
       <c r="B445" s="3" t="s">
         <v>851</v>
       </c>
       <c r="C445" s="3">
-        <v>103.31</v>
+        <v>309.54</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F445" s="3">
-        <v>1598</v>
+        <v>3191</v>
       </c>
       <c r="G445" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H445" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I445" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
         <v>852</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>853</v>
       </c>
       <c r="C446" s="3">
-        <v>241.98</v>
+        <v>325.44</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F446" s="3">
-        <v>0</v>
+        <v>1447</v>
       </c>
       <c r="G446" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H446" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I446" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A447" s="3" t="s">
+      <c r="A447" s="2" t="s">
         <v>854</v>
       </c>
-      <c r="B447" s="3" t="s">
+      <c r="B447" s="2"/>
+      <c r="C447" s="2"/>
+      <c r="D447" s="2"/>
+      <c r="E447" s="2"/>
+      <c r="F447" s="2"/>
+      <c r="G447" s="2"/>
+      <c r="H447" s="2"/>
+      <c r="I447" s="2"/>
+    </row>
+    <row r="448" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A448" s="2" t="s">
         <v>855</v>
       </c>
-      <c r="C447" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B448" s="2"/>
+      <c r="C448" s="2"/>
+      <c r="D448" s="2"/>
+      <c r="E448" s="2"/>
+      <c r="F448" s="2"/>
+      <c r="G448" s="2"/>
+      <c r="H448" s="2"/>
+      <c r="I448" s="2"/>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="B449" s="3" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="C449" s="3">
-        <v>280.46</v>
+        <v>1042.43</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F449" s="3">
-        <v>476</v>
+        <v>720</v>
       </c>
       <c r="G449" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H449" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I449" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
       <c r="C450" s="3">
-        <v>247.06</v>
+        <v>1263.37</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F450" s="3">
-        <v>4091</v>
+        <v>13</v>
       </c>
       <c r="G450" s="3">
         <v>1</v>
       </c>
       <c r="H450" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I450" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>863</v>
+        <v>861</v>
       </c>
       <c r="C451" s="3">
-        <v>345.82</v>
+        <v>1709.24</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F451" s="3">
-        <v>2400</v>
+        <v>8</v>
       </c>
       <c r="G451" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H451" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I451" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="C452" s="3">
-        <v>152.75</v>
+        <v>862.05</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F452" s="3">
-        <v>3381</v>
+        <v>368</v>
       </c>
       <c r="G452" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H452" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I452" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="B453" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="C453" s="3">
+        <v>1423.8</v>
+      </c>
+      <c r="D453" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E453" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F453" s="3">
+        <v>420</v>
+      </c>
+      <c r="G453" s="3">
+        <v>1</v>
+      </c>
+      <c r="H453" s="3">
+        <v>20</v>
+      </c>
+      <c r="I453" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="454" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A454" s="3" t="s">
         <v>866</v>
       </c>
-      <c r="B453" s="3" t="s">
+      <c r="B454" s="3" t="s">
         <v>867</v>
       </c>
-      <c r="C453" s="3">
-[...22 lines deleted...]
-      <c r="A454" s="2" t="s">
+      <c r="C454" s="3">
+        <v>1145</v>
+      </c>
+      <c r="D454" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E454" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F454" s="3">
+        <v>391</v>
+      </c>
+      <c r="G454" s="3">
+        <v>1</v>
+      </c>
+      <c r="H454" s="3">
+        <v>20</v>
+      </c>
+      <c r="I454" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="455" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A455" s="3" t="s">
         <v>868</v>
       </c>
-      <c r="B454" s="2"/>
-[...9 lines deleted...]
-      <c r="A455" s="2" t="s">
+      <c r="B455" s="3" t="s">
         <v>869</v>
       </c>
-      <c r="B455" s="2"/>
-[...6 lines deleted...]
-      <c r="I455" s="2"/>
+      <c r="C455" s="3">
+        <v>284.03</v>
+      </c>
+      <c r="D455" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E455" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F455" s="3">
+        <v>0</v>
+      </c>
+      <c r="G455" s="3">
+        <v>1</v>
+      </c>
+      <c r="H455" s="3">
+        <v>50</v>
+      </c>
+      <c r="I455" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A456" s="3" t="s">
         <v>870</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>871</v>
       </c>
       <c r="C456" s="3">
-        <v>833.03</v>
+        <v>2080.82</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F456" s="3">
-        <v>429</v>
+        <v>140</v>
       </c>
       <c r="G456" s="3">
         <v>1</v>
       </c>
       <c r="H456" s="3">
         <v>20</v>
       </c>
       <c r="I456" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
         <v>872</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>873</v>
       </c>
       <c r="C457" s="3">
-        <v>2320</v>
+        <v>847.19</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F457" s="3">
-        <v>0</v>
+        <v>201</v>
       </c>
       <c r="G457" s="3">
         <v>1</v>
       </c>
       <c r="H457" s="3">
         <v>20</v>
       </c>
       <c r="I457" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="3" t="s">
         <v>874</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>875</v>
       </c>
       <c r="C458" s="3">
-        <v>1025</v>
+        <v>2359.44</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F458" s="3">
-        <v>1997</v>
+        <v>156</v>
       </c>
       <c r="G458" s="3">
         <v>1</v>
       </c>
       <c r="H458" s="3">
         <v>20</v>
       </c>
       <c r="I458" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="3" t="s">
         <v>876</v>
       </c>
       <c r="B459" s="3" t="s">
         <v>877</v>
       </c>
       <c r="C459" s="3">
-        <v>2365</v>
+        <v>1784.71</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F459" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G459" s="3">
         <v>1</v>
       </c>
       <c r="H459" s="3">
         <v>20</v>
       </c>
       <c r="I459" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460" s="3" t="s">
         <v>878</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>879</v>
       </c>
       <c r="C460" s="3">
-        <v>1960</v>
+        <v>420.44</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F460" s="3">
-        <v>57</v>
+        <v>963</v>
       </c>
       <c r="G460" s="3">
         <v>1</v>
       </c>
       <c r="H460" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I460" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
         <v>880</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>881</v>
       </c>
       <c r="C461" s="3">
-        <v>2030</v>
+        <v>862.05</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F461" s="3">
-        <v>432</v>
+        <v>1871</v>
       </c>
       <c r="G461" s="3">
         <v>1</v>
       </c>
       <c r="H461" s="3">
         <v>20</v>
       </c>
       <c r="I461" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A462" s="3" t="s">
         <v>882</v>
       </c>
       <c r="B462" s="3" t="s">
         <v>883</v>
       </c>
       <c r="C462" s="3">
-        <v>1650</v>
+        <v>1809.44</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F462" s="3">
-        <v>123</v>
+        <v>38</v>
       </c>
       <c r="G462" s="3">
         <v>1</v>
       </c>
       <c r="H462" s="3">
         <v>20</v>
       </c>
       <c r="I462" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
         <v>884</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>885</v>
       </c>
       <c r="C463" s="3">
-        <v>2046.04</v>
+        <v>1783.56</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F463" s="3">
-        <v>7</v>
+        <v>44</v>
       </c>
       <c r="G463" s="3">
         <v>1</v>
       </c>
       <c r="H463" s="3">
         <v>20</v>
       </c>
       <c r="I463" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A464" s="3" t="s">
         <v>886</v>
       </c>
       <c r="B464" s="3" t="s">
         <v>887</v>
       </c>
       <c r="C464" s="3">
-        <v>279.28</v>
+        <v>2115.36</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F464" s="3">
-        <v>16002</v>
+        <v>139</v>
       </c>
       <c r="G464" s="3">
         <v>1</v>
       </c>
       <c r="H464" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I464" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
         <v>888</v>
       </c>
       <c r="B465" s="3" t="s">
         <v>889</v>
       </c>
       <c r="C465" s="3">
-        <v>847.64</v>
+        <v>2405.21</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F465" s="3">
-        <v>344</v>
+        <v>11</v>
       </c>
       <c r="G465" s="3">
         <v>1</v>
       </c>
       <c r="H465" s="3">
         <v>20</v>
       </c>
       <c r="I465" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
         <v>890</v>
       </c>
       <c r="B466" s="3" t="s">
         <v>891</v>
       </c>
       <c r="C466" s="3">
-        <v>1125.86</v>
+        <v>1678.05</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F466" s="3">
-        <v>112</v>
+        <v>84</v>
       </c>
       <c r="G466" s="3">
         <v>1</v>
       </c>
       <c r="H466" s="3">
         <v>20</v>
       </c>
       <c r="I466" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="3" t="s">
         <v>892</v>
       </c>
       <c r="B467" s="3" t="s">
         <v>893</v>
       </c>
       <c r="C467" s="3">
-        <v>847.64</v>
+        <v>1993.32</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F467" s="3">
-        <v>270</v>
+        <v>23</v>
       </c>
       <c r="G467" s="3">
         <v>1</v>
       </c>
       <c r="H467" s="3">
         <v>20</v>
       </c>
       <c r="I467" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
         <v>894</v>
       </c>
       <c r="B468" s="3" t="s">
         <v>895</v>
       </c>
       <c r="C468" s="3">
-        <v>413.41</v>
+        <v>2064.51</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F468" s="3">
-        <v>11458</v>
+        <v>347</v>
       </c>
       <c r="G468" s="3">
         <v>1</v>
       </c>
       <c r="H468" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I468" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A469" s="3" t="s">
+      <c r="A469" s="2" t="s">
         <v>896</v>
       </c>
-      <c r="B469" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B469" s="2"/>
+      <c r="C469" s="2"/>
+      <c r="D469" s="2"/>
+      <c r="E469" s="2"/>
+      <c r="F469" s="2"/>
+      <c r="G469" s="2"/>
+      <c r="H469" s="2"/>
+      <c r="I469" s="2"/>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="B470" s="3" t="s">
         <v>898</v>
       </c>
-      <c r="B470" s="3" t="s">
+      <c r="C470" s="3">
+        <v>2472.53</v>
+      </c>
+      <c r="D470" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E470" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F470" s="3">
+        <v>18</v>
+      </c>
+      <c r="G470" s="3">
+        <v>1</v>
+      </c>
+      <c r="H470" s="3">
+        <v>10</v>
+      </c>
+      <c r="I470" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="471" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A471" s="2" t="s">
         <v>899</v>
       </c>
-      <c r="C470" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B471" s="2"/>
+      <c r="C471" s="2"/>
+      <c r="D471" s="2"/>
+      <c r="E471" s="2"/>
+      <c r="F471" s="2"/>
+      <c r="G471" s="2"/>
+      <c r="H471" s="2"/>
+      <c r="I471" s="2"/>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="C472" s="3">
-        <v>1242.25</v>
+        <v>5898.6</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F472" s="3">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="G472" s="3">
         <v>1</v>
       </c>
       <c r="H472" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I472" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473" s="3" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="B473" s="3" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="C473" s="3">
-        <v>1754.88</v>
+        <v>3864.39</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F473" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G473" s="3">
         <v>1</v>
       </c>
       <c r="H473" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I473" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474" s="3" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="C474" s="3">
-        <v>2080</v>
+        <v>5647.94</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F474" s="3">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="G474" s="3">
         <v>1</v>
       </c>
       <c r="H474" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I474" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="B475" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="C475" s="3">
+        <v>4118.85</v>
+      </c>
+      <c r="D475" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E475" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F475" s="3">
+        <v>49</v>
+      </c>
+      <c r="G475" s="3">
+        <v>1</v>
+      </c>
+      <c r="H475" s="3">
+        <v>5</v>
+      </c>
+      <c r="I475" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="476" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A476" s="3" t="s">
         <v>908</v>
       </c>
-      <c r="B475" s="3" t="s">
+      <c r="B476" s="3" t="s">
         <v>909</v>
       </c>
-      <c r="C475" s="3">
-[...32 lines deleted...]
-      <c r="I476" s="2"/>
+      <c r="C476" s="3">
+        <v>5057.43</v>
+      </c>
+      <c r="D476" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E476" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F476" s="3">
+        <v>18</v>
+      </c>
+      <c r="G476" s="3">
+        <v>1</v>
+      </c>
+      <c r="H476" s="3">
+        <v>5</v>
+      </c>
+      <c r="I476" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="B477" s="3" t="s">
         <v>911</v>
       </c>
-      <c r="B477" s="3" t="s">
+      <c r="C477" s="3">
+        <v>2360.13</v>
+      </c>
+      <c r="D477" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E477" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F477" s="3">
+        <v>23</v>
+      </c>
+      <c r="G477" s="3">
+        <v>1</v>
+      </c>
+      <c r="H477" s="3">
+        <v>5</v>
+      </c>
+      <c r="I477" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="478" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A478" s="3" t="s">
         <v>912</v>
       </c>
-      <c r="C477" s="3">
-[...22 lines deleted...]
-      <c r="A478" s="2" t="s">
+      <c r="B478" s="3" t="s">
         <v>913</v>
       </c>
-      <c r="B478" s="2"/>
-[...6 lines deleted...]
-      <c r="I478" s="2"/>
+      <c r="C478" s="3">
+        <v>2292.7</v>
+      </c>
+      <c r="D478" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E478" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F478" s="3">
+        <v>74</v>
+      </c>
+      <c r="G478" s="3">
+        <v>1</v>
+      </c>
+      <c r="H478" s="3">
+        <v>5</v>
+      </c>
+      <c r="I478" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479" s="3" t="s">
         <v>914</v>
       </c>
       <c r="B479" s="3" t="s">
         <v>915</v>
       </c>
       <c r="C479" s="3">
-        <v>3529.65</v>
+        <v>5878.26</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F479" s="3">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G479" s="3">
         <v>1</v>
       </c>
       <c r="H479" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I479" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="3" t="s">
         <v>916</v>
       </c>
       <c r="B480" s="3" t="s">
         <v>917</v>
       </c>
       <c r="C480" s="3">
-        <v>2165.97</v>
+        <v>3971.39</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F480" s="3">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="G480" s="3">
         <v>1</v>
       </c>
       <c r="H480" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I480" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="3" t="s">
         <v>918</v>
       </c>
       <c r="B481" s="3" t="s">
         <v>919</v>
       </c>
       <c r="C481" s="3">
-        <v>1096.1</v>
+        <v>4149.36</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F481" s="3">
-        <v>333</v>
+        <v>57</v>
       </c>
       <c r="G481" s="3">
         <v>1</v>
       </c>
       <c r="H481" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I481" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="3" t="s">
         <v>920</v>
       </c>
       <c r="B482" s="3" t="s">
         <v>921</v>
       </c>
       <c r="C482" s="3">
-        <v>4972.89</v>
+        <v>891.78</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F482" s="3">
-        <v>8</v>
+        <v>210</v>
       </c>
       <c r="G482" s="3">
         <v>1</v>
       </c>
       <c r="H482" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I482" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="3" t="s">
         <v>922</v>
       </c>
       <c r="B483" s="3" t="s">
         <v>923</v>
       </c>
       <c r="C483" s="3">
-        <v>1140</v>
+        <v>3122.21</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F483" s="3">
-        <v>2161</v>
+        <v>48</v>
       </c>
       <c r="G483" s="3">
         <v>1</v>
       </c>
       <c r="H483" s="3">
         <v>15</v>
       </c>
       <c r="I483" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="3" t="s">
         <v>924</v>
       </c>
       <c r="B484" s="3" t="s">
         <v>925</v>
       </c>
       <c r="C484" s="3">
-        <v>2320.68</v>
+        <v>2202.79</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F484" s="3">
-        <v>138</v>
+        <v>149</v>
       </c>
       <c r="G484" s="3">
         <v>1</v>
       </c>
       <c r="H484" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I484" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A485" s="3" t="s">
         <v>926</v>
       </c>
       <c r="B485" s="3" t="s">
         <v>927</v>
       </c>
       <c r="C485" s="3">
-        <v>876.87</v>
+        <v>2360.13</v>
       </c>
       <c r="D485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F485" s="3">
-        <v>209</v>
+        <v>91</v>
       </c>
       <c r="G485" s="3">
         <v>1</v>
       </c>
       <c r="H485" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I485" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A486" s="3" t="s">
         <v>928</v>
       </c>
       <c r="B486" s="3" t="s">
         <v>929</v>
       </c>
       <c r="C486" s="3">
-        <v>5800</v>
+        <v>3589.65</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F486" s="3">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="G486" s="3">
         <v>1</v>
       </c>
       <c r="H486" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I486" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="3" t="s">
         <v>930</v>
       </c>
       <c r="B487" s="3" t="s">
         <v>931</v>
       </c>
       <c r="C487" s="3">
-        <v>906.11</v>
+        <v>1169.55</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F487" s="3">
-        <v>49</v>
+        <v>278</v>
       </c>
       <c r="G487" s="3">
         <v>1</v>
       </c>
       <c r="H487" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I487" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488" s="3" t="s">
         <v>932</v>
       </c>
       <c r="B488" s="3" t="s">
         <v>933</v>
       </c>
       <c r="C488" s="3">
-        <v>1150</v>
+        <v>1114.73</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F488" s="3">
-        <v>32</v>
+        <v>310</v>
       </c>
       <c r="G488" s="3">
         <v>1</v>
       </c>
       <c r="H488" s="3">
         <v>20</v>
       </c>
       <c r="I488" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489" s="3" t="s">
         <v>934</v>
       </c>
       <c r="B489" s="3" t="s">
         <v>935</v>
       </c>
       <c r="C489" s="3">
-        <v>3070.02</v>
+        <v>2135.36</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F489" s="3">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G489" s="3">
         <v>1</v>
       </c>
       <c r="H489" s="3">
         <v>15</v>
       </c>
       <c r="I489" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A490" s="3" t="s">
         <v>936</v>
       </c>
       <c r="B490" s="3" t="s">
         <v>937</v>
       </c>
       <c r="C490" s="3">
-        <v>2320.68</v>
+        <v>4322.25</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F490" s="3">
-        <v>296</v>
+        <v>23</v>
       </c>
       <c r="G490" s="3">
         <v>1</v>
       </c>
       <c r="H490" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I490" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A491" s="3" t="s">
         <v>938</v>
       </c>
       <c r="B491" s="3" t="s">
         <v>939</v>
       </c>
       <c r="C491" s="3">
-        <v>2099.67</v>
+        <v>6000.3</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F491" s="3">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="G491" s="3">
         <v>1</v>
       </c>
       <c r="H491" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I491" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="3" t="s">
         <v>940</v>
       </c>
       <c r="B492" s="3" t="s">
         <v>941</v>
       </c>
       <c r="C492" s="3">
-        <v>2254.38</v>
+        <v>1040.41</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F492" s="3">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="G492" s="3">
         <v>1</v>
       </c>
       <c r="H492" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I492" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493" s="3" t="s">
         <v>942</v>
       </c>
       <c r="B493" s="3" t="s">
         <v>943</v>
       </c>
       <c r="C493" s="3">
-        <v>3905</v>
+        <v>921.51</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F493" s="3">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="G493" s="3">
         <v>1</v>
       </c>
       <c r="H493" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I493" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A494" s="3" t="s">
         <v>944</v>
       </c>
       <c r="B494" s="3" t="s">
         <v>945</v>
       </c>
       <c r="C494" s="3">
-        <v>4250</v>
+        <v>1159.38</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F494" s="3">
-        <v>29</v>
+        <v>1910</v>
       </c>
       <c r="G494" s="3">
         <v>1</v>
       </c>
       <c r="H494" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I494" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A495" s="3" t="s">
+      <c r="A495" s="2" t="s">
         <v>946</v>
       </c>
-      <c r="B495" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B495" s="2"/>
+      <c r="C495" s="2"/>
+      <c r="D495" s="2"/>
+      <c r="E495" s="2"/>
+      <c r="F495" s="2"/>
+      <c r="G495" s="2"/>
+      <c r="H495" s="2"/>
+      <c r="I495" s="2"/>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A496" s="3" t="s">
+        <v>947</v>
+      </c>
+      <c r="B496" s="3" t="s">
         <v>948</v>
       </c>
-      <c r="B496" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C496" s="3">
-        <v>1023.02</v>
+        <v>2314.25</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F496" s="3">
-        <v>124</v>
+        <v>53</v>
       </c>
       <c r="G496" s="3">
         <v>1</v>
       </c>
       <c r="H496" s="3">
         <v>20</v>
       </c>
       <c r="I496" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="B497" s="3" t="s">
         <v>950</v>
       </c>
-      <c r="B497" s="3" t="s">
+      <c r="C497" s="3">
+        <v>1336.25</v>
+      </c>
+      <c r="D497" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E497" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F497" s="3">
+        <v>145</v>
+      </c>
+      <c r="G497" s="3">
+        <v>1</v>
+      </c>
+      <c r="H497" s="3">
+        <v>20</v>
+      </c>
+      <c r="I497" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="498" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A498" s="2" t="s">
         <v>951</v>
       </c>
-      <c r="C497" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B498" s="2"/>
+      <c r="C498" s="2"/>
+      <c r="D498" s="2"/>
+      <c r="E498" s="2"/>
+      <c r="F498" s="2"/>
+      <c r="G498" s="2"/>
+      <c r="H498" s="2"/>
+      <c r="I498" s="2"/>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="3" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="B499" s="3" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="C499" s="3">
-        <v>4080</v>
+        <v>10440.52</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F499" s="3">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="G499" s="3">
         <v>1</v>
       </c>
       <c r="H499" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I499" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A500" s="3" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="B500" s="3" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
       <c r="C500" s="3">
-        <v>3799.79</v>
+        <v>12169.93</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F500" s="3">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="G500" s="3">
         <v>1</v>
       </c>
       <c r="H500" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I500" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="B501" s="3" t="s">
+        <v>957</v>
+      </c>
+      <c r="C501" s="3">
+        <v>5695.77</v>
+      </c>
+      <c r="D501" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E501" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F501" s="3">
+        <v>14</v>
+      </c>
+      <c r="G501" s="3">
+        <v>1</v>
+      </c>
+      <c r="H501" s="3">
+        <v>1</v>
+      </c>
+      <c r="I501" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="502" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A502" s="3" t="s">
         <v>958</v>
       </c>
-      <c r="B501" s="3" t="s">
+      <c r="B502" s="3" t="s">
         <v>959</v>
       </c>
-      <c r="C501" s="3">
-[...32 lines deleted...]
-      <c r="I502" s="2"/>
+      <c r="C502" s="3">
+        <v>688.16</v>
+      </c>
+      <c r="D502" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E502" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F502" s="3">
+        <v>106</v>
+      </c>
+      <c r="G502" s="3">
+        <v>1</v>
+      </c>
+      <c r="H502" s="3">
+        <v>20</v>
+      </c>
+      <c r="I502" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="B503" s="3" t="s">
         <v>961</v>
       </c>
-      <c r="B503" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C503" s="3">
-        <v>1313.91</v>
+        <v>1622.53</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F503" s="3">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="G503" s="3">
         <v>1</v>
       </c>
       <c r="H503" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I503" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="3" t="s">
+        <v>962</v>
+      </c>
+      <c r="B504" s="3" t="s">
         <v>963</v>
       </c>
-      <c r="B504" s="3" t="s">
+      <c r="C504" s="3">
+        <v>1622.53</v>
+      </c>
+      <c r="D504" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E504" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F504" s="3">
+        <v>472</v>
+      </c>
+      <c r="G504" s="3">
+        <v>1</v>
+      </c>
+      <c r="H504" s="3">
+        <v>12</v>
+      </c>
+      <c r="I504" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="505" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A505" s="3" t="s">
         <v>964</v>
       </c>
-      <c r="C504" s="3">
-[...22 lines deleted...]
-      <c r="A505" s="2" t="s">
+      <c r="B505" s="3" t="s">
         <v>965</v>
       </c>
-      <c r="B505" s="2"/>
-[...6 lines deleted...]
-      <c r="I505" s="2"/>
+      <c r="C505" s="3">
+        <v>4714.17</v>
+      </c>
+      <c r="D505" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E505" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F505" s="3">
+        <v>39</v>
+      </c>
+      <c r="G505" s="3">
+        <v>1</v>
+      </c>
+      <c r="H505" s="3">
+        <v>1</v>
+      </c>
+      <c r="I505" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="3" t="s">
         <v>966</v>
       </c>
       <c r="B506" s="3" t="s">
         <v>967</v>
       </c>
       <c r="C506" s="3">
-        <v>504.74</v>
+        <v>510.36</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F506" s="3">
-        <v>184</v>
+        <v>30</v>
       </c>
       <c r="G506" s="3">
         <v>1</v>
       </c>
       <c r="H506" s="3">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="I506" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A507" s="3" t="s">
         <v>968</v>
       </c>
       <c r="B507" s="3" t="s">
         <v>969</v>
       </c>
       <c r="C507" s="3">
-        <v>660.21</v>
+        <v>510.79</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F507" s="3">
-        <v>59</v>
+        <v>118</v>
       </c>
       <c r="G507" s="3">
         <v>1</v>
       </c>
       <c r="H507" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I507" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A508" s="3" t="s">
         <v>970</v>
       </c>
       <c r="B508" s="3" t="s">
         <v>971</v>
       </c>
       <c r="C508" s="3">
-        <v>626.28</v>
+        <v>7120.03</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F508" s="3">
-        <v>34</v>
+        <v>4</v>
       </c>
       <c r="G508" s="3">
         <v>1</v>
       </c>
       <c r="H508" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I508" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A509" s="3" t="s">
         <v>972</v>
       </c>
       <c r="B509" s="3" t="s">
         <v>973</v>
       </c>
       <c r="C509" s="3">
-        <v>436.57</v>
+        <v>677.45</v>
       </c>
       <c r="D509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F509" s="3">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="G509" s="3">
         <v>1</v>
       </c>
       <c r="H509" s="3">
         <v>25</v>
       </c>
       <c r="I509" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510" s="3" t="s">
         <v>974</v>
       </c>
       <c r="B510" s="3" t="s">
         <v>975</v>
       </c>
       <c r="C510" s="3">
-        <v>463.54</v>
+        <v>479.55</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F510" s="3">
-        <v>767</v>
+        <v>0</v>
       </c>
       <c r="G510" s="3">
         <v>1</v>
       </c>
       <c r="H510" s="3">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I510" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511" s="3" t="s">
         <v>976</v>
       </c>
       <c r="B511" s="3" t="s">
         <v>977</v>
       </c>
       <c r="C511" s="3">
-        <v>775.96</v>
+        <v>383.64</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F511" s="3">
-        <v>109</v>
+        <v>49</v>
       </c>
       <c r="G511" s="3">
         <v>1</v>
       </c>
       <c r="H511" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I511" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512" s="3" t="s">
         <v>978</v>
       </c>
       <c r="B512" s="3" t="s">
         <v>979</v>
       </c>
       <c r="C512" s="3">
-        <v>676.66</v>
+        <v>1968.08</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F512" s="3">
-        <v>169</v>
+        <v>1</v>
       </c>
       <c r="G512" s="3">
         <v>1</v>
       </c>
       <c r="H512" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I512" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513" s="3" t="s">
         <v>980</v>
       </c>
       <c r="B513" s="3" t="s">
         <v>981</v>
       </c>
       <c r="C513" s="3">
-        <v>346.06</v>
+        <v>1654.45</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F513" s="3">
-        <v>111</v>
+        <v>140</v>
       </c>
       <c r="G513" s="3">
         <v>1</v>
       </c>
       <c r="H513" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I513" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="3" t="s">
         <v>982</v>
       </c>
       <c r="B514" s="3" t="s">
         <v>983</v>
       </c>
       <c r="C514" s="3">
-        <v>484.76</v>
+        <v>1390.7</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F514" s="3">
-        <v>15</v>
+        <v>555</v>
       </c>
       <c r="G514" s="3">
         <v>1</v>
       </c>
       <c r="H514" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I514" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A515" s="3" t="s">
         <v>984</v>
       </c>
       <c r="B515" s="3" t="s">
         <v>985</v>
       </c>
       <c r="C515" s="3">
-        <v>1419.11</v>
+        <v>1942.18</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F515" s="3">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="G515" s="3">
         <v>1</v>
       </c>
       <c r="H515" s="3">
         <v>10</v>
       </c>
       <c r="I515" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A516" s="3" t="s">
         <v>986</v>
       </c>
       <c r="B516" s="3" t="s">
         <v>987</v>
       </c>
       <c r="C516" s="3">
-        <v>525.34</v>
+        <v>2637.53</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F516" s="3">
-        <v>147</v>
+        <v>7</v>
       </c>
       <c r="G516" s="3">
         <v>1</v>
       </c>
       <c r="H516" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I516" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517" s="3" t="s">
         <v>988</v>
       </c>
       <c r="B517" s="3" t="s">
         <v>989</v>
       </c>
       <c r="C517" s="3">
-        <v>509.45</v>
+        <v>5275.05</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F517" s="3">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G517" s="3">
         <v>1</v>
       </c>
       <c r="H517" s="3">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="I517" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="3" t="s">
         <v>990</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>991</v>
       </c>
       <c r="C518" s="3">
-        <v>526.61</v>
+        <v>719.33</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F518" s="3">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="G518" s="3">
         <v>1</v>
       </c>
       <c r="H518" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I518" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="3" t="s">
         <v>992</v>
       </c>
       <c r="B519" s="3" t="s">
         <v>993</v>
       </c>
       <c r="C519" s="3">
-        <v>466.45</v>
+        <v>647.39</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F519" s="3">
-        <v>152</v>
+        <v>53</v>
       </c>
       <c r="G519" s="3">
         <v>1</v>
       </c>
       <c r="H519" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I519" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A520" s="3" t="s">
         <v>994</v>
       </c>
       <c r="B520" s="3" t="s">
         <v>995</v>
       </c>
       <c r="C520" s="3">
-        <v>5600.56</v>
+        <v>474.38</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F520" s="3">
-        <v>7</v>
+        <v>72</v>
       </c>
       <c r="G520" s="3">
         <v>1</v>
       </c>
       <c r="H520" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I520" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="3" t="s">
         <v>996</v>
       </c>
       <c r="B521" s="3" t="s">
         <v>997</v>
       </c>
       <c r="C521" s="3">
-        <v>377.23</v>
+        <v>535.56</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F521" s="3">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="G521" s="3">
         <v>1</v>
       </c>
       <c r="H521" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I521" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="3" t="s">
         <v>998</v>
       </c>
       <c r="B522" s="3" t="s">
         <v>999</v>
       </c>
       <c r="C522" s="3">
-        <v>1862.56</v>
+        <v>4076.17</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F522" s="3">
         <v>0</v>
       </c>
       <c r="G522" s="3">
         <v>1</v>
       </c>
       <c r="H522" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I522" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A523" s="3" t="s">
         <v>1000</v>
       </c>
       <c r="B523" s="3" t="s">
         <v>1001</v>
       </c>
       <c r="C523" s="3">
-        <v>6129.94</v>
+        <v>6234.15</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F523" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G523" s="3">
         <v>1</v>
       </c>
       <c r="H523" s="3">
         <v>1</v>
       </c>
       <c r="I523" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="B524" s="3" t="s">
         <v>1003</v>
       </c>
       <c r="C524" s="3">
-        <v>1909.71</v>
+        <v>996.95</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F524" s="3">
-        <v>7</v>
+        <v>150</v>
       </c>
       <c r="G524" s="3">
         <v>1</v>
       </c>
       <c r="H524" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I524" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="B525" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="C525" s="3">
-        <v>471.53</v>
+        <v>2900.17</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F525" s="3">
-        <v>30</v>
+        <v>99</v>
       </c>
       <c r="G525" s="3">
         <v>1</v>
       </c>
       <c r="H525" s="3">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="I525" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="3" t="s">
         <v>1006</v>
       </c>
       <c r="B526" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="C526" s="3">
-        <v>5186.87</v>
+        <v>443.99</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F526" s="3">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="G526" s="3">
         <v>1</v>
       </c>
       <c r="H526" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I526" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A527" s="3" t="s">
         <v>1008</v>
       </c>
       <c r="B527" s="3" t="s">
         <v>1009</v>
       </c>
       <c r="C527" s="3">
-        <v>1421.52</v>
+        <v>6047.63</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F527" s="3">
-        <v>315</v>
+        <v>51</v>
       </c>
       <c r="G527" s="3">
         <v>1</v>
       </c>
       <c r="H527" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I527" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528" s="3" t="s">
         <v>1010</v>
       </c>
       <c r="B528" s="3" t="s">
         <v>1011</v>
       </c>
       <c r="C528" s="3">
-        <v>1595.41</v>
+        <v>11134.01</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E528" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F528" s="3">
-        <v>92</v>
+        <v>7</v>
       </c>
       <c r="G528" s="3">
         <v>1</v>
       </c>
       <c r="H528" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I528" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A529" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="B529" s="3" t="s">
         <v>1013</v>
       </c>
       <c r="C529" s="3">
-        <v>4635.37</v>
+        <v>14122.88</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F529" s="3">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="G529" s="3">
         <v>1</v>
       </c>
       <c r="H529" s="3">
         <v>1</v>
       </c>
       <c r="I529" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A530" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="B530" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="C530" s="3">
-        <v>1595.41</v>
+        <v>1012.05</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F530" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G530" s="3">
         <v>1</v>
       </c>
       <c r="H530" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I530" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="3" t="s">
         <v>1016</v>
       </c>
       <c r="B531" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="C531" s="3">
-        <v>1124.88</v>
+        <v>3111.75</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F531" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G531" s="3">
         <v>1</v>
       </c>
       <c r="H531" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I531" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A532" s="3" t="s">
         <v>1018</v>
       </c>
       <c r="B532" s="3" t="s">
         <v>1019</v>
       </c>
       <c r="C532" s="3">
-        <v>980.29</v>
+        <v>498.1</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F532" s="3">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="G532" s="3">
         <v>1</v>
       </c>
       <c r="H532" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I532" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A533" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="B533" s="3" t="s">
         <v>1021</v>
       </c>
       <c r="C533" s="3">
-        <v>11966.5</v>
+        <v>671.43</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F533" s="3">
-        <v>13</v>
+        <v>162</v>
       </c>
       <c r="G533" s="3">
         <v>1</v>
       </c>
       <c r="H533" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I533" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="3" t="s">
         <v>1022</v>
       </c>
       <c r="B534" s="3" t="s">
         <v>1023</v>
       </c>
       <c r="C534" s="3">
-        <v>5946.54</v>
+        <v>636.93</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F534" s="3">
-        <v>16</v>
+        <v>165</v>
       </c>
       <c r="G534" s="3">
         <v>1</v>
       </c>
       <c r="H534" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I534" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535" s="3" t="s">
         <v>1024</v>
       </c>
       <c r="B535" s="3" t="s">
         <v>1025</v>
       </c>
       <c r="C535" s="3">
-        <v>10947.9</v>
+        <v>1443.23</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F535" s="3">
-        <v>7</v>
+        <v>138</v>
       </c>
       <c r="G535" s="3">
         <v>1</v>
       </c>
       <c r="H535" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I535" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="3" t="s">
         <v>1026</v>
       </c>
       <c r="B536" s="3" t="s">
         <v>1027</v>
       </c>
       <c r="C536" s="3">
-        <v>8019.43</v>
+        <v>513.32</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F536" s="3">
-        <v>6</v>
+        <v>128</v>
       </c>
       <c r="G536" s="3">
         <v>1</v>
       </c>
       <c r="H536" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="I536" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A537" s="3" t="s">
         <v>1028</v>
       </c>
       <c r="B537" s="3" t="s">
         <v>1029</v>
       </c>
       <c r="C537" s="3">
-        <v>666.13</v>
+        <v>471.42</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E537" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F537" s="3">
-        <v>257</v>
+        <v>0</v>
       </c>
       <c r="G537" s="3">
         <v>1</v>
       </c>
       <c r="H537" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I537" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="B538" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="C538" s="3">
-        <v>995.13</v>
+        <v>1260.07</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F538" s="3">
-        <v>84</v>
+        <v>47</v>
       </c>
       <c r="G538" s="3">
         <v>1</v>
       </c>
       <c r="H538" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I538" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="3" t="s">
         <v>1032</v>
       </c>
       <c r="B539" s="3" t="s">
         <v>1033</v>
       </c>
       <c r="C539" s="3">
-        <v>502.25</v>
+        <v>351.94</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F539" s="3">
-        <v>0</v>
+        <v>185</v>
       </c>
       <c r="G539" s="3">
         <v>1</v>
       </c>
       <c r="H539" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I539" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A540" s="3" t="s">
         <v>1034</v>
       </c>
       <c r="B540" s="3" t="s">
         <v>1035</v>
       </c>
       <c r="C540" s="3">
-        <v>2851.69</v>
+        <v>1894.22</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E540" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F540" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G540" s="3">
         <v>1</v>
       </c>
       <c r="H540" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I540" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541" s="3" t="s">
         <v>1036</v>
       </c>
       <c r="B541" s="3" t="s">
         <v>1037</v>
       </c>
       <c r="C541" s="3">
-        <v>2593.44</v>
+        <v>1445.69</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F541" s="3">
-        <v>12</v>
+        <v>140</v>
       </c>
       <c r="G541" s="3">
         <v>1</v>
       </c>
       <c r="H541" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I541" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="3" t="s">
         <v>1038</v>
       </c>
       <c r="B542" s="3" t="s">
         <v>1039</v>
       </c>
       <c r="C542" s="3">
-        <v>1626.79</v>
+        <v>1144</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F542" s="3">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G542" s="3">
         <v>1</v>
       </c>
       <c r="H542" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I542" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543" s="3" t="s">
         <v>1040</v>
       </c>
       <c r="B543" s="3" t="s">
         <v>1041</v>
       </c>
       <c r="C543" s="3">
-        <v>501.83</v>
+        <v>493</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F543" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G543" s="3">
         <v>1</v>
       </c>
       <c r="H543" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I543" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A544" s="3" t="s">
         <v>1042</v>
       </c>
       <c r="B544" s="3" t="s">
         <v>1043</v>
       </c>
       <c r="C544" s="3">
-        <v>636.57</v>
+        <v>518.11</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F544" s="3">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="G544" s="3">
         <v>1</v>
       </c>
       <c r="H544" s="3">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="I544" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545" s="3" t="s">
         <v>1044</v>
       </c>
       <c r="B545" s="3" t="s">
         <v>1045</v>
       </c>
       <c r="C545" s="3">
-        <v>1935.18</v>
+        <v>534.27</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F545" s="3">
-        <v>1</v>
+        <v>275</v>
       </c>
       <c r="G545" s="3">
         <v>1</v>
       </c>
       <c r="H545" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I545" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="3" t="s">
         <v>1046</v>
       </c>
       <c r="B546" s="3" t="s">
         <v>1047</v>
       </c>
       <c r="C546" s="3">
-        <v>1367.45</v>
+        <v>8155.76</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F546" s="3">
-        <v>68</v>
+        <v>8</v>
       </c>
       <c r="G546" s="3">
         <v>1</v>
       </c>
       <c r="H546" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I546" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A547" s="3" t="s">
         <v>1048</v>
       </c>
       <c r="B547" s="3" t="s">
         <v>1049</v>
       </c>
       <c r="C547" s="3">
-        <v>4008.03</v>
+        <v>789.15</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F547" s="3">
-        <v>10</v>
+        <v>94</v>
       </c>
       <c r="G547" s="3">
         <v>1</v>
       </c>
       <c r="H547" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I547" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="3" t="s">
         <v>1050</v>
       </c>
       <c r="B548" s="3" t="s">
         <v>1051</v>
       </c>
       <c r="C548" s="3">
-        <v>707.31</v>
+        <v>571.71</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F548" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G548" s="3">
         <v>1</v>
       </c>
       <c r="H548" s="3">
         <v>25</v>
       </c>
       <c r="I548" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A549" s="3" t="s">
+      <c r="A549" s="2" t="s">
         <v>1052</v>
       </c>
-      <c r="B549" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B549" s="2"/>
+      <c r="C549" s="2"/>
+      <c r="D549" s="2"/>
+      <c r="E549" s="2"/>
+      <c r="F549" s="2"/>
+      <c r="G549" s="2"/>
+      <c r="H549" s="2"/>
+      <c r="I549" s="2"/>
     </row>
     <row r="550" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A550" s="3" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B550" s="3" t="s">
         <v>1054</v>
       </c>
-      <c r="B550" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C550" s="3">
-        <v>13886.8</v>
+        <v>2847.82</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F550" s="3">
-        <v>9</v>
+        <v>505</v>
       </c>
       <c r="G550" s="3">
         <v>1</v>
       </c>
       <c r="H550" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I550" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="551" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A551" s="3" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B551" s="3" t="s">
         <v>1056</v>
       </c>
-      <c r="B551" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C551" s="3">
-        <v>7001.01</v>
+        <v>561.94</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F551" s="3">
-        <v>6</v>
+        <v>117</v>
       </c>
       <c r="G551" s="3">
         <v>1</v>
       </c>
       <c r="H551" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I551" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="552" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A552" s="3" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B552" s="3" t="s">
         <v>1058</v>
       </c>
-      <c r="B552" s="3" t="s">
+      <c r="C552" s="3">
+        <v>561.94</v>
+      </c>
+      <c r="D552" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E552" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F552" s="3">
+        <v>598</v>
+      </c>
+      <c r="G552" s="3">
+        <v>1</v>
+      </c>
+      <c r="H552" s="3">
+        <v>100</v>
+      </c>
+      <c r="I552" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="553" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A553" s="2" t="s">
         <v>1059</v>
       </c>
-      <c r="C552" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B553" s="2"/>
+      <c r="C553" s="2"/>
+      <c r="D553" s="2"/>
+      <c r="E553" s="2"/>
+      <c r="F553" s="2"/>
+      <c r="G553" s="2"/>
+      <c r="H553" s="2"/>
+      <c r="I553" s="2"/>
     </row>
     <row r="554" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A554" s="3" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="B554" s="3" t="s">
-        <v>1063</v>
+        <v>1061</v>
       </c>
       <c r="C554" s="3">
-        <v>489.77</v>
+        <v>15782.61</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F554" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G554" s="3">
         <v>1</v>
       </c>
       <c r="H554" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I554" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="555" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A555" s="3" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B555" s="3" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C555" s="3">
+        <v>14427.51</v>
+      </c>
+      <c r="D555" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E555" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F555" s="3">
+        <v>0</v>
+      </c>
+      <c r="G555" s="3">
+        <v>1</v>
+      </c>
+      <c r="H555" s="3">
+        <v>5</v>
+      </c>
+      <c r="I555" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="556" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A556" s="3" t="s">
         <v>1064</v>
       </c>
-      <c r="B555" s="3" t="s">
+      <c r="B556" s="3" t="s">
         <v>1065</v>
       </c>
-      <c r="C555" s="3">
-[...32 lines deleted...]
-      <c r="I556" s="2"/>
+      <c r="C556" s="3">
+        <v>3329.31</v>
+      </c>
+      <c r="D556" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E556" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F556" s="3">
+        <v>13</v>
+      </c>
+      <c r="G556" s="3">
+        <v>1</v>
+      </c>
+      <c r="H556" s="3">
+        <v>10</v>
+      </c>
+      <c r="I556" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="557" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A557" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B557" s="3" t="s">
         <v>1067</v>
       </c>
-      <c r="B557" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C557" s="3">
-        <v>552.55</v>
+        <v>4045.95</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F557" s="3">
-        <v>4</v>
+        <v>46</v>
       </c>
       <c r="G557" s="3">
         <v>1</v>
       </c>
       <c r="H557" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I557" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="558" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A558" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B558" s="3" t="s">
         <v>1069</v>
       </c>
-      <c r="B558" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C558" s="3">
-        <v>552.55</v>
+        <v>6836.99</v>
       </c>
       <c r="D558" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F558" s="3">
-        <v>490</v>
+        <v>13</v>
       </c>
       <c r="G558" s="3">
         <v>1</v>
       </c>
       <c r="H558" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I558" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="559" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A559" s="3" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B559" s="3" t="s">
         <v>1071</v>
       </c>
-      <c r="B559" s="3" t="s">
+      <c r="C559" s="3">
+        <v>5491.8</v>
+      </c>
+      <c r="D559" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E559" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F559" s="3">
+        <v>104</v>
+      </c>
+      <c r="G559" s="3">
+        <v>1</v>
+      </c>
+      <c r="H559" s="3">
+        <v>5</v>
+      </c>
+      <c r="I559" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="560" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A560" s="3" t="s">
         <v>1072</v>
       </c>
-      <c r="C559" s="3">
-[...22 lines deleted...]
-      <c r="A560" s="2" t="s">
+      <c r="B560" s="3" t="s">
         <v>1073</v>
       </c>
-      <c r="B560" s="2"/>
-[...6 lines deleted...]
-      <c r="I560" s="2"/>
+      <c r="C560" s="3">
+        <v>3259.24</v>
+      </c>
+      <c r="D560" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E560" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F560" s="3">
+        <v>64</v>
+      </c>
+      <c r="G560" s="3">
+        <v>1</v>
+      </c>
+      <c r="H560" s="3">
+        <v>10</v>
+      </c>
+      <c r="I560" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="561" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A561" s="3" t="s">
+      <c r="A561" s="2" t="s">
         <v>1074</v>
       </c>
-      <c r="B561" s="3" t="s">
+      <c r="B561" s="2"/>
+      <c r="C561" s="2"/>
+      <c r="D561" s="2"/>
+      <c r="E561" s="2"/>
+      <c r="F561" s="2"/>
+      <c r="G561" s="2"/>
+      <c r="H561" s="2"/>
+      <c r="I561" s="2"/>
+    </row>
+    <row r="562" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A562" s="2" t="s">
         <v>1075</v>
       </c>
-      <c r="C561" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B562" s="2"/>
+      <c r="C562" s="2"/>
+      <c r="D562" s="2"/>
+      <c r="E562" s="2"/>
+      <c r="F562" s="2"/>
+      <c r="G562" s="2"/>
+      <c r="H562" s="2"/>
+      <c r="I562" s="2"/>
     </row>
     <row r="563" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A563" s="3" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
       <c r="B563" s="3" t="s">
-        <v>1079</v>
+        <v>1077</v>
       </c>
       <c r="C563" s="3">
-        <v>3978.32</v>
+        <v>512.26</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F563" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G563" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H563" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I563" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A564" s="3" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="B564" s="3" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
       <c r="C564" s="3">
-        <v>3273.66</v>
+        <v>445.78</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F564" s="3">
-        <v>9</v>
+        <v>158</v>
       </c>
       <c r="G564" s="3">
         <v>1</v>
       </c>
       <c r="H564" s="3">
         <v>10</v>
       </c>
       <c r="I564" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="565" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A565" s="3" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
       <c r="B565" s="3" t="s">
-        <v>1083</v>
+        <v>1081</v>
       </c>
       <c r="C565" s="3">
-        <v>6722.7</v>
+        <v>520</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F565" s="3">
-        <v>3</v>
+        <v>59</v>
       </c>
       <c r="G565" s="3">
         <v>1</v>
       </c>
       <c r="H565" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I565" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="566" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A566" s="3" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="B566" s="3" t="s">
-        <v>1085</v>
+        <v>1083</v>
       </c>
       <c r="C566" s="3">
-        <v>2016.44</v>
+        <v>705.78</v>
       </c>
       <c r="D566" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F566" s="3">
         <v>0</v>
       </c>
       <c r="G566" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H566" s="3">
         <v>10</v>
       </c>
       <c r="I566" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="567" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A567" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A567" s="2" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B567" s="2"/>
+      <c r="C567" s="2"/>
+      <c r="D567" s="2"/>
+      <c r="E567" s="2"/>
+      <c r="F567" s="2"/>
+      <c r="G567" s="2"/>
+      <c r="H567" s="2"/>
+      <c r="I567" s="2"/>
     </row>
     <row r="568" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A568" s="3" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B568" s="3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C568" s="3">
+        <v>66.93</v>
+      </c>
+      <c r="D568" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E568" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F568" s="3">
+        <v>783</v>
+      </c>
+      <c r="G568" s="3">
+        <v>1</v>
+      </c>
+      <c r="H568" s="3">
+        <v>100</v>
+      </c>
+      <c r="I568" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="569" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A569" s="3" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B569" s="3" t="s">
         <v>1088</v>
       </c>
-      <c r="B568" s="3" t="s">
+      <c r="C569" s="3">
+        <v>78.47</v>
+      </c>
+      <c r="D569" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E569" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F569" s="3">
+        <v>418</v>
+      </c>
+      <c r="G569" s="3">
+        <v>1</v>
+      </c>
+      <c r="H569" s="3">
+        <v>10</v>
+      </c>
+      <c r="I569" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="570" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A570" s="3" t="s">
         <v>1089</v>
       </c>
-      <c r="C568" s="3">
-[...8 lines deleted...]
-      <c r="F568" s="3">
+      <c r="B570" s="3" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C570" s="3">
+        <v>409.56</v>
+      </c>
+      <c r="D570" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E570" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="F570" s="3">
         <v>0</v>
       </c>
-      <c r="G568" s="3">
-[...2 lines deleted...]
-      <c r="H568" s="3">
+      <c r="G570" s="3">
+        <v>1</v>
+      </c>
+      <c r="H570" s="3">
+        <v>50</v>
+      </c>
+      <c r="I570" s="3">
         <v>5</v>
       </c>
-      <c r="I568" s="3">
-[...27 lines deleted...]
-      <c r="I570" s="2"/>
     </row>
     <row r="571" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A571" s="3" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B571" s="3" t="s">
         <v>1092</v>
       </c>
-      <c r="B571" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C571" s="3">
-        <v>1457.42</v>
+        <v>95.18</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F571" s="3">
-        <v>625</v>
+        <v>376</v>
       </c>
       <c r="G571" s="3">
         <v>1</v>
       </c>
       <c r="H571" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I571" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="572" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A572" s="3" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B572" s="3" t="s">
         <v>1094</v>
       </c>
-      <c r="B572" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C572" s="3">
-        <v>4250</v>
+        <v>186.06</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F572" s="3">
-        <v>654</v>
+        <v>250</v>
       </c>
       <c r="G572" s="3">
         <v>1</v>
       </c>
       <c r="H572" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I572" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="573" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A573" s="3" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B573" s="3" t="s">
         <v>1096</v>
       </c>
-      <c r="B573" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C573" s="3">
-        <v>4477.04</v>
+        <v>106.25</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E573" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F573" s="3">
-        <v>0</v>
+        <v>696</v>
       </c>
       <c r="G573" s="3">
         <v>1</v>
       </c>
       <c r="H573" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I573" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="574" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A574" s="3" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B574" s="3" t="s">
         <v>1098</v>
       </c>
-      <c r="B574" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C574" s="3">
-        <v>1000</v>
+        <v>97.3</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E574" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F574" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G574" s="3">
         <v>1</v>
       </c>
       <c r="H574" s="3">
         <v>10</v>
       </c>
       <c r="I574" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="575" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A575" s="3" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B575" s="3" t="s">
         <v>1100</v>
       </c>
-      <c r="B575" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C575" s="3">
-        <v>2740</v>
+        <v>188.93</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F575" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="G575" s="3">
         <v>1</v>
       </c>
       <c r="H575" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I575" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="576" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A576" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B576" s="3" t="s">
         <v>1102</v>
       </c>
-      <c r="B576" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C576" s="3">
-        <v>1390.39</v>
+        <v>142.24</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F576" s="3">
         <v>0</v>
       </c>
       <c r="G576" s="3">
         <v>1</v>
       </c>
       <c r="H576" s="3">
         <v>10</v>
       </c>
       <c r="I576" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="577" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A577" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B577" s="3" t="s">
         <v>1104</v>
       </c>
-      <c r="B577" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C577" s="3">
-        <v>2159.49</v>
+        <v>122.58</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F577" s="3">
         <v>0</v>
       </c>
       <c r="G577" s="3">
         <v>1</v>
       </c>
       <c r="H577" s="3">
         <v>10</v>
       </c>
       <c r="I577" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="578" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A578" s="3" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B578" s="3" t="s">
         <v>1106</v>
       </c>
-      <c r="B578" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C578" s="3">
-        <v>3200</v>
+        <v>93.86</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F578" s="3">
-        <v>35</v>
+        <v>267</v>
       </c>
       <c r="G578" s="3">
         <v>1</v>
       </c>
       <c r="H578" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I578" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="579" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A579" s="3" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B579" s="3" t="s">
         <v>1108</v>
       </c>
-      <c r="B579" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C579" s="3">
-        <v>4100</v>
+        <v>43.09</v>
       </c>
       <c r="D579" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E579" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F579" s="3">
-        <v>239</v>
+        <v>379</v>
       </c>
       <c r="G579" s="3">
         <v>1</v>
       </c>
       <c r="H579" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I579" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="580" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A580" s="3" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B580" s="3" t="s">
         <v>1110</v>
       </c>
-      <c r="B580" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C580" s="3">
-        <v>1350</v>
+        <v>48.13</v>
       </c>
       <c r="D580" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E580" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F580" s="3">
-        <v>708</v>
+        <v>459</v>
       </c>
       <c r="G580" s="3">
         <v>1</v>
       </c>
       <c r="H580" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I580" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="581" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A581" s="3" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B581" s="3" t="s">
         <v>1112</v>
       </c>
-      <c r="B581" s="3" t="s">
+      <c r="C581" s="3">
+        <v>87.84</v>
+      </c>
+      <c r="D581" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E581" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F581" s="3">
+        <v>273</v>
+      </c>
+      <c r="G581" s="3">
+        <v>1</v>
+      </c>
+      <c r="H581" s="3">
+        <v>100</v>
+      </c>
+      <c r="I581" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="582" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A582" s="2" t="s">
         <v>1113</v>
       </c>
-      <c r="C581" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B582" s="2"/>
+      <c r="C582" s="2"/>
+      <c r="D582" s="2"/>
+      <c r="E582" s="2"/>
+      <c r="F582" s="2"/>
+      <c r="G582" s="2"/>
+      <c r="H582" s="2"/>
+      <c r="I582" s="2"/>
     </row>
     <row r="583" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A583" s="3" t="s">
-        <v>1116</v>
+        <v>1114</v>
       </c>
       <c r="B583" s="3" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="C583" s="3">
-        <v>714.42</v>
+        <v>154.18</v>
       </c>
       <c r="D583" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E583" s="3" t="s">
-        <v>95</v>
+        <v>335</v>
       </c>
       <c r="F583" s="3">
-        <v>3728</v>
+        <v>0</v>
       </c>
       <c r="G583" s="3">
         <v>1</v>
       </c>
       <c r="H583" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I583" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="584" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A584" s="3" t="s">
-        <v>1118</v>
+        <v>1116</v>
       </c>
       <c r="B584" s="3" t="s">
-        <v>1119</v>
+        <v>1117</v>
       </c>
       <c r="C584" s="3">
-        <v>500.93</v>
+        <v>62.75</v>
       </c>
       <c r="D584" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F584" s="3">
-        <v>770</v>
+        <v>227</v>
       </c>
       <c r="G584" s="3">
         <v>1</v>
       </c>
       <c r="H584" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I584" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="585" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A585" s="3" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="B585" s="3" t="s">
-        <v>1121</v>
+        <v>1119</v>
       </c>
       <c r="C585" s="3">
-        <v>590</v>
+        <v>79.16</v>
       </c>
       <c r="D585" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F585" s="3">
-        <v>241</v>
+        <v>48</v>
       </c>
       <c r="G585" s="3">
         <v>1</v>
       </c>
       <c r="H585" s="3">
         <v>10</v>
       </c>
       <c r="I585" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="586" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A586" s="3" t="s">
-        <v>1122</v>
+        <v>1120</v>
       </c>
       <c r="B586" s="3" t="s">
-        <v>1123</v>
+        <v>1121</v>
       </c>
       <c r="C586" s="3">
-        <v>510.99</v>
+        <v>108.14</v>
       </c>
       <c r="D586" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F586" s="3">
+        <v>609</v>
+      </c>
+      <c r="G586" s="3">
+        <v>1</v>
+      </c>
+      <c r="H586" s="3">
+        <v>10</v>
+      </c>
+      <c r="I586" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="587" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A587" s="3" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="B587" s="3" t="s">
-        <v>1125</v>
+        <v>1123</v>
       </c>
       <c r="C587" s="3">
-        <v>1800.34</v>
+        <v>88.04</v>
       </c>
       <c r="D587" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F587" s="3">
-        <v>0</v>
+        <v>854</v>
       </c>
       <c r="G587" s="3">
         <v>1</v>
       </c>
       <c r="H587" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I587" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A588" s="3" t="s">
-        <v>1126</v>
+        <v>1124</v>
       </c>
       <c r="B588" s="3" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="C588" s="3">
-        <v>1390</v>
+        <v>78.09</v>
       </c>
       <c r="D588" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F588" s="3">
-        <v>0</v>
+        <v>1209</v>
       </c>
       <c r="G588" s="3">
         <v>1</v>
       </c>
       <c r="H588" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I588" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="589" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A589" s="3" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
       <c r="B589" s="3" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="C589" s="3">
-        <v>1650</v>
+        <v>112.73</v>
       </c>
       <c r="D589" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>95</v>
+        <v>335</v>
       </c>
       <c r="F589" s="3">
-        <v>1530</v>
+        <v>0</v>
       </c>
       <c r="G589" s="3">
         <v>1</v>
       </c>
       <c r="H589" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I589" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="590" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A590" s="3" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
       <c r="B590" s="3" t="s">
-        <v>1131</v>
+        <v>1127</v>
       </c>
       <c r="C590" s="3">
-        <v>1065</v>
+        <v>71.94</v>
       </c>
       <c r="D590" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E590" s="3" t="s">
-        <v>95</v>
+        <v>335</v>
       </c>
       <c r="F590" s="3">
+        <v>313</v>
+      </c>
+      <c r="G590" s="3">
+        <v>1</v>
+      </c>
+      <c r="H590" s="3">
+        <v>50</v>
+      </c>
+      <c r="I590" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="591" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A591" s="3" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="B591" s="3" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
       <c r="C591" s="3">
-        <v>1700</v>
+        <v>119.82</v>
       </c>
       <c r="D591" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E591" s="3" t="s">
-        <v>95</v>
+        <v>335</v>
       </c>
       <c r="F591" s="3">
-        <v>259</v>
+        <v>60</v>
       </c>
       <c r="G591" s="3">
         <v>1</v>
       </c>
       <c r="H591" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I591" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="592" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A592" s="3" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="B592" s="3" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
       <c r="C592" s="3">
-        <v>1800</v>
+        <v>39.83</v>
       </c>
       <c r="D592" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F592" s="3">
-        <v>58</v>
+        <v>2548</v>
       </c>
       <c r="G592" s="3">
         <v>1</v>
       </c>
       <c r="H592" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I592" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="593" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A593" s="3" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="B593" s="3" t="s">
-        <v>1137</v>
+        <v>1132</v>
       </c>
       <c r="C593" s="3">
-        <v>1288.16</v>
+        <v>35.19</v>
       </c>
       <c r="D593" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F593" s="3">
-        <v>0</v>
+        <v>829</v>
       </c>
       <c r="G593" s="3">
         <v>1</v>
       </c>
       <c r="H593" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I593" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="594" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A594" s="3" t="s">
-        <v>1138</v>
+        <v>1134</v>
       </c>
       <c r="B594" s="3" t="s">
-        <v>1139</v>
+        <v>1135</v>
       </c>
       <c r="C594" s="3">
-        <v>4826.3</v>
+        <v>46.95</v>
       </c>
       <c r="D594" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F594" s="3">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="G594" s="3">
         <v>1</v>
       </c>
       <c r="H594" s="3">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="I594" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="595" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A595" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A595" s="2" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B595" s="2"/>
+      <c r="C595" s="2"/>
+      <c r="D595" s="2"/>
+      <c r="E595" s="2"/>
+      <c r="F595" s="2"/>
+      <c r="G595" s="2"/>
+      <c r="H595" s="2"/>
+      <c r="I595" s="2"/>
     </row>
     <row r="596" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A596" s="3" t="s">
-        <v>1142</v>
+        <v>1137</v>
       </c>
       <c r="B596" s="3" t="s">
-        <v>1143</v>
+        <v>1138</v>
       </c>
       <c r="C596" s="3">
-        <v>1064.2</v>
+        <v>1439.09</v>
       </c>
       <c r="D596" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>95</v>
+        <v>335</v>
       </c>
       <c r="F596" s="3">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="G596" s="3">
         <v>1</v>
       </c>
       <c r="H596" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I596" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="597" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A597" s="3" t="s">
-        <v>1144</v>
+        <v>1139</v>
       </c>
       <c r="B597" s="3" t="s">
-        <v>1145</v>
+        <v>1140</v>
       </c>
       <c r="C597" s="3">
-        <v>3050</v>
+        <v>1028.95</v>
       </c>
       <c r="D597" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>95</v>
+        <v>335</v>
       </c>
       <c r="F597" s="3">
-        <v>0</v>
+        <v>79</v>
       </c>
       <c r="G597" s="3">
         <v>1</v>
       </c>
       <c r="H597" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I597" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="598" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A598" s="3" t="s">
-        <v>1146</v>
+        <v>1141</v>
       </c>
       <c r="B598" s="3" t="s">
-        <v>1147</v>
+        <v>1142</v>
       </c>
       <c r="C598" s="3">
-        <v>1800</v>
+        <v>2312.47</v>
       </c>
       <c r="D598" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>95</v>
+        <v>335</v>
       </c>
       <c r="F598" s="3">
-        <v>4229</v>
+        <v>0</v>
       </c>
       <c r="G598" s="3">
         <v>1</v>
       </c>
       <c r="H598" s="3">
         <v>6</v>
       </c>
       <c r="I598" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="599" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A599" s="3" t="s">
-        <v>1148</v>
+        <v>1143</v>
       </c>
       <c r="B599" s="3" t="s">
-        <v>1149</v>
+        <v>1144</v>
       </c>
       <c r="C599" s="3">
-        <v>730</v>
+        <v>731.07</v>
       </c>
       <c r="D599" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>95</v>
+        <v>335</v>
       </c>
       <c r="F599" s="3">
-        <v>2426</v>
+        <v>99</v>
       </c>
       <c r="G599" s="3">
         <v>1</v>
       </c>
       <c r="H599" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="I599" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="600" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A600" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A600" s="2" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B600" s="2"/>
+      <c r="C600" s="2"/>
+      <c r="D600" s="2"/>
+      <c r="E600" s="2"/>
+      <c r="F600" s="2"/>
+      <c r="G600" s="2"/>
+      <c r="H600" s="2"/>
+      <c r="I600" s="2"/>
     </row>
     <row r="601" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A601" s="3" t="s">
-        <v>1152</v>
+        <v>1146</v>
       </c>
       <c r="B601" s="3" t="s">
-        <v>1153</v>
+        <v>1147</v>
       </c>
       <c r="C601" s="3">
-        <v>1190.7</v>
+        <v>185.39</v>
       </c>
       <c r="D601" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F601" s="3">
-        <v>0</v>
+        <v>62</v>
       </c>
       <c r="G601" s="3">
         <v>1</v>
       </c>
       <c r="H601" s="3">
         <v>10</v>
       </c>
       <c r="I601" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="602" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A602" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A602" s="2" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B602" s="2"/>
+      <c r="C602" s="2"/>
+      <c r="D602" s="2"/>
+      <c r="E602" s="2"/>
+      <c r="F602" s="2"/>
+      <c r="G602" s="2"/>
+      <c r="H602" s="2"/>
+      <c r="I602" s="2"/>
     </row>
     <row r="603" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A603" s="3" t="s">
-        <v>1156</v>
+        <v>1149</v>
       </c>
       <c r="B603" s="3" t="s">
-        <v>1157</v>
+        <v>1150</v>
       </c>
       <c r="C603" s="3">
-        <v>7600</v>
+        <v>156.66</v>
       </c>
       <c r="D603" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E603" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F603" s="3">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="G603" s="3">
         <v>1</v>
       </c>
       <c r="H603" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I603" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="604" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A604" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A604" s="2" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B604" s="2"/>
+      <c r="C604" s="2"/>
+      <c r="D604" s="2"/>
+      <c r="E604" s="2"/>
+      <c r="F604" s="2"/>
+      <c r="G604" s="2"/>
+      <c r="H604" s="2"/>
+      <c r="I604" s="2"/>
     </row>
     <row r="605" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A605" s="3" t="s">
-        <v>1160</v>
+        <v>1152</v>
       </c>
       <c r="B605" s="3" t="s">
-        <v>1161</v>
+        <v>1153</v>
       </c>
       <c r="C605" s="3">
-        <v>6806.11</v>
+        <v>130.99</v>
       </c>
       <c r="D605" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E605" s="3" t="s">
-        <v>95</v>
+        <v>335</v>
       </c>
       <c r="F605" s="3">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="G605" s="3">
         <v>1</v>
       </c>
       <c r="H605" s="3">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="I605" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="606" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A606" s="3" t="s">
-        <v>1162</v>
+        <v>1154</v>
       </c>
       <c r="B606" s="3" t="s">
-        <v>1163</v>
+        <v>1155</v>
       </c>
       <c r="C606" s="3">
-        <v>4300</v>
+        <v>91.41</v>
       </c>
       <c r="D606" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E606" s="3" t="s">
-        <v>95</v>
+        <v>335</v>
       </c>
       <c r="F606" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G606" s="3">
         <v>1</v>
       </c>
       <c r="H606" s="3">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="I606" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="607" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A607" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A607" s="2" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B607" s="2"/>
+      <c r="C607" s="2"/>
+      <c r="D607" s="2"/>
+      <c r="E607" s="2"/>
+      <c r="F607" s="2"/>
+      <c r="G607" s="2"/>
+      <c r="H607" s="2"/>
+      <c r="I607" s="2"/>
     </row>
     <row r="608" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A608" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A608" s="2" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B608" s="2"/>
+      <c r="C608" s="2"/>
+      <c r="D608" s="2"/>
+      <c r="E608" s="2"/>
+      <c r="F608" s="2"/>
+      <c r="G608" s="2"/>
+      <c r="H608" s="2"/>
+      <c r="I608" s="2"/>
     </row>
     <row r="609" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A609" s="3" t="s">
-        <v>1168</v>
+        <v>1158</v>
       </c>
       <c r="B609" s="3" t="s">
-        <v>1169</v>
+        <v>1159</v>
       </c>
       <c r="C609" s="3">
-        <v>4020</v>
+        <v>1075.67</v>
       </c>
       <c r="D609" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E609" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F609" s="3">
-        <v>229</v>
+        <v>274</v>
       </c>
       <c r="G609" s="3">
         <v>1</v>
       </c>
       <c r="H609" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I609" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="610" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A610" s="3" t="s">
-        <v>1170</v>
+        <v>1160</v>
       </c>
       <c r="B610" s="3" t="s">
-        <v>1171</v>
+        <v>1161</v>
       </c>
       <c r="C610" s="3">
-        <v>3500.66</v>
+        <v>1290.81</v>
       </c>
       <c r="D610" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E610" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F610" s="3">
-        <v>27</v>
+        <v>649</v>
       </c>
       <c r="G610" s="3">
         <v>1</v>
       </c>
       <c r="H610" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I610" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="611" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A611" s="3" t="s">
-        <v>1172</v>
+        <v>1162</v>
       </c>
       <c r="B611" s="3" t="s">
-        <v>1173</v>
+        <v>1163</v>
       </c>
       <c r="C611" s="3">
-        <v>5860</v>
+        <v>1721.08</v>
       </c>
       <c r="D611" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E611" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F611" s="3">
-        <v>0</v>
+        <v>4339</v>
       </c>
       <c r="G611" s="3">
         <v>1</v>
       </c>
       <c r="H611" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I611" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="612" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A612" s="3" t="s">
-        <v>1174</v>
+        <v>1164</v>
       </c>
       <c r="B612" s="3" t="s">
-        <v>1175</v>
+        <v>1165</v>
       </c>
       <c r="C612" s="3">
-        <v>1064.2</v>
+        <v>2796.75</v>
       </c>
       <c r="D612" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E612" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F612" s="3">
-        <v>0</v>
+        <v>437</v>
       </c>
       <c r="G612" s="3">
         <v>1</v>
       </c>
       <c r="H612" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I612" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="613" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A613" s="3" t="s">
-        <v>1176</v>
+        <v>1166</v>
       </c>
       <c r="B613" s="3" t="s">
-        <v>1177</v>
+        <v>1167</v>
       </c>
       <c r="C613" s="3">
-        <v>1590</v>
+        <v>3768.35</v>
       </c>
       <c r="D613" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E613" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F613" s="3">
-        <v>170</v>
+        <v>561</v>
       </c>
       <c r="G613" s="3">
         <v>1</v>
       </c>
       <c r="H613" s="3">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="I613" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="614" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A614" s="3" t="s">
-        <v>1178</v>
+        <v>1168</v>
       </c>
       <c r="B614" s="3" t="s">
-        <v>1179</v>
+        <v>1169</v>
       </c>
       <c r="C614" s="3">
-        <v>2010.96</v>
+        <v>2151.35</v>
       </c>
       <c r="D614" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E614" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F614" s="3">
-        <v>42</v>
+        <v>494</v>
       </c>
       <c r="G614" s="3">
         <v>1</v>
       </c>
       <c r="H614" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I614" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="615" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A615" s="3" t="s">
-        <v>1180</v>
+        <v>1170</v>
       </c>
       <c r="B615" s="3" t="s">
-        <v>1181</v>
+        <v>1171</v>
       </c>
       <c r="C615" s="3">
-        <v>1230</v>
+        <v>4605.93</v>
       </c>
       <c r="D615" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E615" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F615" s="3">
-        <v>201</v>
+        <v>282</v>
       </c>
       <c r="G615" s="3">
         <v>1</v>
       </c>
       <c r="H615" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I615" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="616" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A616" s="3" t="s">
-        <v>1182</v>
+        <v>1172</v>
       </c>
       <c r="B616" s="3" t="s">
-        <v>1183</v>
+        <v>1173</v>
       </c>
       <c r="C616" s="3">
-        <v>1435</v>
+        <v>1682.31</v>
       </c>
       <c r="D616" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E616" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F616" s="3">
-        <v>0</v>
+        <v>282</v>
       </c>
       <c r="G616" s="3">
         <v>1</v>
       </c>
       <c r="H616" s="3">
         <v>10</v>
       </c>
       <c r="I616" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="617" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A617" s="3" t="s">
-        <v>1184</v>
+        <v>1174</v>
       </c>
       <c r="B617" s="3" t="s">
-        <v>1185</v>
+        <v>1175</v>
       </c>
       <c r="C617" s="3">
-        <v>3540</v>
+        <v>2285.6</v>
       </c>
       <c r="D617" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E617" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F617" s="3">
-        <v>0</v>
+        <v>917</v>
       </c>
       <c r="G617" s="3">
         <v>1</v>
       </c>
       <c r="H617" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I617" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="618" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A618" s="3" t="s">
-        <v>1186</v>
+        <v>1176</v>
       </c>
       <c r="B618" s="3" t="s">
-        <v>1187</v>
+        <v>1177</v>
       </c>
       <c r="C618" s="3">
-        <v>15070</v>
+        <v>1635.46</v>
       </c>
       <c r="D618" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E618" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F618" s="3">
-        <v>17</v>
+        <v>434</v>
       </c>
       <c r="G618" s="3">
         <v>1</v>
       </c>
       <c r="H618" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I618" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="619" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A619" s="3" t="s">
-        <v>1188</v>
+        <v>1178</v>
       </c>
       <c r="B619" s="3" t="s">
-        <v>1189</v>
+        <v>1179</v>
       </c>
       <c r="C619" s="3">
-        <v>18000</v>
+        <v>2776.57</v>
       </c>
       <c r="D619" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E619" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F619" s="3">
-        <v>62</v>
+        <v>167</v>
       </c>
       <c r="G619" s="3">
         <v>1</v>
       </c>
       <c r="H619" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I619" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="620" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A620" s="3" t="s">
-        <v>1190</v>
+        <v>1180</v>
       </c>
       <c r="B620" s="3" t="s">
-        <v>1191</v>
+        <v>1181</v>
       </c>
       <c r="C620" s="3">
-        <v>5337.63</v>
+        <v>7182.9</v>
       </c>
       <c r="D620" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E620" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F620" s="3">
-        <v>0</v>
+        <v>294</v>
       </c>
       <c r="G620" s="3">
         <v>1</v>
       </c>
       <c r="H620" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I620" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="621" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A621" s="3" t="s">
-        <v>1192</v>
+        <v>1182</v>
       </c>
       <c r="B621" s="3" t="s">
-        <v>1193</v>
+        <v>1183</v>
       </c>
       <c r="C621" s="3">
-        <v>1505.17</v>
+        <v>3657.29</v>
       </c>
       <c r="D621" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E621" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F621" s="3">
-        <v>0</v>
+        <v>697</v>
       </c>
       <c r="G621" s="3">
         <v>1</v>
       </c>
       <c r="H621" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I621" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="622" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A622" s="3" t="s">
-        <v>1194</v>
+        <v>1184</v>
       </c>
       <c r="B622" s="3" t="s">
-        <v>1195</v>
+        <v>1185</v>
       </c>
       <c r="C622" s="3">
-        <v>2060.75</v>
+        <v>5378.36</v>
       </c>
       <c r="D622" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E622" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F622" s="3">
-        <v>14</v>
+        <v>308</v>
       </c>
       <c r="G622" s="3">
         <v>1</v>
       </c>
       <c r="H622" s="3">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I622" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="623" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A623" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A623" s="2" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B623" s="2"/>
+      <c r="C623" s="2"/>
+      <c r="D623" s="2"/>
+      <c r="E623" s="2"/>
+      <c r="F623" s="2"/>
+      <c r="G623" s="2"/>
+      <c r="H623" s="2"/>
+      <c r="I623" s="2"/>
     </row>
     <row r="624" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A624" s="3" t="s">
-        <v>1198</v>
+        <v>1187</v>
       </c>
       <c r="B624" s="3" t="s">
-        <v>1199</v>
+        <v>1188</v>
       </c>
       <c r="C624" s="3">
-        <v>1750</v>
+        <v>2043.78</v>
       </c>
       <c r="D624" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E624" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F624" s="3">
-        <v>341</v>
+        <v>1559</v>
       </c>
       <c r="G624" s="3">
         <v>1</v>
       </c>
       <c r="H624" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I624" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="625" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A625" s="3" t="s">
-        <v>1200</v>
+        <v>1189</v>
       </c>
       <c r="B625" s="3" t="s">
-        <v>1201</v>
+        <v>1190</v>
       </c>
       <c r="C625" s="3">
-        <v>1600</v>
+        <v>2366.48</v>
       </c>
       <c r="D625" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E625" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F625" s="3">
-        <v>182</v>
+        <v>603</v>
       </c>
       <c r="G625" s="3">
         <v>1</v>
       </c>
       <c r="H625" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I625" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="626" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A626" s="3" t="s">
-        <v>1202</v>
+        <v>1191</v>
       </c>
       <c r="B626" s="3" t="s">
-        <v>1203</v>
+        <v>1192</v>
       </c>
       <c r="C626" s="3">
-        <v>7080</v>
+        <v>3011.89</v>
       </c>
       <c r="D626" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E626" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F626" s="3">
-        <v>26</v>
+        <v>201</v>
       </c>
       <c r="G626" s="3">
         <v>1</v>
       </c>
       <c r="H626" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I626" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="627" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A627" s="3" t="s">
-        <v>1204</v>
+        <v>1193</v>
       </c>
       <c r="B627" s="3" t="s">
-        <v>1205</v>
+        <v>1194</v>
       </c>
       <c r="C627" s="3">
-        <v>1350</v>
+        <v>2452.54</v>
       </c>
       <c r="D627" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E627" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F627" s="3">
-        <v>251</v>
+        <v>208</v>
       </c>
       <c r="G627" s="3">
         <v>1</v>
       </c>
       <c r="H627" s="3">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="I627" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="628" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A628" s="3" t="s">
-        <v>1206</v>
+        <v>1195</v>
       </c>
       <c r="B628" s="3" t="s">
-        <v>1207</v>
+        <v>1196</v>
       </c>
       <c r="C628" s="3">
-        <v>9500</v>
+        <v>13768.61</v>
       </c>
       <c r="D628" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E628" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F628" s="3">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="G628" s="3">
         <v>1</v>
       </c>
       <c r="H628" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I628" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="629" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A629" s="3" t="s">
-        <v>1208</v>
+        <v>1197</v>
       </c>
       <c r="B629" s="3" t="s">
-        <v>1209</v>
+        <v>1198</v>
       </c>
       <c r="C629" s="3">
-        <v>1205.94</v>
+        <v>7486.69</v>
       </c>
       <c r="D629" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E629" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F629" s="3">
-        <v>0</v>
+        <v>168</v>
       </c>
       <c r="G629" s="3">
         <v>1</v>
       </c>
       <c r="H629" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I629" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="630" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A630" s="3" t="s">
-        <v>1210</v>
+        <v>1199</v>
       </c>
       <c r="B630" s="3" t="s">
-        <v>1211</v>
+        <v>1200</v>
       </c>
       <c r="C630" s="3">
-        <v>1591.41</v>
+        <v>4940.63</v>
       </c>
       <c r="D630" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E630" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F630" s="3">
-        <v>0</v>
+        <v>192</v>
       </c>
       <c r="G630" s="3">
         <v>1</v>
       </c>
       <c r="H630" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I630" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="631" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A631" s="3" t="s">
-        <v>1212</v>
+        <v>1201</v>
       </c>
       <c r="B631" s="3" t="s">
-        <v>1213</v>
+        <v>1202</v>
       </c>
       <c r="C631" s="3">
-        <v>8770</v>
+        <v>1807.13</v>
       </c>
       <c r="D631" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E631" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F631" s="3">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="G631" s="3">
         <v>1</v>
       </c>
       <c r="H631" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I631" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="632" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A632" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I632" s="2"/>
+      <c r="A632" s="3" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B632" s="3" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C632" s="3">
+        <v>5270.8</v>
+      </c>
+      <c r="D632" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E632" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F632" s="3">
+        <v>1</v>
+      </c>
+      <c r="G632" s="3">
+        <v>1</v>
+      </c>
+      <c r="H632" s="3">
+        <v>4</v>
+      </c>
+      <c r="I632" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="633" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A633" s="3" t="s">
-        <v>1215</v>
+        <v>1205</v>
       </c>
       <c r="B633" s="3" t="s">
-        <v>1216</v>
+        <v>1206</v>
       </c>
       <c r="C633" s="3">
-        <v>4254.77</v>
+        <v>1548.97</v>
       </c>
       <c r="D633" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E633" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F633" s="3">
-        <v>471</v>
+        <v>14</v>
       </c>
       <c r="G633" s="3">
         <v>1</v>
       </c>
       <c r="H633" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I633" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="634" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A634" s="3" t="s">
-        <v>1217</v>
+        <v>1207</v>
       </c>
       <c r="B634" s="3" t="s">
-        <v>1218</v>
+        <v>1208</v>
       </c>
       <c r="C634" s="3">
-        <v>3310</v>
+        <v>1290.81</v>
       </c>
       <c r="D634" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E634" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F634" s="3">
-        <v>158</v>
+        <v>54</v>
       </c>
       <c r="G634" s="3">
         <v>1</v>
       </c>
       <c r="H634" s="3">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I634" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="635" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A635" s="3" t="s">
-        <v>1219</v>
+        <v>1209</v>
       </c>
       <c r="B635" s="3" t="s">
-        <v>1220</v>
+        <v>1210</v>
       </c>
       <c r="C635" s="3">
-        <v>2500</v>
+        <v>1505.94</v>
       </c>
       <c r="D635" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E635" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F635" s="3">
-        <v>0</v>
+        <v>336</v>
       </c>
       <c r="G635" s="3">
         <v>1</v>
       </c>
       <c r="H635" s="3">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I635" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="636" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A636" s="3" t="s">
-        <v>1221</v>
+        <v>1211</v>
       </c>
       <c r="B636" s="3" t="s">
-        <v>1222</v>
+        <v>1212</v>
       </c>
       <c r="C636" s="3">
-        <v>4200</v>
+        <v>4087.56</v>
       </c>
       <c r="D636" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E636" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F636" s="3">
-        <v>17</v>
+        <v>472</v>
       </c>
       <c r="G636" s="3">
         <v>1</v>
       </c>
       <c r="H636" s="3">
         <v>4</v>
       </c>
       <c r="I636" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="637" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A637" s="3" t="s">
-        <v>1223</v>
+        <v>1213</v>
       </c>
       <c r="B637" s="3" t="s">
-        <v>1224</v>
+        <v>1214</v>
       </c>
       <c r="C637" s="3">
-        <v>6630</v>
+        <v>6238.9</v>
       </c>
       <c r="D637" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E637" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F637" s="3">
-        <v>0</v>
+        <v>146</v>
       </c>
       <c r="G637" s="3">
         <v>1</v>
       </c>
       <c r="H637" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I637" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="638" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A638" s="3" t="s">
-        <v>1225</v>
+        <v>1215</v>
       </c>
       <c r="B638" s="3" t="s">
-        <v>1226</v>
+        <v>1216</v>
       </c>
       <c r="C638" s="3">
-        <v>3650</v>
+        <v>12528.14</v>
       </c>
       <c r="D638" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E638" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F638" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G638" s="3">
         <v>1</v>
       </c>
       <c r="H638" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I638" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="639" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A639" s="3" t="s">
-        <v>1227</v>
+        <v>1217</v>
       </c>
       <c r="B639" s="3" t="s">
-        <v>1228</v>
+        <v>1218</v>
       </c>
       <c r="C639" s="3">
-        <v>3708.63</v>
+        <v>7043.5</v>
       </c>
       <c r="D639" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F639" s="3">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G639" s="3">
         <v>1</v>
       </c>
       <c r="H639" s="3">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="I639" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="640" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A640" s="3" t="s">
-        <v>1229</v>
+        <v>1219</v>
       </c>
       <c r="B640" s="3" t="s">
-        <v>1230</v>
+        <v>1220</v>
       </c>
       <c r="C640" s="3">
-        <v>8636.54</v>
+        <v>2932.15</v>
       </c>
       <c r="D640" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E640" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F640" s="3">
-        <v>97</v>
+        <v>280</v>
       </c>
       <c r="G640" s="3">
         <v>1</v>
       </c>
       <c r="H640" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I640" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="641" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A641" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I641" s="2"/>
+      <c r="A641" s="3" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B641" s="3" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C641" s="3">
+        <v>13741.8</v>
+      </c>
+      <c r="D641" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E641" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F641" s="3">
+        <v>17</v>
+      </c>
+      <c r="G641" s="3">
+        <v>1</v>
+      </c>
+      <c r="H641" s="3">
+        <v>1</v>
+      </c>
+      <c r="I641" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="642" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A642" s="3" t="s">
-        <v>1232</v>
+        <v>1223</v>
       </c>
       <c r="B642" s="3" t="s">
-        <v>1233</v>
+        <v>1224</v>
       </c>
       <c r="C642" s="3">
-        <v>1611.68</v>
+        <v>3768.35</v>
       </c>
       <c r="D642" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E642" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F642" s="3">
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="G642" s="3">
         <v>1</v>
       </c>
       <c r="H642" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I642" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="643" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A643" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A643" s="2" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B643" s="2"/>
+      <c r="C643" s="2"/>
+      <c r="D643" s="2"/>
+      <c r="E643" s="2"/>
+      <c r="F643" s="2"/>
+      <c r="G643" s="2"/>
+      <c r="H643" s="2"/>
+      <c r="I643" s="2"/>
     </row>
     <row r="644" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A644" s="3" t="s">
-        <v>1236</v>
+        <v>1226</v>
       </c>
       <c r="B644" s="3" t="s">
-        <v>1237</v>
+        <v>1227</v>
       </c>
       <c r="C644" s="3">
-        <v>2600</v>
+        <v>31882.95</v>
       </c>
       <c r="D644" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E644" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F644" s="3">
-        <v>349</v>
+        <v>15</v>
       </c>
       <c r="G644" s="3">
         <v>1</v>
       </c>
       <c r="H644" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I644" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="645" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A645" s="3" t="s">
-        <v>1238</v>
+        <v>1228</v>
       </c>
       <c r="B645" s="3" t="s">
-        <v>1239</v>
+        <v>1229</v>
       </c>
       <c r="C645" s="3">
-        <v>2400</v>
+        <v>46761.66</v>
       </c>
       <c r="D645" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F645" s="3">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="G645" s="3">
         <v>1</v>
       </c>
       <c r="H645" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I645" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="646" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A646" s="3" t="s">
-        <v>1240</v>
+        <v>1230</v>
       </c>
       <c r="B646" s="3" t="s">
-        <v>1241</v>
+        <v>1231</v>
       </c>
       <c r="C646" s="3">
-        <v>2100</v>
+        <v>7439.36</v>
       </c>
       <c r="D646" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E646" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F646" s="3">
-        <v>267</v>
+        <v>18</v>
       </c>
       <c r="G646" s="3">
         <v>1</v>
       </c>
       <c r="H646" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="I646" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="647" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A647" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I647" s="2"/>
+      <c r="A647" s="3" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B647" s="3" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C647" s="3">
+        <v>18067.01</v>
+      </c>
+      <c r="D647" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E647" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F647" s="3">
+        <v>32</v>
+      </c>
+      <c r="G647" s="3">
+        <v>1</v>
+      </c>
+      <c r="H647" s="3">
+        <v>4</v>
+      </c>
+      <c r="I647" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="648" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A648" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I648" s="2"/>
+      <c r="A648" s="3" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B648" s="3" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C648" s="3">
+        <v>13815.95</v>
+      </c>
+      <c r="D648" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E648" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F648" s="3">
+        <v>50</v>
+      </c>
+      <c r="G648" s="3">
+        <v>1</v>
+      </c>
+      <c r="H648" s="3">
+        <v>4</v>
+      </c>
+      <c r="I648" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="649" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A649" s="3" t="s">
-        <v>1244</v>
+        <v>1236</v>
       </c>
       <c r="B649" s="3" t="s">
-        <v>1245</v>
+        <v>1237</v>
       </c>
       <c r="C649" s="3">
-        <v>302.4</v>
+        <v>10415.1</v>
       </c>
       <c r="D649" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E649" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F649" s="3">
-        <v>3408</v>
+        <v>64</v>
       </c>
       <c r="G649" s="3">
         <v>1</v>
       </c>
       <c r="H649" s="3">
+        <v>6</v>
+      </c>
+      <c r="I649" s="3">
         <v>100</v>
       </c>
-      <c r="I649" s="3">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="650" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A650" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A650" s="2" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B650" s="2"/>
+      <c r="C650" s="2"/>
+      <c r="D650" s="2"/>
+      <c r="E650" s="2"/>
+      <c r="F650" s="2"/>
+      <c r="G650" s="2"/>
+      <c r="H650" s="2"/>
+      <c r="I650" s="2"/>
     </row>
     <row r="651" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A651" s="3" t="s">
-        <v>1248</v>
+        <v>1239</v>
       </c>
       <c r="B651" s="3" t="s">
-        <v>1249</v>
+        <v>1240</v>
       </c>
       <c r="C651" s="3">
-        <v>381.02</v>
+        <v>940.29</v>
       </c>
       <c r="D651" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E651" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F651" s="3">
-        <v>14246</v>
+        <v>395</v>
       </c>
       <c r="G651" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H651" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I651" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="652" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A652" s="3" t="s">
-        <v>1250</v>
+        <v>1241</v>
       </c>
       <c r="B652" s="3" t="s">
-        <v>1251</v>
+        <v>1242</v>
       </c>
       <c r="C652" s="3">
-        <v>244.94</v>
+        <v>209.88</v>
       </c>
       <c r="D652" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E652" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F652" s="3">
-        <v>3318</v>
+        <v>1927</v>
       </c>
       <c r="G652" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H652" s="3">
         <v>100</v>
       </c>
       <c r="I652" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="653" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A653" s="3" t="s">
-        <v>1252</v>
+        <v>1243</v>
       </c>
       <c r="B653" s="3" t="s">
-        <v>1253</v>
+        <v>1244</v>
       </c>
       <c r="C653" s="3">
-        <v>355.62</v>
+        <v>1313.39</v>
       </c>
       <c r="D653" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E653" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F653" s="3">
-        <v>0</v>
+        <v>550</v>
       </c>
       <c r="G653" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H653" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I653" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="654" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A654" s="3" t="s">
-        <v>1254</v>
+        <v>1245</v>
       </c>
       <c r="B654" s="3" t="s">
-        <v>1255</v>
+        <v>1246</v>
       </c>
       <c r="C654" s="3">
-        <v>462.27</v>
+        <v>295.42</v>
       </c>
       <c r="D654" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E654" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F654" s="3">
-        <v>7379</v>
+        <v>316</v>
       </c>
       <c r="G654" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H654" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I654" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="655" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A655" s="3" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="B655" s="3" t="s">
-        <v>1257</v>
+        <v>1248</v>
       </c>
       <c r="C655" s="3">
-        <v>317.52</v>
+        <v>451.28</v>
       </c>
       <c r="D655" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E655" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F655" s="3">
-        <v>0</v>
+        <v>2356</v>
       </c>
       <c r="G655" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H655" s="3">
-        <v>250</v>
+        <v>70</v>
       </c>
       <c r="I655" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="656" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A656" s="3" t="s">
-        <v>1258</v>
+        <v>1249</v>
       </c>
       <c r="B656" s="3" t="s">
-        <v>1259</v>
+        <v>1250</v>
       </c>
       <c r="C656" s="3">
-        <v>350.54</v>
+        <v>626.6</v>
       </c>
       <c r="D656" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E656" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F656" s="3">
-        <v>1399</v>
+        <v>1006</v>
       </c>
       <c r="G656" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H656" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I656" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="657" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A657" s="3" t="s">
-        <v>1260</v>
+        <v>1251</v>
       </c>
       <c r="B657" s="3" t="s">
-        <v>1261</v>
+        <v>1252</v>
       </c>
       <c r="C657" s="3">
-        <v>342.92</v>
+        <v>167.83</v>
       </c>
       <c r="D657" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E657" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F657" s="3">
-        <v>5820</v>
+        <v>1128</v>
       </c>
       <c r="G657" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H657" s="3">
         <v>100</v>
       </c>
       <c r="I657" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="658" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A658" s="3" t="s">
-        <v>1262</v>
+        <v>1253</v>
       </c>
       <c r="B658" s="3" t="s">
-        <v>1263</v>
+        <v>1254</v>
       </c>
       <c r="C658" s="3">
-        <v>304.82</v>
+        <v>424.94</v>
       </c>
       <c r="D658" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E658" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F658" s="3">
-        <v>754</v>
+        <v>1393</v>
       </c>
       <c r="G658" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H658" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I658" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="659" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A659" s="3" t="s">
-        <v>1264</v>
+        <v>1255</v>
       </c>
       <c r="B659" s="3" t="s">
-        <v>1265</v>
+        <v>1256</v>
       </c>
       <c r="C659" s="3">
-        <v>282.6</v>
+        <v>283.3</v>
       </c>
       <c r="D659" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E659" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F659" s="3">
-        <v>4206</v>
+        <v>560</v>
       </c>
       <c r="G659" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H659" s="3">
-        <v>400</v>
+        <v>110</v>
       </c>
       <c r="I659" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="660" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A660" s="3" t="s">
-        <v>1266</v>
+        <v>1257</v>
       </c>
       <c r="B660" s="3" t="s">
-        <v>1267</v>
+        <v>1258</v>
       </c>
       <c r="C660" s="3">
-        <v>457.23</v>
+        <v>380.93</v>
       </c>
       <c r="D660" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E660" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F660" s="3">
-        <v>0</v>
+        <v>998</v>
       </c>
       <c r="G660" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H660" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I660" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="661" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A661" s="3" t="s">
-        <v>1268</v>
+        <v>1259</v>
       </c>
       <c r="B661" s="3" t="s">
-        <v>1269</v>
+        <v>1260</v>
       </c>
       <c r="C661" s="3">
-        <v>532.22</v>
+        <v>433.17</v>
       </c>
       <c r="D661" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E661" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F661" s="3">
-        <v>1534</v>
+        <v>1639</v>
       </c>
       <c r="G661" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H661" s="3">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="I661" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="662" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A662" s="3" t="s">
-        <v>1270</v>
+        <v>1261</v>
       </c>
       <c r="B662" s="3" t="s">
-        <v>1271</v>
+        <v>1262</v>
       </c>
       <c r="C662" s="3">
-        <v>444.53</v>
+        <v>545.66</v>
       </c>
       <c r="D662" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E662" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F662" s="3">
-        <v>655</v>
+        <v>1459</v>
       </c>
       <c r="G662" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H662" s="3">
-        <v>200</v>
+        <v>70</v>
       </c>
       <c r="I662" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="663" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A663" s="3" t="s">
-        <v>1272</v>
+        <v>1263</v>
       </c>
       <c r="B663" s="3" t="s">
-        <v>1273</v>
+        <v>1264</v>
       </c>
       <c r="C663" s="3">
-        <v>423.36</v>
+        <v>539.71</v>
       </c>
       <c r="D663" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F663" s="3">
-        <v>221</v>
+        <v>740</v>
       </c>
       <c r="G663" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H663" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I663" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="664" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A664" s="3" t="s">
-        <v>1274</v>
+        <v>1265</v>
       </c>
       <c r="B664" s="3" t="s">
-        <v>1275</v>
+        <v>1266</v>
       </c>
       <c r="C664" s="3">
-        <v>419.13</v>
+        <v>233</v>
       </c>
       <c r="D664" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F664" s="3">
-        <v>0</v>
+        <v>1268</v>
       </c>
       <c r="G664" s="3">
         <v>1</v>
       </c>
       <c r="H664" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I664" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="665" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A665" s="3" t="s">
-        <v>1276</v>
+        <v>1267</v>
       </c>
       <c r="B665" s="3" t="s">
-        <v>1277</v>
+        <v>1268</v>
       </c>
       <c r="C665" s="3">
-        <v>386.67</v>
+        <v>240.25</v>
       </c>
       <c r="D665" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E665" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F665" s="3">
-        <v>270</v>
+        <v>432</v>
       </c>
       <c r="G665" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H665" s="3">
-        <v>250</v>
+        <v>90</v>
       </c>
       <c r="I665" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="666" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A666" s="3" t="s">
-        <v>1278</v>
+        <v>1269</v>
       </c>
       <c r="B666" s="3" t="s">
-        <v>1279</v>
+        <v>1270</v>
       </c>
       <c r="C666" s="3">
-        <v>596.94</v>
+        <v>307.47</v>
       </c>
       <c r="D666" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F666" s="3">
-        <v>828</v>
+        <v>2116</v>
       </c>
       <c r="G666" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H666" s="3">
-        <v>250</v>
+        <v>70</v>
       </c>
       <c r="I666" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="667" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A667" s="3" t="s">
-        <v>1280</v>
+        <v>1271</v>
       </c>
       <c r="B667" s="3" t="s">
-        <v>1281</v>
+        <v>1272</v>
       </c>
       <c r="C667" s="3">
-        <v>977.96</v>
+        <v>722.8</v>
       </c>
       <c r="D667" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E667" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F667" s="3">
-        <v>131</v>
+        <v>1647</v>
       </c>
       <c r="G667" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H667" s="3">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="I667" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="668" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A668" s="3" t="s">
-        <v>1282</v>
+        <v>1273</v>
       </c>
       <c r="B668" s="3" t="s">
-        <v>1283</v>
+        <v>1274</v>
       </c>
       <c r="C668" s="3">
-        <v>444.53</v>
+        <v>791.03</v>
       </c>
       <c r="D668" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F668" s="3">
-        <v>1186</v>
+        <v>418</v>
       </c>
       <c r="G668" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H668" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I668" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="669" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A669" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I669" s="2"/>
+      <c r="A669" s="3" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B669" s="3" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C669" s="3">
+        <v>1415.86</v>
+      </c>
+      <c r="D669" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E669" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F669" s="3">
+        <v>518</v>
+      </c>
+      <c r="G669" s="3">
+        <v>5</v>
+      </c>
+      <c r="H669" s="3">
+        <v>40</v>
+      </c>
+      <c r="I669" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="670" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A670" s="3" t="s">
-        <v>1285</v>
+        <v>1277</v>
       </c>
       <c r="B670" s="3" t="s">
-        <v>1286</v>
+        <v>1278</v>
       </c>
       <c r="C670" s="3">
-        <v>603.29</v>
+        <v>2331.72</v>
       </c>
       <c r="D670" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E670" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F670" s="3">
-        <v>13124</v>
+        <v>345</v>
       </c>
       <c r="G670" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H670" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I670" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="671" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A671" s="3" t="s">
-        <v>1287</v>
+        <v>1279</v>
       </c>
       <c r="B671" s="3" t="s">
-        <v>1288</v>
+        <v>1280</v>
       </c>
       <c r="C671" s="3">
-        <v>635.04</v>
+        <v>730.37</v>
       </c>
       <c r="D671" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E671" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F671" s="3">
-        <v>263</v>
+        <v>760</v>
       </c>
       <c r="G671" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H671" s="3">
-        <v>300</v>
+        <v>70</v>
       </c>
       <c r="I671" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="672" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A672" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A672" s="2" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B672" s="2"/>
+      <c r="C672" s="2"/>
+      <c r="D672" s="2"/>
+      <c r="E672" s="2"/>
+      <c r="F672" s="2"/>
+      <c r="G672" s="2"/>
+      <c r="H672" s="2"/>
+      <c r="I672" s="2"/>
     </row>
     <row r="673" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A673" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I673" s="2"/>
+      <c r="A673" s="3" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B673" s="3" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C673" s="3">
+        <v>1653.8</v>
+      </c>
+      <c r="D673" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E673" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F673" s="3">
+        <v>236</v>
+      </c>
+      <c r="G673" s="3">
+        <v>5</v>
+      </c>
+      <c r="H673" s="3">
+        <v>60</v>
+      </c>
+      <c r="I673" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="674" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A674" s="3" t="s">
-        <v>1292</v>
+        <v>1284</v>
       </c>
       <c r="B674" s="3" t="s">
-        <v>1293</v>
+        <v>1285</v>
       </c>
       <c r="C674" s="3">
-        <v>422.94</v>
+        <v>2368.76</v>
       </c>
       <c r="D674" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E674" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F674" s="3">
-        <v>2355</v>
+        <v>90</v>
       </c>
       <c r="G674" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H674" s="3">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="I674" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="675" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A675" s="3" t="s">
-        <v>1294</v>
+        <v>1286</v>
       </c>
       <c r="B675" s="3" t="s">
-        <v>1295</v>
+        <v>1287</v>
       </c>
       <c r="C675" s="3">
-        <v>417.22</v>
+        <v>938.66</v>
       </c>
       <c r="D675" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E675" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F675" s="3">
-        <v>2050</v>
+        <v>0</v>
       </c>
       <c r="G675" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H675" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I675" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="676" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A676" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I676" s="2"/>
+      <c r="A676" s="3" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B676" s="3" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C676" s="3">
+        <v>841.5</v>
+      </c>
+      <c r="D676" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E676" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F676" s="3">
+        <v>272</v>
+      </c>
+      <c r="G676" s="3">
+        <v>5</v>
+      </c>
+      <c r="H676" s="3">
+        <v>50</v>
+      </c>
+      <c r="I676" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="677" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A677" s="3" t="s">
-        <v>1297</v>
+        <v>1290</v>
       </c>
       <c r="B677" s="3" t="s">
-        <v>1298</v>
+        <v>1291</v>
       </c>
       <c r="C677" s="3">
-        <v>304.37</v>
+        <v>878.67</v>
       </c>
       <c r="D677" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E677" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F677" s="3">
-        <v>0</v>
+        <v>414</v>
       </c>
       <c r="G677" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H677" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I677" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="678" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A678" s="3" t="s">
-        <v>1299</v>
+        <v>1292</v>
       </c>
       <c r="B678" s="3" t="s">
-        <v>1300</v>
+        <v>1293</v>
       </c>
       <c r="C678" s="3">
-        <v>194.84</v>
+        <v>1788.62</v>
       </c>
       <c r="D678" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E678" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F678" s="3">
-        <v>5877</v>
+        <v>164</v>
       </c>
       <c r="G678" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H678" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I678" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="679" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A679" s="3" t="s">
-        <v>1301</v>
+        <v>1294</v>
       </c>
       <c r="B679" s="3" t="s">
-        <v>1302</v>
+        <v>1295</v>
       </c>
       <c r="C679" s="3">
-        <v>320</v>
+        <v>243.35</v>
       </c>
       <c r="D679" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F679" s="3">
-        <v>8610</v>
+        <v>522</v>
       </c>
       <c r="G679" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H679" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I679" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="680" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A680" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I680" s="2"/>
+      <c r="A680" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B680" s="3" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C680" s="3">
+        <v>285.89</v>
+      </c>
+      <c r="D680" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E680" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F680" s="3">
+        <v>1053</v>
+      </c>
+      <c r="G680" s="3">
+        <v>5</v>
+      </c>
+      <c r="H680" s="3">
+        <v>80</v>
+      </c>
+      <c r="I680" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="681" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A681" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I681" s="2"/>
+      <c r="A681" s="3" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B681" s="3" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C681" s="3">
+        <v>344.97</v>
+      </c>
+      <c r="D681" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E681" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F681" s="3">
+        <v>904</v>
+      </c>
+      <c r="G681" s="3">
+        <v>5</v>
+      </c>
+      <c r="H681" s="3">
+        <v>70</v>
+      </c>
+      <c r="I681" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="682" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A682" s="3" t="s">
-        <v>1305</v>
+        <v>1300</v>
       </c>
       <c r="B682" s="3" t="s">
-        <v>1306</v>
+        <v>1301</v>
       </c>
       <c r="C682" s="3">
-        <v>511.31</v>
+        <v>345.63</v>
       </c>
       <c r="D682" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E682" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F682" s="3">
-        <v>75</v>
+        <v>289</v>
       </c>
       <c r="G682" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H682" s="3">
+        <v>80</v>
+      </c>
+      <c r="I682" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="683" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A683" s="3" t="s">
-        <v>1307</v>
+        <v>1302</v>
       </c>
       <c r="B683" s="3" t="s">
-        <v>1308</v>
+        <v>1303</v>
       </c>
       <c r="C683" s="3">
-        <v>503.7</v>
+        <v>464.66</v>
       </c>
       <c r="D683" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E683" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F683" s="3">
-        <v>0</v>
+        <v>591</v>
       </c>
       <c r="G683" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H683" s="3">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="I683" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="684" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A684" s="3" t="s">
-        <v>1309</v>
+        <v>1304</v>
       </c>
       <c r="B684" s="3" t="s">
-        <v>1310</v>
+        <v>1305</v>
       </c>
       <c r="C684" s="3">
-        <v>438.33</v>
+        <v>659.06</v>
       </c>
       <c r="D684" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E684" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F684" s="3">
-        <v>100</v>
+        <v>127</v>
       </c>
       <c r="G684" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H684" s="3">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="I684" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="685" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A685" s="3" t="s">
-        <v>1311</v>
+        <v>1306</v>
       </c>
       <c r="B685" s="3" t="s">
-        <v>1312</v>
+        <v>1307</v>
       </c>
       <c r="C685" s="3">
-        <v>693.98</v>
+        <v>190.76</v>
       </c>
       <c r="D685" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E685" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F685" s="3">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="G685" s="3">
+        <v>5</v>
+      </c>
+      <c r="H685" s="3">
+        <v>110</v>
+      </c>
+      <c r="I685" s="3">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="686" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A686" s="3" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B686" s="3" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C686" s="3">
+        <v>448.17</v>
+      </c>
+      <c r="D686" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E686" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F686" s="3">
+        <v>443</v>
+      </c>
+      <c r="G686" s="3">
+        <v>5</v>
+      </c>
+      <c r="H686" s="3">
+        <v>90</v>
+      </c>
+      <c r="I686" s="3">
         <v>10</v>
       </c>
-      <c r="H685" s="3">
-[...17 lines deleted...]
-      <c r="I686" s="2"/>
     </row>
     <row r="687" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A687" s="3" t="s">
-        <v>1314</v>
+        <v>1310</v>
       </c>
       <c r="B687" s="3" t="s">
-        <v>1315</v>
+        <v>1311</v>
       </c>
       <c r="C687" s="3">
-        <v>94.33</v>
+        <v>355.5</v>
       </c>
       <c r="D687" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E687" s="3" t="s">
-        <v>1316</v>
+        <v>101</v>
       </c>
       <c r="F687" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G687" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H687" s="3">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="I687" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="688" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A688" s="3" t="s">
-        <v>1317</v>
+        <v>1312</v>
       </c>
       <c r="B688" s="3" t="s">
-        <v>1318</v>
+        <v>1313</v>
       </c>
       <c r="C688" s="3">
-        <v>93.59</v>
+        <v>1035.59</v>
       </c>
       <c r="D688" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E688" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F688" s="3">
-        <v>405</v>
+        <v>242</v>
       </c>
       <c r="G688" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H688" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I688" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="689" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A689" s="3" t="s">
-        <v>1319</v>
+        <v>1314</v>
       </c>
       <c r="B689" s="3" t="s">
-        <v>1320</v>
+        <v>1315</v>
       </c>
       <c r="C689" s="3">
-        <v>104.47</v>
+        <v>707.29</v>
       </c>
       <c r="D689" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E689" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F689" s="3">
-        <v>2255</v>
+        <v>426</v>
       </c>
       <c r="G689" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H689" s="3">
+        <v>80</v>
+      </c>
+      <c r="I689" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="690" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A690" s="3" t="s">
-        <v>1321</v>
+        <v>1316</v>
       </c>
       <c r="B690" s="3" t="s">
-        <v>1322</v>
+        <v>1317</v>
       </c>
       <c r="C690" s="3">
-        <v>95.67</v>
+        <v>1014.1</v>
       </c>
       <c r="D690" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E690" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F690" s="3">
-        <v>58</v>
+        <v>539</v>
       </c>
       <c r="G690" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H690" s="3">
+        <v>70</v>
+      </c>
+      <c r="I690" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="691" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A691" s="3" t="s">
-        <v>1323</v>
+        <v>1318</v>
       </c>
       <c r="B691" s="3" t="s">
-        <v>1324</v>
+        <v>1319</v>
       </c>
       <c r="C691" s="3">
-        <v>120.53</v>
+        <v>2716.56</v>
       </c>
       <c r="D691" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E691" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F691" s="3">
-        <v>7</v>
+        <v>203</v>
       </c>
       <c r="G691" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H691" s="3">
+        <v>40</v>
+      </c>
+      <c r="I691" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="692" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A692" s="3" t="s">
-        <v>1325</v>
+        <v>1320</v>
       </c>
       <c r="B692" s="3" t="s">
-        <v>1326</v>
+        <v>1321</v>
       </c>
       <c r="C692" s="3">
-        <v>185.77</v>
+        <v>4328.13</v>
       </c>
       <c r="D692" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E692" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F692" s="3">
-        <v>0</v>
+        <v>672</v>
       </c>
       <c r="G692" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H692" s="3">
+        <v>20</v>
+      </c>
+      <c r="I692" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="693" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A693" s="3" t="s">
-        <v>1327</v>
+        <v>1322</v>
       </c>
       <c r="B693" s="3" t="s">
-        <v>1328</v>
+        <v>1323</v>
       </c>
       <c r="C693" s="3">
-        <v>402.71</v>
+        <v>780.81</v>
       </c>
       <c r="D693" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E693" s="3" t="s">
-        <v>501</v>
+        <v>101</v>
       </c>
       <c r="F693" s="3">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="G693" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H693" s="3">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="I693" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="694" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A694" s="3" t="s">
-        <v>1329</v>
+        <v>1324</v>
       </c>
       <c r="B694" s="3" t="s">
-        <v>1330</v>
+        <v>1325</v>
       </c>
       <c r="C694" s="3">
-        <v>42.37</v>
+        <v>1035.88</v>
       </c>
       <c r="D694" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E694" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F694" s="3">
-        <v>0</v>
+        <v>117</v>
       </c>
       <c r="G694" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H694" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I694" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="695" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A695" s="3" t="s">
-        <v>1331</v>
+        <v>1326</v>
       </c>
       <c r="B695" s="3" t="s">
-        <v>1332</v>
+        <v>1327</v>
       </c>
       <c r="C695" s="3">
-        <v>86.37</v>
+        <v>1498.23</v>
       </c>
       <c r="D695" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E695" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F695" s="3">
-        <v>273</v>
+        <v>343</v>
       </c>
       <c r="G695" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H695" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I695" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="696" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A696" s="3" t="s">
-        <v>1333</v>
+        <v>1328</v>
       </c>
       <c r="B696" s="3" t="s">
-        <v>1334</v>
+        <v>1329</v>
       </c>
       <c r="C696" s="3">
-        <v>47.33</v>
+        <v>1188.76</v>
       </c>
       <c r="D696" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E696" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F696" s="3">
-        <v>0</v>
+        <v>240</v>
       </c>
       <c r="G696" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H696" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I696" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="697" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A697" s="3" t="s">
-        <v>1335</v>
+        <v>1330</v>
       </c>
       <c r="B697" s="3" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
       <c r="C697" s="3">
-        <v>92.29</v>
+        <v>848.02</v>
       </c>
       <c r="D697" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E697" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F697" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G697" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H697" s="3">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="I697" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="698" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A698" s="3" t="s">
-        <v>1337</v>
+        <v>1332</v>
       </c>
       <c r="B698" s="3" t="s">
-        <v>1338</v>
+        <v>1333</v>
       </c>
       <c r="C698" s="3">
-        <v>182.95</v>
+        <v>2750.13</v>
       </c>
       <c r="D698" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E698" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F698" s="3">
-        <v>127</v>
+        <v>236</v>
       </c>
       <c r="G698" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H698" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I698" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="699" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A699" s="3" t="s">
-        <v>1339</v>
+        <v>1334</v>
       </c>
       <c r="B699" s="3" t="s">
-        <v>1340</v>
+        <v>1335</v>
       </c>
       <c r="C699" s="3">
-        <v>139.86</v>
+        <v>1354.33</v>
       </c>
       <c r="D699" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E699" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F699" s="3">
-        <v>0</v>
+        <v>714</v>
       </c>
       <c r="G699" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H699" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I699" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="700" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A700" s="3" t="s">
-        <v>1341</v>
+        <v>1336</v>
       </c>
       <c r="B700" s="3" t="s">
-        <v>1342</v>
+        <v>1337</v>
       </c>
       <c r="C700" s="3">
-        <v>65.81</v>
+        <v>787.16</v>
       </c>
       <c r="D700" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E700" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F700" s="3">
-        <v>0</v>
+        <v>279</v>
       </c>
       <c r="G700" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H700" s="3">
+        <v>80</v>
+      </c>
+      <c r="I700" s="3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="701" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A701" s="2" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B701" s="2"/>
+      <c r="C701" s="2"/>
+      <c r="D701" s="2"/>
+      <c r="E701" s="2"/>
+      <c r="F701" s="2"/>
+      <c r="G701" s="2"/>
+      <c r="H701" s="2"/>
+      <c r="I701" s="2"/>
+    </row>
+    <row r="702" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A702" s="3" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B702" s="3" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C702" s="3">
+        <v>12692.94</v>
+      </c>
+      <c r="D702" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E702" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F702" s="3">
+        <v>130</v>
+      </c>
+      <c r="G702" s="3">
+        <v>1</v>
+      </c>
+      <c r="H702" s="3">
+        <v>2</v>
+      </c>
+      <c r="I702" s="3">
         <v>100</v>
       </c>
-      <c r="I700" s="3">
-[...43 lines deleted...]
-      <c r="I702" s="2"/>
     </row>
     <row r="703" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A703" s="3" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="B703" s="3" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="C703" s="3">
-        <v>151.6</v>
+        <v>12692.94</v>
       </c>
       <c r="D703" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E703" s="3" t="s">
-        <v>501</v>
+        <v>15</v>
       </c>
       <c r="F703" s="3">
-        <v>4</v>
+        <v>86</v>
       </c>
       <c r="G703" s="3">
         <v>1</v>
       </c>
       <c r="H703" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="I703" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="704" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A704" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A704" s="2" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B704" s="2"/>
+      <c r="C704" s="2"/>
+      <c r="D704" s="2"/>
+      <c r="E704" s="2"/>
+      <c r="F704" s="2"/>
+      <c r="G704" s="2"/>
+      <c r="H704" s="2"/>
+      <c r="I704" s="2"/>
     </row>
     <row r="705" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A705" s="3" t="s">
-        <v>1350</v>
+        <v>1344</v>
       </c>
       <c r="B705" s="3" t="s">
-        <v>1351</v>
+        <v>1345</v>
       </c>
       <c r="C705" s="3">
-        <v>39.16</v>
+        <v>3924</v>
       </c>
       <c r="D705" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E705" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="F705" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="G705" s="3">
         <v>1</v>
       </c>
       <c r="H705" s="3">
+        <v>8</v>
+      </c>
+      <c r="I705" s="3">
         <v>100</v>
       </c>
-      <c r="I705" s="3">
-[...1052 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <mergeCells count="76">
+  <mergeCells count="74">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A14:I14"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A29:I29"/>
     <mergeCell ref="A40:I40"/>
     <mergeCell ref="A46:I46"/>
     <mergeCell ref="A57:I57"/>
     <mergeCell ref="A60:I60"/>
     <mergeCell ref="A63:I63"/>
-    <mergeCell ref="A70:I70"/>
-    <mergeCell ref="A72:I72"/>
+    <mergeCell ref="A65:I65"/>
+    <mergeCell ref="A68:I68"/>
     <mergeCell ref="A75:I75"/>
     <mergeCell ref="A76:I76"/>
-    <mergeCell ref="A91:I91"/>
-[...6 lines deleted...]
-    <mergeCell ref="A176:I176"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A105:I105"/>
+    <mergeCell ref="A128:I128"/>
+    <mergeCell ref="A156:I156"/>
+    <mergeCell ref="A157:I157"/>
+    <mergeCell ref="A178:I178"/>
+    <mergeCell ref="A184:I184"/>
+    <mergeCell ref="A190:I190"/>
+    <mergeCell ref="A196:I196"/>
     <mergeCell ref="A204:I204"/>
-    <mergeCell ref="A218:I218"/>
+    <mergeCell ref="A205:I205"/>
+    <mergeCell ref="A206:I206"/>
+    <mergeCell ref="A231:I231"/>
     <mergeCell ref="A233:I233"/>
-    <mergeCell ref="A256:I256"/>
-[...3 lines deleted...]
-    <mergeCell ref="A295:I295"/>
+    <mergeCell ref="A246:I246"/>
+    <mergeCell ref="A251:I251"/>
+    <mergeCell ref="A253:I253"/>
+    <mergeCell ref="A259:I259"/>
+    <mergeCell ref="A271:I271"/>
+    <mergeCell ref="A274:I274"/>
+    <mergeCell ref="A281:I281"/>
     <mergeCell ref="A302:I302"/>
-    <mergeCell ref="A304:I304"/>
+    <mergeCell ref="A303:I303"/>
     <mergeCell ref="A312:I312"/>
-    <mergeCell ref="A313:I313"/>
-[...10 lines deleted...]
-    <mergeCell ref="A400:I400"/>
+    <mergeCell ref="A325:I325"/>
+    <mergeCell ref="A332:I332"/>
+    <mergeCell ref="A335:I335"/>
+    <mergeCell ref="A336:I336"/>
+    <mergeCell ref="A399:I399"/>
+    <mergeCell ref="A408:I408"/>
     <mergeCell ref="A414:I414"/>
-    <mergeCell ref="A418:I418"/>
-[...27 lines deleted...]
-    <mergeCell ref="A728:I728"/>
+    <mergeCell ref="A415:I415"/>
+    <mergeCell ref="A436:I436"/>
+    <mergeCell ref="A440:I440"/>
+    <mergeCell ref="A443:I443"/>
+    <mergeCell ref="A447:I447"/>
+    <mergeCell ref="A448:I448"/>
+    <mergeCell ref="A469:I469"/>
+    <mergeCell ref="A471:I471"/>
+    <mergeCell ref="A495:I495"/>
+    <mergeCell ref="A498:I498"/>
+    <mergeCell ref="A549:I549"/>
+    <mergeCell ref="A553:I553"/>
+    <mergeCell ref="A561:I561"/>
+    <mergeCell ref="A562:I562"/>
+    <mergeCell ref="A567:I567"/>
+    <mergeCell ref="A582:I582"/>
+    <mergeCell ref="A595:I595"/>
+    <mergeCell ref="A600:I600"/>
+    <mergeCell ref="A602:I602"/>
+    <mergeCell ref="A604:I604"/>
+    <mergeCell ref="A607:I607"/>
+    <mergeCell ref="A608:I608"/>
+    <mergeCell ref="A623:I623"/>
+    <mergeCell ref="A643:I643"/>
+    <mergeCell ref="A650:I650"/>
+    <mergeCell ref="A672:I672"/>
+    <mergeCell ref="A701:I701"/>
+    <mergeCell ref="A704:I704"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D15" r:id="rId10"/>
     <hyperlink ref="D16" r:id="rId11"/>
     <hyperlink ref="D17" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D20" r:id="rId14"/>
     <hyperlink ref="D21" r:id="rId15"/>
     <hyperlink ref="D22" r:id="rId16"/>
     <hyperlink ref="D23" r:id="rId17"/>
     <hyperlink ref="D24" r:id="rId18"/>
     <hyperlink ref="D25" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D30" r:id="rId23"/>
@@ -25223,665 +23885,628 @@
     <hyperlink ref="D35" r:id="rId28"/>
     <hyperlink ref="D36" r:id="rId29"/>
     <hyperlink ref="D37" r:id="rId30"/>
     <hyperlink ref="D38" r:id="rId31"/>
     <hyperlink ref="D39" r:id="rId32"/>
     <hyperlink ref="D41" r:id="rId33"/>
     <hyperlink ref="D42" r:id="rId34"/>
     <hyperlink ref="D43" r:id="rId35"/>
     <hyperlink ref="D44" r:id="rId36"/>
     <hyperlink ref="D45" r:id="rId37"/>
     <hyperlink ref="D47" r:id="rId38"/>
     <hyperlink ref="D48" r:id="rId39"/>
     <hyperlink ref="D49" r:id="rId40"/>
     <hyperlink ref="D50" r:id="rId41"/>
     <hyperlink ref="D51" r:id="rId42"/>
     <hyperlink ref="D52" r:id="rId43"/>
     <hyperlink ref="D53" r:id="rId44"/>
     <hyperlink ref="D54" r:id="rId45"/>
     <hyperlink ref="D55" r:id="rId46"/>
     <hyperlink ref="D56" r:id="rId47"/>
     <hyperlink ref="D58" r:id="rId48"/>
     <hyperlink ref="D59" r:id="rId49"/>
     <hyperlink ref="D61" r:id="rId50"/>
     <hyperlink ref="D62" r:id="rId51"/>
     <hyperlink ref="D64" r:id="rId52"/>
-    <hyperlink ref="D65" r:id="rId53"/>
-[...4 lines deleted...]
-    <hyperlink ref="D71" r:id="rId58"/>
+    <hyperlink ref="D66" r:id="rId53"/>
+    <hyperlink ref="D67" r:id="rId54"/>
+    <hyperlink ref="D69" r:id="rId55"/>
+    <hyperlink ref="D70" r:id="rId56"/>
+    <hyperlink ref="D71" r:id="rId57"/>
+    <hyperlink ref="D72" r:id="rId58"/>
     <hyperlink ref="D73" r:id="rId59"/>
     <hyperlink ref="D74" r:id="rId60"/>
     <hyperlink ref="D77" r:id="rId61"/>
     <hyperlink ref="D78" r:id="rId62"/>
     <hyperlink ref="D79" r:id="rId63"/>
     <hyperlink ref="D80" r:id="rId64"/>
     <hyperlink ref="D81" r:id="rId65"/>
     <hyperlink ref="D82" r:id="rId66"/>
     <hyperlink ref="D83" r:id="rId67"/>
     <hyperlink ref="D84" r:id="rId68"/>
     <hyperlink ref="D85" r:id="rId69"/>
     <hyperlink ref="D86" r:id="rId70"/>
     <hyperlink ref="D87" r:id="rId71"/>
     <hyperlink ref="D88" r:id="rId72"/>
     <hyperlink ref="D89" r:id="rId73"/>
-    <hyperlink ref="D90" r:id="rId74"/>
+    <hyperlink ref="D91" r:id="rId74"/>
     <hyperlink ref="D92" r:id="rId75"/>
     <hyperlink ref="D93" r:id="rId76"/>
     <hyperlink ref="D94" r:id="rId77"/>
     <hyperlink ref="D95" r:id="rId78"/>
     <hyperlink ref="D96" r:id="rId79"/>
     <hyperlink ref="D97" r:id="rId80"/>
     <hyperlink ref="D98" r:id="rId81"/>
     <hyperlink ref="D99" r:id="rId82"/>
     <hyperlink ref="D100" r:id="rId83"/>
     <hyperlink ref="D101" r:id="rId84"/>
     <hyperlink ref="D102" r:id="rId85"/>
     <hyperlink ref="D103" r:id="rId86"/>
     <hyperlink ref="D104" r:id="rId87"/>
-    <hyperlink ref="D105" r:id="rId88"/>
-[...4 lines deleted...]
-    <hyperlink ref="D110" r:id="rId93"/>
+    <hyperlink ref="D106" r:id="rId88"/>
+    <hyperlink ref="D107" r:id="rId89"/>
+    <hyperlink ref="D108" r:id="rId90"/>
+    <hyperlink ref="D109" r:id="rId91"/>
+    <hyperlink ref="D110" r:id="rId92"/>
+    <hyperlink ref="D111" r:id="rId93"/>
     <hyperlink ref="D112" r:id="rId94"/>
     <hyperlink ref="D113" r:id="rId95"/>
     <hyperlink ref="D114" r:id="rId96"/>
     <hyperlink ref="D115" r:id="rId97"/>
     <hyperlink ref="D116" r:id="rId98"/>
     <hyperlink ref="D117" r:id="rId99"/>
-    <hyperlink ref="D119" r:id="rId100"/>
-[...8 lines deleted...]
-    <hyperlink ref="D128" r:id="rId109"/>
+    <hyperlink ref="D118" r:id="rId100"/>
+    <hyperlink ref="D119" r:id="rId101"/>
+    <hyperlink ref="D120" r:id="rId102"/>
+    <hyperlink ref="D121" r:id="rId103"/>
+    <hyperlink ref="D122" r:id="rId104"/>
+    <hyperlink ref="D123" r:id="rId105"/>
+    <hyperlink ref="D124" r:id="rId106"/>
+    <hyperlink ref="D125" r:id="rId107"/>
+    <hyperlink ref="D126" r:id="rId108"/>
+    <hyperlink ref="D127" r:id="rId109"/>
     <hyperlink ref="D129" r:id="rId110"/>
     <hyperlink ref="D130" r:id="rId111"/>
     <hyperlink ref="D131" r:id="rId112"/>
     <hyperlink ref="D132" r:id="rId113"/>
     <hyperlink ref="D133" r:id="rId114"/>
     <hyperlink ref="D134" r:id="rId115"/>
     <hyperlink ref="D135" r:id="rId116"/>
     <hyperlink ref="D136" r:id="rId117"/>
     <hyperlink ref="D137" r:id="rId118"/>
     <hyperlink ref="D138" r:id="rId119"/>
     <hyperlink ref="D139" r:id="rId120"/>
-    <hyperlink ref="D141" r:id="rId121"/>
-[...27 lines deleted...]
-    <hyperlink ref="D169" r:id="rId149"/>
+    <hyperlink ref="D140" r:id="rId121"/>
+    <hyperlink ref="D141" r:id="rId122"/>
+    <hyperlink ref="D142" r:id="rId123"/>
+    <hyperlink ref="D143" r:id="rId124"/>
+    <hyperlink ref="D144" r:id="rId125"/>
+    <hyperlink ref="D145" r:id="rId126"/>
+    <hyperlink ref="D146" r:id="rId127"/>
+    <hyperlink ref="D147" r:id="rId128"/>
+    <hyperlink ref="D148" r:id="rId129"/>
+    <hyperlink ref="D149" r:id="rId130"/>
+    <hyperlink ref="D150" r:id="rId131"/>
+    <hyperlink ref="D151" r:id="rId132"/>
+    <hyperlink ref="D152" r:id="rId133"/>
+    <hyperlink ref="D153" r:id="rId134"/>
+    <hyperlink ref="D154" r:id="rId135"/>
+    <hyperlink ref="D155" r:id="rId136"/>
+    <hyperlink ref="D158" r:id="rId137"/>
+    <hyperlink ref="D159" r:id="rId138"/>
+    <hyperlink ref="D160" r:id="rId139"/>
+    <hyperlink ref="D161" r:id="rId140"/>
+    <hyperlink ref="D162" r:id="rId141"/>
+    <hyperlink ref="D163" r:id="rId142"/>
+    <hyperlink ref="D164" r:id="rId143"/>
+    <hyperlink ref="D165" r:id="rId144"/>
+    <hyperlink ref="D166" r:id="rId145"/>
+    <hyperlink ref="D167" r:id="rId146"/>
+    <hyperlink ref="D168" r:id="rId147"/>
+    <hyperlink ref="D169" r:id="rId148"/>
+    <hyperlink ref="D170" r:id="rId149"/>
     <hyperlink ref="D171" r:id="rId150"/>
     <hyperlink ref="D172" r:id="rId151"/>
-    <hyperlink ref="D174" r:id="rId152"/>
-[...13 lines deleted...]
-    <hyperlink ref="D190" r:id="rId166"/>
+    <hyperlink ref="D173" r:id="rId152"/>
+    <hyperlink ref="D174" r:id="rId153"/>
+    <hyperlink ref="D175" r:id="rId154"/>
+    <hyperlink ref="D176" r:id="rId155"/>
+    <hyperlink ref="D177" r:id="rId156"/>
+    <hyperlink ref="D179" r:id="rId157"/>
+    <hyperlink ref="D180" r:id="rId158"/>
+    <hyperlink ref="D181" r:id="rId159"/>
+    <hyperlink ref="D182" r:id="rId160"/>
+    <hyperlink ref="D183" r:id="rId161"/>
+    <hyperlink ref="D185" r:id="rId162"/>
+    <hyperlink ref="D186" r:id="rId163"/>
+    <hyperlink ref="D187" r:id="rId164"/>
+    <hyperlink ref="D188" r:id="rId165"/>
+    <hyperlink ref="D189" r:id="rId166"/>
     <hyperlink ref="D191" r:id="rId167"/>
     <hyperlink ref="D192" r:id="rId168"/>
     <hyperlink ref="D193" r:id="rId169"/>
     <hyperlink ref="D194" r:id="rId170"/>
     <hyperlink ref="D195" r:id="rId171"/>
-    <hyperlink ref="D196" r:id="rId172"/>
-[...151 lines deleted...]
-    <hyperlink ref="D366" r:id="rId324"/>
+    <hyperlink ref="D197" r:id="rId172"/>
+    <hyperlink ref="D198" r:id="rId173"/>
+    <hyperlink ref="D199" r:id="rId174"/>
+    <hyperlink ref="D200" r:id="rId175"/>
+    <hyperlink ref="D201" r:id="rId176"/>
+    <hyperlink ref="D202" r:id="rId177"/>
+    <hyperlink ref="D203" r:id="rId178"/>
+    <hyperlink ref="D207" r:id="rId179"/>
+    <hyperlink ref="D208" r:id="rId180"/>
+    <hyperlink ref="D209" r:id="rId181"/>
+    <hyperlink ref="D210" r:id="rId182"/>
+    <hyperlink ref="D211" r:id="rId183"/>
+    <hyperlink ref="D212" r:id="rId184"/>
+    <hyperlink ref="D213" r:id="rId185"/>
+    <hyperlink ref="D214" r:id="rId186"/>
+    <hyperlink ref="D215" r:id="rId187"/>
+    <hyperlink ref="D216" r:id="rId188"/>
+    <hyperlink ref="D217" r:id="rId189"/>
+    <hyperlink ref="D218" r:id="rId190"/>
+    <hyperlink ref="D219" r:id="rId191"/>
+    <hyperlink ref="D220" r:id="rId192"/>
+    <hyperlink ref="D221" r:id="rId193"/>
+    <hyperlink ref="D222" r:id="rId194"/>
+    <hyperlink ref="D223" r:id="rId195"/>
+    <hyperlink ref="D224" r:id="rId196"/>
+    <hyperlink ref="D225" r:id="rId197"/>
+    <hyperlink ref="D226" r:id="rId198"/>
+    <hyperlink ref="D227" r:id="rId199"/>
+    <hyperlink ref="D228" r:id="rId200"/>
+    <hyperlink ref="D229" r:id="rId201"/>
+    <hyperlink ref="D230" r:id="rId202"/>
+    <hyperlink ref="D232" r:id="rId203"/>
+    <hyperlink ref="D234" r:id="rId204"/>
+    <hyperlink ref="D235" r:id="rId205"/>
+    <hyperlink ref="D236" r:id="rId206"/>
+    <hyperlink ref="D237" r:id="rId207"/>
+    <hyperlink ref="D238" r:id="rId208"/>
+    <hyperlink ref="D239" r:id="rId209"/>
+    <hyperlink ref="D240" r:id="rId210"/>
+    <hyperlink ref="D241" r:id="rId211"/>
+    <hyperlink ref="D242" r:id="rId212"/>
+    <hyperlink ref="D243" r:id="rId213"/>
+    <hyperlink ref="D244" r:id="rId214"/>
+    <hyperlink ref="D245" r:id="rId215"/>
+    <hyperlink ref="D247" r:id="rId216"/>
+    <hyperlink ref="D248" r:id="rId217"/>
+    <hyperlink ref="D249" r:id="rId218"/>
+    <hyperlink ref="D250" r:id="rId219"/>
+    <hyperlink ref="D252" r:id="rId220"/>
+    <hyperlink ref="D254" r:id="rId221"/>
+    <hyperlink ref="D255" r:id="rId222"/>
+    <hyperlink ref="D256" r:id="rId223"/>
+    <hyperlink ref="D257" r:id="rId224"/>
+    <hyperlink ref="D258" r:id="rId225"/>
+    <hyperlink ref="D260" r:id="rId226"/>
+    <hyperlink ref="D261" r:id="rId227"/>
+    <hyperlink ref="D262" r:id="rId228"/>
+    <hyperlink ref="D263" r:id="rId229"/>
+    <hyperlink ref="D264" r:id="rId230"/>
+    <hyperlink ref="D265" r:id="rId231"/>
+    <hyperlink ref="D266" r:id="rId232"/>
+    <hyperlink ref="D267" r:id="rId233"/>
+    <hyperlink ref="D268" r:id="rId234"/>
+    <hyperlink ref="D269" r:id="rId235"/>
+    <hyperlink ref="D270" r:id="rId236"/>
+    <hyperlink ref="D272" r:id="rId237"/>
+    <hyperlink ref="D273" r:id="rId238"/>
+    <hyperlink ref="D275" r:id="rId239"/>
+    <hyperlink ref="D276" r:id="rId240"/>
+    <hyperlink ref="D277" r:id="rId241"/>
+    <hyperlink ref="D278" r:id="rId242"/>
+    <hyperlink ref="D279" r:id="rId243"/>
+    <hyperlink ref="D280" r:id="rId244"/>
+    <hyperlink ref="D282" r:id="rId245"/>
+    <hyperlink ref="D283" r:id="rId246"/>
+    <hyperlink ref="D284" r:id="rId247"/>
+    <hyperlink ref="D285" r:id="rId248"/>
+    <hyperlink ref="D286" r:id="rId249"/>
+    <hyperlink ref="D287" r:id="rId250"/>
+    <hyperlink ref="D288" r:id="rId251"/>
+    <hyperlink ref="D289" r:id="rId252"/>
+    <hyperlink ref="D290" r:id="rId253"/>
+    <hyperlink ref="D291" r:id="rId254"/>
+    <hyperlink ref="D292" r:id="rId255"/>
+    <hyperlink ref="D293" r:id="rId256"/>
+    <hyperlink ref="D294" r:id="rId257"/>
+    <hyperlink ref="D295" r:id="rId258"/>
+    <hyperlink ref="D296" r:id="rId259"/>
+    <hyperlink ref="D297" r:id="rId260"/>
+    <hyperlink ref="D298" r:id="rId261"/>
+    <hyperlink ref="D299" r:id="rId262"/>
+    <hyperlink ref="D300" r:id="rId263"/>
+    <hyperlink ref="D301" r:id="rId264"/>
+    <hyperlink ref="D304" r:id="rId265"/>
+    <hyperlink ref="D305" r:id="rId266"/>
+    <hyperlink ref="D306" r:id="rId267"/>
+    <hyperlink ref="D307" r:id="rId268"/>
+    <hyperlink ref="D308" r:id="rId269"/>
+    <hyperlink ref="D309" r:id="rId270"/>
+    <hyperlink ref="D310" r:id="rId271"/>
+    <hyperlink ref="D311" r:id="rId272"/>
+    <hyperlink ref="D313" r:id="rId273"/>
+    <hyperlink ref="D314" r:id="rId274"/>
+    <hyperlink ref="D315" r:id="rId275"/>
+    <hyperlink ref="D316" r:id="rId276"/>
+    <hyperlink ref="D317" r:id="rId277"/>
+    <hyperlink ref="D318" r:id="rId278"/>
+    <hyperlink ref="D319" r:id="rId279"/>
+    <hyperlink ref="D320" r:id="rId280"/>
+    <hyperlink ref="D321" r:id="rId281"/>
+    <hyperlink ref="D322" r:id="rId282"/>
+    <hyperlink ref="D323" r:id="rId283"/>
+    <hyperlink ref="D324" r:id="rId284"/>
+    <hyperlink ref="D326" r:id="rId285"/>
+    <hyperlink ref="D327" r:id="rId286"/>
+    <hyperlink ref="D328" r:id="rId287"/>
+    <hyperlink ref="D329" r:id="rId288"/>
+    <hyperlink ref="D330" r:id="rId289"/>
+    <hyperlink ref="D331" r:id="rId290"/>
+    <hyperlink ref="D333" r:id="rId291"/>
+    <hyperlink ref="D334" r:id="rId292"/>
+    <hyperlink ref="D337" r:id="rId293"/>
+    <hyperlink ref="D338" r:id="rId294"/>
+    <hyperlink ref="D339" r:id="rId295"/>
+    <hyperlink ref="D340" r:id="rId296"/>
+    <hyperlink ref="D341" r:id="rId297"/>
+    <hyperlink ref="D342" r:id="rId298"/>
+    <hyperlink ref="D343" r:id="rId299"/>
+    <hyperlink ref="D344" r:id="rId300"/>
+    <hyperlink ref="D345" r:id="rId301"/>
+    <hyperlink ref="D346" r:id="rId302"/>
+    <hyperlink ref="D347" r:id="rId303"/>
+    <hyperlink ref="D348" r:id="rId304"/>
+    <hyperlink ref="D349" r:id="rId305"/>
+    <hyperlink ref="D350" r:id="rId306"/>
+    <hyperlink ref="D351" r:id="rId307"/>
+    <hyperlink ref="D352" r:id="rId308"/>
+    <hyperlink ref="D353" r:id="rId309"/>
+    <hyperlink ref="D354" r:id="rId310"/>
+    <hyperlink ref="D355" r:id="rId311"/>
+    <hyperlink ref="D356" r:id="rId312"/>
+    <hyperlink ref="D357" r:id="rId313"/>
+    <hyperlink ref="D358" r:id="rId314"/>
+    <hyperlink ref="D359" r:id="rId315"/>
+    <hyperlink ref="D360" r:id="rId316"/>
+    <hyperlink ref="D361" r:id="rId317"/>
+    <hyperlink ref="D362" r:id="rId318"/>
+    <hyperlink ref="D363" r:id="rId319"/>
+    <hyperlink ref="D364" r:id="rId320"/>
+    <hyperlink ref="D365" r:id="rId321"/>
+    <hyperlink ref="D366" r:id="rId322"/>
+    <hyperlink ref="D367" r:id="rId323"/>
+    <hyperlink ref="D368" r:id="rId324"/>
     <hyperlink ref="D369" r:id="rId325"/>
     <hyperlink ref="D370" r:id="rId326"/>
     <hyperlink ref="D371" r:id="rId327"/>
     <hyperlink ref="D372" r:id="rId328"/>
     <hyperlink ref="D373" r:id="rId329"/>
     <hyperlink ref="D374" r:id="rId330"/>
     <hyperlink ref="D375" r:id="rId331"/>
-    <hyperlink ref="D377" r:id="rId332"/>
-[...34 lines deleted...]
-    <hyperlink ref="D415" r:id="rId367"/>
+    <hyperlink ref="D376" r:id="rId332"/>
+    <hyperlink ref="D377" r:id="rId333"/>
+    <hyperlink ref="D378" r:id="rId334"/>
+    <hyperlink ref="D379" r:id="rId335"/>
+    <hyperlink ref="D380" r:id="rId336"/>
+    <hyperlink ref="D381" r:id="rId337"/>
+    <hyperlink ref="D382" r:id="rId338"/>
+    <hyperlink ref="D383" r:id="rId339"/>
+    <hyperlink ref="D384" r:id="rId340"/>
+    <hyperlink ref="D385" r:id="rId341"/>
+    <hyperlink ref="D386" r:id="rId342"/>
+    <hyperlink ref="D387" r:id="rId343"/>
+    <hyperlink ref="D388" r:id="rId344"/>
+    <hyperlink ref="D389" r:id="rId345"/>
+    <hyperlink ref="D390" r:id="rId346"/>
+    <hyperlink ref="D391" r:id="rId347"/>
+    <hyperlink ref="D392" r:id="rId348"/>
+    <hyperlink ref="D393" r:id="rId349"/>
+    <hyperlink ref="D394" r:id="rId350"/>
+    <hyperlink ref="D395" r:id="rId351"/>
+    <hyperlink ref="D396" r:id="rId352"/>
+    <hyperlink ref="D397" r:id="rId353"/>
+    <hyperlink ref="D398" r:id="rId354"/>
+    <hyperlink ref="D400" r:id="rId355"/>
+    <hyperlink ref="D401" r:id="rId356"/>
+    <hyperlink ref="D402" r:id="rId357"/>
+    <hyperlink ref="D403" r:id="rId358"/>
+    <hyperlink ref="D404" r:id="rId359"/>
+    <hyperlink ref="D405" r:id="rId360"/>
+    <hyperlink ref="D406" r:id="rId361"/>
+    <hyperlink ref="D407" r:id="rId362"/>
+    <hyperlink ref="D409" r:id="rId363"/>
+    <hyperlink ref="D410" r:id="rId364"/>
+    <hyperlink ref="D411" r:id="rId365"/>
+    <hyperlink ref="D412" r:id="rId366"/>
+    <hyperlink ref="D413" r:id="rId367"/>
     <hyperlink ref="D416" r:id="rId368"/>
     <hyperlink ref="D417" r:id="rId369"/>
-    <hyperlink ref="D419" r:id="rId370"/>
-[...21 lines deleted...]
-    <hyperlink ref="D443" r:id="rId392"/>
+    <hyperlink ref="D418" r:id="rId370"/>
+    <hyperlink ref="D419" r:id="rId371"/>
+    <hyperlink ref="D420" r:id="rId372"/>
+    <hyperlink ref="D421" r:id="rId373"/>
+    <hyperlink ref="D422" r:id="rId374"/>
+    <hyperlink ref="D423" r:id="rId375"/>
+    <hyperlink ref="D424" r:id="rId376"/>
+    <hyperlink ref="D425" r:id="rId377"/>
+    <hyperlink ref="D426" r:id="rId378"/>
+    <hyperlink ref="D427" r:id="rId379"/>
+    <hyperlink ref="D428" r:id="rId380"/>
+    <hyperlink ref="D429" r:id="rId381"/>
+    <hyperlink ref="D430" r:id="rId382"/>
+    <hyperlink ref="D431" r:id="rId383"/>
+    <hyperlink ref="D432" r:id="rId384"/>
+    <hyperlink ref="D433" r:id="rId385"/>
+    <hyperlink ref="D434" r:id="rId386"/>
+    <hyperlink ref="D435" r:id="rId387"/>
+    <hyperlink ref="D437" r:id="rId388"/>
+    <hyperlink ref="D438" r:id="rId389"/>
+    <hyperlink ref="D439" r:id="rId390"/>
+    <hyperlink ref="D441" r:id="rId391"/>
+    <hyperlink ref="D442" r:id="rId392"/>
     <hyperlink ref="D444" r:id="rId393"/>
     <hyperlink ref="D445" r:id="rId394"/>
     <hyperlink ref="D446" r:id="rId395"/>
-    <hyperlink ref="D447" r:id="rId396"/>
-[...5 lines deleted...]
-    <hyperlink ref="D453" r:id="rId402"/>
+    <hyperlink ref="D449" r:id="rId396"/>
+    <hyperlink ref="D450" r:id="rId397"/>
+    <hyperlink ref="D451" r:id="rId398"/>
+    <hyperlink ref="D452" r:id="rId399"/>
+    <hyperlink ref="D453" r:id="rId400"/>
+    <hyperlink ref="D454" r:id="rId401"/>
+    <hyperlink ref="D455" r:id="rId402"/>
     <hyperlink ref="D456" r:id="rId403"/>
     <hyperlink ref="D457" r:id="rId404"/>
     <hyperlink ref="D458" r:id="rId405"/>
     <hyperlink ref="D459" r:id="rId406"/>
     <hyperlink ref="D460" r:id="rId407"/>
     <hyperlink ref="D461" r:id="rId408"/>
     <hyperlink ref="D462" r:id="rId409"/>
     <hyperlink ref="D463" r:id="rId410"/>
     <hyperlink ref="D464" r:id="rId411"/>
     <hyperlink ref="D465" r:id="rId412"/>
     <hyperlink ref="D466" r:id="rId413"/>
     <hyperlink ref="D467" r:id="rId414"/>
     <hyperlink ref="D468" r:id="rId415"/>
-    <hyperlink ref="D469" r:id="rId416"/>
-[...6 lines deleted...]
-    <hyperlink ref="D477" r:id="rId423"/>
+    <hyperlink ref="D470" r:id="rId416"/>
+    <hyperlink ref="D472" r:id="rId417"/>
+    <hyperlink ref="D473" r:id="rId418"/>
+    <hyperlink ref="D474" r:id="rId419"/>
+    <hyperlink ref="D475" r:id="rId420"/>
+    <hyperlink ref="D476" r:id="rId421"/>
+    <hyperlink ref="D477" r:id="rId422"/>
+    <hyperlink ref="D478" r:id="rId423"/>
     <hyperlink ref="D479" r:id="rId424"/>
     <hyperlink ref="D480" r:id="rId425"/>
     <hyperlink ref="D481" r:id="rId426"/>
     <hyperlink ref="D482" r:id="rId427"/>
     <hyperlink ref="D483" r:id="rId428"/>
     <hyperlink ref="D484" r:id="rId429"/>
     <hyperlink ref="D485" r:id="rId430"/>
     <hyperlink ref="D486" r:id="rId431"/>
     <hyperlink ref="D487" r:id="rId432"/>
     <hyperlink ref="D488" r:id="rId433"/>
     <hyperlink ref="D489" r:id="rId434"/>
     <hyperlink ref="D490" r:id="rId435"/>
     <hyperlink ref="D491" r:id="rId436"/>
     <hyperlink ref="D492" r:id="rId437"/>
     <hyperlink ref="D493" r:id="rId438"/>
     <hyperlink ref="D494" r:id="rId439"/>
-    <hyperlink ref="D495" r:id="rId440"/>
-[...7 lines deleted...]
-    <hyperlink ref="D504" r:id="rId448"/>
+    <hyperlink ref="D496" r:id="rId440"/>
+    <hyperlink ref="D497" r:id="rId441"/>
+    <hyperlink ref="D499" r:id="rId442"/>
+    <hyperlink ref="D500" r:id="rId443"/>
+    <hyperlink ref="D501" r:id="rId444"/>
+    <hyperlink ref="D502" r:id="rId445"/>
+    <hyperlink ref="D503" r:id="rId446"/>
+    <hyperlink ref="D504" r:id="rId447"/>
+    <hyperlink ref="D505" r:id="rId448"/>
     <hyperlink ref="D506" r:id="rId449"/>
     <hyperlink ref="D507" r:id="rId450"/>
     <hyperlink ref="D508" r:id="rId451"/>
     <hyperlink ref="D509" r:id="rId452"/>
     <hyperlink ref="D510" r:id="rId453"/>
     <hyperlink ref="D511" r:id="rId454"/>
     <hyperlink ref="D512" r:id="rId455"/>
     <hyperlink ref="D513" r:id="rId456"/>
     <hyperlink ref="D514" r:id="rId457"/>
     <hyperlink ref="D515" r:id="rId458"/>
     <hyperlink ref="D516" r:id="rId459"/>
     <hyperlink ref="D517" r:id="rId460"/>
     <hyperlink ref="D518" r:id="rId461"/>
     <hyperlink ref="D519" r:id="rId462"/>
     <hyperlink ref="D520" r:id="rId463"/>
     <hyperlink ref="D521" r:id="rId464"/>
     <hyperlink ref="D522" r:id="rId465"/>
     <hyperlink ref="D523" r:id="rId466"/>
     <hyperlink ref="D524" r:id="rId467"/>
     <hyperlink ref="D525" r:id="rId468"/>
     <hyperlink ref="D526" r:id="rId469"/>
     <hyperlink ref="D527" r:id="rId470"/>
     <hyperlink ref="D528" r:id="rId471"/>
     <hyperlink ref="D529" r:id="rId472"/>
     <hyperlink ref="D530" r:id="rId473"/>
     <hyperlink ref="D531" r:id="rId474"/>
     <hyperlink ref="D532" r:id="rId475"/>
     <hyperlink ref="D533" r:id="rId476"/>
     <hyperlink ref="D534" r:id="rId477"/>
     <hyperlink ref="D535" r:id="rId478"/>
     <hyperlink ref="D536" r:id="rId479"/>
     <hyperlink ref="D537" r:id="rId480"/>
     <hyperlink ref="D538" r:id="rId481"/>
     <hyperlink ref="D539" r:id="rId482"/>
     <hyperlink ref="D540" r:id="rId483"/>
     <hyperlink ref="D541" r:id="rId484"/>
     <hyperlink ref="D542" r:id="rId485"/>
     <hyperlink ref="D543" r:id="rId486"/>
     <hyperlink ref="D544" r:id="rId487"/>
     <hyperlink ref="D545" r:id="rId488"/>
     <hyperlink ref="D546" r:id="rId489"/>
     <hyperlink ref="D547" r:id="rId490"/>
     <hyperlink ref="D548" r:id="rId491"/>
-    <hyperlink ref="D549" r:id="rId492"/>
-[...174 lines deleted...]
-    <hyperlink ref="D744" r:id="rId667"/>
+    <hyperlink ref="D550" r:id="rId492"/>
+    <hyperlink ref="D551" r:id="rId493"/>
+    <hyperlink ref="D552" r:id="rId494"/>
+    <hyperlink ref="D554" r:id="rId495"/>
+    <hyperlink ref="D555" r:id="rId496"/>
+    <hyperlink ref="D556" r:id="rId497"/>
+    <hyperlink ref="D557" r:id="rId498"/>
+    <hyperlink ref="D558" r:id="rId499"/>
+    <hyperlink ref="D559" r:id="rId500"/>
+    <hyperlink ref="D560" r:id="rId501"/>
+    <hyperlink ref="D563" r:id="rId502"/>
+    <hyperlink ref="D564" r:id="rId503"/>
+    <hyperlink ref="D565" r:id="rId504"/>
+    <hyperlink ref="D566" r:id="rId505"/>
+    <hyperlink ref="D568" r:id="rId506"/>
+    <hyperlink ref="D569" r:id="rId507"/>
+    <hyperlink ref="D570" r:id="rId508"/>
+    <hyperlink ref="D571" r:id="rId509"/>
+    <hyperlink ref="D572" r:id="rId510"/>
+    <hyperlink ref="D573" r:id="rId511"/>
+    <hyperlink ref="D574" r:id="rId512"/>
+    <hyperlink ref="D575" r:id="rId513"/>
+    <hyperlink ref="D576" r:id="rId514"/>
+    <hyperlink ref="D577" r:id="rId515"/>
+    <hyperlink ref="D578" r:id="rId516"/>
+    <hyperlink ref="D579" r:id="rId517"/>
+    <hyperlink ref="D580" r:id="rId518"/>
+    <hyperlink ref="D581" r:id="rId519"/>
+    <hyperlink ref="D583" r:id="rId520"/>
+    <hyperlink ref="D584" r:id="rId521"/>
+    <hyperlink ref="D585" r:id="rId522"/>
+    <hyperlink ref="D586" r:id="rId523"/>
+    <hyperlink ref="D587" r:id="rId524"/>
+    <hyperlink ref="D588" r:id="rId525"/>
+    <hyperlink ref="D589" r:id="rId526"/>
+    <hyperlink ref="D590" r:id="rId527"/>
+    <hyperlink ref="D591" r:id="rId528"/>
+    <hyperlink ref="D592" r:id="rId529"/>
+    <hyperlink ref="D593" r:id="rId530"/>
+    <hyperlink ref="D594" r:id="rId531"/>
+    <hyperlink ref="D596" r:id="rId532"/>
+    <hyperlink ref="D597" r:id="rId533"/>
+    <hyperlink ref="D598" r:id="rId534"/>
+    <hyperlink ref="D599" r:id="rId535"/>
+    <hyperlink ref="D601" r:id="rId536"/>
+    <hyperlink ref="D603" r:id="rId537"/>
+    <hyperlink ref="D605" r:id="rId538"/>
+    <hyperlink ref="D606" r:id="rId539"/>
+    <hyperlink ref="D609" r:id="rId540"/>
+    <hyperlink ref="D610" r:id="rId541"/>
+    <hyperlink ref="D611" r:id="rId542"/>
+    <hyperlink ref="D612" r:id="rId543"/>
+    <hyperlink ref="D613" r:id="rId544"/>
+    <hyperlink ref="D614" r:id="rId545"/>
+    <hyperlink ref="D615" r:id="rId546"/>
+    <hyperlink ref="D616" r:id="rId547"/>
+    <hyperlink ref="D617" r:id="rId548"/>
+    <hyperlink ref="D618" r:id="rId549"/>
+    <hyperlink ref="D619" r:id="rId550"/>
+    <hyperlink ref="D620" r:id="rId551"/>
+    <hyperlink ref="D621" r:id="rId552"/>
+    <hyperlink ref="D622" r:id="rId553"/>
+    <hyperlink ref="D624" r:id="rId554"/>
+    <hyperlink ref="D625" r:id="rId555"/>
+    <hyperlink ref="D626" r:id="rId556"/>
+    <hyperlink ref="D627" r:id="rId557"/>
+    <hyperlink ref="D628" r:id="rId558"/>
+    <hyperlink ref="D629" r:id="rId559"/>
+    <hyperlink ref="D630" r:id="rId560"/>
+    <hyperlink ref="D631" r:id="rId561"/>
+    <hyperlink ref="D632" r:id="rId562"/>
+    <hyperlink ref="D633" r:id="rId563"/>
+    <hyperlink ref="D634" r:id="rId564"/>
+    <hyperlink ref="D635" r:id="rId565"/>
+    <hyperlink ref="D636" r:id="rId566"/>
+    <hyperlink ref="D637" r:id="rId567"/>
+    <hyperlink ref="D638" r:id="rId568"/>
+    <hyperlink ref="D639" r:id="rId569"/>
+    <hyperlink ref="D640" r:id="rId570"/>
+    <hyperlink ref="D641" r:id="rId571"/>
+    <hyperlink ref="D642" r:id="rId572"/>
+    <hyperlink ref="D644" r:id="rId573"/>
+    <hyperlink ref="D645" r:id="rId574"/>
+    <hyperlink ref="D646" r:id="rId575"/>
+    <hyperlink ref="D647" r:id="rId576"/>
+    <hyperlink ref="D648" r:id="rId577"/>
+    <hyperlink ref="D649" r:id="rId578"/>
+    <hyperlink ref="D651" r:id="rId579"/>
+    <hyperlink ref="D652" r:id="rId580"/>
+    <hyperlink ref="D653" r:id="rId581"/>
+    <hyperlink ref="D654" r:id="rId582"/>
+    <hyperlink ref="D655" r:id="rId583"/>
+    <hyperlink ref="D656" r:id="rId584"/>
+    <hyperlink ref="D657" r:id="rId585"/>
+    <hyperlink ref="D658" r:id="rId586"/>
+    <hyperlink ref="D659" r:id="rId587"/>
+    <hyperlink ref="D660" r:id="rId588"/>
+    <hyperlink ref="D661" r:id="rId589"/>
+    <hyperlink ref="D662" r:id="rId590"/>
+    <hyperlink ref="D663" r:id="rId591"/>
+    <hyperlink ref="D664" r:id="rId592"/>
+    <hyperlink ref="D665" r:id="rId593"/>
+    <hyperlink ref="D666" r:id="rId594"/>
+    <hyperlink ref="D667" r:id="rId595"/>
+    <hyperlink ref="D668" r:id="rId596"/>
+    <hyperlink ref="D669" r:id="rId597"/>
+    <hyperlink ref="D670" r:id="rId598"/>
+    <hyperlink ref="D671" r:id="rId599"/>
+    <hyperlink ref="D673" r:id="rId600"/>
+    <hyperlink ref="D674" r:id="rId601"/>
+    <hyperlink ref="D675" r:id="rId602"/>
+    <hyperlink ref="D676" r:id="rId603"/>
+    <hyperlink ref="D677" r:id="rId604"/>
+    <hyperlink ref="D678" r:id="rId605"/>
+    <hyperlink ref="D679" r:id="rId606"/>
+    <hyperlink ref="D680" r:id="rId607"/>
+    <hyperlink ref="D681" r:id="rId608"/>
+    <hyperlink ref="D682" r:id="rId609"/>
+    <hyperlink ref="D683" r:id="rId610"/>
+    <hyperlink ref="D684" r:id="rId611"/>
+    <hyperlink ref="D685" r:id="rId612"/>
+    <hyperlink ref="D686" r:id="rId613"/>
+    <hyperlink ref="D687" r:id="rId614"/>
+    <hyperlink ref="D688" r:id="rId615"/>
+    <hyperlink ref="D689" r:id="rId616"/>
+    <hyperlink ref="D690" r:id="rId617"/>
+    <hyperlink ref="D691" r:id="rId618"/>
+    <hyperlink ref="D692" r:id="rId619"/>
+    <hyperlink ref="D693" r:id="rId620"/>
+    <hyperlink ref="D694" r:id="rId621"/>
+    <hyperlink ref="D695" r:id="rId622"/>
+    <hyperlink ref="D696" r:id="rId623"/>
+    <hyperlink ref="D697" r:id="rId624"/>
+    <hyperlink ref="D698" r:id="rId625"/>
+    <hyperlink ref="D699" r:id="rId626"/>
+    <hyperlink ref="D700" r:id="rId627"/>
+    <hyperlink ref="D702" r:id="rId628"/>
+    <hyperlink ref="D703" r:id="rId629"/>
+    <hyperlink ref="D705" r:id="rId630"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>