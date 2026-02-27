--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -8,4066 +8,3976 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2603" uniqueCount="1346">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2545" uniqueCount="1316">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1. Аудио, видео и ТВ (AV/TV)</t>
   </si>
   <si>
     <t>1.1 Коаксиальный кабель</t>
   </si>
   <si>
     <t>1.1.1 Кабель SAT-703 B</t>
   </si>
   <si>
+    <t>01-2431-2</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703 B, CCS/Al/Al, 75%, 75Ом, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-2435</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный SAT 703 ZH, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, серый CAVEL </t>
+  </si>
+  <si>
+    <t>01-2436-1</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703 B, Cu/Al/Al, 75%, 75Ом, 100м, OUTDOOR, черный PROconnect</t>
+  </si>
+  <si>
     <t>01-2432-2</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель коаксиальный SAT-703PE, Cu/Al/CuSn, 75%, 75Ом, 100м, OUTDOOR, черный CAVEL </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>01-2424</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703 B, Cu/Al/Cu, 48%, 75Ом, 100м, INDOOR, белый СМАРТКИП</t>
   </si>
   <si>
     <t>01-2432</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель коаксиальный SAT 703 B, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, белый CAVEL </t>
   </si>
   <si>
-    <t>01-2435</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Кабель коаксиальный SAT 703 ZH, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, серый CAVEL </t>
+    <t>01-2431</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703 B, Cu/Al/Cu, 75%, 75Ом, 100м, INDOOR, белый REXANT</t>
   </si>
   <si>
     <t>01-2431-6</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703 B, Cu/Al/Cu, 64%, 75Ом, 100м, INDOOR, белый PROconnect</t>
   </si>
   <si>
-    <t>01-2431</t>
-[...10 lines deleted...]
-  <si>
     <t>01-2432-1</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель коаксиальный SAT 703 B, Cu/Al/CuSn, 75%, 75Ом, 250м, INDOOR, белый CAVEL </t>
   </si>
   <si>
     <t>1.1.2 Кабель SAT-50 M</t>
   </si>
   <si>
     <t>01-2401-6</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 50 M, Cu/Al/Cu, 64%, 75Ом, 100м, INDOOR, белый PROconnect</t>
   </si>
   <si>
+    <t>01-2401-2</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50 M, CCS/Al/Al, 75%, 75Ом, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2401</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50 M, Cu/Al/Cu, 75%, 75Ом, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
     <t>01-2402</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель коаксиальный SAT 50 M, Cu/Al/CuSn, 64%, 75Ом, 100м, INDOOR, белый CAVEL </t>
   </si>
   <si>
-    <t>01-2401-2</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.3 Кабель 75 Ом – CCS</t>
   </si>
   <si>
+    <t>01-2251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 32%, 100м, INDOOR, белый PROconnect Light </t>
+  </si>
+  <si>
+    <t>01-2202</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 100м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2205-1</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 100м, OUTDOOR, черный PROconnect</t>
+  </si>
+  <si>
     <t>01-2201</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 100м, INDOOR, белый REXANT</t>
   </si>
   <si>
+    <t>01-2203</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2621</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-59U, 75Ом, CCS/Al/Al, 48%, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2611</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный 3С-2V, 75Ом, CCS/Al/Al, 48%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2205</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
     <t>01-2204</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 305м, OUTDOOR, черный REXANT</t>
   </si>
   <si>
-    <t>01-2621</t>
-[...40 lines deleted...]
-  <si>
     <t>1.1.4 Кабель 75 Ом – CU</t>
   </si>
   <si>
+    <t>01-2241</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu/Al, 90%, две фольги, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2651</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-59U, 75Ом, Cu/Al/Cu, 64%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2206</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 48%, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2223</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 75%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
     <t>01-2222</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 100м, OUTDOOR, черный REXANT</t>
   </si>
   <si>
+    <t>01-2232</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 305м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2231</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2233</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 75%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2221</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
     <t>01-2641</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-59U, 75Ом, Cu/Al/Cu, 64%, 100м, INDOOR, белый REXANT</t>
   </si>
   <si>
-    <t>01-2231</t>
-[...46 lines deleted...]
-  <si>
     <t>1.1.5 Кабель 50 Ом</t>
   </si>
   <si>
+    <t>01-2001</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-58 A/U, 50 Ом, Cu/Al/Cu, 64%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2021</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-8X, 50 Ом, CCS/Al/Al, 75%, 100м, INDOOR, серый REXANT</t>
+  </si>
+  <si>
+    <t>01-2041</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-213, 50 Ом, Cu/Cu, 96%, 100м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2002</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-58 A/U, 50 Ом, Cu/Al/Cu, 64%, 100м, INDOOR, серый REXANT</t>
+  </si>
+  <si>
     <t>01-2003</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-58 A/U, 50 Ом, Cu/Al/Cu, 64%, 100м, OUTDOOR, черный REXANT</t>
   </si>
   <si>
-    <t>01-2001</t>
-[...22 lines deleted...]
-  <si>
     <t>1.1.6 Мини бухты Коаксиальный кабель</t>
   </si>
   <si>
     <t>01-2431-20</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703B, 75Ом, Cu/Al/Cu, 75%, 20м, INDOOR, белый REXANT</t>
   </si>
   <si>
     <t>01-2205-20</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 20м, INDOOR, белый PROconnect</t>
   </si>
   <si>
     <t>01-2205-10</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 10м, INDOOR, белый PROconnect</t>
   </si>
   <si>
     <t>01-2401-2-20</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 50M, 75Ом, CCS/Al/Al, 75%, 20м, INDOOR, белый PROconnect</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>01-2401-2-50</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 50M, 75Ом, CCS/Al/Al, 75%, 50м, INDOOR, белый PROconnect</t>
   </si>
   <si>
     <t>01-2431-2-20</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703B, 75Ом, CCS/Al/Al, 75%, 20м, INDOOR, белый PROconnect</t>
   </si>
   <si>
     <t>01-2431-2-50</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703B, 75Ом, CCS/Al/Al, 75%, 50м, INDOOR, белый PROconnect</t>
   </si>
   <si>
+    <t>01-2431-10</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703B, 75Ом, Cu/Al/Cu, 75%, 10м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2431-50</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703B, 75Ом, Cu/Al/Cu, 75%, 50м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
     <t>01-2205-50</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 50м, INDOOR, белый PROconnect</t>
   </si>
   <si>
-    <t>01-2431-10</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.7 Кабель MARS</t>
   </si>
   <si>
     <t>01-2501</t>
   </si>
   <si>
     <t>Кабель коаксиальный MARS 4K, Cu/Al/CuSn, 96%, 75Ом, 100м, INDOOR, белый REXANT</t>
   </si>
   <si>
     <t>01-2502</t>
   </si>
   <si>
     <t>Кабель коаксиальный MARS HD, Cu/Al/CuSn, 96%, 75Ом, 100м, INDOOR, белый REXANT</t>
   </si>
   <si>
     <t>1.1.8 Коаксиальный магистральный кабель</t>
   </si>
   <si>
     <t>01-3001</t>
   </si>
   <si>
     <t>Кабель коаксиальный магистральный RG-11U, 75Ом, CCS/Al/Al, 83%, 305м, INDOOR, белый REXANT</t>
   </si>
   <si>
     <t>01-3011</t>
   </si>
   <si>
     <t>Кабель коаксиальный магистральный RG-11U, 75Ом, CCS/Al/Al, 83%, 305м, OUTDOOR, черный REXANT</t>
   </si>
   <si>
     <t>1.1.9 Кабель 75 Ом – нг(А)-HF</t>
   </si>
   <si>
     <t>01-2654</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U нг(А)-HF, Cu/Al/Cu, 64%, 75Ом, 100м, INDOOR, оранжевый REXANT</t>
   </si>
   <si>
     <t>1.1.10 Кабель DG-113 / TS-703</t>
   </si>
   <si>
+    <t>01-2471</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный DG-113, Cu/Al/Cu, 75%, 75Ом, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
     <t>01-2472</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель коаксиальный DG-113, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, белый CAVEL </t>
   </si>
   <si>
-    <t>01-2471</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.11 Кабель РК 75-</t>
   </si>
   <si>
+    <t>01-2693</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-4-11А, 200м, черный REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-2697</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-4-11, 200м, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2690</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-4-15, 200м, черный REXANT</t>
+  </si>
+  <si>
     <t>01-2680</t>
   </si>
   <si>
     <t>Кабель коаксиальный РК 75-2-11АИТ, 400м, черный REXANT</t>
   </si>
   <si>
-    <t>метр</t>
-[...1 lines deleted...]
-  <si>
     <t>01-2681</t>
   </si>
   <si>
     <t>Кабель коаксиальный РК 75-2-11А, 400м, черный REXANT</t>
   </si>
   <si>
     <t>01-2692</t>
   </si>
   <si>
     <t>Кабель коаксиальный РК 75-4-11АИТ, 200м, черный REXANT</t>
   </si>
   <si>
-    <t>01-2697</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Разъемы/переходники/делители ТВ</t>
   </si>
   <si>
     <t>1.2.1 Разъемы F</t>
   </si>
   <si>
+    <t>05-4007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем для RG-11, (с пином) REXANT </t>
+  </si>
+  <si>
+    <t>05-4031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем RG-6, обжим REXANT </t>
+  </si>
+  <si>
+    <t>05-4002-4</t>
+  </si>
+  <si>
+    <t>F-разъем RG-59 PROconnect</t>
+  </si>
+  <si>
+    <t>05-4003-4</t>
+  </si>
+  <si>
+    <t>F-разъем RG-6, L=19мм PROconnect</t>
+  </si>
+  <si>
+    <t>05-4005-4</t>
+  </si>
+  <si>
+    <t>F-разъем для SAT, (с резиновым уплотнителем) PROconnect</t>
+  </si>
+  <si>
+    <t>05-4001-4</t>
+  </si>
+  <si>
+    <t>F-разъем RG-58 PROconnect</t>
+  </si>
+  <si>
     <t>05-4001</t>
   </si>
   <si>
     <t xml:space="preserve">F-разъем RG-58 REXANT </t>
   </si>
   <si>
-    <t>05-4031</t>
-[...8 lines deleted...]
-    <t>F-разъем RG-59 PROconnect</t>
+    <t>05-4003-6</t>
+  </si>
+  <si>
+    <t>F-разъем RG-6, L=17,8мм PROconnect</t>
   </si>
   <si>
     <t>05-4002</t>
   </si>
   <si>
     <t xml:space="preserve">F-разъем RG-59 REXANT </t>
   </si>
   <si>
-    <t>05-4001-4</t>
-[...22 lines deleted...]
-  <si>
     <t>05-4003</t>
   </si>
   <si>
     <t xml:space="preserve">F-разъем RG-6 REXANT </t>
   </si>
   <si>
+    <t>05-4007-4</t>
+  </si>
+  <si>
+    <t>F-разъем для RG-11, (с пином) PROconnect</t>
+  </si>
+  <si>
+    <t>05-4005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем для SAT, (с резиновым уплотнителем) REXANT </t>
+  </si>
+  <si>
     <t>05-4103-4</t>
   </si>
   <si>
     <t>F-разъем на корпус с контактом PROconnect</t>
   </si>
   <si>
-    <t>05-4007-4</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2.2 Разъемы TV</t>
   </si>
   <si>
-    <t>05-2031</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">TV-разъем штекер без пайки Орех REXANT </t>
+    <t>05-2011-4</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер никелированный c пружиной PROconnect</t>
+  </si>
+  <si>
+    <t>05-2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо никелированный c пружиной REXANT </t>
+  </si>
+  <si>
+    <t>05-2043-2</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки белый PROconnect</t>
+  </si>
+  <si>
+    <t>05-2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо без пайки Орех REXANT </t>
   </si>
   <si>
     <t>05-4306</t>
   </si>
   <si>
     <t xml:space="preserve">TV-разъем гнездо обжим REXANT </t>
   </si>
   <si>
+    <t>05-2042-2</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер без пайки черный PROconnect</t>
+  </si>
+  <si>
+    <t>05-2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо без пайки черный REXANT </t>
+  </si>
+  <si>
+    <t>05-2043</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки белый REXANT</t>
+  </si>
+  <si>
+    <t>05-2041-2</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер без пайки белый PROconnect</t>
+  </si>
+  <si>
+    <t>05-2044-2</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки черный PROconnect</t>
+  </si>
+  <si>
+    <t>05-2014-4</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо никелированный c пружиной PROconnect</t>
+  </si>
+  <si>
+    <t>05-2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем штекер никелированный c пружиной REXANT </t>
+  </si>
+  <si>
     <t>05-2061</t>
   </si>
   <si>
     <t xml:space="preserve">TV-разъем штекер без пайки белый угловой REXANT </t>
   </si>
   <si>
-    <t>05-2011-4</t>
-[...64 lines deleted...]
-  <si>
     <t>1.2.3 Переходники F – TV</t>
   </si>
   <si>
+    <t>05-4201-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо F, бочка с кольцом PROconnect</t>
+  </si>
+  <si>
+    <t>05-4202-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – штекер F PROconnect</t>
+  </si>
+  <si>
+    <t>05-4205-4</t>
+  </si>
+  <si>
+    <t>Переходник соединитель, x4 гнезда F PROconnect</t>
+  </si>
+  <si>
+    <t>05-4201</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо F, бочка с кольцом REXANT</t>
+  </si>
+  <si>
+    <t>05-4303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник гнездо F – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4312-4</t>
+  </si>
+  <si>
+    <t>Переходник угловой гнездо F – гнездо TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4311-4</t>
+  </si>
+  <si>
+    <t>Переходник угловой гнездо F – штекер TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4361-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – штекер TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4303-6</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – штекер TV Zn PROconnect</t>
+  </si>
+  <si>
+    <t>05-4204-4</t>
+  </si>
+  <si>
+    <t>Переходник соединитель, x3 гнезда F PROconnect</t>
+  </si>
+  <si>
+    <t>05-4203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник угловой штекер F – гнездо F REXANT </t>
+  </si>
+  <si>
     <t>05-4312</t>
   </si>
   <si>
     <t xml:space="preserve">Переходник угловой гнездо F – гнездо TV REXANT </t>
   </si>
   <si>
+    <t>05-4201-6</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо F, бочка без кольца PROconnect</t>
+  </si>
+  <si>
+    <t>05-4361</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник штекер F – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник угловой гнездо F – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4303-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – штекер TV ZnNi PROconnect</t>
+  </si>
+  <si>
+    <t>05-4362-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – гнездо TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-2302</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник штекер TV – штекер TV REXANT </t>
+  </si>
+  <si>
     <t>05-4301-4</t>
   </si>
   <si>
     <t>Переходник гнездо F – гнездо TV с кольцом PROconnect</t>
   </si>
   <si>
-    <t>05-4303-4</t>
-[...8 lines deleted...]
-    <t>Переходник угловой гнездо F – гнездо TV PROconnect</t>
+    <t>05-2304</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник гнездо TV – штекер 3,5 мм mono REXANT </t>
   </si>
   <si>
     <t>05-4301</t>
   </si>
   <si>
     <t xml:space="preserve">Переходник гнездо F – гнездо TV REXANT </t>
   </si>
   <si>
     <t>05-4302-4</t>
   </si>
   <si>
     <t>Переходник гнездо F – гнездо TV PROconnect</t>
   </si>
   <si>
-    <t>05-4204-4</t>
-[...94 lines deleted...]
-  <si>
     <t>1.2.4 Делители ТВ</t>
   </si>
   <si>
+    <t>05-6201-4</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
+  </si>
+  <si>
+    <t>05-6102</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Silver (4 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6023</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6002</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6101</t>
+  </si>
+  <si>
+    <t>Делитель ТВx2 под F-разъем, 5-1000МГц, Silver (3 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6032</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-900МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6004</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6105</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц, Silver (9 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6031</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-900МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6024</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6025</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6202-4</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
+  </si>
+  <si>
+    <t>05-6104</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц, Silver (7 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6021</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6022</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6201</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6205</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6102-1</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Gold (4 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6101-1</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц, Gold (3 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6203</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6001</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6005</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6204</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
     <t>05-6103</t>
   </si>
   <si>
     <t>Делитель ТВх4 под F-разъем, 5-1000МГц, Silver (5 F-разъемов в комплекте) REXANT</t>
   </si>
   <si>
-    <t>05-6024</t>
-[...2 lines deleted...]
-    <t>Делитель ТВх6 под F-разъем, 5-1000МГц PROconnect</t>
+    <t>05-8000</t>
+  </si>
+  <si>
+    <t>Диплексор (сумматор-делитель) SAT+TV REXANT</t>
+  </si>
+  <si>
+    <t>05-6003</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц REXANT</t>
   </si>
   <si>
     <t>05-6202</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
   </si>
   <si>
-    <t>05-6104</t>
-[...142 lines deleted...]
-  <si>
     <t>1.3 Разъемы/переходники/делители Аудио-Видео</t>
   </si>
   <si>
     <t>1.3.1 Переходники HDMI, VGA, DVI</t>
   </si>
   <si>
+    <t>17-6934</t>
+  </si>
+  <si>
+    <t>Переходник штекер HDMI - гнездо VGA, провод + шнур стерео 3,5мм с питанием REXANT</t>
+  </si>
+  <si>
+    <t>17-6835</t>
+  </si>
+  <si>
+    <t>Переходник штекер HDMI - гнездо VGA, провод REXANT</t>
+  </si>
+  <si>
+    <t>17-6834</t>
+  </si>
+  <si>
+    <t>Переходник штекер VGA - 2 гнезда VGA, провод REXANT</t>
+  </si>
+  <si>
+    <t>17-6815</t>
+  </si>
+  <si>
+    <t>Переходник штекер micro HDMI - гнездо HDMI REXANT</t>
+  </si>
+  <si>
+    <t>17-6916</t>
+  </si>
+  <si>
+    <t>HDMI-удлинитель по витой паре RJ-45(8P8C) до 30м (1080p) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>17-6936</t>
+  </si>
+  <si>
+    <t>Переходник штекер HDMI - гнездо VGA, провод + шнур стерео 3,5мм REXANT</t>
+  </si>
+  <si>
+    <t>17-6971</t>
+  </si>
+  <si>
+    <t>HDMI-удлинитель по витой паре RJ-45(8P8C) до 200м (1080p) REXANT</t>
+  </si>
+  <si>
+    <t>17-6808</t>
+  </si>
+  <si>
+    <t>Переходник штекер VGA - гнездо DVI-I REXANT</t>
+  </si>
+  <si>
     <t>17-6812</t>
   </si>
   <si>
     <t>Переходник поворотный, штекер DVI-D - гнездо HDMI REXANT</t>
   </si>
   <si>
+    <t>17-6811</t>
+  </si>
+  <si>
+    <t>Переходник штекер DVI-I - гнездо HDMI REXANT</t>
+  </si>
+  <si>
+    <t>17-6821</t>
+  </si>
+  <si>
+    <t>Переходник штекер DVI-I - гнездо VGA REXANT</t>
+  </si>
+  <si>
+    <t>17-6817</t>
+  </si>
+  <si>
+    <t>Переходник гнездо VGA - гнездо VGA REXANT</t>
+  </si>
+  <si>
+    <t>17-6832</t>
+  </si>
+  <si>
+    <t>Переходник штекер HDMI - 2 гнезда HDMI с проводом, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-6807</t>
+  </si>
+  <si>
+    <t>Переходник штекер HDMI - гнездо DVI-I REXANT</t>
+  </si>
+  <si>
     <t>17-6813</t>
   </si>
   <si>
     <t>Переходник штекер HDMI - гнездо HDMI, поворотный REXANT</t>
   </si>
   <si>
-    <t>17-6811</t>
-[...2 lines deleted...]
-    <t>Переходник штекер DVI-I - гнездо HDMI REXANT</t>
+    <t>17-6801</t>
+  </si>
+  <si>
+    <t>Переходник штекер mini HDMI - гнездо HDMI REXANT</t>
+  </si>
+  <si>
+    <t>17-6806</t>
+  </si>
+  <si>
+    <t>Переходник гнездо HDMI - гнездо HDMI REXANT</t>
   </si>
   <si>
     <t>17-6805</t>
   </si>
   <si>
     <t>Переходник штекер HDMI - гнездо HDMI, угловой REXANT</t>
   </si>
   <si>
-    <t>17-6821</t>
-[...28 lines deleted...]
-  <si>
     <t>17-6971-1</t>
   </si>
   <si>
     <t>HDMI-удлинитель (делитель) по витой паре RJ-45(8P8C) до 150м (1080p 60 fps) REXANT</t>
   </si>
   <si>
     <t>17-6906</t>
   </si>
   <si>
     <t>HDMI-удлинитель по витой паре RJ-45(8P8C) до 60м (1080p) REXANT</t>
   </si>
   <si>
-    <t>17-6808</t>
-[...55 lines deleted...]
-  <si>
     <t>1.3.2 Конвертеры VGA, HDMI, RCA</t>
   </si>
   <si>
     <t>17-6904</t>
   </si>
   <si>
     <t>Конвертер YPbPr + SPDIF / Toslink на HDMI, металл REXANT</t>
   </si>
   <si>
+    <t>17-6932</t>
+  </si>
+  <si>
+    <t>Конвертер BNC/RCA + S-video на VGA + переходник (гн. BNC – шт. RCA), пластик REXANT</t>
+  </si>
+  <si>
     <t>17-6931</t>
   </si>
   <si>
     <t>Конвертер HDMI на 3 RCA, пластик, белый REXANT</t>
   </si>
   <si>
+    <t>17-6939</t>
+  </si>
+  <si>
+    <t>Конвертер 3 RCA на HDMI, пластик REXANT</t>
+  </si>
+  <si>
     <t>17-6910</t>
   </si>
   <si>
     <t>Конвертер BNC/RCA + S-video на VGA, пластик REXANT</t>
   </si>
   <si>
-    <t>17-6932</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3.3 Разъёмы RCA</t>
   </si>
   <si>
+    <t>14-0405-1</t>
+  </si>
+  <si>
+    <t>Разъем штекер RCA металл пайка черный/красный, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>14-0410</t>
+  </si>
+  <si>
+    <t>Разъем штекер RCA металл под винт черный/красный REXANT</t>
+  </si>
+  <si>
+    <t>14-0410-4</t>
+  </si>
+  <si>
+    <t>Разъем штекер RCA металл под винт черный/красный PROconnect</t>
+  </si>
+  <si>
     <t>14-0405-4</t>
   </si>
   <si>
     <t>Разъем штекер RCA металл пайка черный/красный PROconnect</t>
   </si>
   <si>
-    <t>14-0405-1</t>
-[...16 lines deleted...]
-  <si>
     <t>14-0413</t>
   </si>
   <si>
     <t>Разъем штекер RCA с клеммной колодкой REXANT</t>
   </si>
   <si>
     <t>1.3.4 Переходники стерео 3,5 мм – 6,3 мм</t>
   </si>
   <si>
     <t>14-0203</t>
   </si>
   <si>
     <t>Переходник 3,5мм стерео гнездо - 3,5мм стерео гнездо, пластик REXANT</t>
   </si>
   <si>
     <t>14-0440</t>
   </si>
   <si>
     <t>Разъем 3,5мм стерео штекер с клеммной колодкой под винт REXANT</t>
   </si>
   <si>
     <t>14-0213</t>
   </si>
   <si>
     <t>Переходник 3,5мм стерео штекер - 6,3мм стерео гнездо, металл REXANT</t>
   </si>
   <si>
     <t>14-0205</t>
   </si>
   <si>
     <t>Переходник 6,3мм стерео штекер - 3.5мм стерео гнездо, металл REXANT</t>
   </si>
   <si>
-    <t>14-0202</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3.5 Делители HDMI, VGA</t>
   </si>
   <si>
+    <t>17-6924</t>
+  </si>
+  <si>
+    <t>Делитель гнездо VGA на 4 гнезда VGA, металл REXANT</t>
+  </si>
+  <si>
+    <t>17-6912</t>
+  </si>
+  <si>
+    <t>Переключатель гнездо HDMI на 3 гнезда HDMI, без питания, пластик REXANT</t>
+  </si>
+  <si>
+    <t>17-6922</t>
+  </si>
+  <si>
+    <t>Делитель гнездо VGA на 2 гнезда VGA, металл REXANT</t>
+  </si>
+  <si>
+    <t>17-6951</t>
+  </si>
+  <si>
+    <t>Делитель гнездо HDMI на 2 гнезда HDMI, пластик REXANT</t>
+  </si>
+  <si>
+    <t>17-6928</t>
+  </si>
+  <si>
+    <t>Делитель гнездо VGA на 8 гнезд VGA, металл REXANT</t>
+  </si>
+  <si>
+    <t>17-6952</t>
+  </si>
+  <si>
+    <t>Делитель гнездо HDMI на 4 гнезда HDMI, пластик REXANT</t>
+  </si>
+  <si>
     <t>17-6901</t>
   </si>
   <si>
     <t>Делитель гнездо HDMI на 2 гнезда HDMI, металл REXANT</t>
   </si>
   <si>
-    <t>17-6924</t>
-[...34 lines deleted...]
-  <si>
     <t>1.4 Шнуры Аудио-Видео</t>
   </si>
   <si>
-    <t>1.4.1 Шнуры HDMI</t>
-[...2 lines deleted...]
-    <t>1.4.1.1 Шнуры HDMI – HDMI версии 1.4</t>
+    <t>1.4.1 Шнуры DIN 5 PIN</t>
+  </si>
+  <si>
+    <t>17-2512-4</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - 2 RCA, 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>17-2502</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - Стерео 3,5мм, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-2512</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - 2 RCA, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-2522</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - DIN 5 Pin, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-2522-4</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - DIN 5 Pin, 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>17-2502-4</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - Стерео 3,5мм, 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>1.4.2 Шнуры HDMI</t>
+  </si>
+  <si>
+    <t>1.4.2.1 Шнуры HDMI – HDMI версии 1.4</t>
+  </si>
+  <si>
+    <t>17-6205</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6204</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6203-1</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-6204-1</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-6208</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 10м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6204-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Silver  PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6203-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6205-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6206-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6209-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6210-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6204-3</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - HDMI 1.4, 2м, Gold, с фильтрами, угловой 360° REXANT</t>
+  </si>
+  <si>
+    <t>17-6203-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6204-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6202-8</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 1м Silver PROconnect</t>
   </si>
   <si>
-    <t>17-6203-4</t>
-[...2 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, угловой PROconnect</t>
+    <t>17-6205-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6202</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6202-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6208-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 10м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Silver PROconnect</t>
+  </si>
+  <si>
+    <t>17-6209</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6210</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6206</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 5м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6203-6</t>
-[...125 lines deleted...]
-    <t>1.4.1.2 Шнуры DisplayPort – HDMI</t>
+    <t>1.4.2.2 Шнуры DisplayPort – HDMI</t>
   </si>
   <si>
     <t>17-6502</t>
   </si>
   <si>
     <t>Кабель DisplayPort - HDMI, 1,8м REXANT</t>
   </si>
   <si>
-    <t>1.4.1.3 Шнуры HDMI – HDMI версии 2.0</t>
+    <t>1.4.2.3 Шнуры HDMI – HDMI версии 2.0</t>
   </si>
   <si>
     <t>17-6102</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 1м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6104</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 2м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6103</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 1,5м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6105</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 3м, Gold REXANT</t>
   </si>
   <si>
+    <t>17-6106-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6102-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 1м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6103-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 1,5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6104-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 2м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6105-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 3м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6108-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 10м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6109-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 15м, Gold PROconnect</t>
+  </si>
+  <si>
     <t>17-6110-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 20м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6104-6</t>
-[...41 lines deleted...]
-    <t>1.4.1.4 Шнуры HDMI – HDMI версии 2.1</t>
+    <t>1.4.2.4 Шнуры HDMI – HDMI версии 2.1</t>
   </si>
   <si>
     <t>17-6005</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.1, длина 3м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6002</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.1, длина 1м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6003</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.1, длина 1,5м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6004</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.1, длина 2м, Gold REXANT</t>
   </si>
   <si>
-    <t>1.4.1.5 Шнуры USB Type-C – HDMI</t>
+    <t>1.4.2.5 Шнуры USB Type-C – HDMI</t>
   </si>
   <si>
     <t>17-6402</t>
   </si>
   <si>
     <t>Кабель USB Type-C - HDMI, 2м REXANT</t>
   </si>
   <si>
-    <t>1.4.1.6 Шнуры HDMI – DVI</t>
+    <t>1.4.2.6 Шнуры HDMI – DVI</t>
+  </si>
+  <si>
+    <t>17-6306</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 5м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6305</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 3м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6304</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 2м, Gold, с фильтрами REXANT</t>
   </si>
   <si>
     <t>17-6303</t>
   </si>
   <si>
     <t>Шнур HDMI - DVI-D, 1,5м, Gold, с фильтрами REXANT</t>
   </si>
   <si>
-    <t>17-6306</t>
-[...16 lines deleted...]
-  <si>
     <t>17-6307</t>
   </si>
   <si>
     <t>Шнур HDMI - DVI-D, 7м, Gold, с фильтрами REXANT</t>
   </si>
   <si>
-    <t>1.4.2 Шнуры AUX Стерео 3,5 мм – Стерео 3,5 мм</t>
+    <t>1.4.3 Шнуры AUX Стерео 3,5 мм – Стерео 3,5 мм</t>
   </si>
   <si>
     <t>17-4104</t>
   </si>
   <si>
     <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 3м REXANT</t>
   </si>
   <si>
+    <t>17-4105</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4006</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4005</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 3м REXANT</t>
+  </si>
+  <si>
+    <t>17-4007</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 7м REXANT</t>
+  </si>
+  <si>
+    <t>17-4100</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4102-8</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 1,2м, черный СМАРТКИП</t>
+  </si>
+  <si>
     <t>17-4008</t>
   </si>
   <si>
     <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 10м REXANT</t>
   </si>
   <si>
-    <t>17-4105</t>
-[...8 lines deleted...]
-    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 5м REXANT</t>
+    <t>17-4003</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 1,5м REXANT</t>
   </si>
   <si>
     <t>17-4102</t>
   </si>
   <si>
     <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 1,5м REXANT</t>
   </si>
   <si>
-    <t>17-4102-8</t>
-[...35 lines deleted...]
-    <t>1.4.3 Шнуры TOSLINK</t>
+    <t>1.4.4 Шнуры ТВ</t>
+  </si>
+  <si>
+    <t>18-0024</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0102</t>
+  </si>
+  <si>
+    <t>Шнур ТВ штекер - ТВ штекер, 1,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0004</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-5013</t>
+  </si>
+  <si>
+    <t>ВЧ-кабель, ТВ-гнездо - ТВ-штекер, 3м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0006</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0008</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 15м, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-5002</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0025</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0007</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 10м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0014</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 3м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0022</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 1,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0005</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0112</t>
+  </si>
+  <si>
+    <t>Шнур ТВ штекер - ТВ штекер, угловой, 1,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-5011</t>
+  </si>
+  <si>
+    <t>ВЧ-кабель, ТВ-гнездо - ТВ-штекер, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-5014</t>
+  </si>
+  <si>
+    <t>ВЧ-кабель, ТВ-гнездо - ТВ-штекер, 5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-5016</t>
+  </si>
+  <si>
+    <t>ВЧ-кабель, ТВ-гнездо - ТВ-штекер, 10м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0002</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 1,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0012</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.4.5 Шнуры RCA</t>
+  </si>
+  <si>
+    <t>1.4.5.1 Шнуры 3 RCA – 3 RCA</t>
+  </si>
+  <si>
+    <t>17-0212</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 1,5м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0207</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 10м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-0204</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 3м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-0214</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 3м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0215</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 5м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0202</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-0205</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.4.5.2 Шнуры Стерео 3,5 мм – RCA</t>
+  </si>
+  <si>
+    <t>17-4202-8</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 1,2м СМАРТКИП</t>
+  </si>
+  <si>
+    <t>17-4412</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм 4C - 3 RCA, 1,5м, двухцветный штекер Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-4224</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 3м, Gold-металл REXANT</t>
+  </si>
+  <si>
+    <t>17-4204</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 3м REXANT</t>
+  </si>
+  <si>
+    <t>17-4412-4</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм 4C - 3 RCA, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-4232</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-4234</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 3м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-4225</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 5м, Gold-металл REXANT</t>
+  </si>
+  <si>
+    <t>17-4205</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4202</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4222</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 1,5м, Gold-металл REXANT</t>
+  </si>
+  <si>
+    <t>17-4206</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 7м REXANT</t>
+  </si>
+  <si>
+    <t>1.4.5.3 Шнуры 2 RCA – 2 RCA</t>
+  </si>
+  <si>
+    <t>17-0143</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 1,5м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0145</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 3м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0148</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 10м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0146</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 5м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0105</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 3м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-0103</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.4.6 Шнуры TOSLINK</t>
   </si>
   <si>
     <t>17-0802</t>
   </si>
   <si>
     <t>Шнур Toslink - Toslink, 1,5м REXANT</t>
   </si>
   <si>
     <t>17-0804</t>
   </si>
   <si>
     <t>Шнур Toslink - Toslink, 3м REXANT</t>
   </si>
   <si>
-    <t>1.4.4 Шнуры DIN 5 PIN</t>
-[...328 lines deleted...]
-  <si>
     <t>1.4.7 Шнуры VGA</t>
   </si>
   <si>
     <t>17-5505-6</t>
   </si>
   <si>
     <t>Шнур VGA - VGA с ферритами, 3м, черный PROconnect</t>
   </si>
   <si>
     <t>17-5503-6</t>
   </si>
   <si>
     <t>Шнур VGA - VGA с ферритами, 1,8м, черный PROconnect</t>
   </si>
   <si>
     <t>1.5 Кронштейны</t>
   </si>
   <si>
     <t>1.5.1 Кронштейны для ТВ</t>
   </si>
   <si>
+    <t>38-0401-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для крепления Саундбара макс. 10 кг, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0401</t>
+  </si>
+  <si>
+    <t>Кронштейн для крепления Саундбара, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0053</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный одно колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0370</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-75", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0309</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", потолочный подвесной, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0385</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-75", моторизированный, серия Profi REXANT</t>
+  </si>
+  <si>
+    <t>38-0346</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 43"-90", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0351</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-90", наклонно-поворотный, двойное колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0063</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 26"-55", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>34-0589</t>
+  </si>
+  <si>
+    <t>Полка для аудио- и видеоаппаратуры, 200х175мм REXANT</t>
+  </si>
+  <si>
+    <t>38-0335</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", фиксированный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0342</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 42"-100" фиксированный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0371</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонно-поворотный, два двойных колена раздельно, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0053-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для телевизора 13"-37", наклонно-поворотный одно колено REXANT </t>
+  </si>
+  <si>
+    <t>38-0330</t>
+  </si>
+  <si>
+    <t>Кронштейн наклонный для телевизора и монитора 26"-55" REXANT</t>
+  </si>
+  <si>
+    <t>38-0050</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный REXANT</t>
+  </si>
+  <si>
+    <t>38-0312</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"- 65", наклонный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0333</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-55", фиксированный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0384</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-85", наклонно-поворотный, двойное колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0311</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-60", потолочный подвесной, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0334</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0336</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0345</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 43"-90", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0310</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0060</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 17"-43", наклонно-поворотный, 1 колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0070</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0080</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-65", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0305</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0343</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-80", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0060-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 23"-43", наклонно-поворотный, 1 колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0344</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-80", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0300</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 10"-27", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0320</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0317</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 32"-55", с дополнительной полкой для медиаоборудования, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0313</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"- 75", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0090</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 30"-70", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0350</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-80", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0062</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 19"-42", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0319</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 19"-42", на колесах, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0330-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-55", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0318</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 37"-70", с дополнительной полкой для медиаоборудования, серия PROFI REXANT</t>
+  </si>
+  <si>
     <t>38-0373</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 37"-70", наклонный с быстрой фиксацией, серия HOME REXANT</t>
   </si>
   <si>
+    <t>38-0347</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-90", наклонно-поворотный, двойное колено, серия PROFI REXANT</t>
+  </si>
+  <si>
     <t>38-0061</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 13"-43", наклонно-поворотный REXANT</t>
   </si>
   <si>
-    <t>38-0309</t>
-[...8 lines deleted...]
-    <t>Кронштейн для телевизора 37"-80", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+    <t>38-0348</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 60"-100", наклонно-поворотный, двойное колено, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0349</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 60"-100", наклонный с быстрой фиксацией, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0374</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонно-поворотный, 2 колена, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0081</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", наклонно-поворотный, 2 колена REXANT</t>
   </si>
   <si>
     <t>38-0310-1</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 17"-43", фиксированный с быстрой фиксацией, REXANT</t>
   </si>
   <si>
-    <t>38-0348</t>
-[...68 lines deleted...]
-    <t>Кронштейн для телевизора 37"- 75", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+    <t>38-0070-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 23"-43", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0372</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-75", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0051</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0332</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-65", наклонно-поворотный REXANT</t>
+  </si>
+  <si>
+    <t>38-0095</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 30"-65", наклонно-поворотный, 2 колена, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0331</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-60", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0301</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", потолочный подвесной REXANT</t>
   </si>
   <si>
     <t>38-0096</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 32"-70", наклонно-поворотный, двойное колено REXANT</t>
   </si>
   <si>
-    <t>38-0371</t>
-[...2 lines deleted...]
-    <t>Кронштейн для телевизора 37"-70", наклонно-поворотный, два двойных колена раздельно, серия HOME REXANT</t>
+    <t>38-0340</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", фиксированный REXANT</t>
   </si>
   <si>
     <t>38-0314</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 32"-50", фиксированный, с дополнительной полкой для медиа-оборудования, серия HOME REXANT</t>
   </si>
   <si>
-    <t>38-0070-1</t>
-[...250 lines deleted...]
-  <si>
     <t>1.5.2 Кронштейны для Мониторов</t>
   </si>
   <si>
+    <t>38-0308</t>
+  </si>
+  <si>
+    <t>Кронштейн для монитора 13"-32", настольный с подставкой REXANT</t>
+  </si>
+  <si>
+    <t>38-0306</t>
+  </si>
+  <si>
+    <t>Кронштейн для монитора 13"-32", одно колено настольный REXANT</t>
+  </si>
+  <si>
+    <t>38-0361</t>
+  </si>
+  <si>
+    <t>Кронштейн для кассового оборудования REXANT</t>
+  </si>
+  <si>
+    <t>38-0303</t>
+  </si>
+  <si>
+    <t>Кронштейн для монитора 13"-32", настольный REXANT</t>
+  </si>
+  <si>
+    <t>38-0307</t>
+  </si>
+  <si>
+    <t>Кронштейн для монитора 13"-32", настольный с газлифтом REXANT</t>
+  </si>
+  <si>
     <t>38-0356</t>
   </si>
   <si>
     <t>Кронштейн для двух мониторов 13"-32", одно колено настольный REXANT</t>
   </si>
   <si>
+    <t>38-0360</t>
+  </si>
+  <si>
+    <t>Кронштейн для POS-терминала REXANT</t>
+  </si>
+  <si>
     <t>38-0357</t>
   </si>
   <si>
     <t>Кронштейн для двух мониторов 13"-32", настольный с газлифтом REXANT</t>
   </si>
   <si>
-    <t>38-0308</t>
-[...34 lines deleted...]
-  <si>
     <t>1.5.3 Кронштейны для Проекторов</t>
   </si>
   <si>
+    <t>38-0323</t>
+  </si>
+  <si>
+    <t>Кронштейн для проектора потолочный с регулировкой расстояния (430-650 мм) макс. 15кг, белый, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0322</t>
+  </si>
+  <si>
+    <t>Кронштейн для проектора настенно-потолочный с регулировкой расстояния (350-650мм) макс. 20 кг серия Profi REXANT</t>
+  </si>
+  <si>
     <t>38-0302</t>
   </si>
   <si>
     <t>Кронштейн для проектора потолочный с регулировкой расстояния (428-683мм), серия PROFI REXANT</t>
   </si>
   <si>
-    <t>38-0323</t>
-[...8 lines deleted...]
-    <t>Кронштейн для проектора настенно-потолочный с регулировкой расстояния (350-650мм) макс. 20 кг серия Profi REXANT</t>
+    <t>38-0304</t>
+  </si>
+  <si>
+    <t>Кронштейн для проектора потолочный, серия PROFI REXANT</t>
   </si>
   <si>
     <t>38-0321</t>
   </si>
   <si>
     <t>Кронштейн для проектора потолочный с регулировкой расстояния (380-580 мм) макс. 13,5 кг серия PROFI REXANT</t>
   </si>
   <si>
-    <t>38-0304</t>
-[...4 lines deleted...]
-  <si>
     <t>1.6 Пульты управления</t>
   </si>
   <si>
     <t>1.6.1 Пульты управления для ТВ</t>
   </si>
   <si>
+    <t>38-0003</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-708E REXANT</t>
+  </si>
+  <si>
+    <t>38-0104</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Haier REXANT</t>
+  </si>
+  <si>
+    <t>38-0007</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Sony REXANT</t>
+  </si>
+  <si>
+    <t>38-0025</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-188 REXANT</t>
+  </si>
+  <si>
+    <t>38-0200</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Samsung с функцией SMART TV (ST-02) REXANT</t>
+  </si>
+  <si>
+    <t>38-0004</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора LG с функцией SMART TV (ST-04) REXANT</t>
+  </si>
+  <si>
+    <t>38-0006</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Samsung с функцией SMART TV (ST-05) REXANT</t>
+  </si>
+  <si>
     <t>38-0017</t>
   </si>
   <si>
     <t>Пульт универсальный обучаемый на 3 устройства REXANT</t>
   </si>
   <si>
+    <t>38-0102</t>
+  </si>
+  <si>
+    <t>Пульт универсальный на 8 устройств REXANT</t>
+  </si>
+  <si>
     <t>38-0018</t>
   </si>
   <si>
     <t>Пульт универсальный для телевизора LG REXANT</t>
   </si>
   <si>
     <t>38-0019</t>
   </si>
   <si>
     <t>Пульт универсальный для телевизора PHILIPS REXANT</t>
   </si>
   <si>
-    <t>38-0003</t>
-[...2 lines deleted...]
-    <t>Пульт универсальный для телевизора RX-708E REXANT</t>
+    <t>38-0020</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора Samsung REXANT</t>
+  </si>
+  <si>
+    <t>38-0015</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-E877 REXANT</t>
+  </si>
+  <si>
+    <t>38-0001</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-951 REXANT</t>
+  </si>
+  <si>
+    <t>38-0005</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-952 REXANT</t>
+  </si>
+  <si>
+    <t>38-0011</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора RX-707E REXANT</t>
+  </si>
+  <si>
+    <t>38-0030</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора с функцией SMART TV (ST-01) REXANT</t>
+  </si>
+  <si>
+    <t>38-0013</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизоров TELEFUNKEN/VESTEL/BEKO REXANT</t>
+  </si>
+  <si>
+    <t>38-0002</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для телевизора LG с функцией SMART TV (ST-03) REXANT</t>
   </si>
   <si>
     <t>38-0008</t>
   </si>
   <si>
     <t>Пульт универсальный для телевизора Panasonic REXANT</t>
   </si>
   <si>
-    <t>38-0104</t>
-[...88 lines deleted...]
-  <si>
     <t>1.6.2 Пульты управления для Кондиционеров</t>
   </si>
   <si>
+    <t>38-0101</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для кондиционеров (RX-100AII) REXANT</t>
+  </si>
+  <si>
     <t>38-0105</t>
   </si>
   <si>
     <t>Пульт универсальный для кондиционеров (RX-102AII) REXANT</t>
   </si>
   <si>
-    <t>38-0101</t>
-[...4 lines deleted...]
-  <si>
     <t>38-0103</t>
   </si>
   <si>
     <t xml:space="preserve">Пульт универсальный для кондиционеров RX-101AII REXANT </t>
   </si>
   <si>
     <t>1.6.3 Пульты управления для Приставок DVB-T2</t>
   </si>
   <si>
     <t>38-0012</t>
   </si>
   <si>
     <t>Пульт универсальный для приставки DVB-T2 REXANT</t>
   </si>
   <si>
     <t>38-0014</t>
   </si>
   <si>
     <t>Пульт универсальный для приставки DVB-T2 с функцией управления телевизором REXANT</t>
   </si>
   <si>
     <t>1.6.4 Пульты управления для Ресиверов</t>
   </si>
   <si>
+    <t>38-0009</t>
+  </si>
+  <si>
+    <t>Пульт универсальный для ресивера REXANT</t>
+  </si>
+  <si>
     <t>38-0016</t>
   </si>
   <si>
     <t>Пульт универсальный для ресивера Ростелеком REXANT</t>
   </si>
   <si>
-    <t>38-0009</t>
-[...4 lines deleted...]
-  <si>
     <t>38-0035</t>
   </si>
   <si>
     <t>Пульт универсальный для ресивера Триколор ТВ REXANT</t>
   </si>
   <si>
     <t>1.7 Антенны</t>
   </si>
   <si>
     <t>1.7.1 Антенны комнатные для ТВ, DVB-T, DVB-T2</t>
   </si>
   <si>
+    <t>34-0701</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, Ag-701 REXANT</t>
+  </si>
+  <si>
+    <t>34-0705</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, Ag-705 REXANT</t>
+  </si>
+  <si>
+    <t>34-0713</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, Ag-713 REXANT</t>
+  </si>
+  <si>
+    <t>34-0105</t>
+  </si>
+  <si>
+    <t>Антенна комнатная телескопическая на подставке «Усы», RX-105 REXANT</t>
+  </si>
+  <si>
+    <t>34-0721</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, Ring-50 REXANT</t>
+  </si>
+  <si>
+    <t>34-0723</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, Ring-51 REXANT</t>
+  </si>
+  <si>
+    <t>34-0703</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, Ag-703 REXANT</t>
+  </si>
+  <si>
     <t>34-0267</t>
   </si>
   <si>
     <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, RX-267 REXANT</t>
   </si>
   <si>
-    <t>34-0705</t>
-[...2 lines deleted...]
-    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, Ag-705 REXANT</t>
+    <t>34-0711</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, Ag-711 REXANT</t>
+  </si>
+  <si>
+    <t>34-0715</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, Ag-715 REXANT</t>
+  </si>
+  <si>
+    <t>34-0100</t>
+  </si>
+  <si>
+    <t>Антенна комнатная телескопическая на подставке «Усы+кольцо», RX-100 REXANT</t>
+  </si>
+  <si>
+    <t>34-0255</t>
+  </si>
+  <si>
+    <t>Антенна комнатная для цифрового телевидения DVB-T2 на присоске, RX-255 REXANT</t>
+  </si>
+  <si>
+    <t>34-0257</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2 на присоске, RX-257 REXANT</t>
+  </si>
+  <si>
+    <t>34-0717</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, Ag-717 REXANT</t>
+  </si>
+  <si>
+    <t>34-0719</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, Ag-719 REXANT</t>
+  </si>
+  <si>
+    <t>34-0269</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, RX-269 REXANT</t>
+  </si>
+  <si>
+    <t>34-0707</t>
+  </si>
+  <si>
+    <t>Антенна комнатная «Активная» с USB питанием, для цифрового телевидения DVB-T2, Ag-707 REXANT</t>
+  </si>
+  <si>
+    <t>34-0265</t>
+  </si>
+  <si>
+    <t>Антенна комнатная для цифрового телевидения DVB-T2, RX-265 REXANT</t>
   </si>
   <si>
     <t>34-0709</t>
   </si>
   <si>
     <t>Антенна комнатная «Активная» для цифрового телевидения DVB-T2, Ag-709 REXANT</t>
   </si>
   <si>
     <t>34-0252</t>
   </si>
   <si>
     <t>Антенна комнатная для цифрового телевидения DVB-T2, RX-252 REXANT</t>
   </si>
   <si>
-    <t>34-0269</t>
-[...94 lines deleted...]
-  <si>
     <t>1.7.2 Антенны комнатные для радио УКВ, FM</t>
   </si>
   <si>
     <t>34-0552</t>
   </si>
   <si>
     <t>Антенна комнатная для УКВ/FM радио RX-552 REXANT</t>
   </si>
   <si>
     <t>1.7.3 Антенны уличные для ТВ, DVB-T, DVB-T2</t>
   </si>
   <si>
+    <t>34-0410</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-410 REXANT</t>
+  </si>
+  <si>
+    <t>34-0414-1</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-414-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0775</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная для цифрового телевидения DVB-T2, RX-416 REXANT</t>
+  </si>
+  <si>
+    <t>34-0412-1</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-412-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0410-1</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-410-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0773</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-406-DEF REXANT</t>
+  </si>
+  <si>
+    <t>34-0407</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-407 REXANT</t>
+  </si>
+  <si>
+    <t>34-0421</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-421 REXANT</t>
+  </si>
+  <si>
+    <t>34-0422</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-422 REXANT</t>
+  </si>
+  <si>
+    <t>34-0424</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-424 REXANT</t>
+  </si>
+  <si>
+    <t>34-0415-1</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-415-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0414</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-414 REXANT</t>
+  </si>
+  <si>
+    <t>34-0423</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-423 REXANT</t>
+  </si>
+  <si>
+    <t>34-0408</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-408 REXANT</t>
+  </si>
+  <si>
+    <t>34-0411-1</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-411-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0411</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-411 REXANT</t>
+  </si>
+  <si>
+    <t>34-0401</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-401 REXANT</t>
+  </si>
+  <si>
+    <t>34-0402</t>
+  </si>
+  <si>
+    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-402 REXANT</t>
+  </si>
+  <si>
     <t>34-0415</t>
   </si>
   <si>
     <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-415 REXANT</t>
   </si>
   <si>
     <t>34-0777</t>
   </si>
   <si>
     <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-417 REXANT</t>
   </si>
   <si>
-    <t>34-0414</t>
-[...2 lines deleted...]
-    <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-414 REXANT</t>
+    <t>34-0413-1</t>
+  </si>
+  <si>
+    <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-413-1 REXANT</t>
   </si>
   <si>
     <t>34-0412</t>
   </si>
   <si>
     <t>ТB антенна наружная для цифрового телевидения DVB-T2, RX-412 REXANT</t>
   </si>
   <si>
-    <t>34-0773</t>
-[...28 lines deleted...]
-  <si>
     <t>34-0413</t>
   </si>
   <si>
     <t>ТВ антенна наружная «Активная» для цифрового ТВ DVB-T2, RX-413 REXANT</t>
   </si>
   <si>
-    <t>34-0407</t>
-[...76 lines deleted...]
-  <si>
     <t>1.7.4 Антенны уличные для радио УКВ, FM</t>
   </si>
   <si>
     <t>34-0555</t>
   </si>
   <si>
     <t>FM антенна наружная для дальнего приема радиостанций FM/УКВ диапазона, RX-555 REXANT</t>
   </si>
   <si>
     <t>34-0553</t>
   </si>
   <si>
     <t>FM антенна наружная для приема радиостанций FM/УКВ диапазона, RX-553 REXANT</t>
   </si>
   <si>
     <t>1.7.5 Кронштейны и мачты для антенн</t>
   </si>
   <si>
+    <t>34-0861</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный (60см), 34см REXANT</t>
+  </si>
+  <si>
+    <t>34-0863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-2, 30х14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0864</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-3, 30х14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0570</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Полоса, 14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0489</t>
+  </si>
+  <si>
+    <t>Пятка для мачт малая REXANT</t>
+  </si>
+  <si>
+    <t>34-0565</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, алюминиевая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0860</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный (55-60см), 32см REXANT</t>
+  </si>
+  <si>
+    <t>34-0601</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 20смх14,5см REXANT</t>
+  </si>
+  <si>
+    <t>34-0602</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 20см, треугольная площадка REXANT</t>
+  </si>
+  <si>
+    <t>34-0605</t>
+  </si>
+  <si>
+    <t>Кронштейн Г-образный, 30-50см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0607</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт телескопический, 20-30см REXANT</t>
+  </si>
+  <si>
+    <t>34-0615</t>
+  </si>
+  <si>
+    <t>Кронштейн 22см Г-образный (для эфирных, WiFi и GSM антенн) REXANT</t>
+  </si>
+  <si>
+    <t>34-0866</t>
+  </si>
+  <si>
+    <t>Кронштейн Эфирный СОЮЗ-4 20см REXANT</t>
+  </si>
+  <si>
+    <t>34-0608</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт телескопический, 50-90см REXANT</t>
+  </si>
+  <si>
+    <t>34-0573</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный 30см, серый REXANT </t>
+  </si>
+  <si>
+    <t>34-0577-1</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 600см, 4 секции REXANT</t>
+  </si>
+  <si>
+    <t>34-0566</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 600см, 3 секции REXANT</t>
+  </si>
+  <si>
+    <t>34-0595</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт плоский П-образный, 20см REXANT</t>
+  </si>
+  <si>
+    <t>34-0865</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный, усиленный (75см), 50см REXANT</t>
+  </si>
+  <si>
+    <t>34-0862</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-1, 14,5х14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0597</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн поворотный Севастополь-1, 50см REXANT </t>
+  </si>
+  <si>
+    <t>34-0571</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, поворотный, 25см REXANT </t>
+  </si>
+  <si>
+    <t>34-0487-1</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0481</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 60см REXANT </t>
+  </si>
+  <si>
+    <t>34-0480</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 30см REXANT </t>
+  </si>
+  <si>
+    <t>34-0580</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0583</t>
+  </si>
+  <si>
+    <t>Кронштейн для эфирных и Wi-Fi антенн, Москва-1, облегченный, 10см REXANT</t>
+  </si>
+  <si>
+    <t>34-0581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 45см REXANT </t>
+  </si>
+  <si>
+    <t>34-0582</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный телескопический, 60-110см REXANT </t>
+  </si>
+  <si>
+    <t>34-0594</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт плоский П-образный, 10см REXANT</t>
+  </si>
+  <si>
+    <t>34-0604</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 70-130см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0609</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 300см, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0610</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 450см, 3 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0611</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 600см, 4 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0613</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 600см, 3 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0591</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт КРЫМ телескопический, 30-50см REXANT</t>
+  </si>
+  <si>
+    <t>34-0487</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-5 телескопическая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0598</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн поворотный Севастополь-2, 100см REXANT </t>
+  </si>
+  <si>
+    <t>34-0577</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 600см REXANT</t>
+  </si>
+  <si>
     <t>34-0578</t>
   </si>
   <si>
     <t>Мачта для антенн телескопическая, 800см REXANT</t>
   </si>
   <si>
+    <t>34-0574</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный 30см, белый REXANT </t>
+  </si>
+  <si>
+    <t>34-0606</t>
+  </si>
+  <si>
+    <t>Кронштейн Г-образный, 50-90см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0614</t>
+  </si>
+  <si>
+    <t>Кронштейн 28см Гнутый (для эфирных, WiFi и GSM антенн) REXANT</t>
+  </si>
+  <si>
+    <t>34-0483</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-1, 150см REXANT</t>
+  </si>
+  <si>
+    <t>34-0485</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-3 телескопическая, 300см REXANT</t>
+  </si>
+  <si>
+    <t>34-0592</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт КРЫМ телескопический, 40-70см REXANT</t>
+  </si>
+  <si>
+    <t>34-0488</t>
+  </si>
+  <si>
+    <t>Кольцо под растяжку для мачт REXANT</t>
+  </si>
+  <si>
+    <t>34-0485-1</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 300см REXANT</t>
+  </si>
+  <si>
     <t>34-0579</t>
   </si>
   <si>
     <t>Мачта для антенн телескопическая, 1000см REXANT</t>
   </si>
   <si>
-    <t>34-0485-1</t>
-[...4 lines deleted...]
-  <si>
     <t>34-0482</t>
   </si>
   <si>
     <t>Кронштейн для мачты КРЫМ-1 REXANT</t>
   </si>
   <si>
-    <t>34-0483</t>
-[...274 lines deleted...]
-  <si>
     <t>1.7.6 Усилители ТВ сигнала</t>
   </si>
   <si>
+    <t>34-0450</t>
+  </si>
+  <si>
+    <t>Усилитель ТВ сигнала с питанием от USB, RX-450 REXANT</t>
+  </si>
+  <si>
+    <t>34-0455</t>
+  </si>
+  <si>
+    <t>USB инжектор питания для активных антенн, RX-455, REXANT</t>
+  </si>
+  <si>
     <t>34-0772</t>
   </si>
   <si>
     <t>Антенный усилитель ТВ сигнала на 2 выхода, RX-200 REXANT</t>
   </si>
   <si>
-    <t>34-0450</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7.7 Антенны 4G</t>
   </si>
   <si>
+    <t>34-0901</t>
+  </si>
+  <si>
+    <t>Антенна 4G MIMO Альтаир REXANT</t>
+  </si>
+  <si>
+    <t>34-0904</t>
+  </si>
+  <si>
+    <t>Антенна 4G MIMO Андромеда REXANT</t>
+  </si>
+  <si>
+    <t>34-0902</t>
+  </si>
+  <si>
+    <t>Антенна 4G MIMO Вега REXANT</t>
+  </si>
+  <si>
+    <t>34-0903</t>
+  </si>
+  <si>
+    <t>Антенна 4G MIMO Сириус REXANT</t>
+  </si>
+  <si>
+    <t>34-0906</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект для развертывания сети Wi-Fi серия Home REXANT </t>
+  </si>
+  <si>
+    <t>34-0431</t>
+  </si>
+  <si>
+    <t>Антенна комнатная для усиления интернет-сигнала 4G (LTE)  REXANT</t>
+  </si>
+  <si>
     <t>34-0905</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект для развертывания сети Wi-Fi серия Pro REXANT </t>
   </si>
   <si>
-    <t>34-0906</t>
-[...34 lines deleted...]
-  <si>
     <t>1.8 Продукция в розничной упаковке</t>
   </si>
   <si>
     <t>1.8.1 Делители ТВ в розничной упаковке</t>
   </si>
   <si>
     <t>06-0045-B</t>
   </si>
   <si>
     <t>Делитель антенный, (2 TV) + (штекер F, 3 шт), 5-1000 МГц REXANT</t>
   </si>
   <si>
     <t>06-0040-B</t>
   </si>
   <si>
     <t>Делитель антенный, (2 TV), 5-1000 МГц REXANT</t>
   </si>
   <si>
     <t>06-0041-C</t>
   </si>
   <si>
     <t>Делитель антенный, (3 TV), 5-1000 МГц REXANT</t>
   </si>
   <si>
     <t>06-0046-C</t>
   </si>
   <si>
     <t>Делитель антенный, (3 TV) + (штекер F, 4 шт), 5-1000 МГц REXANT</t>
   </si>
   <si>
     <t>1.8.2 Антенные переходники в розничной упаковке</t>
   </si>
   <si>
+    <t>05-4312-4-7</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - гнездо TV), угловой, 1 шт. PROconnect</t>
+  </si>
+  <si>
     <t>05-4204-4-7</t>
   </si>
   <si>
     <t>Переходник антенный, (3 гнезда F), тройник, 1 шт. PROconnect</t>
   </si>
   <si>
     <t>06-0022-A</t>
   </si>
   <si>
     <t>Переходник антенный, (3 гнезда F), тройник, 1 шт. REXANT</t>
   </si>
   <si>
     <t>05-4203-4-9</t>
   </si>
   <si>
     <t>Переходник антенный, (гнездо F - штекер F), угловой, 5 шт. PROconnect</t>
   </si>
   <si>
-    <t>05-4312-4-7</t>
-[...2 lines deleted...]
-    <t>Переходник антенный, (гнездо F - гнездо TV), угловой, 1 шт. PROconnect</t>
+    <t>05-4201-6-7</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - гнездо F), бочка, 1 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>05-4303-4-7</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - штекер TV), 1 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>05-4311-4-7</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - штекер TV), угловой, 1 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>06-0020-A</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - гнездо F), бочка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0021-A</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - штекер F), угловой, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0024-A</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - гнездо TV), 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0025-A</t>
+  </si>
+  <si>
+    <t>Переходник антенный, (гнездо F - штекер TV), 1 шт. REXANT</t>
   </si>
   <si>
     <t>06-0026-A</t>
   </si>
   <si>
     <t>Переходник антенный, (гнездо F - гнездо TV), угловой, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>06-0020-A</t>
-[...10 lines deleted...]
-  <si>
     <t>06-0027-A</t>
   </si>
   <si>
     <t>Переходник антенный, (гнездо F - штекер TV), угловой, 1 шт. REXANT</t>
   </si>
   <si>
     <t>06-0028-A</t>
   </si>
   <si>
     <t>Переходник антенный, (гнездо TV - штекер F), 1 шт. REXANT</t>
   </si>
   <si>
-    <t>06-0021-A</t>
-[...28 lines deleted...]
-  <si>
     <t>1.8.3 Антенные разъемы в розничной упаковке</t>
   </si>
   <si>
-    <t>05-4303-4-8</t>
-[...2 lines deleted...]
-    <t>Набор разъемов антенных ТВ №10 (5 переходников гн F – шт TV, 5 F-разъемов RG-6) PROconnect</t>
+    <t>06-0016-A</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер TV с пружиной, RG-6, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>05-4003-4-9</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер F, RG-6, 5 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>05-4003-6-9</t>
+  </si>
+  <si>
+    <t>05-4005-4-9</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер F, SAT, с резиновым уплотнителем, 5 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>05-4003-4-7</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер F, RG-6, 1 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>05-4003-6-7</t>
+  </si>
+  <si>
+    <t>06-0004-A2</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер F, RG-6, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0004-A5</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер F, RG-6, 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0005-A2</t>
+  </si>
+  <si>
+    <t>Разъем антенный, штекер F, SAT, с резиновым уплотнителем, 2 шт. REXANT</t>
   </si>
   <si>
     <t>06-0014-A</t>
   </si>
   <si>
     <t>Разъем антенный, штекер TV угловой, RG-6, белый, 1 шт, REXANT</t>
   </si>
   <si>
-    <t>06-0004-A2</t>
-[...52 lines deleted...]
-  <si>
     <t>1.8.4 Шнуры ТВ в розничной упаковке</t>
   </si>
   <si>
+    <t>06-3090</t>
+  </si>
+  <si>
+    <t>Набор антенный №11 кабель RG-6U 10м, штекер F (4шт), бочка (1шт), переходник гн F – шт TV (2шт), переходник гн F – гн TV (1шт) REXANT</t>
+  </si>
+  <si>
     <t>06-3092</t>
   </si>
   <si>
     <t>Набор антенный №13 кабель RG-6U 20м, штекер F (4шт), бочка (1шт), переходник гн F – шт TV (2шт), переходник гн F – гн TV (1шт) REXANT</t>
   </si>
   <si>
-    <t>06-3090</t>
-[...4 lines deleted...]
-  <si>
     <t>06-3093</t>
   </si>
   <si>
     <t>Набор антенный №14 кабель RG-6U 30м, штекер F (4шт), бочка (1шт), переходник гн F – шт TV (2шт), переходник гн F – гн TV (1шт) REXANT</t>
   </si>
   <si>
     <t>06-3089</t>
   </si>
   <si>
     <t>Набор антенный №10 кабель RG-6U 5м, штекер F (4шт), бочка (1шт), переходник гн F – шт TV (2шт), переходник гн F – гн TV (1шт) REXANT</t>
   </si>
   <si>
     <t>1.8.5 Аудио-видео разъемы в розничной упаковке</t>
   </si>
   <si>
     <t>06-0151-A2</t>
   </si>
   <si>
     <t>Разъем аудио/видео, штекер RCA, винт, серебро, 2 шт. REXANT</t>
   </si>
   <si>
-    <t>1.8.6 Переходники Стерео 3,5 мм в розничной упаковке</t>
-[...22 lines deleted...]
-  <si>
     <t>1.9 Акустический кабель</t>
   </si>
   <si>
     <t>1.9.1 Кабель акустический Красно-черный</t>
   </si>
   <si>
+    <t>01-6106-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², красно-черный, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6101-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,25мм², красно-черный, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6103-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², красно-черный, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6102-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², красно-черный, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6108-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², красно-черный, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6104-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², красно-черный, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6108-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², красно-черный, 100м PROconnect</t>
+  </si>
+  <si>
     <t>01-6101-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,25мм², красно-черный, 100м PROconnect</t>
   </si>
   <si>
     <t>01-6102-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,35мм², красно-черный, 100м PROconnect</t>
   </si>
   <si>
     <t>01-6103-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,50мм², красно-черный, 100м PROconnect</t>
   </si>
   <si>
     <t>01-6105-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,00мм², красно-черный, 100м PROconnect</t>
   </si>
   <si>
     <t>01-6105-3</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,00мм², красно-черный, 100м REXANT</t>
   </si>
   <si>
+    <t>01-6106-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², красно-черный, 100м PROconnect</t>
+  </si>
+  <si>
     <t>01-6104-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², красно-черный, 100м PROconnect</t>
   </si>
   <si>
-    <t>01-6106-3</t>
-[...46 lines deleted...]
-  <si>
     <t>1.9.2 Кабель акустический прозрачный BLUELINE</t>
   </si>
   <si>
+    <t>01-6210-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х6,00мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6208-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6202-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6201-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,25мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6202-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6204-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6205-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6206-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6207-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6208-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6209-6</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х4,00мм², прозрачный BLUELINE, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-6205-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6209-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х4,00мм², прозрачный BLUELINE, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6207-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6201-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,25мм², прозрачный BLUELINE, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6203-6</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, 100м PROconnect</t>
   </si>
   <si>
-    <t>01-6204-6</t>
-[...8 lines deleted...]
-    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, 100м PROconnect</t>
+    <t>01-6204-3</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, 100м REXANT</t>
   </si>
   <si>
     <t>01-6203-3</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, 100м REXANT</t>
   </si>
   <si>
-    <t>01-6210-6</t>
-[...88 lines deleted...]
-  <si>
     <t>1.9.3 Кабель акустический прозрачный SILICON</t>
   </si>
   <si>
+    <t>01-6306</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный SILICON, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6305</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный SILICON, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6309</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х4,00мм², прозрачный SILICON, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6304</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный SILICON, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6303</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный SILICON, 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6308</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², прозрачный SILICON, 100м REXANT</t>
   </si>
   <si>
-    <t>01-6309</t>
-[...28 lines deleted...]
-  <si>
     <t>1.9.4 Кабель акустический Красно-черный минибухта</t>
   </si>
   <si>
+    <t>01-6101-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,25мм², красно-черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
     <t>01-6105-3-20</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,00мм², красно-черный, мини-бухта 20м REXANT</t>
   </si>
   <si>
-    <t>01-6101-3-05</t>
-[...2 lines deleted...]
-    <t>Кабель акустический 2х0,25мм², красно-черный, мини-бухта 5м REXANT</t>
+    <t>01-6101-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,25мм², красно-черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6103-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², красно-черный, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6102-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², красно-черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6103-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², красно-черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6104-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², красно-черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6104-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², красно-черный, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6108-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², красно-черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6106-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², красно-черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6108-3-10</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², красно-черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
-    <t>01-6101-3-10</t>
-[...2 lines deleted...]
-    <t>Кабель акустический 2х0,25мм², красно-черный, мини-бухта 10м REXANT</t>
+    <t>01-6106-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², красно-черный, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6108-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², красно-черный, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6105-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², красно-черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6106-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², красно-черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6102-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², красно-черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6103-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², красно-черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6104-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², красно-черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6105-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², красно-черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6101-3-20</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,25мм², красно-черный, мини-бухта 20м REXANT</t>
   </si>
   <si>
-    <t>01-6103-3-20</t>
-[...40 lines deleted...]
-  <si>
     <t>01-6102-3-20</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,35мм², красно-черный, мини-бухта 20м REXANT</t>
   </si>
   <si>
-    <t>01-6103-3-05</t>
-[...46 lines deleted...]
-  <si>
     <t>1.9.5 Кабель акустический BLUELINE минибухта</t>
   </si>
   <si>
     <t>01-6306-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,50мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
   </si>
   <si>
+    <t>01-6304-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6303-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6304-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6205-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6208-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6305-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6308-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6205-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6207-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6208-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6305-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6306-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6308-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6205-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6207-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
     <t>01-6208-3-20</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
   </si>
   <si>
-    <t>01-6303-10</t>
-[...2 lines deleted...]
-    <t>Кабель акустический 2х0,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+    <t>01-6202-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6204-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6204-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6202-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
   </si>
   <si>
     <t>01-6204-3-20</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
-  </si>
-[...142 lines deleted...]
-    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>1.9.6 Кабель микрофонный</t>
   </si>
   <si>
     <t>01-6028</t>
   </si>
   <si>
     <t>Кабель микрофонный 2х0,25мм², ø 6,8мм, синий, 100м REXANT</t>
   </si>
   <si>
     <t>01-6029</t>
   </si>
   <si>
     <t>Кабель микрофонный 2х0,25мм², ø 6,8мм, черный, 100м REXANT</t>
   </si>
   <si>
     <t>1.9.7 Кабель ШГЭС</t>
   </si>
   <si>
     <t>01-6001-6</t>
   </si>
   <si>
     <t>Кабель ШГЭС 2, черный, 100м PROconnect</t>
   </si>
@@ -4476,56 +4386,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703pe-cu-al-cusn-75-75om-100m-outdoor-chernyy-cavel" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-al-75-75om-100m-outdoor-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cu-48-75om-100m-indoor-belyy-smartkip" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cusn-75-75om-100m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-zh-cu-al-cusn-75-75om-100m-indoor-seryy-cavel" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cu-64-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cu-75-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-ccs-al-al-75-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cusn-75-75om-250m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cu-al-cu-64-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cu-al-cusn-64-75om-100m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-ccs-al-al-75-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cu-al-cu-75-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-305m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-ccs-al-al-48-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-3s-2v-75om-ccs-al-al-48-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-100m-outdoor-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-32-100m-indoor-belyy-proconnect-light" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-cu-al-cu-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-75-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-al-90-dve-folgi-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-cu-al-cu-64-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-48-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-75-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-305m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-a-u-50-om-cu-al-cu-64-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-8x-50-om-ccs-al-al-75-100m-indoor-seryy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-seryy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-213-50-om-cu-cu-96-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cu-al-cu-75-20m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-20m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-10m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50m-75om-ccs-al-al-75-20m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50m-75om-ccs-al-al-75-50m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-ccs-al-al-75-20m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-ccs-al-al-75-50m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-50m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cu-al-cu-75-10m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cu-al-cu-75-50m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-mars-4k-cu-al-cusn-96-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-mars-hd-cu-al-cusn-96-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-magistralnyy-rg-11u-75om-ccs-al-al-83-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-magistralnyy-rg-11u-75om-ccs-al-al-83-305m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-ng-a-hf-cu-al-cu-64-75om-100m-indoor-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-dg-113-cu-al-cusn-75-75om-100m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-dg-113-cu-al-cu-75-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-2-11ait-400m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-2-11a-400m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11ait-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-15-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11a-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-obzhim-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-proconnect" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-proconnect" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-19mm-proconnect" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-17-8mm-proconnect" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-na-korpus-s-kontaktom-proconnect" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-proconnect" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-proconnect" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-oreh-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-obzhim-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-proconnect" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-proconnect" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-oreh-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-proconnect" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-proconnect" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-s-koltsom-proconnect" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-znni-proconnect" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x3-gnezda-f-proconnect" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-proconnect" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-shteker-f-gnezdo-f-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x4-gnezda-f-proconnect" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-bez-koltsa-proconnect" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-f-proconnect" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-zn-proconnect" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-proconnect" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-proconnect" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-tv-shteker-3-5-mm-mono-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-tv-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-povorotnyy-shteker-dvi-d-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-hdmi-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-dvi-i-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-hdmi-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-dvi-i-gnezdo-vga-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-micro-hdmi-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-vga-provod-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-mini-hdmi-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-hdmi-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-delitel-po-vitoy-pare-rj-45-8p8c-do-150m-1080p-60-fps-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-po-vitoy-pare-rj-45-8p8c-do-60m-1080p-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-vga-gnezdo-dvi-i-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-vga-provod-shnur-stereo-3-5mm-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-vga-provod-shnur-stereo-3-5mm-s-pitaniem-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-po-vitoy-pare-rj-45-8p8c-do-30m-1080p-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-vga-2-gnezda-vga-provod-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-vga-gnezdo-vga-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-2-gnezda-hdmi-s-provodom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-po-vitoy-pare-rj-45-8p8c-do-200m-1080p-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-dvi-i-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-ypbpr-spdif-toslink-na-hdmi-metall-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-hdmi-na-3-rca-plastik-belyy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-bnc-rca-s-video-na-vga-plastik-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-bnc-rca-s-video-na-vga-perehodnik-gn-bnc-sht-rca-plastik-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-3-rca-na-hdmi-plastik-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-payka-chernyy-krasnyy-proconnect" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-payka-chernyy-krasnyy-gold-proconnect" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-pod-vint-chernyy-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-pod-vint-chernyy-krasnyy-proconnect" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-s-klemmnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-3-5mm-stereo-gnezdo-3-5mm-stereo-gnezdo-plastik-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-3-5mm-stereo-shteker-s-klemmnoy-kolodkoy-pod-vint-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-3-5mm-stereo-shteker-6-3mm-stereo-gnezdo-metall-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-6-3mm-stereo-shteker-3-5mm-stereo-gnezdo-metall-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-6-3mm-stereo-shteker-3-5mm-stereo-gnezdo-plastik-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-hdmi-na-2-gnezda-hdmi-metall-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-vga-na-4-gnezda-vga-metall-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-vga-na-2-gnezda-vga-metall-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-gnezdo-hdmi-na-3-gnezda-hdmi-bez-pitaniya-plastik-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-vga-na-8-gnezd-vga-metall-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-hdmi-na-2-gnezda-hdmi-plastik-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-hdmi-na-4-gnezda-hdmi-plastik-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-displayport-hdmi-1-8m-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-hdmi-2m-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-1-5m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-5m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-2m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-3m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-7m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-3m-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-10m-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-5m-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-5m-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-1-5m-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-1-2m-chernyy-smartkip" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-3m-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-1-5m-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-7m-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-0-5m-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-toslink-toslink-1-5m-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-toslink-toslink-3m-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-din-5-pin-1-2m-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-stereo-3-5mm-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-din-5-pin-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-2-rca-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-stereo-3-5mm-1-2m-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-2-rca-1-2m-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-shteker-tv-shteker-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-10m-belyy-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-uglovoy-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-10m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-3m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-1-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-10m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-7m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-2m-smartkip" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-gold-metall-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-7m-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-4c-3-rca-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-4c-3-rca-1-5m-dvuhtsvetnyy-shteker-gold-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-gold-metall-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-gold-metall-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-1-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-3m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-10m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-3m-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-1-8m-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonnyy-s-bystroy-fiksatsiey-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-motorizirovannyy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonnyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonnyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-dva-dvoynyh-kolena-razdelno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-50-fiksirovannyy-s-dopolnitelnoy-polkoy-dlya-media-oborudovaniya-seriy" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-80-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-maks-10-kg-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-19-42-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant-2" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-40-65-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-naklonno-povorotnyy-1-koleno-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-naklonnyy-dlya-televizora-i-monitora-26-55-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-85-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovannyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-2-kolena-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-audio-i-videoapparatury-200h175mm-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-42-100-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-32-55-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-37-70-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-1-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-fiksirovannyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-70-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-potolochnyy-podvesnoy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-26-55-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-19-42-na-kolesah-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-65-naklonno-povorotnyy-2-kolena-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-dvuh-monitorov-13-32-odno-koleno-nastolnyy-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-dvuh-monitorov-13-32-nastolnyy-s-gazliftom-rexant" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-nastolnyy-s-podstavkoy-rexant" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-pos-terminala-rexant" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-nastolnyy-s-gazliftom-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kassovogo-oborudovaniya-rexant" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-nastolnyy-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-odno-koleno-nastolnyy-rexant" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-s-regulirovkoy-rasstoyaniya-428-683mm-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-s-regulirovkoy-rasstoyaniya-430-650-mm-maks-15kg-belyy-seriya" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-nastenno-potolochnyy-s-regulirovkoy-rasstoyaniya-350-650mm-maks-20-kg-seri" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-s-regulirovkoy-rasstoyaniya-380-580-mm-maks-13-5-kg-seriya-pro" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-obuchaemyy-na-3-ustroystva-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-rexant" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-philips-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-708e-rexant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-panasonic-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-haier-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-05-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-188-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-sony-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-s-funktsiey-smart-tv-st-04-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-na-8-ustroystv-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-951-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-952-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-707e-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-e877-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizorov-telefunken-vestel-beko-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-02-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-s-funktsiey-smart-tv-st-03-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-s-funktsiey-smart-tv-st-01-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-102aii-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-100aii-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-101aii-rexant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-pristavki-dvb-t2-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-pristavki-dvb-t2-s-funktsiey-upravleniya-televizorom-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-rostelekom-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-trikolor-tv-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-267-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-705-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-709-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-252-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-rx-269-rexant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-na-prisoske-rx-257-rexant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-teleskopicheskaya-na-podstavke-usy-rx-105-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ring-50-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-tsifrovogo-televideniya-dvb-t2-na-prisoske-rx-255-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ring-51-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-717-rexant" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-teleskopicheskaya-na-podstavke-usy-koltso-rx-100-rexant" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-265-rexant" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-701-rexant" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-713-rexant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-719-rexant" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-703-rexant" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-707-rexant" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-711-rexant" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-715-rexant" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-ukv-fm-radio-rx-552-rexant" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-415-rexant" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-417-rexant" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-414-rexant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-412-rexant" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-406-def-rexant" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-402-rexant" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-410-rexant" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-414-1-rexant" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-412-1-rexant" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-413-rexant" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-407-rexant" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-416-rexant" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-411-1-rexant" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-411-rexant" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-401-rexant" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-422-rexant" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-424-rexant" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-410-1-rexant" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-413-1-rexant" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-415-1-rexant" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-423-rexant" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-421-rexant" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-408-rexant" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fm-antenna-naruzhnaya-dlya-dalnego-priema-radiostantsiy-fm-ukv-diapazona-rx-555-rexant" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fm-antenna-naruzhnaya-dlya-priema-radiostantsiy-fm-ukv-diapazona-rx-553-rexant" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-800sm-rexant" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-1000sm-rexant" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-300sm-rexant" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-machty-krym-1-rexant" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-1-150sm-rexant" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-40-70sm-rexant" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-5-teleskopicheskaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koltso-pod-rastyazhku-dlya-macht-rexant" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-3-30h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-alyuminievaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-55-60sm-32sm-rexant" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20smh14-5sm-rexant" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20sm-treugolnaya-ploschadka-rexant" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-70-130sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-30-50sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-20-30sm-rexant" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-50-90sm-rexant" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-300sm-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-3-kolena-rexant" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-22sm-g-obraznyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-28sm-gnutyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-4-20sm-rexant" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-seryy-rexant" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-450sm-3-kolena-rexant" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-600sm-4-kolena-rexant" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-20sm-rexant" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-3-teleskopicheskaya-300sm-rexant" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pyatka-dlya-macht-malaya-rexant" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-rexant" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-4-sektsii-rexant" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-3-sektsii-rexant" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-60sm-34sm-rexant" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-usilennyy-75sm-50sm-rexant" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-1-14-5h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-60sm-rexant" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-45sm-rexant" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-teleskopicheskiy-60-110sm-rexant" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-30sm-rexant" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-14-5sm-rexant" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-2-100sm-rexant" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-efirnyh-i-wi-fi-antenn-moskva-1-oblegchennyy-10sm-rexant" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-50-90sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-30-50sm-rexant" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-1-50sm-rexant" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-polosa-14-5sm-rexant" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-povorotnyy-25sm-rexant" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-belyy-rexant" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-10sm-rexant" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-2-30h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antennyy-usilitel-tv-signala-na-2-vyhoda-rx-200-rexant" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usilitel-tv-signala-s-pitaniem-ot-usb-rx-450-rexant" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-inzhektor-pitaniya-dlya-aktivnyh-antenn-rx-455-rexant" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-razvertyvaniya-seti-wi-fi-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-razvertyvaniya-seti-wi-fi-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-usileniya-internet-signala-4g-lte-rexant" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-altair-rexant" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-andromeda-rexant" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-sirius-rexant" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-vega-rexant" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-2-tv-shteker-f-3-sht-5-1000-mgts-rexant" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-2-tv-5-1000-mgts-rexant" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-3-tv-5-1000-mgts-rexant" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-3-tv-shteker-f-4-sht-5-1000-mgts-rexant" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-3-gnezda-f-troynik-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-3-gnezda-f-troynik-1-sht-rexant" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-f-uglovoy-5-sht-proconnect" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-tv-uglovoy-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-tv-uglovoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-f-bochka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-1-sht-rexant" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-uglovoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-tv-shteker-f-1-sht-rexant" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-f-uglovoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-tv-1-sht-rexant" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-f-bochka-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-uglovoy-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-10-5-perehodnikov-gn-f-sht-tv-5-f-razemov-rg-6-proconnect" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-tv-uglovoy-rg-6-belyy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-2-sht-rexant" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-5-sht-rexant" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-sat-s-rezinovym-uplotnitelem-2-sht-rexant" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-tv-s-pruzhinoy-rg-6-1-sht-rexant" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-5-sht-proconnect" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-5-sht-proconnect-2" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-sat-s-rezinovym-uplotnitelem-5-sht-proconnect" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-1-sht-proconnect-2" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-sat-s-rezinovym-uplotnitelem-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-13-kabel-rg-6u-20m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-11-kabel-rg-6u-10m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-14-kabel-rg-6u-30m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-10-kabel-rg-6u-5m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik-g" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-audio-video-shteker-rca-vint-serebro-2-sht-rexant" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-audio-gnezdo-3-5-shteker-6-3-stereo-1-sht-rexant" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-7-1-perehodnik-gn-f-sht-tv-1-f-razem-rg-6-proconnect" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-antennyh-tv-6-1-perehodnik-gn-f-gn-tv-1-f-razem-rg-6-proconnect" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h6-00mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h4-00mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h4-00mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h4-00mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-mikrofonnyy-2h0-25mm-6-8mm-siniy-100m-rexant" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-mikrofonnyy-2h0-25mm-6-8mm-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shges-2-chernyy-100m-proconnect" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-ccsalal-75-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-zh-cualcusn-75-75om-100m-indoor-seryy-cavel" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cualal-75-75om-100m-outdoor-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703pe-cualcusn-75-75om-100m-outdoor-chernyy-cavel" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cualcu-48-75om-100m-indoor-belyy-smartkip" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cualcusn-75-75om-100m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cualcu-75-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cualcu-64-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cualcusn-75-75om-250m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cualcu-64-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-ccsalal-75-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cualcu-75-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cualcusn-64-75om-100m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-32-100m-indoor-belyy-proconnect-light" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-64-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-48-100m-outdoor-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-64-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-ccsalal-48-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-3s-2v-75om-ccsalal-48-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-48-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-64-305m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcual-90-dve-folgi-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-cualcu-64-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-48-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-75-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-64-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-64-305m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-64-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-75-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-cualcu-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-au-50-om-cualcu-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-8x-50-om-ccs-al-al-75-100m-indoor-seryy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-213-50-om-cucu-96-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-au-50-om-cualcu-64-100m-indoor-seryy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-au-50-om-cualcu-64-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cualcu-75-20m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-48-20m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-48-10m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50m-75om-ccsalal-75-20m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50m-75om-ccsalal-75-50m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-ccsalal-75-20m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-ccsalal-75-50m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cualcu-75-10m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cualcu-75-50m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-48-50m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-mars-4k-cualcusn-96-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-mars-hd-cualcusn-96-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-magistralnyy-rg-11u-75om-ccsalal-83-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-magistralnyy-rg-11u-75om-ccsalal-83-305m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-nga-hf-cualcu-64-75om-100m-indoor-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-dg-113-cualcu-75-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-dg-113-cualcusn-75-75om-100m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11a-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-15-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-2-11ait-400m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-2-11a-400m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11ait-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-obzhim-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-proconnect" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-19mm-proconnect" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-proconnect" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-proconnect" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-17-8mm-proconnect" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-proconnect" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-na-korpus-s-kontaktom-proconnect" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-proconnect" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-proconnect" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-oreh-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-obzhim-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-proconnect" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-proconnect" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-proconnect" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-f-proconnect" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x4-gnezda-f-proconnect" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-proconnect" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-proconnect" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-zn-proconnect" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x3-gnezda-f-proconnect" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-shteker-f-gnezdo-f-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-bez-koltsa-proconnect" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-znni-proconnect" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-tv-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-s-koltsom-proconnect" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-tv-shteker-3-5-mm-mono-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-vga-provod-shnur-stereo-3-5mm-s-pitaniem-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-vga-provod-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-vga-2-gnezda-vga-provod-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-micro-hdmi-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-po-vitoy-pare-rj-458p8c-do-30m-1080p-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-vga-provod-shnur-stereo-3-5mm-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-po-vitoy-pare-rj-458p8c-do-200m-1080p-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-vga-gnezdo-dvi-i-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-povorotnyy-shteker-dvi-d-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-dvi-i-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-dvi-i-gnezdo-vga-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-vga-gnezdo-vga-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-2-gnezda-hdmi-s-provodom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-dvi-i-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-hdmi-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-mini-hdmi-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-hdmi-gnezdo-hdmi-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-hdmi-gnezdo-hdmi-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-delitel-po-vitoy-pare-rj-458p8c-do-150m-1080p-60-fps-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hdmi-udlinitel-po-vitoy-pare-rj-458p8c-do-60m-1080p-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-ypbpr-spdif-toslink-na-hdmi-metall-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-bncrca-s-video-na-vga-perehodnik-gn-bnc-sht-rca-plastik-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-hdmi-na-3-rca-plastik-belyy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-3-rca-na-hdmi-plastik-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konverter-bncrca-s-video-na-vga-plastik-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-payka-chernyykrasnyy-gold-proconnect" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-pod-vint-chernyykrasnyy-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-pod-vint-chernyykrasnyy-proconnect" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-metall-payka-chernyykrasnyy-proconnect" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-rca-s-klemmnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-3-5mm-stereo-gnezdo-3-5mm-stereo-gnezdo-plastik-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-3-5mm-stereo-shteker-s-klemmnoy-kolodkoy-pod-vint-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-3-5mm-stereo-shteker-6-3mm-stereo-gnezdo-metall-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-6-3mm-stereo-shteker-3-5mm-stereo-gnezdo-metall-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-vga-na-4-gnezda-vga-metall-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-gnezdo-hdmi-na-3-gnezda-hdmi-bez-pitaniya-plastik-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-vga-na-2-gnezda-vga-metall-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-hdmi-na-2-gnezda-hdmi-plastik-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-vga-na-8-gnezd-vga-metall-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-hdmi-na-4-gnezda-hdmi-plastik-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-gnezdo-hdmi-na-2-gnezda-hdmi-metall-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-2-rca-1-2m-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-stereo-3-5mm-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-2-rca-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-din-5-pin-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-din-5-pin-1-2m-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-stereo-3-5mm-1-2m-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-displayport-hdmi-1-8m-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-hdmi-2m-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-5m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-3m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-2m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-1-5m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-7m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-3m-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-5m-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-5m-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-3m-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-7m-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-0-5m-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-1-2m-chernyy-smartkip" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-10m-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-1-5m-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-1-5m-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-10m-belyy-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-uglovoy-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-10m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-1-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-10m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-3m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-2m-smartkip" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-4c-3-rca-1-5m-dvuhtsvetnyy-shteker-gold-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-gold-metall-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-4c-3-rca-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-gold-metall-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-gold-metall-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-7m-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-1-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-3m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-10m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-toslink-toslink-1-5m-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-toslink-toslink-3m-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-3m-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-1-8m-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-maks-10-kg-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-motorizirovannyy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-26-55-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-audio-i-videoapparatury-200h175mm-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-fiksirovannyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-42-100-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-dva-dvoynyh-kolena-razdelno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant-2" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-naklonnyy-dlya-televizora-i-monitora-26-55-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonnyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovannyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-85-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-potolochnyy-podvesnoy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-naklonno-povorotnyy-1-koleno-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-1-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-32-55-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-70-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-80-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-19-42-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-19-42-na-kolesah-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-37-70-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonnyy-s-bystroy-fiksatsiey-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-2-kolena-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-65-naklonno-povorotnyy-2-kolena-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-50-fiksirovannyy-s-dopolnitelnoy-polkoy-dlya-media-oborudovaniya-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-nastolnyy-s-podstavkoy-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-odno-koleno-nastolnyy-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kassovogo-oborudovaniya-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-nastolnyy-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-monitora-13-32-nastolnyy-s-gazliftom-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-dvuh-monitorov-13-32-odno-koleno-nastolnyy-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-pos-terminala-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-dvuh-monitorov-13-32-nastolnyy-s-gazliftom-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-s-regulirovkoy-rasstoyaniya-430-650-mm-maks-15kg-belyy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-nastenno-potolochnyy-s-regulirovkoy-rasstoyaniya-350-650mm-maks-20-kg-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-s-regulirovkoy-rasstoyaniya-428-683mm-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-proektora-potolochnyy-s-regulirovkoy-rasstoyaniya-380-580-mm-maks-13-5-kg-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-708e-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-haier-rexant" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-sony-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-188-rexant" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-02-rexant" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-s-funktsiey-smart-tv-st-04-rexant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-s-funktsiey-smart-tv-st-05-rexant" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-obuchaemyy-na-3-ustroystva-rexant" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-na-8-ustroystv-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-philips-rexant" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-samsung-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-e877-rexant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-951-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-952-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-rx-707e-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-s-funktsiey-smart-tv-st-01-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizorov-telefunken-vestel-beko-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-lg-s-funktsiey-smart-tv-st-03-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-televizora-panasonic-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-100aii-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-102aii-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-konditsionerov-rx-101aii-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-pristavki-dvb-t2-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-pristavki-dvb-t2-s-funktsiey-upravleniya-televizorom-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-rostelekom-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-universalnyy-dlya-resivera-trikolor-tv-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-701-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-705-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-713-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-teleskopicheskaya-na-podstavke-usy-rx-105-rexant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ring-50-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ring-51-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-703-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-267-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-711-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-715-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-teleskopicheskaya-na-podstavke-usy-koltso-rx-100-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-tsifrovogo-televideniya-dvb-t2-na-prisoske-rx-255-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-na-prisoske-rx-257-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-717-rexant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-719-rexant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-rx-269-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-s-usb-pitaniem-dlya-tsifrovogo-televideniya-dvb-t2-ag-707-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-265-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-aktivnaya-dlya-tsifrovogo-televideniya-dvb-t2-ag-709-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-252-rexant" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-ukvfm-radio-rx-552-rexant" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-410-rexant" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-414-1-rexant" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-416-rexant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-412-1-rexant" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-410-1-rexant" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-406-def-rexant" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-407-rexant" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-421-rexant" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-422-rexant" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-424-rexant" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-415-1-rexant" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-414-rexant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-423-rexant" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-408-rexant" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-411-1-rexant" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-411-rexant" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-401-rexant" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-402-rexant" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-415-rexant" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-417-rexant" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-413-1-rexant" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tb-antenna-naruzhnaya-dlya-tsifrovogo-televideniya-dvb-t2-rx-412-rexant" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-antenna-naruzhnaya-aktivnaya-dlya-tsifrovogo-tv-dvb-t2-rx-413-rexant" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fm-antenna-naruzhnaya-dlya-dalnego-priema-radiostantsiy-fmukv-diapazona-rx-555-rexant" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fm-antenna-naruzhnaya-dlya-priema-radiostantsiy-fmukv-diapazona-rx-553-rexant" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-60sm-34sm-rexant" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-2-30h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-3-30h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-polosa-14-5sm-rexant" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pyatka-dlya-macht-malaya-rexant" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-alyuminievaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-55-60sm-32sm-rexant" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20smh14-5sm-rexant" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20sm-treugolnaya-ploshchadka-rexant" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-30-50sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-20-30sm-rexant" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-22sm-g-obraznyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-4-20sm-rexant" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-50-90sm-rexant" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-seryy-rexant" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-4-sektsii-rexant" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-3-sektsii-rexant" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-20sm-rexant" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-usilennyy-75sm-50sm-rexant" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-1-14-5h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-1-50sm-rexant" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-povorotnyy-25sm-rexant" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-60sm-rexant" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-30sm-rexant" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-14-5sm-rexant" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-efirnyh-i-wi-fi-antenn-moskva-1-oblegchennyy-10sm-rexant" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-45sm-rexant" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-teleskopicheskiy-60-110sm-rexant" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-10sm-rexant" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-70-130sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-300sm-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-450sm-3-kolena-rexant" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-600sm-4-kolena-rexant" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-3-kolena-rexant" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-30-50sm-rexant" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-5-teleskopicheskaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-2-100sm-rexant" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-rexant" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-800sm-rexant" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-belyy-rexant" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-50-90sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-28sm-gnutyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-1-150sm-rexant" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-3-teleskopicheskaya-300sm-rexant" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-40-70sm-rexant" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koltso-pod-rastyazhku-dlya-macht-rexant" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-300sm-rexant" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-1000sm-rexant" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-machty-krym-1-rexant" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usilitel-tv-signala-s-pitaniem-ot-usb-rx-450-rexant" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-inzhektor-pitaniya-dlya-aktivnyh-antenn-rx-455-rexant" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antennyy-usilitel-tv-signala-na-2-vyhoda-rx-200-rexant" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-altair-rexant" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-andromeda-rexant" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-vega-rexant" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-4g-mimo-sirius-rexant" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-razvertyvaniya-seti-wi-fi-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-komnatnaya-dlya-usileniya-internet-signala-4g-lte-rexant" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-razvertyvaniya-seti-wi-fi-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-2-tv-shteker-f-3-sht-5-1000-mgts-rexant" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-2-tv-5-1000-mgts-rexant" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-3-tv-5-1000-mgts-rexant" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-antennyy-3-tv-shteker-f-4-sht-5-1000-mgts-rexant" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-tv-uglovoy-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-3-gnezda-f-troynik-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-3-gnezda-f-troynik-1-sht-rexant" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-f-uglovoy-5-sht-proconnect" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-f-bochka-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-uglovoy-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-f-bochka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-f-uglovoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-tv-1-sht-rexant" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-1-sht-rexant" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-gnezdo-tv-uglovoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-f-shteker-tv-uglovoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-antennyy-gnezdo-tv-shteker-f-1-sht-rexant" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-tv-s-pruzhinoy-rg-6-1-sht-rexant" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-5-sht-proconnect" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-5-sht-proconnect-2" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-sat-s-rezinovym-uplotnitelem-5-sht-proconnect" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-1-sht-proconnect" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-1-sht-proconnect-2" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-2-sht-rexant" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-rg-6-5-sht-rexant" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-f-sat-s-rezinovym-uplotnitelem-2-sht-rexant" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-antennyy-shteker-tv-uglovoy-rg-6-belyy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-11-kabel-rg-6u-10m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik-gn-f-gn-tv-1sht-rexant" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-13-kabel-rg-6u-20m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik-gn-f-gn-tv-1sht-rexant" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-14-kabel-rg-6u-30m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik-gn-f-gn-tv-1sht-rexant" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-antennyy-10-kabel-rg-6u-5m-shteker-f-4sht-bochka-1sht-perehodnik-gn-f-sht-tv-2sht-perehodnik-gn-f-gn-tv-1sht-rexant" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-audiovideo-shteker-rca-vint-serebro-2-sht-rexant" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-100m-proconnect" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h6-00mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h4-00mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h4-00mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-100m-proconnect" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-100m-rexant" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h4-00mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-100m-rexant" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-krasno-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-krasno-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-25mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-krasno-chernyy-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-mikrofonnyy-2h0-25mm-6-8mm-siniy-100m-rexant" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-mikrofonnyy-2h0-25mm-6-8mm-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shges-2-chernyy-100m-proconnect" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I705"/>
+  <dimension ref="A1:I689"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -4570,263 +4480,263 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>20519.95</v>
+        <v>2444.72</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>21</v>
+        <v>2583</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>6</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>6572.14</v>
+        <v>24795.17</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>6</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>3112.02</v>
+        <v>6572.14</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>421</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>6</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
         <v>20519.95</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>6</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>24795.17</v>
+        <v>3112.02</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>17</v>
+        <v>403</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>6</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>3715.97</v>
+        <v>20519.95</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>723</v>
+        <v>36</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>6</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
         <v>5671.73</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>1325</v>
+        <v>342</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>6</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>2444.72</v>
+        <v>3715.97</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>939</v>
+        <v>747</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>6</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
         <v>57443.92</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
@@ -4853,19028 +4763,18594 @@
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
         <v>3520.39</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>338</v>
+        <v>133</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>6</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>16672.71</v>
+        <v>2151.34</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>26</v>
+        <v>926</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>6</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>2151.34</v>
+        <v>3764.3</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>680</v>
+        <v>164</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>6</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>3764.3</v>
+        <v>16672.71</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>148</v>
+        <v>18</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>6</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="3">
-        <v>2361.16</v>
+        <v>1661.91</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>987</v>
+        <v>4892</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>6</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="3">
-        <v>8023.16</v>
+        <v>2458.4</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>44</v>
+        <v>870</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I21" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>2268.95</v>
+        <v>2691.06</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>49</v>
+        <v>231</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>6</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>2086.8</v>
+        <v>2361.16</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>907</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>6</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>2691.06</v>
+        <v>7743.27</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>368</v>
+        <v>135</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I24" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>7743.27</v>
+        <v>2268.95</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I25" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>2458.4</v>
+        <v>2086.8</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>680</v>
+        <v>331</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>6</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>1661.91</v>
+        <v>2021.25</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>828</v>
+        <v>4600</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>6</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>2021.25</v>
+        <v>8023.16</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>1147</v>
+        <v>30</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I28" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>5084.87</v>
+        <v>7741.59</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>289</v>
+        <v>113</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>4345.2</v>
+        <v>13252.88</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I31" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>15288.25</v>
+        <v>4081.16</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>18</v>
+        <v>183</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I32" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
         <v>7923.19</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>202</v>
+        <v>306</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>6</v>
       </c>
       <c r="I33" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>7741.59</v>
+        <v>5084.87</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>148</v>
+        <v>203</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I34" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>13252.88</v>
+        <v>15501.43</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>2</v>
       </c>
       <c r="I35" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>4081.16</v>
+        <v>15288.25</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>255</v>
+        <v>89</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I36" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
         <v>19481.33</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>2</v>
       </c>
       <c r="I37" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
         <v>5014.45</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>690</v>
+        <v>535</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>6</v>
       </c>
       <c r="I38" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>15501.43</v>
+        <v>4345.2</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>98</v>
+        <v>48</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I39" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="3">
         <v>5593.5</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>1665</v>
+        <v>273</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>6</v>
       </c>
       <c r="I41" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="3">
-        <v>5593.5</v>
+        <v>8136</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>415</v>
+        <v>50</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I42" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="3">
-        <v>8136</v>
+        <v>40680</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>84</v>
+        <v>162</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>2</v>
       </c>
       <c r="I43" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C44" s="3">
         <v>5593.5</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>448</v>
+        <v>511</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>6</v>
       </c>
       <c r="I44" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C45" s="3">
-        <v>40680</v>
+        <v>5593.5</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>53</v>
+        <v>837</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I45" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="3">
         <v>1301.79</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>80</v>
+        <v>439</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="3">
         <v>624.63</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>1520</v>
+        <v>2586</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>20</v>
       </c>
       <c r="I48" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="3">
         <v>313.35</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>2622</v>
+        <v>4086</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>40</v>
       </c>
       <c r="I49" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="3">
         <v>868.19</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F50" s="3">
-        <v>244</v>
+        <v>199</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>20</v>
       </c>
       <c r="I50" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="3">
         <v>2182.46</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F51" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>12</v>
       </c>
       <c r="I51" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="3">
         <v>663.15</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F52" s="3">
-        <v>615</v>
+        <v>578</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>20</v>
       </c>
       <c r="I52" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="3">
         <v>1776.09</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F53" s="3">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>12</v>
       </c>
       <c r="I53" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="3">
-        <v>1436.56</v>
+        <v>509.14</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>320</v>
+        <v>917</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I54" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>509.14</v>
+        <v>3254.49</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>661</v>
+        <v>260</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I55" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="3">
-        <v>3254.49</v>
+        <v>1436.56</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>113</v>
+        <v>492</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>12</v>
       </c>
       <c r="I56" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="2"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="3">
         <v>7444.77</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>4</v>
       </c>
       <c r="I58" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="3">
         <v>8193.5</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>4</v>
       </c>
       <c r="I59" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C61" s="3">
         <v>16149.96</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>1</v>
       </c>
       <c r="I61" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C62" s="3">
         <v>16149.96</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>1</v>
       </c>
       <c r="I62" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
         <v>124</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="2"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C64" s="3">
         <v>7726.48</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>1545</v>
+        <v>1850</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>6</v>
       </c>
       <c r="I64" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="2"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
       <c r="I65" s="2"/>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C66" s="3">
-        <v>24368.28</v>
+        <v>8296.51</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>6</v>
       </c>
       <c r="I66" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C67" s="3">
-        <v>8296.51</v>
+        <v>24368.28</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>6</v>
       </c>
       <c r="I67" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
         <v>132</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="2"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
       <c r="I68" s="2"/>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C69" s="3">
-        <v>33.05</v>
+        <v>80.22</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F69" s="3">
-        <v>9200</v>
+        <v>8000</v>
       </c>
       <c r="G69" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="H69" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C70" s="3">
-        <v>46.58</v>
+        <v>111.92</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F70" s="3">
-        <v>9200</v>
+        <v>1200</v>
       </c>
       <c r="G70" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="H70" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C71" s="3">
-        <v>61.4</v>
+        <v>124.35</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F71" s="3">
-        <v>19400</v>
+        <v>2000</v>
       </c>
       <c r="G71" s="3">
         <v>200</v>
       </c>
       <c r="H71" s="3">
         <v>200</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C72" s="3">
-        <v>111.92</v>
+        <v>33.05</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F72" s="3">
-        <v>1600</v>
+        <v>6400</v>
       </c>
       <c r="G72" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="H72" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C73" s="3">
-        <v>124.35</v>
+        <v>46.58</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F73" s="3">
-        <v>2400</v>
+        <v>5200</v>
       </c>
       <c r="G73" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="H73" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C74" s="3">
-        <v>80.22</v>
+        <v>61.4</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F74" s="3">
-        <v>1800</v>
+        <v>12400</v>
       </c>
       <c r="G74" s="3">
         <v>200</v>
       </c>
       <c r="H74" s="3">
         <v>200</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="2"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
       <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
       <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C77" s="3">
-        <v>20.78</v>
+        <v>119.96</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F77" s="3">
-        <v>23100</v>
+        <v>13450</v>
       </c>
       <c r="G77" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H77" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C78" s="3">
         <v>30.44</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F78" s="3">
-        <v>56200</v>
+        <v>49000</v>
       </c>
       <c r="G78" s="3">
         <v>100</v>
       </c>
       <c r="H78" s="3">
         <v>4000</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C79" s="3">
         <v>11.52</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F79" s="3">
-        <v>26500</v>
+        <v>20700</v>
       </c>
       <c r="G79" s="3">
         <v>100</v>
       </c>
       <c r="H79" s="3">
         <v>5000</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C80" s="3">
-        <v>21.38</v>
+        <v>8.25</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F80" s="3">
-        <v>4700</v>
+        <v>99250</v>
       </c>
       <c r="G80" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H80" s="3">
         <v>5000</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C81" s="3">
-        <v>15.67</v>
+        <v>15.27</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F81" s="3">
-        <v>87100</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>100</v>
       </c>
       <c r="H81" s="3">
         <v>5000</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C82" s="3">
-        <v>8.25</v>
+        <v>15.67</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F82" s="3">
-        <v>78100</v>
+        <v>84400</v>
       </c>
       <c r="G82" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H82" s="3">
         <v>5000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C83" s="3">
-        <v>5.71</v>
+        <v>20.78</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F83" s="3">
-        <v>452800</v>
+        <v>21900</v>
       </c>
       <c r="G83" s="3">
         <v>100</v>
       </c>
       <c r="H83" s="3">
         <v>5000</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C84" s="3">
-        <v>119.96</v>
+        <v>5.71</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F84" s="3">
-        <v>4600</v>
+        <v>338600</v>
       </c>
       <c r="G84" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H84" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C85" s="3">
-        <v>18.02</v>
+        <v>21.38</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F85" s="3">
-        <v>281560</v>
+        <v>200</v>
       </c>
       <c r="G85" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H85" s="3">
         <v>5000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C86" s="3">
-        <v>17.11</v>
+        <v>18.02</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F86" s="3">
-        <v>182600</v>
+        <v>157579</v>
       </c>
       <c r="G86" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H86" s="3">
         <v>5000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C87" s="3">
         <v>75.44</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F87" s="3">
-        <v>9701</v>
+        <v>5151</v>
       </c>
       <c r="G87" s="3">
         <v>50</v>
       </c>
       <c r="H87" s="3">
         <v>1000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C88" s="3">
-        <v>15.27</v>
+        <v>14.28</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>28800</v>
       </c>
       <c r="G88" s="3">
         <v>100</v>
       </c>
       <c r="H88" s="3">
         <v>5000</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C89" s="3">
-        <v>14.28</v>
+        <v>17.11</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F89" s="3">
-        <v>18700</v>
+        <v>182600</v>
       </c>
       <c r="G89" s="3">
         <v>100</v>
       </c>
       <c r="H89" s="3">
         <v>5000</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="2"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
       <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C91" s="3">
-        <v>10.72</v>
+        <v>25.96</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F91" s="3">
-        <v>0</v>
+        <v>53000</v>
       </c>
       <c r="G91" s="3">
         <v>100</v>
       </c>
       <c r="H91" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C92" s="3">
-        <v>27.18</v>
+        <v>18.75</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F92" s="3">
-        <v>3000</v>
+        <v>1200</v>
       </c>
       <c r="G92" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H92" s="3">
         <v>2000</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C93" s="3">
-        <v>17.12</v>
+        <v>4.04</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F93" s="3">
-        <v>9900</v>
+        <v>11400</v>
       </c>
       <c r="G93" s="3">
         <v>100</v>
       </c>
       <c r="H93" s="3">
         <v>2500</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C94" s="3">
-        <v>25.96</v>
+        <v>6.43</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F94" s="3">
-        <v>50500</v>
+        <v>9000</v>
       </c>
       <c r="G94" s="3">
         <v>100</v>
       </c>
       <c r="H94" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C95" s="3">
-        <v>11.3</v>
+        <v>27.18</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F95" s="3">
-        <v>33100</v>
+        <v>3000</v>
       </c>
       <c r="G95" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H95" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C96" s="3">
-        <v>7.41</v>
+        <v>11.3</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F96" s="3">
-        <v>11700</v>
+        <v>29400</v>
       </c>
       <c r="G96" s="3">
         <v>100</v>
       </c>
       <c r="H96" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C97" s="3">
-        <v>11.3</v>
+        <v>7.41</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F97" s="3">
-        <v>26100</v>
+        <v>11500</v>
       </c>
       <c r="G97" s="3">
         <v>100</v>
       </c>
       <c r="H97" s="3">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C98" s="3">
-        <v>6.43</v>
+        <v>5.1</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F98" s="3">
-        <v>9400</v>
+        <v>14800</v>
       </c>
       <c r="G98" s="3">
         <v>100</v>
       </c>
       <c r="H98" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C99" s="3">
-        <v>4.04</v>
+        <v>11.3</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F99" s="3">
-        <v>12900</v>
+        <v>27800</v>
       </c>
       <c r="G99" s="3">
         <v>100</v>
       </c>
       <c r="H99" s="3">
         <v>2500</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C100" s="3">
         <v>4.08</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F100" s="3">
-        <v>5500</v>
+        <v>5100</v>
       </c>
       <c r="G100" s="3">
         <v>100</v>
       </c>
       <c r="H100" s="3">
         <v>2500</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C101" s="3">
-        <v>18.75</v>
+        <v>26.89</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F101" s="3">
-        <v>1800</v>
+        <v>10840</v>
       </c>
       <c r="G101" s="3">
         <v>100</v>
       </c>
       <c r="H101" s="3">
         <v>2000</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C102" s="3">
-        <v>5.1</v>
+        <v>22.99</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F102" s="3">
-        <v>15200</v>
+        <v>6700</v>
       </c>
       <c r="G102" s="3">
         <v>100</v>
       </c>
       <c r="H102" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C103" s="3">
-        <v>22.99</v>
+        <v>17.12</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F103" s="3">
-        <v>11400</v>
+        <v>5600</v>
       </c>
       <c r="G103" s="3">
         <v>100</v>
       </c>
       <c r="H103" s="3">
         <v>2500</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A104" s="3" t="s">
+      <c r="A104" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="B104" s="3" t="s">
+      <c r="B104" s="2"/>
+      <c r="C104" s="2"/>
+      <c r="D104" s="2"/>
+      <c r="E104" s="2"/>
+      <c r="F104" s="2"/>
+      <c r="G104" s="2"/>
+      <c r="H104" s="2"/>
+      <c r="I104" s="2"/>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A105" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="C104" s="3">
-[...22 lines deleted...]
-      <c r="A105" s="2" t="s">
+      <c r="B105" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B105" s="2"/>
-[...6 lines deleted...]
-      <c r="I105" s="2"/>
+      <c r="C105" s="3">
+        <v>12.9</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F105" s="3">
+        <v>63460</v>
+      </c>
+      <c r="G105" s="3">
+        <v>20</v>
+      </c>
+      <c r="H105" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I105" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C106" s="3">
-        <v>81.6</v>
+        <v>15.14</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F106" s="3">
-        <v>20311</v>
+        <v>1200</v>
       </c>
       <c r="G106" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H106" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C107" s="3">
-        <v>21.86</v>
+        <v>19.9</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F107" s="3">
-        <v>22700</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H107" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C108" s="3">
-        <v>10.54</v>
+        <v>30.29</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F108" s="3">
-        <v>173639</v>
+        <v>22900</v>
       </c>
       <c r="G108" s="3">
         <v>100</v>
       </c>
       <c r="H108" s="3">
         <v>5000</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C109" s="3">
-        <v>32.66</v>
+        <v>31.09</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F109" s="3">
-        <v>12740</v>
+        <v>11600</v>
       </c>
       <c r="G109" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H109" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C110" s="3">
-        <v>32.42</v>
+        <v>32.66</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F110" s="3">
-        <v>27083</v>
+        <v>23740</v>
       </c>
       <c r="G110" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H110" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C111" s="3">
-        <v>20.6</v>
+        <v>32.66</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F111" s="3">
-        <v>74240</v>
+        <v>170350</v>
       </c>
       <c r="G111" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H111" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C112" s="3">
-        <v>32.29</v>
+        <v>38.22</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F112" s="3">
-        <v>13999</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H112" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C113" s="3">
-        <v>12.9</v>
+        <v>9.96</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F113" s="3">
-        <v>33960</v>
+        <v>170880</v>
       </c>
       <c r="G113" s="3">
         <v>20</v>
       </c>
       <c r="H113" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C114" s="3">
-        <v>54.85</v>
+        <v>32.29</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>17750</v>
       </c>
       <c r="G114" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H114" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C115" s="3">
-        <v>30.29</v>
+        <v>54.85</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F115" s="3">
-        <v>19401</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>100</v>
       </c>
       <c r="H115" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C116" s="3">
-        <v>37.3</v>
+        <v>81.6</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F116" s="3">
-        <v>0</v>
+        <v>8280</v>
       </c>
       <c r="G116" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H116" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C117" s="3">
-        <v>19.9</v>
+        <v>10.12</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F117" s="3">
-        <v>0</v>
+        <v>97020</v>
       </c>
       <c r="G117" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H117" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C118" s="3">
-        <v>10.12</v>
+        <v>22.93</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F118" s="3">
-        <v>128030</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H118" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C119" s="3">
-        <v>15.14</v>
+        <v>81.6</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F119" s="3">
-        <v>1800</v>
+        <v>23210</v>
       </c>
       <c r="G119" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H119" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C120" s="3">
-        <v>9.96</v>
+        <v>10.54</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F120" s="3">
-        <v>131580</v>
+        <v>196000</v>
       </c>
       <c r="G120" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H120" s="3">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C121" s="3">
-        <v>38.22</v>
+        <v>37.3</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F121" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G121" s="3">
         <v>100</v>
       </c>
       <c r="H121" s="3">
         <v>2500</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C122" s="3">
-        <v>32.66</v>
+        <v>11.92</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F122" s="3">
-        <v>123948</v>
+        <v>5300</v>
       </c>
       <c r="G122" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H122" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C123" s="3">
-        <v>22.93</v>
+        <v>21.86</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F123" s="3">
-        <v>0</v>
+        <v>36200</v>
       </c>
       <c r="G123" s="3">
         <v>100</v>
       </c>
       <c r="H123" s="3">
         <v>2500</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C124" s="3">
-        <v>81.6</v>
+        <v>17.76</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F124" s="3">
-        <v>9021</v>
+        <v>3600</v>
       </c>
       <c r="G124" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H124" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C125" s="3">
-        <v>31.09</v>
+        <v>32.42</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F125" s="3">
-        <v>20880</v>
+        <v>27860</v>
       </c>
       <c r="G125" s="3">
         <v>20</v>
       </c>
       <c r="H125" s="3">
         <v>2500</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C126" s="3">
-        <v>17.76</v>
+        <v>20.6</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F126" s="3">
-        <v>3700</v>
+        <v>91520</v>
       </c>
       <c r="G126" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H126" s="3">
         <v>2500</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A127" s="3" t="s">
+      <c r="A127" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="B127" s="3" t="s">
+      <c r="B127" s="2"/>
+      <c r="C127" s="2"/>
+      <c r="D127" s="2"/>
+      <c r="E127" s="2"/>
+      <c r="F127" s="2"/>
+      <c r="G127" s="2"/>
+      <c r="H127" s="2"/>
+      <c r="I127" s="2"/>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A128" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="C127" s="3">
-[...22 lines deleted...]
-      <c r="A128" s="2" t="s">
+      <c r="B128" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="B128" s="2"/>
-[...6 lines deleted...]
-      <c r="I128" s="2"/>
+      <c r="C128" s="3">
+        <v>240.9</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F128" s="3">
+        <v>2660</v>
+      </c>
+      <c r="G128" s="3">
+        <v>1</v>
+      </c>
+      <c r="H128" s="3">
+        <v>200</v>
+      </c>
+      <c r="I128" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C129" s="3">
-        <v>455.51</v>
+        <v>426.79</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F129" s="3">
-        <v>73</v>
+        <v>8128</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>120</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C130" s="3">
-        <v>577.16</v>
+        <v>191.91</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F130" s="3">
-        <v>351</v>
+        <v>2053</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C131" s="3">
-        <v>510.16</v>
+        <v>276.13</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F131" s="3">
-        <v>3747</v>
+        <v>9063</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C132" s="3">
-        <v>1329.24</v>
+        <v>320.09</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F132" s="3">
-        <v>122</v>
+        <v>2359</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C133" s="3">
-        <v>126.15</v>
+        <v>76.66</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F133" s="3">
-        <v>13398</v>
+        <v>8441</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C134" s="3">
-        <v>608.83</v>
+        <v>735.04</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F134" s="3">
-        <v>572</v>
+        <v>66</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C135" s="3">
-        <v>240.9</v>
+        <v>1213.74</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F135" s="3">
-        <v>2328</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C136" s="3">
-        <v>426.79</v>
+        <v>61.18</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F136" s="3">
-        <v>3362</v>
+        <v>21716</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C137" s="3">
-        <v>165.61</v>
+        <v>577.16</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F137" s="3">
-        <v>6487</v>
+        <v>83</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C138" s="3">
         <v>529.94</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F138" s="3">
-        <v>1300</v>
+        <v>1003</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>100</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C139" s="3">
-        <v>320.09</v>
+        <v>305.34</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F139" s="3">
-        <v>3373</v>
+        <v>560</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C140" s="3">
-        <v>76.66</v>
+        <v>1329.24</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F140" s="3">
-        <v>6997</v>
+        <v>435</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C141" s="3">
-        <v>61.18</v>
+        <v>126.15</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F141" s="3">
-        <v>23880</v>
+        <v>16230</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C142" s="3">
-        <v>359.25</v>
+        <v>165.61</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F142" s="3">
-        <v>0</v>
+        <v>2800</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C143" s="3">
-        <v>735.04</v>
+        <v>358.32</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F143" s="3">
-        <v>0</v>
+        <v>4436</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
         <v>100</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C144" s="3">
         <v>1224.59</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F144" s="3">
-        <v>155</v>
+        <v>305</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>40</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C145" s="3">
-        <v>338.73</v>
+        <v>384.79</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F145" s="3">
-        <v>594</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C146" s="3">
-        <v>1213.74</v>
+        <v>245.74</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F146" s="3">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C147" s="3">
-        <v>1076.37</v>
+        <v>608.83</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F147" s="3">
-        <v>587</v>
+        <v>379</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C148" s="3">
-        <v>191.91</v>
+        <v>183.45</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F148" s="3">
-        <v>0</v>
+        <v>11707</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
         <v>200</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C149" s="3">
-        <v>276.13</v>
+        <v>734.47</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F149" s="3">
-        <v>7421</v>
+        <v>72</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C150" s="3">
-        <v>358.32</v>
+        <v>1076.37</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F150" s="3">
-        <v>2824</v>
+        <v>555</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C151" s="3">
-        <v>183.45</v>
+        <v>455.51</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F151" s="3">
-        <v>10250</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C152" s="3">
-        <v>305.34</v>
+        <v>359.25</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F152" s="3">
-        <v>836</v>
+        <v>0</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C153" s="3">
-        <v>384.79</v>
+        <v>338.73</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F153" s="3">
         <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C154" s="3">
-        <v>734.47</v>
+        <v>510.16</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F154" s="3">
-        <v>109</v>
+        <v>3347</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>100</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A155" s="3" t="s">
+      <c r="A155" s="2" t="s">
         <v>301</v>
       </c>
-      <c r="B155" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B155" s="2"/>
+      <c r="C155" s="2"/>
+      <c r="D155" s="2"/>
+      <c r="E155" s="2"/>
+      <c r="F155" s="2"/>
+      <c r="G155" s="2"/>
+      <c r="H155" s="2"/>
+      <c r="I155" s="2"/>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="2" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B156" s="2"/>
       <c r="C156" s="2"/>
       <c r="D156" s="2"/>
       <c r="E156" s="2"/>
       <c r="F156" s="2"/>
       <c r="G156" s="2"/>
       <c r="H156" s="2"/>
       <c r="I156" s="2"/>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A157" s="2" t="s">
+      <c r="A157" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B157" s="2"/>
-[...6 lines deleted...]
-      <c r="I157" s="2"/>
+      <c r="C157" s="3">
+        <v>536.31</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F157" s="3">
+        <v>691</v>
+      </c>
+      <c r="G157" s="3">
+        <v>10</v>
+      </c>
+      <c r="H157" s="3">
+        <v>100</v>
+      </c>
+      <c r="I157" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C158" s="3">
-        <v>644.54</v>
+        <v>832.52</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F158" s="3">
-        <v>213</v>
+        <v>755</v>
       </c>
       <c r="G158" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C159" s="3">
-        <v>267</v>
+        <v>352.62</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F159" s="3">
-        <v>267</v>
+        <v>1615</v>
       </c>
       <c r="G159" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C160" s="3">
-        <v>338.87</v>
+        <v>183.09</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F160" s="3">
-        <v>2228</v>
+        <v>1551</v>
       </c>
       <c r="G160" s="3">
         <v>10</v>
       </c>
       <c r="H160" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C161" s="3">
-        <v>216.21</v>
+        <v>770.56</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>101</v>
+        <v>313</v>
       </c>
       <c r="F161" s="3">
-        <v>1067</v>
+        <v>1063</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C162" s="3">
-        <v>322.39</v>
+        <v>726.74</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F162" s="3">
-        <v>1614</v>
+        <v>791</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
         <v>250</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C163" s="3">
-        <v>183.09</v>
+        <v>21481.68</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F163" s="3">
-        <v>1593</v>
+        <v>0</v>
       </c>
       <c r="G163" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C164" s="3">
-        <v>832.52</v>
+        <v>254.24</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F164" s="3">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="G164" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H164" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C165" s="3">
-        <v>258.34</v>
+        <v>644.54</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F165" s="3">
-        <v>741</v>
+        <v>131</v>
       </c>
       <c r="G165" s="3">
         <v>10</v>
       </c>
       <c r="H165" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C166" s="3">
-        <v>284.82</v>
+        <v>338.87</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F166" s="3">
-        <v>1131</v>
+        <v>1993</v>
       </c>
       <c r="G166" s="3">
         <v>10</v>
       </c>
       <c r="H166" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C167" s="3">
-        <v>20885.01</v>
+        <v>322.39</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F167" s="3">
-        <v>0</v>
+        <v>1581</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="I167" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C168" s="3">
-        <v>4335.43</v>
+        <v>238.95</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F168" s="3">
-        <v>117</v>
+        <v>2</v>
       </c>
       <c r="G168" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H168" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C169" s="3">
-        <v>254.24</v>
+        <v>535.96</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F169" s="3">
-        <v>824</v>
+        <v>996</v>
       </c>
       <c r="G169" s="3">
         <v>10</v>
       </c>
       <c r="H169" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C170" s="3">
-        <v>726.74</v>
+        <v>462.16</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F170" s="3">
-        <v>831</v>
+        <v>675</v>
       </c>
       <c r="G170" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H170" s="3">
         <v>250</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C171" s="3">
-        <v>536.31</v>
+        <v>267</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F171" s="3">
-        <v>721</v>
+        <v>204</v>
       </c>
       <c r="G171" s="3">
         <v>10</v>
       </c>
       <c r="H171" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C172" s="3">
-        <v>770.56</v>
+        <v>258.34</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>335</v>
+        <v>101</v>
       </c>
       <c r="F172" s="3">
-        <v>1122</v>
+        <v>679</v>
       </c>
       <c r="G172" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H172" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C173" s="3">
-        <v>352.62</v>
+        <v>284.82</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F173" s="3">
-        <v>1606</v>
+        <v>567</v>
       </c>
       <c r="G173" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H173" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C174" s="3">
-        <v>238.95</v>
+        <v>216.21</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F174" s="3">
-        <v>188</v>
+        <v>1047</v>
       </c>
       <c r="G174" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C175" s="3">
-        <v>535.96</v>
+        <v>20885.01</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F175" s="3">
-        <v>986</v>
+        <v>0</v>
       </c>
       <c r="G175" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="I175" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C176" s="3">
-        <v>21481.68</v>
+        <v>4335.43</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F176" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>20</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A177" s="3" t="s">
+      <c r="A177" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="B177" s="3" t="s">
+      <c r="B177" s="2"/>
+      <c r="C177" s="2"/>
+      <c r="D177" s="2"/>
+      <c r="E177" s="2"/>
+      <c r="F177" s="2"/>
+      <c r="G177" s="2"/>
+      <c r="H177" s="2"/>
+      <c r="I177" s="2"/>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A178" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="C177" s="3">
-[...22 lines deleted...]
-      <c r="A178" s="2" t="s">
+      <c r="B178" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="B178" s="2"/>
-[...6 lines deleted...]
-      <c r="I178" s="2"/>
+      <c r="C178" s="3">
+        <v>1307.82</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F178" s="3">
+        <v>0</v>
+      </c>
+      <c r="G178" s="3">
+        <v>1</v>
+      </c>
+      <c r="H178" s="3">
+        <v>20</v>
+      </c>
+      <c r="I178" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>347</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C179" s="3">
-        <v>1307.82</v>
+        <v>3864.6</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F179" s="3">
-        <v>0</v>
+        <v>261</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
         <v>20</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C180" s="3">
         <v>1837.72</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F180" s="3">
-        <v>1071</v>
+        <v>1057</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>100</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C181" s="3">
-        <v>5946.02</v>
+        <v>1854.52</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F181" s="3">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C182" s="3">
-        <v>3864.6</v>
+        <v>5946.02</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F182" s="3">
-        <v>235</v>
+        <v>0</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
         <v>20</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A183" s="3" t="s">
+      <c r="A183" s="2" t="s">
         <v>355</v>
       </c>
-      <c r="B183" s="3" t="s">
+      <c r="B183" s="2"/>
+      <c r="C183" s="2"/>
+      <c r="D183" s="2"/>
+      <c r="E183" s="2"/>
+      <c r="F183" s="2"/>
+      <c r="G183" s="2"/>
+      <c r="H183" s="2"/>
+      <c r="I183" s="2"/>
+    </row>
+    <row r="184" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A184" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="C183" s="3">
-[...22 lines deleted...]
-      <c r="A184" s="2" t="s">
+      <c r="B184" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="B184" s="2"/>
-[...6 lines deleted...]
-      <c r="I184" s="2"/>
+      <c r="C184" s="3">
+        <v>61.2</v>
+      </c>
+      <c r="D184" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F184" s="3">
+        <v>2500</v>
+      </c>
+      <c r="G184" s="3">
+        <v>100</v>
+      </c>
+      <c r="H184" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I184" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C185" s="3">
-        <v>42.71</v>
+        <v>97.42</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F185" s="3">
-        <v>7400</v>
+        <v>300</v>
       </c>
       <c r="G185" s="3">
         <v>100</v>
       </c>
       <c r="H185" s="3">
         <v>1000</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C186" s="3">
-        <v>61.2</v>
+        <v>54.75</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F186" s="3">
-        <v>2800</v>
+        <v>7400</v>
       </c>
       <c r="G186" s="3">
         <v>100</v>
       </c>
       <c r="H186" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C187" s="3">
-        <v>97.42</v>
+        <v>42.71</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F187" s="3">
-        <v>400</v>
+        <v>5800</v>
       </c>
       <c r="G187" s="3">
         <v>100</v>
       </c>
       <c r="H187" s="3">
         <v>1000</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C188" s="3">
-        <v>54.75</v>
+        <v>51.8</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F188" s="3">
-        <v>6100</v>
+        <v>6750</v>
       </c>
       <c r="G188" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H188" s="3">
         <v>1000</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A189" s="3" t="s">
+      <c r="A189" s="2" t="s">
         <v>366</v>
       </c>
-      <c r="B189" s="3" t="s">
+      <c r="B189" s="2"/>
+      <c r="C189" s="2"/>
+      <c r="D189" s="2"/>
+      <c r="E189" s="2"/>
+      <c r="F189" s="2"/>
+      <c r="G189" s="2"/>
+      <c r="H189" s="2"/>
+      <c r="I189" s="2"/>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A190" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="C189" s="3">
-[...11 lines deleted...]
-      <c r="G189" s="3">
+      <c r="B190" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C190" s="3">
+        <v>48.95</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F190" s="3">
+        <v>3550</v>
+      </c>
+      <c r="G190" s="3">
         <v>50</v>
       </c>
-      <c r="H189" s="3">
-[...17 lines deleted...]
-      <c r="I190" s="2"/>
+      <c r="H190" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I190" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C191" s="3">
-        <v>48.95</v>
+        <v>162.77</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F191" s="3">
-        <v>3900</v>
+        <v>1080</v>
       </c>
       <c r="G191" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="H191" s="3">
-        <v>2500</v>
+        <v>800</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C192" s="3">
-        <v>162.77</v>
+        <v>56.27</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F192" s="3">
-        <v>1360</v>
+        <v>100</v>
       </c>
       <c r="G192" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H192" s="3">
-        <v>800</v>
+        <v>2500</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C193" s="3">
-        <v>56.27</v>
+        <v>48.93</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F193" s="3">
-        <v>150</v>
+        <v>9900</v>
       </c>
       <c r="G193" s="3">
         <v>50</v>
       </c>
       <c r="H193" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A194" s="3" t="s">
+      <c r="A194" s="2" t="s">
         <v>375</v>
       </c>
-      <c r="B194" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B194" s="2"/>
+      <c r="C194" s="2"/>
+      <c r="D194" s="2"/>
+      <c r="E194" s="2"/>
+      <c r="F194" s="2"/>
+      <c r="G194" s="2"/>
+      <c r="H194" s="2"/>
+      <c r="I194" s="2"/>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B195" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="B195" s="3" t="s">
+      <c r="C195" s="3">
+        <v>2848.19</v>
+      </c>
+      <c r="D195" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F195" s="3">
+        <v>76</v>
+      </c>
+      <c r="G195" s="3">
+        <v>1</v>
+      </c>
+      <c r="H195" s="3">
+        <v>40</v>
+      </c>
+      <c r="I195" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A196" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="C195" s="3">
-[...22 lines deleted...]
-      <c r="A196" s="2" t="s">
+      <c r="B196" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="B196" s="2"/>
-[...6 lines deleted...]
-      <c r="I196" s="2"/>
+      <c r="C196" s="3">
+        <v>1254.49</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F196" s="3">
+        <v>16</v>
+      </c>
+      <c r="G196" s="3">
+        <v>1</v>
+      </c>
+      <c r="H196" s="3">
+        <v>100</v>
+      </c>
+      <c r="I196" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>380</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>381</v>
       </c>
       <c r="C197" s="3">
-        <v>5094.7</v>
+        <v>1993.34</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F197" s="3">
-        <v>127</v>
+        <v>178</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
         <v>40</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>383</v>
       </c>
       <c r="C198" s="3">
-        <v>2848.19</v>
+        <v>1537.7</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F198" s="3">
-        <v>77</v>
+        <v>423</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>40</v>
+        <v>220</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>384</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C199" s="3">
-        <v>1993.34</v>
+        <v>1743.76</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F199" s="3">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>386</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C200" s="3">
-        <v>1254.49</v>
+        <v>3336.37</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F200" s="3">
-        <v>27</v>
+        <v>252</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
         <v>100</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C201" s="3">
-        <v>1743.76</v>
+        <v>5094.7</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F201" s="3">
-        <v>3</v>
+        <v>200</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A202" s="3" t="s">
+      <c r="A202" s="2" t="s">
         <v>390</v>
       </c>
-      <c r="B202" s="3" t="s">
+      <c r="B202" s="2"/>
+      <c r="C202" s="2"/>
+      <c r="D202" s="2"/>
+      <c r="E202" s="2"/>
+      <c r="F202" s="2"/>
+      <c r="G202" s="2"/>
+      <c r="H202" s="2"/>
+      <c r="I202" s="2"/>
+    </row>
+    <row r="203" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A203" s="2" t="s">
         <v>391</v>
       </c>
-      <c r="C202" s="3">
-[...22 lines deleted...]
-      <c r="A203" s="3" t="s">
+      <c r="B203" s="2"/>
+      <c r="C203" s="2"/>
+      <c r="D203" s="2"/>
+      <c r="E203" s="2"/>
+      <c r="F203" s="2"/>
+      <c r="G203" s="2"/>
+      <c r="H203" s="2"/>
+      <c r="I203" s="2"/>
+    </row>
+    <row r="204" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A204" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="B203" s="3" t="s">
+      <c r="B204" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="C203" s="3">
-[...22 lines deleted...]
-      <c r="A204" s="2" t="s">
+      <c r="C204" s="3">
+        <v>301.1</v>
+      </c>
+      <c r="D204" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F204" s="3">
+        <v>4202</v>
+      </c>
+      <c r="G204" s="3">
+        <v>10</v>
+      </c>
+      <c r="H204" s="3">
+        <v>250</v>
+      </c>
+      <c r="I204" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A205" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="B204" s="2"/>
-[...9 lines deleted...]
-      <c r="A205" s="2" t="s">
+      <c r="B205" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="B205" s="2"/>
-[...6 lines deleted...]
-      <c r="I205" s="2"/>
+      <c r="C205" s="3">
+        <v>394.61</v>
+      </c>
+      <c r="D205" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F205" s="3">
+        <v>1278</v>
+      </c>
+      <c r="G205" s="3">
+        <v>10</v>
+      </c>
+      <c r="H205" s="3">
+        <v>200</v>
+      </c>
+      <c r="I205" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A206" s="2" t="s">
+      <c r="A206" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="B206" s="2"/>
-[...6 lines deleted...]
-      <c r="I206" s="2"/>
+      <c r="B206" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="C206" s="3">
+        <v>359.96</v>
+      </c>
+      <c r="D206" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F206" s="3">
+        <v>1390</v>
+      </c>
+      <c r="G206" s="3">
+        <v>10</v>
+      </c>
+      <c r="H206" s="3">
+        <v>200</v>
+      </c>
+      <c r="I206" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C207" s="3">
-        <v>212.55</v>
+        <v>320.61</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F207" s="3">
-        <v>3530</v>
+        <v>534</v>
       </c>
       <c r="G207" s="3">
         <v>10</v>
       </c>
       <c r="H207" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C208" s="3">
-        <v>387.5</v>
+        <v>256.15</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F208" s="3">
-        <v>946</v>
+        <v>1399</v>
       </c>
       <c r="G208" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H208" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C209" s="3">
-        <v>814.76</v>
+        <v>248.54</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F209" s="3">
-        <v>630</v>
+        <v>668</v>
       </c>
       <c r="G209" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H209" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A210" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B210" s="3" t="s">
+      <c r="A210" s="2" t="s">
         <v>404</v>
       </c>
-      <c r="C210" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B210" s="2"/>
+      <c r="C210" s="2"/>
+      <c r="D210" s="2"/>
+      <c r="E210" s="2"/>
+      <c r="F210" s="2"/>
+      <c r="G210" s="2"/>
+      <c r="H210" s="2"/>
+      <c r="I210" s="2"/>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A211" s="3" t="s">
+      <c r="A211" s="2" t="s">
         <v>405</v>
       </c>
-      <c r="B211" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B211" s="2"/>
+      <c r="C211" s="2"/>
+      <c r="D211" s="2"/>
+      <c r="E211" s="2"/>
+      <c r="F211" s="2"/>
+      <c r="G211" s="2"/>
+      <c r="H211" s="2"/>
+      <c r="I211" s="2"/>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="B212" s="3" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="C212" s="3">
         <v>566.82</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F212" s="3">
-        <v>660</v>
+        <v>435</v>
       </c>
       <c r="G212" s="3">
         <v>10</v>
       </c>
       <c r="H212" s="3">
         <v>50</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="B213" s="3" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
       <c r="C213" s="3">
         <v>510.21</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F213" s="3">
-        <v>2570</v>
+        <v>2304</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
         <v>90</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="B214" s="3" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="C214" s="3">
         <v>422.06</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F214" s="3">
         <v>0</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
         <v>50</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="B215" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="B215" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C215" s="3">
-        <v>318.82</v>
+        <v>539.43</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F215" s="3">
-        <v>0</v>
+        <v>1317</v>
       </c>
       <c r="G215" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="B216" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="B216" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C216" s="3">
-        <v>252.43</v>
+        <v>1322.1</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F216" s="3">
-        <v>4721</v>
+        <v>460</v>
       </c>
       <c r="G216" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H216" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="B217" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="B217" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C217" s="3">
-        <v>539.43</v>
+        <v>283.4</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F217" s="3">
-        <v>657</v>
+        <v>966</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="B218" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="B218" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C218" s="3">
-        <v>283.4</v>
+        <v>425.08</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F218" s="3">
-        <v>1504</v>
+        <v>2184</v>
       </c>
       <c r="G218" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H218" s="3">
         <v>100</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="B219" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="B219" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C219" s="3">
-        <v>1322.1</v>
+        <v>248.68</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F219" s="3">
-        <v>204</v>
+        <v>4342</v>
       </c>
       <c r="G219" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H219" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="B220" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="B220" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C220" s="3">
-        <v>237.62</v>
+        <v>323.87</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F220" s="3">
-        <v>1177</v>
+        <v>5</v>
       </c>
       <c r="G220" s="3">
         <v>10</v>
       </c>
       <c r="H220" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="B221" s="3" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="C221" s="3">
         <v>603.08</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F221" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G221" s="3">
         <v>5</v>
       </c>
       <c r="H221" s="3">
         <v>80</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="B222" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="B222" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C222" s="3">
-        <v>323.87</v>
+        <v>2026.24</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F222" s="3">
-        <v>1096</v>
+        <v>866</v>
       </c>
       <c r="G222" s="3">
+        <v>1</v>
+      </c>
+      <c r="H222" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B223" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="B223" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C223" s="3">
-        <v>1088.19</v>
+        <v>3487.52</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F223" s="3">
-        <v>1626</v>
+        <v>292</v>
       </c>
       <c r="G223" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="B224" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="B224" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C224" s="3">
-        <v>2026.24</v>
+        <v>710.77</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F224" s="3">
-        <v>1119</v>
+        <v>1584</v>
       </c>
       <c r="G224" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H224" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="B225" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="B225" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C225" s="3">
-        <v>3487.52</v>
+        <v>387.5</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F225" s="3">
-        <v>352</v>
+        <v>675</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="B226" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="B226" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C226" s="3">
-        <v>428.62</v>
+        <v>318.82</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F226" s="3">
-        <v>1631</v>
+        <v>0</v>
       </c>
       <c r="G226" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H226" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="B227" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="B227" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C227" s="3">
-        <v>2260.42</v>
+        <v>212.55</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F227" s="3">
-        <v>1451</v>
+        <v>1966</v>
       </c>
       <c r="G227" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H227" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="B228" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="B228" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" s="3">
-        <v>425.08</v>
+        <v>428.62</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F228" s="3">
-        <v>2315</v>
+        <v>1554</v>
       </c>
       <c r="G228" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="B229" s="3" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
       <c r="C229" s="3">
         <v>330.53</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F229" s="3">
-        <v>2277</v>
+        <v>1520</v>
       </c>
       <c r="G229" s="3">
         <v>10</v>
       </c>
       <c r="H229" s="3">
         <v>80</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="B230" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="B230" s="3" t="s">
+      <c r="C230" s="3">
+        <v>237.62</v>
+      </c>
+      <c r="D230" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F230" s="3">
+        <v>0</v>
+      </c>
+      <c r="G230" s="3">
+        <v>10</v>
+      </c>
+      <c r="H230" s="3">
+        <v>250</v>
+      </c>
+      <c r="I230" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="231" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A231" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="C230" s="3">
-[...22 lines deleted...]
-      <c r="A231" s="2" t="s">
+      <c r="B231" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="B231" s="2"/>
-[...6 lines deleted...]
-      <c r="I231" s="2"/>
+      <c r="C231" s="3">
+        <v>1088.19</v>
+      </c>
+      <c r="D231" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F231" s="3">
+        <v>1318</v>
+      </c>
+      <c r="G231" s="3">
+        <v>5</v>
+      </c>
+      <c r="H231" s="3">
+        <v>25</v>
+      </c>
+      <c r="I231" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
         <v>446</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>447</v>
       </c>
       <c r="C232" s="3">
-        <v>894.96</v>
+        <v>252.43</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F232" s="3">
-        <v>1677</v>
+        <v>3758</v>
       </c>
       <c r="G232" s="3">
         <v>10</v>
       </c>
       <c r="H232" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A233" s="2" t="s">
+      <c r="A233" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="B233" s="2"/>
-[...6 lines deleted...]
-      <c r="I233" s="2"/>
+      <c r="B233" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="C233" s="3">
+        <v>2260.42</v>
+      </c>
+      <c r="D233" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F233" s="3">
+        <v>1367</v>
+      </c>
+      <c r="G233" s="3">
+        <v>1</v>
+      </c>
+      <c r="H233" s="3">
+        <v>10</v>
+      </c>
+      <c r="I233" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C234" s="3">
-        <v>726.91</v>
+        <v>4375.9</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F234" s="3">
-        <v>18</v>
+        <v>822</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C235" s="3">
-        <v>715.97</v>
+        <v>814.76</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F235" s="3">
-        <v>1125</v>
+        <v>427</v>
       </c>
       <c r="G235" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H235" s="3">
         <v>50</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A236" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B236" s="3" t="s">
+      <c r="A236" s="2" t="s">
         <v>454</v>
       </c>
-      <c r="C236" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B236" s="2"/>
+      <c r="C236" s="2"/>
+      <c r="D236" s="2"/>
+      <c r="E236" s="2"/>
+      <c r="F236" s="2"/>
+      <c r="G236" s="2"/>
+      <c r="H236" s="2"/>
+      <c r="I236" s="2"/>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>455</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C237" s="3">
-        <v>798.34</v>
+        <v>894.96</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F237" s="3">
-        <v>970</v>
+        <v>1636</v>
       </c>
       <c r="G237" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H237" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A238" s="3" t="s">
+      <c r="A238" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="B238" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B238" s="2"/>
+      <c r="C238" s="2"/>
+      <c r="D238" s="2"/>
+      <c r="E238" s="2"/>
+      <c r="F238" s="2"/>
+      <c r="G238" s="2"/>
+      <c r="H238" s="2"/>
+      <c r="I238" s="2"/>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="B239" s="3" t="s">
         <v>459</v>
       </c>
-      <c r="B239" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C239" s="3">
-        <v>302.05</v>
+        <v>726.91</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F239" s="3">
-        <v>1604</v>
+        <v>1</v>
       </c>
       <c r="G239" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="B240" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="B240" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C240" s="3">
-        <v>452.09</v>
+        <v>715.97</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F240" s="3">
-        <v>1411</v>
+        <v>1120</v>
       </c>
       <c r="G240" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="B241" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="B241" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C241" s="3">
-        <v>2922.46</v>
+        <v>561.87</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F241" s="3">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="B242" s="3" t="s">
         <v>465</v>
       </c>
-      <c r="B242" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C242" s="3">
-        <v>228.83</v>
+        <v>798.34</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F242" s="3">
-        <v>4103</v>
+        <v>946</v>
       </c>
       <c r="G242" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="B243" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="B243" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C243" s="3">
-        <v>274.59</v>
+        <v>574.8</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F243" s="3">
-        <v>3151</v>
+        <v>322</v>
       </c>
       <c r="G243" s="3">
         <v>10</v>
       </c>
       <c r="H243" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="B244" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="B244" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C244" s="3">
-        <v>574.8</v>
+        <v>228.83</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F244" s="3">
-        <v>964</v>
+        <v>3710</v>
       </c>
       <c r="G244" s="3">
         <v>10</v>
       </c>
       <c r="H244" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="B245" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="B245" s="3" t="s">
+      <c r="C245" s="3">
+        <v>274.59</v>
+      </c>
+      <c r="D245" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F245" s="3">
+        <v>4936</v>
+      </c>
+      <c r="G245" s="3">
+        <v>10</v>
+      </c>
+      <c r="H245" s="3">
+        <v>120</v>
+      </c>
+      <c r="I245" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A246" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="C245" s="3">
-[...22 lines deleted...]
-      <c r="A246" s="2" t="s">
+      <c r="B246" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="B246" s="2"/>
-[...6 lines deleted...]
-      <c r="I246" s="2"/>
+      <c r="C246" s="3">
+        <v>302.05</v>
+      </c>
+      <c r="D246" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F246" s="3">
+        <v>960</v>
+      </c>
+      <c r="G246" s="3">
+        <v>10</v>
+      </c>
+      <c r="H246" s="3">
+        <v>100</v>
+      </c>
+      <c r="I246" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>475</v>
       </c>
       <c r="C247" s="3">
-        <v>1383.37</v>
+        <v>452.09</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F247" s="3">
-        <v>1038</v>
+        <v>769</v>
       </c>
       <c r="G247" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H247" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>476</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>477</v>
       </c>
       <c r="C248" s="3">
-        <v>878.33</v>
+        <v>1753.44</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F248" s="3">
-        <v>553</v>
+        <v>637</v>
       </c>
       <c r="G248" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H248" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>478</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>479</v>
       </c>
       <c r="C249" s="3">
-        <v>1044.32</v>
+        <v>2922.46</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F249" s="3">
-        <v>936</v>
+        <v>357</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>480</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>481</v>
       </c>
       <c r="C250" s="3">
-        <v>1271.25</v>
+        <v>4133.35</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F250" s="3">
-        <v>556</v>
+        <v>455</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="2" t="s">
         <v>482</v>
       </c>
       <c r="B251" s="2"/>
       <c r="C251" s="2"/>
       <c r="D251" s="2"/>
       <c r="E251" s="2"/>
       <c r="F251" s="2"/>
       <c r="G251" s="2"/>
       <c r="H251" s="2"/>
       <c r="I251" s="2"/>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C252" s="3">
-        <v>1525.5</v>
+        <v>1383.37</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F252" s="3">
-        <v>514</v>
+        <v>638</v>
       </c>
       <c r="G252" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A253" s="2" t="s">
+      <c r="A253" s="3" t="s">
         <v>485</v>
       </c>
-      <c r="B253" s="2"/>
-[...6 lines deleted...]
-      <c r="I253" s="2"/>
+      <c r="B253" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="C253" s="3">
+        <v>878.33</v>
+      </c>
+      <c r="D253" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E253" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F253" s="3">
+        <v>154</v>
+      </c>
+      <c r="G253" s="3">
+        <v>1</v>
+      </c>
+      <c r="H253" s="3">
+        <v>80</v>
+      </c>
+      <c r="I253" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C254" s="3">
-        <v>793.26</v>
+        <v>1044.32</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F254" s="3">
-        <v>1</v>
+        <v>1006</v>
       </c>
       <c r="G254" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C255" s="3">
-        <v>793.26</v>
+        <v>1271.25</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F255" s="3">
-        <v>1</v>
+        <v>284</v>
       </c>
       <c r="G255" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I255" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A256" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B256" s="3" t="s">
+      <c r="A256" s="2" t="s">
         <v>491</v>
       </c>
-      <c r="C256" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B256" s="2"/>
+      <c r="C256" s="2"/>
+      <c r="D256" s="2"/>
+      <c r="E256" s="2"/>
+      <c r="F256" s="2"/>
+      <c r="G256" s="2"/>
+      <c r="H256" s="2"/>
+      <c r="I256" s="2"/>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
         <v>492</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>493</v>
       </c>
       <c r="C257" s="3">
-        <v>658.75</v>
+        <v>1525.5</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F257" s="3">
-        <v>1123</v>
+        <v>449</v>
       </c>
       <c r="G257" s="3">
         <v>10</v>
       </c>
       <c r="H257" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I257" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A258" s="3" t="s">
+      <c r="A258" s="2" t="s">
         <v>494</v>
       </c>
-      <c r="B258" s="3" t="s">
+      <c r="B258" s="2"/>
+      <c r="C258" s="2"/>
+      <c r="D258" s="2"/>
+      <c r="E258" s="2"/>
+      <c r="F258" s="2"/>
+      <c r="G258" s="2"/>
+      <c r="H258" s="2"/>
+      <c r="I258" s="2"/>
+    </row>
+    <row r="259" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A259" s="3" t="s">
         <v>495</v>
       </c>
-      <c r="C258" s="3">
-[...11 lines deleted...]
-      <c r="G258" s="3">
+      <c r="B259" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C259" s="3">
+        <v>793.26</v>
+      </c>
+      <c r="D259" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F259" s="3">
+        <v>7</v>
+      </c>
+      <c r="G259" s="3">
         <v>5</v>
       </c>
-      <c r="H258" s="3">
-[...17 lines deleted...]
-      <c r="I259" s="2"/>
+      <c r="H259" s="3">
+        <v>30</v>
+      </c>
+      <c r="I259" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>498</v>
       </c>
       <c r="C260" s="3">
-        <v>143.04</v>
+        <v>658.75</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F260" s="3">
-        <v>2368</v>
+        <v>502</v>
       </c>
       <c r="G260" s="3">
         <v>10</v>
       </c>
       <c r="H260" s="3">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
         <v>499</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>500</v>
       </c>
       <c r="C261" s="3">
-        <v>453.21</v>
+        <v>661.05</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F261" s="3">
-        <v>1</v>
+        <v>351</v>
       </c>
       <c r="G261" s="3">
         <v>10</v>
       </c>
       <c r="H261" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I261" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C262" s="3">
-        <v>254.64</v>
+        <v>793.26</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F262" s="3">
-        <v>673</v>
+        <v>1169</v>
       </c>
       <c r="G262" s="3">
         <v>10</v>
       </c>
       <c r="H262" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I262" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>503</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>504</v>
       </c>
       <c r="C263" s="3">
-        <v>172.88</v>
+        <v>1080.2</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F263" s="3">
-        <v>3356</v>
+        <v>491</v>
       </c>
       <c r="G263" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H263" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I263" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A264" s="3" t="s">
+      <c r="A264" s="2" t="s">
         <v>505</v>
       </c>
-      <c r="B264" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B264" s="2"/>
+      <c r="C264" s="2"/>
+      <c r="D264" s="2"/>
+      <c r="E264" s="2"/>
+      <c r="F264" s="2"/>
+      <c r="G264" s="2"/>
+      <c r="H264" s="2"/>
+      <c r="I264" s="2"/>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="B265" s="3" t="s">
         <v>507</v>
       </c>
-      <c r="B265" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C265" s="3">
-        <v>100.21</v>
+        <v>143.04</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F265" s="3">
-        <v>814</v>
+        <v>1677</v>
       </c>
       <c r="G265" s="3">
         <v>10</v>
       </c>
       <c r="H265" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="B266" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="B266" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C266" s="3">
-        <v>145.04</v>
+        <v>254.64</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F266" s="3">
-        <v>1650</v>
+        <v>1105</v>
       </c>
       <c r="G266" s="3">
         <v>10</v>
       </c>
       <c r="H266" s="3">
         <v>200</v>
       </c>
       <c r="I266" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="B267" s="3" t="s">
         <v>511</v>
       </c>
-      <c r="B267" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C267" s="3">
-        <v>108.68</v>
+        <v>172.88</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F267" s="3">
-        <v>4048</v>
+        <v>1116</v>
       </c>
       <c r="G267" s="3">
         <v>10</v>
       </c>
       <c r="H267" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="B268" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="B268" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C268" s="3">
-        <v>316.95</v>
+        <v>145.04</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F268" s="3">
-        <v>895</v>
+        <v>1881</v>
       </c>
       <c r="G268" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H268" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I268" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="B269" s="3" t="s">
         <v>515</v>
       </c>
-      <c r="B269" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C269" s="3">
-        <v>72.94</v>
+        <v>316.95</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F269" s="3">
-        <v>4268</v>
+        <v>431</v>
       </c>
       <c r="G269" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I269" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="B270" s="3" t="s">
         <v>517</v>
       </c>
-      <c r="B270" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C270" s="3">
-        <v>256.68</v>
+        <v>72.94</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F270" s="3">
-        <v>3</v>
+        <v>4150</v>
       </c>
       <c r="G270" s="3">
         <v>10</v>
       </c>
       <c r="H270" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I270" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A271" s="2" t="s">
+      <c r="A271" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="B271" s="3" t="s">
         <v>519</v>
       </c>
-      <c r="B271" s="2"/>
-[...6 lines deleted...]
-      <c r="I271" s="2"/>
+      <c r="C271" s="3">
+        <v>100.21</v>
+      </c>
+      <c r="D271" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F271" s="3">
+        <v>724</v>
+      </c>
+      <c r="G271" s="3">
+        <v>10</v>
+      </c>
+      <c r="H271" s="3">
+        <v>500</v>
+      </c>
+      <c r="I271" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>520</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>521</v>
       </c>
       <c r="C272" s="3">
-        <v>370.19</v>
+        <v>453.21</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F272" s="3">
-        <v>1248</v>
+        <v>877</v>
       </c>
       <c r="G272" s="3">
         <v>10</v>
       </c>
       <c r="H272" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
         <v>522</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>523</v>
       </c>
       <c r="C273" s="3">
-        <v>329.9</v>
+        <v>108.68</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F273" s="3">
-        <v>869</v>
+        <v>3387</v>
       </c>
       <c r="G273" s="3">
         <v>10</v>
       </c>
       <c r="H273" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I273" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A274" s="2" t="s">
+      <c r="A274" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="B274" s="2"/>
-[...6 lines deleted...]
-      <c r="I274" s="2"/>
+      <c r="B274" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="C274" s="3">
+        <v>104.63</v>
+      </c>
+      <c r="D274" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F274" s="3">
+        <v>12428</v>
+      </c>
+      <c r="G274" s="3">
+        <v>10</v>
+      </c>
+      <c r="H274" s="3">
+        <v>400</v>
+      </c>
+      <c r="I274" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A275" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B275" s="3" t="s">
+      <c r="A275" s="2" t="s">
         <v>526</v>
       </c>
-      <c r="C275" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B275" s="2"/>
+      <c r="C275" s="2"/>
+      <c r="D275" s="2"/>
+      <c r="E275" s="2"/>
+      <c r="F275" s="2"/>
+      <c r="G275" s="2"/>
+      <c r="H275" s="2"/>
+      <c r="I275" s="2"/>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
         <v>527</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>528</v>
       </c>
       <c r="C276" s="3">
-        <v>394.61</v>
+        <v>268.89</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F276" s="3">
-        <v>0</v>
+        <v>1006</v>
       </c>
       <c r="G276" s="3">
         <v>10</v>
       </c>
       <c r="H276" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>529</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>530</v>
       </c>
       <c r="C277" s="3">
-        <v>320.61</v>
+        <v>196.41</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F277" s="3">
-        <v>0</v>
+        <v>1801</v>
       </c>
       <c r="G277" s="3">
         <v>10</v>
       </c>
       <c r="H277" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>531</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C278" s="3">
-        <v>359.96</v>
+        <v>251.26</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F278" s="3">
-        <v>678</v>
+        <v>2499</v>
       </c>
       <c r="G278" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>533</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>534</v>
       </c>
       <c r="C279" s="3">
-        <v>248.54</v>
+        <v>105.07</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F279" s="3">
-        <v>1455</v>
+        <v>643</v>
       </c>
       <c r="G279" s="3">
         <v>10</v>
       </c>
       <c r="H279" s="3">
         <v>250</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>535</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>536</v>
       </c>
       <c r="C280" s="3">
-        <v>301.1</v>
+        <v>452.09</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F280" s="3">
-        <v>4491</v>
+        <v>565</v>
       </c>
       <c r="G280" s="3">
         <v>10</v>
       </c>
       <c r="H280" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A281" s="2" t="s">
+      <c r="A281" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="B281" s="2"/>
-[...6 lines deleted...]
-      <c r="I281" s="2"/>
+      <c r="B281" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="C281" s="3">
+        <v>525.96</v>
+      </c>
+      <c r="D281" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F281" s="3">
+        <v>400</v>
+      </c>
+      <c r="G281" s="3">
+        <v>5</v>
+      </c>
+      <c r="H281" s="3">
+        <v>25</v>
+      </c>
+      <c r="I281" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C282" s="3">
-        <v>217.58</v>
+        <v>155.35</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F282" s="3">
-        <v>4487</v>
+        <v>2040</v>
       </c>
       <c r="G282" s="3">
         <v>10</v>
       </c>
       <c r="H282" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I282" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C283" s="3">
-        <v>140.67</v>
+        <v>327.02</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F283" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G283" s="3">
         <v>10</v>
       </c>
       <c r="H283" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C284" s="3">
-        <v>268.89</v>
+        <v>618.49</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F284" s="3">
-        <v>1285</v>
+        <v>0</v>
       </c>
       <c r="G284" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H284" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C285" s="3">
-        <v>196.41</v>
+        <v>285.23</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F285" s="3">
-        <v>1978</v>
+        <v>351</v>
       </c>
       <c r="G285" s="3">
         <v>10</v>
       </c>
       <c r="H285" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C286" s="3">
-        <v>251.26</v>
+        <v>234.56</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F286" s="3">
-        <v>1623</v>
+        <v>3972</v>
       </c>
       <c r="G286" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H286" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C287" s="3">
-        <v>105.07</v>
+        <v>351.7</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F287" s="3">
-        <v>1152</v>
+        <v>656</v>
       </c>
       <c r="G287" s="3">
         <v>10</v>
       </c>
       <c r="H287" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C288" s="3">
-        <v>452.09</v>
+        <v>216.8</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F288" s="3">
-        <v>801</v>
+        <v>2177</v>
       </c>
       <c r="G288" s="3">
         <v>10</v>
       </c>
       <c r="H288" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C289" s="3">
-        <v>525.96</v>
+        <v>62.84</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F289" s="3">
-        <v>470</v>
+        <v>4338</v>
       </c>
       <c r="G289" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H289" s="3">
-        <v>25</v>
+        <v>400</v>
       </c>
       <c r="I289" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C290" s="3">
-        <v>285.23</v>
+        <v>148.35</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F290" s="3">
-        <v>0</v>
+        <v>249</v>
       </c>
       <c r="G290" s="3">
         <v>10</v>
       </c>
       <c r="H290" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I290" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C291" s="3">
-        <v>155.35</v>
+        <v>246.09</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F291" s="3">
-        <v>1318</v>
+        <v>0</v>
       </c>
       <c r="G291" s="3">
         <v>10</v>
       </c>
       <c r="H291" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C292" s="3">
-        <v>327.02</v>
+        <v>217.58</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F292" s="3">
-        <v>19</v>
+        <v>3006</v>
       </c>
       <c r="G292" s="3">
         <v>10</v>
       </c>
       <c r="H292" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C293" s="3">
-        <v>73.26</v>
+        <v>218.58</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F293" s="3">
-        <v>12</v>
+        <v>731</v>
       </c>
       <c r="G293" s="3">
         <v>10</v>
       </c>
       <c r="H293" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A294" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B294" s="3" t="s">
+      <c r="A294" s="2" t="s">
         <v>563</v>
       </c>
-      <c r="C294" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B294" s="2"/>
+      <c r="C294" s="2"/>
+      <c r="D294" s="2"/>
+      <c r="E294" s="2"/>
+      <c r="F294" s="2"/>
+      <c r="G294" s="2"/>
+      <c r="H294" s="2"/>
+      <c r="I294" s="2"/>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A295" s="3" t="s">
+      <c r="A295" s="2" t="s">
         <v>564</v>
       </c>
-      <c r="B295" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B295" s="2"/>
+      <c r="C295" s="2"/>
+      <c r="D295" s="2"/>
+      <c r="E295" s="2"/>
+      <c r="F295" s="2"/>
+      <c r="G295" s="2"/>
+      <c r="H295" s="2"/>
+      <c r="I295" s="2"/>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="B296" s="3" t="s">
         <v>566</v>
       </c>
-      <c r="B296" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C296" s="3">
-        <v>216.8</v>
+        <v>452.74</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F296" s="3">
-        <v>2419</v>
+        <v>331</v>
       </c>
       <c r="G296" s="3">
         <v>10</v>
       </c>
       <c r="H296" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="B297" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="B297" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C297" s="3">
-        <v>351.7</v>
+        <v>482</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F297" s="3">
-        <v>1987</v>
+        <v>0</v>
       </c>
       <c r="G297" s="3">
         <v>10</v>
       </c>
       <c r="H297" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="B298" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="B298" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C298" s="3">
-        <v>62.84</v>
+        <v>179.2</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F298" s="3">
-        <v>4909</v>
+        <v>929</v>
       </c>
       <c r="G298" s="3">
         <v>10</v>
       </c>
       <c r="H298" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="B299" s="3" t="s">
         <v>572</v>
       </c>
-      <c r="B299" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C299" s="3">
-        <v>148.35</v>
+        <v>277.93</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F299" s="3">
-        <v>605</v>
+        <v>806</v>
       </c>
       <c r="G299" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="B300" s="3" t="s">
         <v>574</v>
       </c>
-      <c r="B300" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C300" s="3">
-        <v>246.09</v>
+        <v>577.32</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F300" s="3">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G300" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H300" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="B301" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="B301" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C301" s="3">
-        <v>218.58</v>
+        <v>134.2</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F301" s="3">
-        <v>613</v>
+        <v>13709</v>
       </c>
       <c r="G301" s="3">
         <v>10</v>
       </c>
       <c r="H301" s="3">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A302" s="2" t="s">
+      <c r="A302" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="B302" s="3" t="s">
         <v>578</v>
       </c>
-      <c r="B302" s="2"/>
-[...6 lines deleted...]
-      <c r="I302" s="2"/>
+      <c r="C302" s="3">
+        <v>227.82</v>
+      </c>
+      <c r="D302" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F302" s="3">
+        <v>492</v>
+      </c>
+      <c r="G302" s="3">
+        <v>10</v>
+      </c>
+      <c r="H302" s="3">
+        <v>100</v>
+      </c>
+      <c r="I302" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="2" t="s">
         <v>579</v>
       </c>
       <c r="B303" s="2"/>
       <c r="C303" s="2"/>
       <c r="D303" s="2"/>
       <c r="E303" s="2"/>
       <c r="F303" s="2"/>
       <c r="G303" s="2"/>
       <c r="H303" s="2"/>
       <c r="I303" s="2"/>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
         <v>580</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>581</v>
       </c>
       <c r="C304" s="3">
-        <v>277.93</v>
+        <v>83.36</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F304" s="3">
-        <v>969</v>
+        <v>23787</v>
       </c>
       <c r="G304" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H304" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
         <v>582</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>583</v>
       </c>
       <c r="C305" s="3">
-        <v>452.74</v>
+        <v>229.18</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F305" s="3">
-        <v>434</v>
+        <v>5652</v>
       </c>
       <c r="G305" s="3">
         <v>10</v>
       </c>
       <c r="H305" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
         <v>584</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>585</v>
       </c>
       <c r="C306" s="3">
-        <v>227.82</v>
+        <v>545.73</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F306" s="3">
-        <v>686</v>
+        <v>451</v>
       </c>
       <c r="G306" s="3">
         <v>10</v>
       </c>
       <c r="H306" s="3">
         <v>100</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
         <v>586</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>587</v>
       </c>
       <c r="C307" s="3">
-        <v>482</v>
+        <v>161.46</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F307" s="3">
-        <v>4</v>
+        <v>4166</v>
       </c>
       <c r="G307" s="3">
         <v>10</v>
       </c>
       <c r="H307" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
         <v>588</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>589</v>
       </c>
       <c r="C308" s="3">
-        <v>179.2</v>
+        <v>173.91</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F308" s="3">
-        <v>1125</v>
+        <v>4103</v>
       </c>
       <c r="G308" s="3">
         <v>10</v>
       </c>
       <c r="H308" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
         <v>590</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>591</v>
       </c>
       <c r="C309" s="3">
-        <v>370.75</v>
+        <v>288.62</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F309" s="3">
-        <v>20</v>
+        <v>2681</v>
       </c>
       <c r="G309" s="3">
         <v>10</v>
       </c>
       <c r="H309" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
         <v>592</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>593</v>
       </c>
       <c r="C310" s="3">
-        <v>577.32</v>
+        <v>362.15</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F310" s="3">
-        <v>78</v>
+        <v>614</v>
       </c>
       <c r="G310" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H310" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
         <v>594</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>595</v>
       </c>
       <c r="C311" s="3">
-        <v>134.2</v>
+        <v>720.95</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F311" s="3">
-        <v>9044</v>
+        <v>213</v>
       </c>
       <c r="G311" s="3">
         <v>10</v>
       </c>
       <c r="H311" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A312" s="2" t="s">
+      <c r="A312" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="B312" s="2"/>
-[...6 lines deleted...]
-      <c r="I312" s="2"/>
+      <c r="B312" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="C312" s="3">
+        <v>198.02</v>
+      </c>
+      <c r="D312" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F312" s="3">
+        <v>219</v>
+      </c>
+      <c r="G312" s="3">
+        <v>10</v>
+      </c>
+      <c r="H312" s="3">
+        <v>100</v>
+      </c>
+      <c r="I312" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C313" s="3">
-        <v>161.46</v>
+        <v>90.68</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F313" s="3">
-        <v>3245</v>
+        <v>7789</v>
       </c>
       <c r="G313" s="3">
         <v>10</v>
       </c>
       <c r="H313" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C314" s="3">
-        <v>90.68</v>
+        <v>471.41</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F314" s="3">
-        <v>7195</v>
+        <v>1227</v>
       </c>
       <c r="G314" s="3">
         <v>10</v>
       </c>
       <c r="H314" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I314" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C315" s="3">
-        <v>83.36</v>
+        <v>162.37</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F315" s="3">
-        <v>16802</v>
+        <v>1075</v>
       </c>
       <c r="G315" s="3">
         <v>10</v>
       </c>
       <c r="H315" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A316" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B316" s="3" t="s">
+      <c r="A316" s="2" t="s">
         <v>604</v>
       </c>
-      <c r="C316" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B316" s="2"/>
+      <c r="C316" s="2"/>
+      <c r="D316" s="2"/>
+      <c r="E316" s="2"/>
+      <c r="F316" s="2"/>
+      <c r="G316" s="2"/>
+      <c r="H316" s="2"/>
+      <c r="I316" s="2"/>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
         <v>605</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>606</v>
       </c>
       <c r="C317" s="3">
-        <v>162.37</v>
+        <v>299.5</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F317" s="3">
-        <v>1100</v>
+        <v>118</v>
       </c>
       <c r="G317" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H317" s="3">
         <v>100</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
         <v>607</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>608</v>
       </c>
       <c r="C318" s="3">
-        <v>198.02</v>
+        <v>474.03</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F318" s="3">
-        <v>320</v>
+        <v>300</v>
       </c>
       <c r="G318" s="3">
         <v>10</v>
       </c>
       <c r="H318" s="3">
         <v>100</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
         <v>609</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>610</v>
       </c>
       <c r="C319" s="3">
-        <v>173.91</v>
+        <v>1165.61</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F319" s="3">
-        <v>4354</v>
+        <v>0</v>
       </c>
       <c r="G319" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H319" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
         <v>611</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>612</v>
       </c>
       <c r="C320" s="3">
-        <v>229.18</v>
+        <v>759.52</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F320" s="3">
-        <v>5830</v>
+        <v>631</v>
       </c>
       <c r="G320" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H320" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I320" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
         <v>613</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>614</v>
       </c>
       <c r="C321" s="3">
-        <v>471.41</v>
+        <v>135.34</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F321" s="3">
-        <v>1402</v>
+        <v>1054</v>
       </c>
       <c r="G321" s="3">
         <v>10</v>
       </c>
       <c r="H321" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
         <v>615</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>616</v>
       </c>
       <c r="C322" s="3">
-        <v>362.15</v>
+        <v>103.72</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F322" s="3">
-        <v>803</v>
+        <v>2994</v>
       </c>
       <c r="G322" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I322" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A323" s="3" t="s">
+      <c r="A323" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="B323" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B323" s="2"/>
+      <c r="C323" s="2"/>
+      <c r="D323" s="2"/>
+      <c r="E323" s="2"/>
+      <c r="F323" s="2"/>
+      <c r="G323" s="2"/>
+      <c r="H323" s="2"/>
+      <c r="I323" s="2"/>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="B324" s="3" t="s">
         <v>619</v>
       </c>
-      <c r="B324" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C324" s="3">
-        <v>288.62</v>
+        <v>370.19</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F324" s="3">
-        <v>3004</v>
+        <v>1194</v>
       </c>
       <c r="G324" s="3">
         <v>10</v>
       </c>
       <c r="H324" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A325" s="2" t="s">
+      <c r="A325" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="B325" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="B325" s="2"/>
-[...6 lines deleted...]
-      <c r="I325" s="2"/>
+      <c r="C325" s="3">
+        <v>329.9</v>
+      </c>
+      <c r="D325" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F325" s="3">
+        <v>855</v>
+      </c>
+      <c r="G325" s="3">
+        <v>10</v>
+      </c>
+      <c r="H325" s="3">
+        <v>200</v>
+      </c>
+      <c r="I325" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A326" s="3" t="s">
+      <c r="A326" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="B326" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B326" s="2"/>
+      <c r="C326" s="2"/>
+      <c r="D326" s="2"/>
+      <c r="E326" s="2"/>
+      <c r="F326" s="2"/>
+      <c r="G326" s="2"/>
+      <c r="H326" s="2"/>
+      <c r="I326" s="2"/>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="B327" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="B327" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C327" s="3">
-        <v>474.03</v>
+        <v>687.89</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F327" s="3">
-        <v>305</v>
+        <v>613</v>
       </c>
       <c r="G327" s="3">
         <v>10</v>
       </c>
       <c r="H327" s="3">
         <v>100</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="B328" s="3" t="s">
         <v>626</v>
       </c>
-      <c r="B328" s="3" t="s">
+      <c r="C328" s="3">
+        <v>420.02</v>
+      </c>
+      <c r="D328" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F328" s="3">
+        <v>2905</v>
+      </c>
+      <c r="G328" s="3">
+        <v>10</v>
+      </c>
+      <c r="H328" s="3">
+        <v>100</v>
+      </c>
+      <c r="I328" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="329" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A329" s="2" t="s">
         <v>627</v>
       </c>
-      <c r="C328" s="3">
-[...22 lines deleted...]
-      <c r="A329" s="3" t="s">
+      <c r="B329" s="2"/>
+      <c r="C329" s="2"/>
+      <c r="D329" s="2"/>
+      <c r="E329" s="2"/>
+      <c r="F329" s="2"/>
+      <c r="G329" s="2"/>
+      <c r="H329" s="2"/>
+      <c r="I329" s="2"/>
+    </row>
+    <row r="330" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A330" s="2" t="s">
         <v>628</v>
       </c>
-      <c r="B329" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B330" s="2"/>
+      <c r="C330" s="2"/>
+      <c r="D330" s="2"/>
+      <c r="E330" s="2"/>
+      <c r="F330" s="2"/>
+      <c r="G330" s="2"/>
+      <c r="H330" s="2"/>
+      <c r="I330" s="2"/>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="B331" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="C331" s="3">
+        <v>1627.2</v>
+      </c>
+      <c r="D331" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F331" s="3">
+        <v>129</v>
+      </c>
+      <c r="G331" s="3">
+        <v>1</v>
+      </c>
+      <c r="H331" s="3">
+        <v>18</v>
+      </c>
+      <c r="I331" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="332" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A332" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="B332" s="3" t="s">
         <v>632</v>
       </c>
-      <c r="B331" s="3" t="s">
-[...14 lines deleted...]
-      <c r="G331" s="3">
+      <c r="C332" s="3">
+        <v>1482.2</v>
+      </c>
+      <c r="D332" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F332" s="3">
+        <v>9</v>
+      </c>
+      <c r="G332" s="3">
+        <v>1</v>
+      </c>
+      <c r="H332" s="3">
         <v>10</v>
       </c>
-      <c r="H331" s="3">
-[...17 lines deleted...]
-      <c r="I332" s="2"/>
+      <c r="I332" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="C333" s="3">
-        <v>687.89</v>
+        <v>993.61</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F333" s="3">
-        <v>613</v>
+        <v>1</v>
       </c>
       <c r="G333" s="3">
+        <v>1</v>
+      </c>
+      <c r="H333" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I333" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="B334" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="C334" s="3">
+        <v>4393.44</v>
+      </c>
+      <c r="D334" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E334" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F334" s="3">
+        <v>0</v>
+      </c>
+      <c r="G334" s="3">
+        <v>1</v>
+      </c>
+      <c r="H334" s="3">
+        <v>4</v>
+      </c>
+      <c r="I334" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="335" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A335" s="3" t="s">
         <v>637</v>
       </c>
-      <c r="B334" s="3" t="s">
+      <c r="B335" s="3" t="s">
         <v>638</v>
       </c>
-      <c r="C334" s="3">
-[...22 lines deleted...]
-      <c r="A335" s="2" t="s">
+      <c r="C335" s="3">
+        <v>3559.5</v>
+      </c>
+      <c r="D335" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E335" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F335" s="3">
+        <v>152</v>
+      </c>
+      <c r="G335" s="3">
+        <v>1</v>
+      </c>
+      <c r="H335" s="3">
+        <v>4</v>
+      </c>
+      <c r="I335" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="336" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A336" s="3" t="s">
         <v>639</v>
       </c>
-      <c r="B335" s="2"/>
-[...9 lines deleted...]
-      <c r="A336" s="2" t="s">
+      <c r="B336" s="3" t="s">
         <v>640</v>
       </c>
-      <c r="B336" s="2"/>
-[...6 lines deleted...]
-      <c r="I336" s="2"/>
+      <c r="C336" s="3">
+        <v>29950.65</v>
+      </c>
+      <c r="D336" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F336" s="3">
+        <v>153</v>
+      </c>
+      <c r="G336" s="3">
+        <v>1</v>
+      </c>
+      <c r="H336" s="3">
+        <v>2</v>
+      </c>
+      <c r="I336" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
         <v>641</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>642</v>
       </c>
       <c r="C337" s="3">
-        <v>1646.52</v>
+        <v>4169.7</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F337" s="3">
-        <v>716</v>
+        <v>207</v>
       </c>
       <c r="G337" s="3">
         <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I337" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
         <v>643</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>644</v>
       </c>
       <c r="C338" s="3">
-        <v>1310.06</v>
+        <v>8919.09</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F338" s="3">
-        <v>367</v>
+        <v>0</v>
       </c>
       <c r="G338" s="3">
         <v>1</v>
       </c>
       <c r="H338" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I338" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
         <v>645</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>646</v>
       </c>
       <c r="C339" s="3">
-        <v>3559.5</v>
+        <v>1779.75</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F339" s="3">
+        <v>160</v>
+      </c>
+      <c r="G339" s="3">
+        <v>1</v>
+      </c>
+      <c r="H339" s="3">
+        <v>6</v>
+      </c>
+      <c r="I339" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
         <v>647</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>648</v>
       </c>
       <c r="C340" s="3">
-        <v>3600.18</v>
+        <v>519.68</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F340" s="3">
-        <v>1399</v>
+        <v>18</v>
       </c>
       <c r="G340" s="3">
         <v>1</v>
       </c>
       <c r="H340" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="I340" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
         <v>649</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>650</v>
       </c>
       <c r="C341" s="3">
-        <v>1082.29</v>
+        <v>1195.99</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F341" s="3">
         <v>0</v>
       </c>
       <c r="G341" s="3">
         <v>1</v>
       </c>
       <c r="H341" s="3">
         <v>10</v>
       </c>
       <c r="I341" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
         <v>651</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>652</v>
       </c>
       <c r="C342" s="3">
-        <v>18306</v>
+        <v>3708.45</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F342" s="3">
-        <v>0</v>
+        <v>393</v>
       </c>
       <c r="G342" s="3">
         <v>1</v>
       </c>
       <c r="H342" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I342" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
         <v>653</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>654</v>
       </c>
       <c r="C343" s="3">
-        <v>5959.62</v>
+        <v>6921.81</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F343" s="3">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="G343" s="3">
         <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I343" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>656</v>
       </c>
       <c r="C344" s="3">
-        <v>1482.2</v>
+        <v>1159.38</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E344" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F344" s="3">
-        <v>599</v>
+        <v>0</v>
       </c>
       <c r="G344" s="3">
         <v>1</v>
       </c>
       <c r="H344" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I344" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
         <v>657</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>658</v>
       </c>
       <c r="C345" s="3">
-        <v>993.61</v>
+        <v>1226.44</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E345" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F345" s="3">
-        <v>1725</v>
+        <v>1157</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
         <v>10</v>
       </c>
       <c r="I345" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
         <v>659</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>660</v>
       </c>
       <c r="C346" s="3">
-        <v>1728.9</v>
+        <v>742.41</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F346" s="3">
-        <v>102</v>
+        <v>1375</v>
       </c>
       <c r="G346" s="3">
         <v>1</v>
       </c>
       <c r="H346" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I346" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
         <v>661</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>662</v>
       </c>
       <c r="C347" s="3">
-        <v>4393.44</v>
+        <v>1250.91</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F347" s="3">
         <v>0</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I347" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
         <v>663</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>664</v>
       </c>
       <c r="C348" s="3">
-        <v>29950.65</v>
+        <v>1017</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F348" s="3">
-        <v>0</v>
+        <v>711</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I348" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
         <v>665</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>666</v>
       </c>
       <c r="C349" s="3">
-        <v>2196.2</v>
+        <v>7729.2</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F349" s="3">
-        <v>0</v>
+        <v>123</v>
       </c>
       <c r="G349" s="3">
         <v>1</v>
       </c>
       <c r="H349" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I349" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
         <v>667</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>668</v>
       </c>
       <c r="C350" s="3">
-        <v>2786.58</v>
+        <v>4322.25</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F350" s="3">
-        <v>0</v>
+        <v>276</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="I350" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
         <v>669</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>670</v>
       </c>
       <c r="C351" s="3">
-        <v>1414.03</v>
+        <v>4553.15</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F351" s="3">
         <v>0</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I351" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
         <v>671</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>672</v>
       </c>
       <c r="C352" s="3">
-        <v>1250.91</v>
+        <v>1728.9</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E352" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F352" s="3">
-        <v>278</v>
+        <v>1173</v>
       </c>
       <c r="G352" s="3">
         <v>1</v>
       </c>
       <c r="H352" s="3">
         <v>10</v>
       </c>
       <c r="I352" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
         <v>673</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>674</v>
       </c>
       <c r="C353" s="3">
-        <v>1618.46</v>
+        <v>3254.4</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F353" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I353" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
         <v>675</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>676</v>
       </c>
       <c r="C354" s="3">
-        <v>4373.1</v>
+        <v>600.03</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E354" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F354" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G354" s="3">
         <v>1</v>
       </c>
       <c r="H354" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I354" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
         <v>677</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>678</v>
       </c>
       <c r="C355" s="3">
-        <v>6921.81</v>
+        <v>1413.63</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F355" s="3">
-        <v>0</v>
+        <v>3116</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I355" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
         <v>679</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>680</v>
       </c>
       <c r="C356" s="3">
-        <v>2045.15</v>
+        <v>1830.95</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F356" s="3">
-        <v>0</v>
+        <v>2070</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I356" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
         <v>681</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>682</v>
       </c>
       <c r="C357" s="3">
-        <v>1810.26</v>
+        <v>1830.6</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F357" s="3">
         <v>0</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I357" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
         <v>683</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>684</v>
       </c>
       <c r="C358" s="3">
-        <v>7200.36</v>
+        <v>539.01</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F358" s="3">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I358" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
         <v>685</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>686</v>
       </c>
       <c r="C359" s="3">
-        <v>8919.09</v>
+        <v>2786.58</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F359" s="3">
-        <v>43</v>
+        <v>0</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I359" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
         <v>687</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>688</v>
       </c>
       <c r="C360" s="3">
-        <v>1627.2</v>
+        <v>1413.63</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F360" s="3">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="G360" s="3">
         <v>1</v>
       </c>
       <c r="H360" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I360" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
         <v>689</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>690</v>
       </c>
       <c r="C361" s="3">
-        <v>1372.95</v>
+        <v>3600.18</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F361" s="3">
-        <v>112</v>
+        <v>2453</v>
       </c>
       <c r="G361" s="3">
         <v>1</v>
       </c>
       <c r="H361" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I361" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
         <v>691</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>692</v>
       </c>
       <c r="C362" s="3">
-        <v>1159.38</v>
+        <v>509.45</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F362" s="3">
         <v>0</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
         <v>20</v>
       </c>
       <c r="I362" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
         <v>693</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>694</v>
       </c>
       <c r="C363" s="3">
-        <v>1530.76</v>
+        <v>726.57</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F363" s="3">
         <v>0</v>
       </c>
       <c r="G363" s="3">
         <v>1</v>
       </c>
       <c r="H363" s="3">
         <v>10</v>
       </c>
       <c r="I363" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
         <v>695</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>696</v>
       </c>
       <c r="C364" s="3">
-        <v>600.03</v>
+        <v>14492.25</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F364" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I364" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
         <v>697</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>698</v>
       </c>
       <c r="C365" s="3">
-        <v>726.57</v>
+        <v>1618.46</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F365" s="3">
-        <v>2823</v>
+        <v>1746</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
         <v>10</v>
       </c>
       <c r="I365" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
         <v>699</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>700</v>
       </c>
       <c r="C366" s="3">
-        <v>1413.63</v>
+        <v>1678.05</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F366" s="3">
-        <v>10917</v>
+        <v>0</v>
       </c>
       <c r="G366" s="3">
         <v>1</v>
       </c>
       <c r="H366" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I366" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
         <v>701</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>702</v>
       </c>
       <c r="C367" s="3">
-        <v>1226.44</v>
+        <v>7200.36</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F367" s="3">
-        <v>1619</v>
+        <v>0</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I367" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
         <v>703</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>704</v>
       </c>
       <c r="C368" s="3">
-        <v>509.45</v>
+        <v>1372.95</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F368" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I368" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
         <v>705</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>706</v>
       </c>
       <c r="C369" s="3">
-        <v>7729.2</v>
+        <v>9661.5</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F369" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G369" s="3">
         <v>1</v>
       </c>
       <c r="H369" s="3">
         <v>2</v>
       </c>
       <c r="I369" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
         <v>707</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>708</v>
       </c>
       <c r="C370" s="3">
-        <v>1017</v>
+        <v>1316</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F370" s="3">
         <v>0</v>
       </c>
       <c r="G370" s="3">
         <v>1</v>
       </c>
       <c r="H370" s="3">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="I370" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
         <v>709</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>710</v>
       </c>
       <c r="C371" s="3">
-        <v>1372.95</v>
+        <v>15326.19</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F371" s="3">
-        <v>0</v>
+        <v>144</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I371" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
         <v>711</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>712</v>
       </c>
       <c r="C372" s="3">
-        <v>3254.4</v>
+        <v>1646.52</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F372" s="3">
-        <v>0</v>
+        <v>422</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I372" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
         <v>713</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>714</v>
       </c>
       <c r="C373" s="3">
-        <v>4169.7</v>
+        <v>16727.11</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F373" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G373" s="3">
         <v>1</v>
       </c>
       <c r="H373" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I373" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
         <v>715</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>716</v>
       </c>
       <c r="C374" s="3">
-        <v>4088.34</v>
+        <v>1310.06</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F374" s="3">
-        <v>100</v>
+        <v>168</v>
       </c>
       <c r="G374" s="3">
         <v>1</v>
       </c>
       <c r="H374" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I374" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
         <v>717</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>718</v>
       </c>
       <c r="C375" s="3">
-        <v>519.68</v>
+        <v>18306</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F375" s="3">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I375" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
         <v>719</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>720</v>
       </c>
       <c r="C376" s="3">
-        <v>3708.45</v>
+        <v>5959.62</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F376" s="3">
         <v>0</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I376" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
         <v>721</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>722</v>
       </c>
       <c r="C377" s="3">
-        <v>14492.25</v>
+        <v>4088.34</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F377" s="3">
-        <v>23</v>
+        <v>484</v>
       </c>
       <c r="G377" s="3">
         <v>1</v>
       </c>
       <c r="H377" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I377" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
         <v>723</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>724</v>
       </c>
       <c r="C378" s="3">
-        <v>15326.19</v>
+        <v>3560.17</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F378" s="3">
-        <v>0</v>
+        <v>137</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I378" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
         <v>725</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>726</v>
       </c>
       <c r="C379" s="3">
-        <v>16727.11</v>
+        <v>1082.29</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F379" s="3">
         <v>0</v>
       </c>
       <c r="G379" s="3">
         <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I379" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
         <v>727</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>728</v>
       </c>
       <c r="C380" s="3">
-        <v>1413.63</v>
+        <v>1810.26</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F380" s="3">
         <v>0</v>
       </c>
       <c r="G380" s="3">
         <v>1</v>
       </c>
       <c r="H380" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I380" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
         <v>729</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>730</v>
       </c>
       <c r="C381" s="3">
         <v>1459.4</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E381" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F381" s="3">
-        <v>74</v>
+        <v>238</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
         <v>10</v>
       </c>
       <c r="I381" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
         <v>731</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>732</v>
       </c>
       <c r="C382" s="3">
-        <v>539.01</v>
+        <v>1210.94</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F382" s="3">
-        <v>901</v>
+        <v>0</v>
       </c>
       <c r="G382" s="3">
         <v>1</v>
       </c>
       <c r="H382" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I382" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
         <v>733</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>734</v>
       </c>
       <c r="C383" s="3">
         <v>2434.26</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F383" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G383" s="3">
         <v>1</v>
       </c>
       <c r="H383" s="3">
         <v>6</v>
       </c>
       <c r="I383" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
         <v>735</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>736</v>
       </c>
       <c r="C384" s="3">
-        <v>3101.85</v>
+        <v>4206.31</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F384" s="3">
-        <v>284</v>
+        <v>0</v>
       </c>
       <c r="G384" s="3">
         <v>1</v>
       </c>
       <c r="H384" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I384" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
         <v>737</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>738</v>
       </c>
       <c r="C385" s="3">
-        <v>1195.99</v>
+        <v>1082.29</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F385" s="3">
-        <v>0</v>
+        <v>541</v>
       </c>
       <c r="G385" s="3">
         <v>1</v>
       </c>
       <c r="H385" s="3">
         <v>10</v>
       </c>
       <c r="I385" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
         <v>739</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>740</v>
       </c>
       <c r="C386" s="3">
-        <v>3560.17</v>
+        <v>3101.85</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F386" s="3">
-        <v>0</v>
+        <v>496</v>
       </c>
       <c r="G386" s="3">
         <v>1</v>
       </c>
       <c r="H386" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I386" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
         <v>741</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>742</v>
       </c>
       <c r="C387" s="3">
-        <v>1316</v>
+        <v>4373.1</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F387" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="I387" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>744</v>
       </c>
       <c r="C388" s="3">
-        <v>742.41</v>
+        <v>1372.95</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E388" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F388" s="3">
-        <v>5455</v>
+        <v>1710</v>
       </c>
       <c r="G388" s="3">
         <v>1</v>
       </c>
       <c r="H388" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I388" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
         <v>745</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>746</v>
       </c>
       <c r="C389" s="3">
-        <v>1830.95</v>
+        <v>2045.15</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F389" s="3">
-        <v>4672</v>
+        <v>0</v>
       </c>
       <c r="G389" s="3">
         <v>1</v>
       </c>
       <c r="H389" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I389" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A390" s="3" t="s">
+      <c r="A390" s="2" t="s">
         <v>747</v>
       </c>
-      <c r="B390" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B390" s="2"/>
+      <c r="C390" s="2"/>
+      <c r="D390" s="2"/>
+      <c r="E390" s="2"/>
+      <c r="F390" s="2"/>
+      <c r="G390" s="2"/>
+      <c r="H390" s="2"/>
+      <c r="I390" s="2"/>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="B391" s="3" t="s">
         <v>749</v>
       </c>
-      <c r="B391" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C391" s="3">
-        <v>1678.05</v>
+        <v>4327.1</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F391" s="3">
         <v>0</v>
       </c>
       <c r="G391" s="3">
         <v>1</v>
       </c>
       <c r="H391" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I391" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
+        <v>750</v>
+      </c>
+      <c r="B392" s="3" t="s">
         <v>751</v>
       </c>
-      <c r="B392" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C392" s="3">
-        <v>4322.25</v>
+        <v>3098.8</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F392" s="3">
-        <v>560</v>
+        <v>467</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I392" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="B393" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="B393" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C393" s="3">
-        <v>4553.15</v>
+        <v>8783.36</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E393" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F393" s="3">
-        <v>576</v>
+        <v>335</v>
       </c>
       <c r="G393" s="3">
         <v>1</v>
       </c>
       <c r="H393" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I393" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="B394" s="3" t="s">
         <v>755</v>
       </c>
-      <c r="B394" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C394" s="3">
-        <v>1779.75</v>
+        <v>2542.5</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F394" s="3">
-        <v>213</v>
+        <v>572</v>
       </c>
       <c r="G394" s="3">
         <v>1</v>
       </c>
       <c r="H394" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I394" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="B395" s="3" t="s">
         <v>757</v>
       </c>
-      <c r="B395" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C395" s="3">
-        <v>9661.5</v>
+        <v>4271.4</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F395" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G395" s="3">
         <v>1</v>
       </c>
       <c r="H395" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I395" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="B396" s="3" t="s">
         <v>759</v>
       </c>
-      <c r="B396" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C396" s="3">
-        <v>4206.31</v>
+        <v>3712.05</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F396" s="3">
         <v>0</v>
       </c>
       <c r="G396" s="3">
         <v>1</v>
       </c>
       <c r="H396" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I396" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="B397" s="3" t="s">
         <v>761</v>
       </c>
-      <c r="B397" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C397" s="3">
-        <v>1210.94</v>
+        <v>3427.29</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F397" s="3">
+        <v>594</v>
+      </c>
+      <c r="G397" s="3">
+        <v>1</v>
+      </c>
+      <c r="H397" s="3">
+        <v>15</v>
+      </c>
+      <c r="I397" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
+        <v>762</v>
+      </c>
+      <c r="B398" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="B398" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C398" s="3">
-        <v>1082.29</v>
+        <v>6742.71</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F398" s="3">
-        <v>372</v>
+        <v>160</v>
       </c>
       <c r="G398" s="3">
         <v>1</v>
       </c>
       <c r="H398" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I398" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="2" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="B399" s="2"/>
       <c r="C399" s="2"/>
       <c r="D399" s="2"/>
       <c r="E399" s="2"/>
       <c r="F399" s="2"/>
       <c r="G399" s="2"/>
       <c r="H399" s="2"/>
       <c r="I399" s="2"/>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="B400" s="3" t="s">
         <v>766</v>
       </c>
-      <c r="B400" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C400" s="3">
-        <v>3712.05</v>
+        <v>1880.43</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E400" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F400" s="3">
-        <v>0</v>
+        <v>223</v>
       </c>
       <c r="G400" s="3">
         <v>1</v>
       </c>
       <c r="H400" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I400" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="B401" s="3" t="s">
         <v>768</v>
       </c>
-      <c r="B401" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C401" s="3">
-        <v>6742.71</v>
+        <v>2459.11</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E401" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F401" s="3">
-        <v>70</v>
+        <v>280</v>
       </c>
       <c r="G401" s="3">
         <v>1</v>
       </c>
       <c r="H401" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I401" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="B402" s="3" t="s">
         <v>770</v>
       </c>
-      <c r="B402" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C402" s="3">
-        <v>4327.1</v>
+        <v>2440.8</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E402" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F402" s="3">
-        <v>464</v>
+        <v>99</v>
       </c>
       <c r="G402" s="3">
         <v>1</v>
       </c>
       <c r="H402" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I402" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="B403" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="B403" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C403" s="3">
-        <v>3427.29</v>
+        <v>1639.08</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E403" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F403" s="3">
-        <v>640</v>
+        <v>0</v>
       </c>
       <c r="G403" s="3">
         <v>1</v>
       </c>
       <c r="H403" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I403" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="B404" s="3" t="s">
         <v>774</v>
       </c>
-      <c r="B404" s="3" t="s">
+      <c r="C404" s="3">
+        <v>2490.51</v>
+      </c>
+      <c r="D404" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E404" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F404" s="3">
+        <v>33</v>
+      </c>
+      <c r="G404" s="3">
+        <v>1</v>
+      </c>
+      <c r="H404" s="3">
+        <v>10</v>
+      </c>
+      <c r="I404" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="405" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A405" s="2" t="s">
         <v>775</v>
       </c>
-      <c r="C404" s="3">
-[...22 lines deleted...]
-      <c r="A405" s="3" t="s">
+      <c r="B405" s="2"/>
+      <c r="C405" s="2"/>
+      <c r="D405" s="2"/>
+      <c r="E405" s="2"/>
+      <c r="F405" s="2"/>
+      <c r="G405" s="2"/>
+      <c r="H405" s="2"/>
+      <c r="I405" s="2"/>
+    </row>
+    <row r="406" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A406" s="2" t="s">
         <v>776</v>
       </c>
-      <c r="B405" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B406" s="2"/>
+      <c r="C406" s="2"/>
+      <c r="D406" s="2"/>
+      <c r="E406" s="2"/>
+      <c r="F406" s="2"/>
+      <c r="G406" s="2"/>
+      <c r="H406" s="2"/>
+      <c r="I406" s="2"/>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="B407" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="C407" s="3">
+        <v>360.02</v>
+      </c>
+      <c r="D407" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E407" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F407" s="3">
+        <v>129</v>
+      </c>
+      <c r="G407" s="3">
+        <v>1</v>
+      </c>
+      <c r="H407" s="3">
+        <v>250</v>
+      </c>
+      <c r="I407" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="408" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A408" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="B408" s="3" t="s">
         <v>780</v>
       </c>
-      <c r="B407" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I408" s="2"/>
+      <c r="C408" s="3">
+        <v>452.09</v>
+      </c>
+      <c r="D408" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E408" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F408" s="3">
+        <v>0</v>
+      </c>
+      <c r="G408" s="3">
+        <v>1</v>
+      </c>
+      <c r="H408" s="3">
+        <v>200</v>
+      </c>
+      <c r="I408" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="C409" s="3">
-        <v>2440.8</v>
+        <v>417.99</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E409" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F409" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G409" s="3">
         <v>1</v>
       </c>
       <c r="H409" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I409" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="C410" s="3">
-        <v>1880.43</v>
+        <v>270.52</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E410" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F410" s="3">
-        <v>254</v>
+        <v>3981</v>
       </c>
       <c r="G410" s="3">
         <v>1</v>
       </c>
       <c r="H410" s="3">
-        <v>20</v>
+        <v>400</v>
       </c>
       <c r="I410" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="C411" s="3">
-        <v>2459.11</v>
+        <v>391.55</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E411" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F411" s="3">
-        <v>298</v>
+        <v>139</v>
       </c>
       <c r="G411" s="3">
         <v>1</v>
       </c>
       <c r="H411" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I411" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="C412" s="3">
-        <v>2490.51</v>
+        <v>994.59</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E412" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F412" s="3">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G412" s="3">
         <v>1</v>
       </c>
       <c r="H412" s="3">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="I412" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="B413" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="C413" s="3">
+        <v>559.35</v>
+      </c>
+      <c r="D413" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F413" s="3">
+        <v>106</v>
+      </c>
+      <c r="G413" s="3">
+        <v>1</v>
+      </c>
+      <c r="H413" s="3">
+        <v>250</v>
+      </c>
+      <c r="I413" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="414" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A414" s="3" t="s">
         <v>791</v>
       </c>
-      <c r="B413" s="3" t="s">
+      <c r="B414" s="3" t="s">
         <v>792</v>
       </c>
-      <c r="C413" s="3">
-[...22 lines deleted...]
-      <c r="A414" s="2" t="s">
+      <c r="C414" s="3">
+        <v>304.81</v>
+      </c>
+      <c r="D414" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F414" s="3">
+        <v>700</v>
+      </c>
+      <c r="G414" s="3">
+        <v>1</v>
+      </c>
+      <c r="H414" s="3">
+        <v>30</v>
+      </c>
+      <c r="I414" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="415" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A415" s="3" t="s">
         <v>793</v>
       </c>
-      <c r="B414" s="2"/>
-[...9 lines deleted...]
-      <c r="A415" s="2" t="s">
+      <c r="B415" s="3" t="s">
         <v>794</v>
       </c>
-      <c r="B415" s="2"/>
-[...6 lines deleted...]
-      <c r="I415" s="2"/>
+      <c r="C415" s="3">
+        <v>282.49</v>
+      </c>
+      <c r="D415" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F415" s="3">
+        <v>5072</v>
+      </c>
+      <c r="G415" s="3">
+        <v>1</v>
+      </c>
+      <c r="H415" s="3">
+        <v>100</v>
+      </c>
+      <c r="I415" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
         <v>795</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>796</v>
       </c>
       <c r="C416" s="3">
-        <v>304.81</v>
+        <v>305.1</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E416" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F416" s="3">
-        <v>1221</v>
+        <v>0</v>
       </c>
       <c r="G416" s="3">
         <v>1</v>
       </c>
       <c r="H416" s="3">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="I416" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="3" t="s">
         <v>797</v>
       </c>
       <c r="B417" s="3" t="s">
         <v>798</v>
       </c>
       <c r="C417" s="3">
-        <v>305.1</v>
+        <v>307.54</v>
       </c>
       <c r="D417" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E417" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F417" s="3">
-        <v>0</v>
+        <v>1342</v>
       </c>
       <c r="G417" s="3">
         <v>1</v>
       </c>
       <c r="H417" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I417" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
         <v>799</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>800</v>
       </c>
       <c r="C418" s="3">
-        <v>307.54</v>
+        <v>305.1</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E418" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F418" s="3">
-        <v>2205</v>
+        <v>0</v>
       </c>
       <c r="G418" s="3">
         <v>1</v>
       </c>
       <c r="H418" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I418" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
         <v>801</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>802</v>
       </c>
       <c r="C419" s="3">
-        <v>360.02</v>
+        <v>328.49</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E419" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F419" s="3">
-        <v>0</v>
+        <v>2455</v>
       </c>
       <c r="G419" s="3">
         <v>1</v>
       </c>
       <c r="H419" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I419" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
         <v>803</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>804</v>
       </c>
       <c r="C420" s="3">
-        <v>430.56</v>
+        <v>224.81</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E420" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F420" s="3">
-        <v>0</v>
+        <v>1640</v>
       </c>
       <c r="G420" s="3">
         <v>1</v>
       </c>
       <c r="H420" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I420" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
         <v>805</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>806</v>
       </c>
       <c r="C421" s="3">
-        <v>452.09</v>
+        <v>310</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E421" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F421" s="3">
-        <v>673</v>
+        <v>508</v>
       </c>
       <c r="G421" s="3">
         <v>1</v>
       </c>
       <c r="H421" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I421" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
         <v>807</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>808</v>
       </c>
       <c r="C422" s="3">
-        <v>559.35</v>
+        <v>350.87</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E422" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F422" s="3">
-        <v>660</v>
+        <v>2676</v>
       </c>
       <c r="G422" s="3">
         <v>1</v>
       </c>
       <c r="H422" s="3">
         <v>250</v>
       </c>
       <c r="I422" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="3" t="s">
         <v>809</v>
       </c>
       <c r="B423" s="3" t="s">
         <v>810</v>
       </c>
       <c r="C423" s="3">
-        <v>270.52</v>
+        <v>403.75</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E423" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F423" s="3">
-        <v>4099</v>
+        <v>5316</v>
       </c>
       <c r="G423" s="3">
         <v>1</v>
       </c>
       <c r="H423" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I423" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
         <v>811</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>812</v>
       </c>
       <c r="C424" s="3">
-        <v>417.99</v>
+        <v>541.27</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E424" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F424" s="3">
-        <v>0</v>
+        <v>1438</v>
       </c>
       <c r="G424" s="3">
         <v>1</v>
       </c>
       <c r="H424" s="3">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="I424" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
         <v>813</v>
       </c>
       <c r="B425" s="3" t="s">
         <v>814</v>
       </c>
       <c r="C425" s="3">
-        <v>994.59</v>
+        <v>426.26</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E425" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F425" s="3">
-        <v>5</v>
+        <v>2002</v>
       </c>
       <c r="G425" s="3">
         <v>1</v>
       </c>
       <c r="H425" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I425" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="3" t="s">
         <v>815</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>816</v>
       </c>
       <c r="C426" s="3">
-        <v>282.49</v>
+        <v>430.56</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E426" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F426" s="3">
-        <v>5269</v>
+        <v>959</v>
       </c>
       <c r="G426" s="3">
         <v>1</v>
       </c>
       <c r="H426" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I426" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A427" s="3" t="s">
+      <c r="A427" s="2" t="s">
         <v>817</v>
       </c>
-      <c r="B427" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B427" s="2"/>
+      <c r="C427" s="2"/>
+      <c r="D427" s="2"/>
+      <c r="E427" s="2"/>
+      <c r="F427" s="2"/>
+      <c r="G427" s="2"/>
+      <c r="H427" s="2"/>
+      <c r="I427" s="2"/>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
+        <v>818</v>
+      </c>
+      <c r="B428" s="3" t="s">
         <v>819</v>
       </c>
-      <c r="B428" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C428" s="3">
-        <v>224.81</v>
+        <v>613.55</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E428" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F428" s="3">
-        <v>2815</v>
+        <v>3541</v>
       </c>
       <c r="G428" s="3">
         <v>1</v>
       </c>
       <c r="H428" s="3">
         <v>100</v>
       </c>
       <c r="I428" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="B429" s="3" t="s">
         <v>821</v>
       </c>
-      <c r="B429" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C429" s="3">
-        <v>310</v>
+        <v>732.24</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E429" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F429" s="3">
-        <v>597</v>
+        <v>877</v>
       </c>
       <c r="G429" s="3">
         <v>1</v>
       </c>
       <c r="H429" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I429" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
+        <v>822</v>
+      </c>
+      <c r="B430" s="3" t="s">
         <v>823</v>
       </c>
-      <c r="B430" s="3" t="s">
+      <c r="C430" s="3">
+        <v>645.84</v>
+      </c>
+      <c r="D430" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E430" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F430" s="3">
+        <v>1581</v>
+      </c>
+      <c r="G430" s="3">
+        <v>1</v>
+      </c>
+      <c r="H430" s="3">
+        <v>300</v>
+      </c>
+      <c r="I430" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="431" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A431" s="2" t="s">
         <v>824</v>
       </c>
-      <c r="C430" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B431" s="2"/>
+      <c r="C431" s="2"/>
+      <c r="D431" s="2"/>
+      <c r="E431" s="2"/>
+      <c r="F431" s="2"/>
+      <c r="G431" s="2"/>
+      <c r="H431" s="2"/>
+      <c r="I431" s="2"/>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
-        <v>827</v>
+        <v>825</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="C432" s="3">
-        <v>541.27</v>
+        <v>430.13</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F432" s="3">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="G432" s="3">
         <v>1</v>
       </c>
       <c r="H432" s="3">
-        <v>180</v>
+        <v>250</v>
       </c>
       <c r="I432" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="B433" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="C433" s="3">
+        <v>424.31</v>
+      </c>
+      <c r="D433" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E433" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F433" s="3">
+        <v>1466</v>
+      </c>
+      <c r="G433" s="3">
+        <v>1</v>
+      </c>
+      <c r="H433" s="3">
+        <v>250</v>
+      </c>
+      <c r="I433" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="434" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A434" s="2" t="s">
         <v>829</v>
       </c>
-      <c r="B433" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B434" s="2"/>
+      <c r="C434" s="2"/>
+      <c r="D434" s="2"/>
+      <c r="E434" s="2"/>
+      <c r="F434" s="2"/>
+      <c r="G434" s="2"/>
+      <c r="H434" s="2"/>
+      <c r="I434" s="2"/>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="3" t="s">
+        <v>830</v>
+      </c>
+      <c r="B435" s="3" t="s">
+        <v>831</v>
+      </c>
+      <c r="C435" s="3">
+        <v>309.54</v>
+      </c>
+      <c r="D435" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E435" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F435" s="3">
+        <v>2754</v>
+      </c>
+      <c r="G435" s="3">
+        <v>1</v>
+      </c>
+      <c r="H435" s="3">
+        <v>100</v>
+      </c>
+      <c r="I435" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="436" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A436" s="3" t="s">
+        <v>832</v>
+      </c>
+      <c r="B436" s="3" t="s">
         <v>833</v>
       </c>
-      <c r="B435" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I436" s="2"/>
+      <c r="C436" s="3">
+        <v>188.25</v>
+      </c>
+      <c r="D436" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E436" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F436" s="3">
+        <v>1988</v>
+      </c>
+      <c r="G436" s="3">
+        <v>1</v>
+      </c>
+      <c r="H436" s="3">
+        <v>100</v>
+      </c>
+      <c r="I436" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="B437" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="C437" s="3">
+        <v>325.44</v>
+      </c>
+      <c r="D437" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E437" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F437" s="3">
+        <v>3586</v>
+      </c>
+      <c r="G437" s="3">
+        <v>1</v>
+      </c>
+      <c r="H437" s="3">
+        <v>200</v>
+      </c>
+      <c r="I437" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="438" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A438" s="2" t="s">
         <v>836</v>
       </c>
-      <c r="B437" s="3" t="s">
+      <c r="B438" s="2"/>
+      <c r="C438" s="2"/>
+      <c r="D438" s="2"/>
+      <c r="E438" s="2"/>
+      <c r="F438" s="2"/>
+      <c r="G438" s="2"/>
+      <c r="H438" s="2"/>
+      <c r="I438" s="2"/>
+    </row>
+    <row r="439" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A439" s="2" t="s">
         <v>837</v>
       </c>
-      <c r="C437" s="3">
-[...22 lines deleted...]
-      <c r="A438" s="3" t="s">
+      <c r="B439" s="2"/>
+      <c r="C439" s="2"/>
+      <c r="D439" s="2"/>
+      <c r="E439" s="2"/>
+      <c r="F439" s="2"/>
+      <c r="G439" s="2"/>
+      <c r="H439" s="2"/>
+      <c r="I439" s="2"/>
+    </row>
+    <row r="440" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A440" s="3" t="s">
         <v>838</v>
       </c>
-      <c r="B438" s="3" t="s">
+      <c r="B440" s="3" t="s">
         <v>839</v>
       </c>
-      <c r="C438" s="3">
-[...61 lines deleted...]
-      <c r="I440" s="2"/>
+      <c r="C440" s="3">
+        <v>1809.44</v>
+      </c>
+      <c r="D440" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E440" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F440" s="3">
+        <v>34</v>
+      </c>
+      <c r="G440" s="3">
+        <v>1</v>
+      </c>
+      <c r="H440" s="3">
+        <v>20</v>
+      </c>
+      <c r="I440" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="B441" s="3" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="C441" s="3">
-        <v>430.13</v>
+        <v>1305.98</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E441" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F441" s="3">
-        <v>3039</v>
+        <v>28</v>
       </c>
       <c r="G441" s="3">
         <v>1</v>
       </c>
       <c r="H441" s="3">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="I441" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
+        <v>842</v>
+      </c>
+      <c r="B442" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="C442" s="3">
+        <v>1843.72</v>
+      </c>
+      <c r="D442" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E442" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F442" s="3">
+        <v>42</v>
+      </c>
+      <c r="G442" s="3">
+        <v>1</v>
+      </c>
+      <c r="H442" s="3">
+        <v>20</v>
+      </c>
+      <c r="I442" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="443" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A443" s="3" t="s">
+        <v>844</v>
+      </c>
+      <c r="B443" s="3" t="s">
         <v>845</v>
       </c>
-      <c r="B442" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I443" s="2"/>
+      <c r="C443" s="3">
+        <v>284.03</v>
+      </c>
+      <c r="D443" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E443" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F443" s="3">
+        <v>0</v>
+      </c>
+      <c r="G443" s="3">
+        <v>1</v>
+      </c>
+      <c r="H443" s="3">
+        <v>50</v>
+      </c>
+      <c r="I443" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="B444" s="3" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
       <c r="C444" s="3">
-        <v>188.25</v>
+        <v>2151</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F444" s="3">
-        <v>3884</v>
+        <v>107</v>
       </c>
       <c r="G444" s="3">
         <v>1</v>
       </c>
       <c r="H444" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I444" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="3" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="B445" s="3" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="C445" s="3">
-        <v>309.54</v>
+        <v>2439.02</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F445" s="3">
-        <v>3191</v>
+        <v>55</v>
       </c>
       <c r="G445" s="3">
         <v>1</v>
       </c>
       <c r="H445" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I445" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="B446" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="C446" s="3">
+        <v>2486.32</v>
+      </c>
+      <c r="D446" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E446" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F446" s="3">
+        <v>6</v>
+      </c>
+      <c r="G446" s="3">
+        <v>1</v>
+      </c>
+      <c r="H446" s="3">
+        <v>20</v>
+      </c>
+      <c r="I446" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="447" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A447" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="B446" s="3" t="s">
+      <c r="B447" s="3" t="s">
         <v>853</v>
       </c>
-      <c r="C446" s="3">
-[...22 lines deleted...]
-      <c r="A447" s="2" t="s">
+      <c r="C447" s="3">
+        <v>1077.58</v>
+      </c>
+      <c r="D447" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E447" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F447" s="3">
+        <v>418</v>
+      </c>
+      <c r="G447" s="3">
+        <v>1</v>
+      </c>
+      <c r="H447" s="3">
+        <v>20</v>
+      </c>
+      <c r="I447" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="448" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A448" s="3" t="s">
         <v>854</v>
       </c>
-      <c r="B447" s="2"/>
-[...9 lines deleted...]
-      <c r="A448" s="2" t="s">
+      <c r="B448" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="B448" s="2"/>
-[...6 lines deleted...]
-      <c r="I448" s="2"/>
+      <c r="C448" s="3">
+        <v>2060.55</v>
+      </c>
+      <c r="D448" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E448" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F448" s="3">
+        <v>30</v>
+      </c>
+      <c r="G448" s="3">
+        <v>1</v>
+      </c>
+      <c r="H448" s="3">
+        <v>20</v>
+      </c>
+      <c r="I448" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
         <v>856</v>
       </c>
       <c r="B449" s="3" t="s">
         <v>857</v>
       </c>
       <c r="C449" s="3">
-        <v>1042.43</v>
+        <v>2134.14</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F449" s="3">
-        <v>720</v>
+        <v>230</v>
       </c>
       <c r="G449" s="3">
         <v>1</v>
       </c>
       <c r="H449" s="3">
         <v>20</v>
       </c>
       <c r="I449" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
         <v>858</v>
       </c>
       <c r="B450" s="3" t="s">
         <v>859</v>
       </c>
       <c r="C450" s="3">
-        <v>1263.37</v>
+        <v>420.44</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F450" s="3">
-        <v>13</v>
+        <v>4769</v>
       </c>
       <c r="G450" s="3">
         <v>1</v>
       </c>
       <c r="H450" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I450" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
         <v>860</v>
       </c>
       <c r="B451" s="3" t="s">
         <v>861</v>
       </c>
       <c r="C451" s="3">
-        <v>1709.24</v>
+        <v>875.76</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E451" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F451" s="3">
-        <v>8</v>
+        <v>174</v>
       </c>
       <c r="G451" s="3">
         <v>1</v>
       </c>
       <c r="H451" s="3">
         <v>20</v>
       </c>
       <c r="I451" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
         <v>862</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>863</v>
       </c>
       <c r="C452" s="3">
-        <v>862.05</v>
+        <v>1183.62</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F452" s="3">
-        <v>368</v>
+        <v>214</v>
       </c>
       <c r="G452" s="3">
         <v>1</v>
       </c>
       <c r="H452" s="3">
         <v>20</v>
       </c>
       <c r="I452" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
         <v>864</v>
       </c>
       <c r="B453" s="3" t="s">
         <v>865</v>
       </c>
       <c r="C453" s="3">
-        <v>1423.8</v>
+        <v>1844.91</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E453" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F453" s="3">
-        <v>420</v>
+        <v>7</v>
       </c>
       <c r="G453" s="3">
         <v>1</v>
       </c>
       <c r="H453" s="3">
         <v>20</v>
       </c>
       <c r="I453" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
         <v>866</v>
       </c>
       <c r="B454" s="3" t="s">
         <v>867</v>
       </c>
       <c r="C454" s="3">
-        <v>1145</v>
+        <v>2186.7</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E454" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F454" s="3">
-        <v>391</v>
+        <v>101</v>
       </c>
       <c r="G454" s="3">
         <v>1</v>
       </c>
       <c r="H454" s="3">
         <v>20</v>
       </c>
       <c r="I454" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
         <v>868</v>
       </c>
       <c r="B455" s="3" t="s">
         <v>869</v>
       </c>
       <c r="C455" s="3">
-        <v>284.03</v>
+        <v>1471.82</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F455" s="3">
-        <v>0</v>
+        <v>409</v>
       </c>
       <c r="G455" s="3">
         <v>1</v>
       </c>
       <c r="H455" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I455" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A456" s="3" t="s">
         <v>870</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>871</v>
       </c>
       <c r="C456" s="3">
-        <v>2080.82</v>
+        <v>1734.65</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F456" s="3">
-        <v>140</v>
+        <v>62</v>
       </c>
       <c r="G456" s="3">
         <v>1</v>
       </c>
       <c r="H456" s="3">
         <v>20</v>
       </c>
       <c r="I456" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
         <v>872</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>873</v>
       </c>
       <c r="C457" s="3">
-        <v>847.19</v>
+        <v>891.12</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F457" s="3">
-        <v>201</v>
+        <v>3433</v>
       </c>
       <c r="G457" s="3">
         <v>1</v>
       </c>
       <c r="H457" s="3">
         <v>20</v>
       </c>
       <c r="I457" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="3" t="s">
         <v>874</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>875</v>
       </c>
       <c r="C458" s="3">
-        <v>2359.44</v>
+        <v>1709.24</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F458" s="3">
-        <v>156</v>
+        <v>0</v>
       </c>
       <c r="G458" s="3">
         <v>1</v>
       </c>
       <c r="H458" s="3">
         <v>20</v>
       </c>
       <c r="I458" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="3" t="s">
         <v>876</v>
       </c>
       <c r="B459" s="3" t="s">
         <v>877</v>
       </c>
       <c r="C459" s="3">
-        <v>1784.71</v>
+        <v>891.12</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F459" s="3">
-        <v>14</v>
+        <v>390</v>
       </c>
       <c r="G459" s="3">
         <v>1</v>
       </c>
       <c r="H459" s="3">
         <v>20</v>
       </c>
       <c r="I459" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A460" s="3" t="s">
+      <c r="A460" s="2" t="s">
         <v>878</v>
       </c>
-      <c r="B460" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B460" s="2"/>
+      <c r="C460" s="2"/>
+      <c r="D460" s="2"/>
+      <c r="E460" s="2"/>
+      <c r="F460" s="2"/>
+      <c r="G460" s="2"/>
+      <c r="H460" s="2"/>
+      <c r="I460" s="2"/>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="B461" s="3" t="s">
         <v>880</v>
       </c>
-      <c r="B461" s="3" t="s">
+      <c r="C461" s="3">
+        <v>2472.53</v>
+      </c>
+      <c r="D461" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E461" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F461" s="3">
+        <v>6</v>
+      </c>
+      <c r="G461" s="3">
+        <v>1</v>
+      </c>
+      <c r="H461" s="3">
+        <v>10</v>
+      </c>
+      <c r="I461" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="462" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A462" s="2" t="s">
         <v>881</v>
       </c>
-      <c r="C461" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B462" s="2"/>
+      <c r="C462" s="2"/>
+      <c r="D462" s="2"/>
+      <c r="E462" s="2"/>
+      <c r="F462" s="2"/>
+      <c r="G462" s="2"/>
+      <c r="H462" s="2"/>
+      <c r="I462" s="2"/>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="C463" s="3">
-        <v>1783.56</v>
+        <v>2370.03</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F463" s="3">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="G463" s="3">
         <v>1</v>
       </c>
       <c r="H463" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I463" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A464" s="3" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="B464" s="3" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="C464" s="3">
-        <v>2115.36</v>
+        <v>6076.51</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E464" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F464" s="3">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="G464" s="3">
         <v>1</v>
       </c>
       <c r="H464" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I464" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="B465" s="3" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="C465" s="3">
-        <v>2405.21</v>
+        <v>3227.51</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F465" s="3">
-        <v>11</v>
+        <v>95</v>
       </c>
       <c r="G465" s="3">
         <v>1</v>
       </c>
       <c r="H465" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I465" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="C466" s="3">
-        <v>1678.05</v>
+        <v>4105.33</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F466" s="3">
-        <v>84</v>
+        <v>56</v>
       </c>
       <c r="G466" s="3">
         <v>1</v>
       </c>
       <c r="H466" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I466" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="3" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="B467" s="3" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="C467" s="3">
-        <v>1993.32</v>
+        <v>2207.38</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F467" s="3">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="G467" s="3">
         <v>1</v>
       </c>
       <c r="H467" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I467" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="B468" s="3" t="s">
+        <v>893</v>
+      </c>
+      <c r="C468" s="3">
+        <v>5228</v>
+      </c>
+      <c r="D468" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E468" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F468" s="3">
+        <v>9</v>
+      </c>
+      <c r="G468" s="3">
+        <v>1</v>
+      </c>
+      <c r="H468" s="3">
+        <v>5</v>
+      </c>
+      <c r="I468" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="469" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A469" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="B468" s="3" t="s">
+      <c r="B469" s="3" t="s">
         <v>895</v>
       </c>
-      <c r="C468" s="3">
-[...32 lines deleted...]
-      <c r="I469" s="2"/>
+      <c r="C469" s="3">
+        <v>921.85</v>
+      </c>
+      <c r="D469" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E469" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F469" s="3">
+        <v>154</v>
+      </c>
+      <c r="G469" s="3">
+        <v>1</v>
+      </c>
+      <c r="H469" s="3">
+        <v>15</v>
+      </c>
+      <c r="I469" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="B470" s="3" t="s">
         <v>897</v>
       </c>
-      <c r="B470" s="3" t="s">
+      <c r="C470" s="3">
+        <v>952.59</v>
+      </c>
+      <c r="D470" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E470" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F470" s="3">
+        <v>83</v>
+      </c>
+      <c r="G470" s="3">
+        <v>1</v>
+      </c>
+      <c r="H470" s="3">
+        <v>30</v>
+      </c>
+      <c r="I470" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="471" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A471" s="3" t="s">
         <v>898</v>
       </c>
-      <c r="C470" s="3">
-[...22 lines deleted...]
-      <c r="A471" s="2" t="s">
+      <c r="B471" s="3" t="s">
         <v>899</v>
       </c>
-      <c r="B471" s="2"/>
-[...6 lines deleted...]
-      <c r="I471" s="2"/>
+      <c r="C471" s="3">
+        <v>1209</v>
+      </c>
+      <c r="D471" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E471" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F471" s="3">
+        <v>153</v>
+      </c>
+      <c r="G471" s="3">
+        <v>1</v>
+      </c>
+      <c r="H471" s="3">
+        <v>20</v>
+      </c>
+      <c r="I471" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
         <v>900</v>
       </c>
       <c r="B472" s="3" t="s">
         <v>901</v>
       </c>
       <c r="C472" s="3">
-        <v>5898.6</v>
+        <v>1152.33</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F472" s="3">
-        <v>27</v>
+        <v>179</v>
       </c>
       <c r="G472" s="3">
         <v>1</v>
       </c>
       <c r="H472" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I472" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473" s="3" t="s">
         <v>902</v>
       </c>
       <c r="B473" s="3" t="s">
         <v>903</v>
       </c>
       <c r="C473" s="3">
-        <v>3864.39</v>
+        <v>6202.67</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F473" s="3">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="G473" s="3">
         <v>1</v>
       </c>
       <c r="H473" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I473" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474" s="3" t="s">
         <v>904</v>
       </c>
       <c r="B474" s="3" t="s">
         <v>905</v>
       </c>
       <c r="C474" s="3">
-        <v>5647.94</v>
+        <v>5838.43</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E474" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F474" s="3">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="G474" s="3">
         <v>1</v>
       </c>
       <c r="H474" s="3">
         <v>5</v>
       </c>
       <c r="I474" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="3" t="s">
         <v>906</v>
       </c>
       <c r="B475" s="3" t="s">
         <v>907</v>
       </c>
       <c r="C475" s="3">
-        <v>4118.85</v>
+        <v>1075.5</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F475" s="3">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G475" s="3">
         <v>1</v>
       </c>
       <c r="H475" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I475" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="3" t="s">
         <v>908</v>
       </c>
       <c r="B476" s="3" t="s">
         <v>909</v>
       </c>
       <c r="C476" s="3">
-        <v>5057.43</v>
+        <v>1198.48</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F476" s="3">
-        <v>18</v>
+        <v>1163</v>
       </c>
       <c r="G476" s="3">
         <v>1</v>
       </c>
       <c r="H476" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I476" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="3" t="s">
         <v>910</v>
       </c>
       <c r="B477" s="3" t="s">
         <v>911</v>
       </c>
       <c r="C477" s="3">
-        <v>2360.13</v>
+        <v>2277.08</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E477" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F477" s="3">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="G477" s="3">
         <v>1</v>
       </c>
       <c r="H477" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I477" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A478" s="3" t="s">
         <v>912</v>
       </c>
       <c r="B478" s="3" t="s">
         <v>913</v>
       </c>
       <c r="C478" s="3">
-        <v>2292.7</v>
+        <v>2439.73</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E478" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F478" s="3">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="G478" s="3">
         <v>1</v>
       </c>
       <c r="H478" s="3">
         <v>5</v>
       </c>
       <c r="I478" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479" s="3" t="s">
         <v>914</v>
       </c>
       <c r="B479" s="3" t="s">
         <v>915</v>
       </c>
       <c r="C479" s="3">
-        <v>5878.26</v>
+        <v>3710.72</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F479" s="3">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="G479" s="3">
         <v>1</v>
       </c>
       <c r="H479" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I479" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="3" t="s">
         <v>916</v>
       </c>
       <c r="B480" s="3" t="s">
         <v>917</v>
       </c>
       <c r="C480" s="3">
-        <v>3971.39</v>
+        <v>2439.73</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F480" s="3">
-        <v>66</v>
+        <v>246</v>
       </c>
       <c r="G480" s="3">
         <v>1</v>
       </c>
       <c r="H480" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I480" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="3" t="s">
         <v>918</v>
       </c>
       <c r="B481" s="3" t="s">
         <v>919</v>
       </c>
       <c r="C481" s="3">
-        <v>4149.36</v>
+        <v>6097.54</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F481" s="3">
-        <v>57</v>
+        <v>25</v>
       </c>
       <c r="G481" s="3">
         <v>1</v>
       </c>
       <c r="H481" s="3">
         <v>5</v>
       </c>
       <c r="I481" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="3" t="s">
         <v>920</v>
       </c>
       <c r="B482" s="3" t="s">
         <v>921</v>
       </c>
       <c r="C482" s="3">
-        <v>891.78</v>
+        <v>3994.72</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F482" s="3">
-        <v>210</v>
+        <v>25</v>
       </c>
       <c r="G482" s="3">
         <v>1</v>
       </c>
       <c r="H482" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I482" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="3" t="s">
         <v>922</v>
       </c>
       <c r="B483" s="3" t="s">
         <v>923</v>
       </c>
       <c r="C483" s="3">
-        <v>3122.21</v>
+        <v>4468.03</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F483" s="3">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="G483" s="3">
         <v>1</v>
       </c>
       <c r="H483" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I483" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="3" t="s">
         <v>924</v>
       </c>
       <c r="B484" s="3" t="s">
         <v>925</v>
       </c>
       <c r="C484" s="3">
-        <v>2202.79</v>
+        <v>4257.76</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F484" s="3">
-        <v>149</v>
+        <v>37</v>
       </c>
       <c r="G484" s="3">
         <v>1</v>
       </c>
       <c r="H484" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I484" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A485" s="3" t="s">
         <v>926</v>
       </c>
       <c r="B485" s="3" t="s">
         <v>927</v>
       </c>
       <c r="C485" s="3">
-        <v>2360.13</v>
+        <v>4289.3</v>
       </c>
       <c r="D485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E485" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F485" s="3">
-        <v>91</v>
+        <v>29</v>
       </c>
       <c r="G485" s="3">
         <v>1</v>
       </c>
       <c r="H485" s="3">
         <v>5</v>
       </c>
       <c r="I485" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A486" s="3" t="s">
+      <c r="A486" s="2" t="s">
         <v>928</v>
       </c>
-      <c r="B486" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B486" s="2"/>
+      <c r="C486" s="2"/>
+      <c r="D486" s="2"/>
+      <c r="E486" s="2"/>
+      <c r="F486" s="2"/>
+      <c r="G486" s="2"/>
+      <c r="H486" s="2"/>
+      <c r="I486" s="2"/>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="3" t="s">
+        <v>929</v>
+      </c>
+      <c r="B487" s="3" t="s">
         <v>930</v>
       </c>
-      <c r="B487" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C487" s="3">
-        <v>1169.55</v>
+        <v>2971.9</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F487" s="3">
-        <v>278</v>
+        <v>40</v>
       </c>
       <c r="G487" s="3">
         <v>1</v>
       </c>
       <c r="H487" s="3">
         <v>20</v>
       </c>
       <c r="I487" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488" s="3" t="s">
+        <v>931</v>
+      </c>
+      <c r="B488" s="3" t="s">
         <v>932</v>
       </c>
-      <c r="B488" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C488" s="3">
-        <v>1114.73</v>
+        <v>1970.41</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F488" s="3">
-        <v>310</v>
+        <v>91</v>
       </c>
       <c r="G488" s="3">
         <v>1</v>
       </c>
       <c r="H488" s="3">
         <v>20</v>
       </c>
       <c r="I488" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A489" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A489" s="2" t="s">
+        <v>933</v>
+      </c>
+      <c r="B489" s="2"/>
+      <c r="C489" s="2"/>
+      <c r="D489" s="2"/>
+      <c r="E489" s="2"/>
+      <c r="F489" s="2"/>
+      <c r="G489" s="2"/>
+      <c r="H489" s="2"/>
+      <c r="I489" s="2"/>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A490" s="3" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="B490" s="3" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="C490" s="3">
-        <v>4322.25</v>
+        <v>1012.05</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F490" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G490" s="3">
         <v>1</v>
       </c>
       <c r="H490" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I490" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A491" s="3" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="B491" s="3" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="C491" s="3">
-        <v>6000.3</v>
+        <v>571.71</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F491" s="3">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="G491" s="3">
         <v>1</v>
       </c>
       <c r="H491" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I491" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="3" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
       <c r="B492" s="3" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="C492" s="3">
-        <v>1040.41</v>
+        <v>510.79</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F492" s="3">
-        <v>122</v>
+        <v>536</v>
       </c>
       <c r="G492" s="3">
         <v>1</v>
       </c>
       <c r="H492" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I492" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493" s="3" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="B493" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="C493" s="3">
-        <v>921.51</v>
+        <v>493</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F493" s="3">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="G493" s="3">
         <v>1</v>
       </c>
       <c r="H493" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I493" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A494" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="B494" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="C494" s="3">
+        <v>443.99</v>
+      </c>
+      <c r="D494" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E494" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F494" s="3">
+        <v>23</v>
+      </c>
+      <c r="G494" s="3">
+        <v>1</v>
+      </c>
+      <c r="H494" s="3">
+        <v>25</v>
+      </c>
+      <c r="I494" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="495" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A495" s="3" t="s">
         <v>944</v>
       </c>
-      <c r="B494" s="3" t="s">
+      <c r="B495" s="3" t="s">
         <v>945</v>
       </c>
-      <c r="C494" s="3">
-[...32 lines deleted...]
-      <c r="I495" s="2"/>
+      <c r="C495" s="3">
+        <v>7120.03</v>
+      </c>
+      <c r="D495" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E495" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F495" s="3">
+        <v>8</v>
+      </c>
+      <c r="G495" s="3">
+        <v>1</v>
+      </c>
+      <c r="H495" s="3">
+        <v>1</v>
+      </c>
+      <c r="I495" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A496" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="B496" s="3" t="s">
         <v>947</v>
       </c>
-      <c r="B496" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C496" s="3">
-        <v>2314.25</v>
+        <v>677.45</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F496" s="3">
-        <v>53</v>
+        <v>398</v>
       </c>
       <c r="G496" s="3">
         <v>1</v>
       </c>
       <c r="H496" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I496" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497" s="3" t="s">
+        <v>948</v>
+      </c>
+      <c r="B497" s="3" t="s">
         <v>949</v>
       </c>
-      <c r="B497" s="3" t="s">
+      <c r="C497" s="3">
+        <v>479.55</v>
+      </c>
+      <c r="D497" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E497" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F497" s="3">
+        <v>109</v>
+      </c>
+      <c r="G497" s="3">
+        <v>1</v>
+      </c>
+      <c r="H497" s="3">
+        <v>35</v>
+      </c>
+      <c r="I497" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="498" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A498" s="3" t="s">
         <v>950</v>
       </c>
-      <c r="C497" s="3">
-[...22 lines deleted...]
-      <c r="A498" s="2" t="s">
+      <c r="B498" s="3" t="s">
         <v>951</v>
       </c>
-      <c r="B498" s="2"/>
-[...6 lines deleted...]
-      <c r="I498" s="2"/>
+      <c r="C498" s="3">
+        <v>383.64</v>
+      </c>
+      <c r="D498" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E498" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F498" s="3">
+        <v>43</v>
+      </c>
+      <c r="G498" s="3">
+        <v>1</v>
+      </c>
+      <c r="H498" s="3">
+        <v>50</v>
+      </c>
+      <c r="I498" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="3" t="s">
         <v>952</v>
       </c>
       <c r="B499" s="3" t="s">
         <v>953</v>
       </c>
       <c r="C499" s="3">
-        <v>10440.52</v>
+        <v>1654.45</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F499" s="3">
+        <v>91</v>
+      </c>
+      <c r="G499" s="3">
+        <v>1</v>
+      </c>
+      <c r="H499" s="3">
         <v>10</v>
       </c>
-      <c r="G499" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I499" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A500" s="3" t="s">
         <v>954</v>
       </c>
       <c r="B500" s="3" t="s">
         <v>955</v>
       </c>
       <c r="C500" s="3">
-        <v>12169.93</v>
+        <v>1390.7</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F500" s="3">
+        <v>214</v>
+      </c>
+      <c r="G500" s="3">
+        <v>1</v>
+      </c>
+      <c r="H500" s="3">
         <v>20</v>
       </c>
-      <c r="G500" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I500" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="3" t="s">
         <v>956</v>
       </c>
       <c r="B501" s="3" t="s">
         <v>957</v>
       </c>
       <c r="C501" s="3">
-        <v>5695.77</v>
+        <v>719.33</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F501" s="3">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G501" s="3">
         <v>1</v>
       </c>
       <c r="H501" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I501" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A502" s="3" t="s">
         <v>958</v>
       </c>
       <c r="B502" s="3" t="s">
         <v>959</v>
       </c>
       <c r="C502" s="3">
-        <v>688.16</v>
+        <v>474.38</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F502" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G502" s="3">
         <v>1</v>
       </c>
       <c r="H502" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I502" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503" s="3" t="s">
         <v>960</v>
       </c>
       <c r="B503" s="3" t="s">
         <v>961</v>
       </c>
       <c r="C503" s="3">
-        <v>1622.53</v>
+        <v>1942.18</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F503" s="3">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="G503" s="3">
         <v>1</v>
       </c>
       <c r="H503" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I503" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="3" t="s">
         <v>962</v>
       </c>
       <c r="B504" s="3" t="s">
         <v>963</v>
       </c>
       <c r="C504" s="3">
-        <v>1622.53</v>
+        <v>535.56</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F504" s="3">
-        <v>472</v>
+        <v>165</v>
       </c>
       <c r="G504" s="3">
         <v>1</v>
       </c>
       <c r="H504" s="3">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="I504" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A505" s="3" t="s">
         <v>964</v>
       </c>
       <c r="B505" s="3" t="s">
         <v>965</v>
       </c>
       <c r="C505" s="3">
-        <v>4714.17</v>
+        <v>11134.01</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F505" s="3">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="G505" s="3">
         <v>1</v>
       </c>
       <c r="H505" s="3">
         <v>1</v>
       </c>
       <c r="I505" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="3" t="s">
         <v>966</v>
       </c>
       <c r="B506" s="3" t="s">
         <v>967</v>
       </c>
       <c r="C506" s="3">
-        <v>510.36</v>
+        <v>14122.88</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F506" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="G506" s="3">
         <v>1</v>
       </c>
       <c r="H506" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I506" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A507" s="3" t="s">
         <v>968</v>
       </c>
       <c r="B507" s="3" t="s">
         <v>969</v>
       </c>
       <c r="C507" s="3">
-        <v>510.79</v>
+        <v>996.95</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F507" s="3">
-        <v>118</v>
+        <v>91</v>
       </c>
       <c r="G507" s="3">
         <v>1</v>
       </c>
       <c r="H507" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I507" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A508" s="3" t="s">
         <v>970</v>
       </c>
       <c r="B508" s="3" t="s">
         <v>971</v>
       </c>
       <c r="C508" s="3">
-        <v>7120.03</v>
+        <v>3111.75</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F508" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G508" s="3">
         <v>1</v>
       </c>
       <c r="H508" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I508" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A509" s="3" t="s">
         <v>972</v>
       </c>
       <c r="B509" s="3" t="s">
         <v>973</v>
       </c>
       <c r="C509" s="3">
-        <v>677.45</v>
+        <v>498.1</v>
       </c>
       <c r="D509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E509" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F509" s="3">
-        <v>101</v>
+        <v>36</v>
       </c>
       <c r="G509" s="3">
         <v>1</v>
       </c>
       <c r="H509" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I509" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510" s="3" t="s">
         <v>974</v>
       </c>
       <c r="B510" s="3" t="s">
         <v>975</v>
       </c>
       <c r="C510" s="3">
-        <v>479.55</v>
+        <v>1144</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E510" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F510" s="3">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G510" s="3">
         <v>1</v>
       </c>
       <c r="H510" s="3">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I510" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511" s="3" t="s">
         <v>976</v>
       </c>
       <c r="B511" s="3" t="s">
         <v>977</v>
       </c>
       <c r="C511" s="3">
-        <v>383.64</v>
+        <v>518.11</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F511" s="3">
-        <v>49</v>
+        <v>7</v>
       </c>
       <c r="G511" s="3">
         <v>1</v>
       </c>
       <c r="H511" s="3">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I511" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512" s="3" t="s">
         <v>978</v>
       </c>
       <c r="B512" s="3" t="s">
         <v>979</v>
       </c>
       <c r="C512" s="3">
-        <v>1968.08</v>
+        <v>8155.76</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F512" s="3">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G512" s="3">
         <v>1</v>
       </c>
       <c r="H512" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I512" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513" s="3" t="s">
         <v>980</v>
       </c>
       <c r="B513" s="3" t="s">
         <v>981</v>
       </c>
       <c r="C513" s="3">
-        <v>1654.45</v>
+        <v>671.43</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F513" s="3">
-        <v>140</v>
+        <v>193</v>
       </c>
       <c r="G513" s="3">
         <v>1</v>
       </c>
       <c r="H513" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I513" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="3" t="s">
         <v>982</v>
       </c>
       <c r="B514" s="3" t="s">
         <v>983</v>
       </c>
       <c r="C514" s="3">
-        <v>1390.7</v>
+        <v>513.32</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F514" s="3">
-        <v>555</v>
+        <v>357</v>
       </c>
       <c r="G514" s="3">
         <v>1</v>
       </c>
       <c r="H514" s="3">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="I514" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A515" s="3" t="s">
         <v>984</v>
       </c>
       <c r="B515" s="3" t="s">
         <v>985</v>
       </c>
       <c r="C515" s="3">
-        <v>1942.18</v>
+        <v>471.42</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F515" s="3">
-        <v>56</v>
+        <v>528</v>
       </c>
       <c r="G515" s="3">
         <v>1</v>
       </c>
       <c r="H515" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I515" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A516" s="3" t="s">
         <v>986</v>
       </c>
       <c r="B516" s="3" t="s">
         <v>987</v>
       </c>
       <c r="C516" s="3">
-        <v>2637.53</v>
+        <v>351.94</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F516" s="3">
-        <v>7</v>
+        <v>480</v>
       </c>
       <c r="G516" s="3">
         <v>1</v>
       </c>
       <c r="H516" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I516" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517" s="3" t="s">
         <v>988</v>
       </c>
       <c r="B517" s="3" t="s">
         <v>989</v>
       </c>
       <c r="C517" s="3">
-        <v>5275.05</v>
+        <v>636.93</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F517" s="3">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="G517" s="3">
         <v>1</v>
       </c>
       <c r="H517" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I517" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="3" t="s">
         <v>990</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>991</v>
       </c>
       <c r="C518" s="3">
-        <v>719.33</v>
+        <v>1443.23</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F518" s="3">
-        <v>61</v>
+        <v>262</v>
       </c>
       <c r="G518" s="3">
         <v>1</v>
       </c>
       <c r="H518" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I518" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="3" t="s">
         <v>992</v>
       </c>
       <c r="B519" s="3" t="s">
         <v>993</v>
       </c>
       <c r="C519" s="3">
-        <v>647.39</v>
+        <v>789.15</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F519" s="3">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G519" s="3">
         <v>1</v>
       </c>
       <c r="H519" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I519" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A520" s="3" t="s">
         <v>994</v>
       </c>
       <c r="B520" s="3" t="s">
         <v>995</v>
       </c>
       <c r="C520" s="3">
-        <v>474.38</v>
+        <v>1968.08</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F520" s="3">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="G520" s="3">
         <v>1</v>
       </c>
       <c r="H520" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I520" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="3" t="s">
         <v>996</v>
       </c>
       <c r="B521" s="3" t="s">
         <v>997</v>
       </c>
       <c r="C521" s="3">
-        <v>535.56</v>
+        <v>2637.53</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E521" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F521" s="3">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="G521" s="3">
         <v>1</v>
       </c>
       <c r="H521" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I521" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="3" t="s">
         <v>998</v>
       </c>
       <c r="B522" s="3" t="s">
         <v>999</v>
       </c>
       <c r="C522" s="3">
         <v>4076.17</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F522" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G522" s="3">
         <v>1</v>
       </c>
       <c r="H522" s="3">
         <v>1</v>
       </c>
       <c r="I522" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A523" s="3" t="s">
         <v>1000</v>
       </c>
       <c r="B523" s="3" t="s">
         <v>1001</v>
       </c>
       <c r="C523" s="3">
         <v>6234.15</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F523" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="G523" s="3">
         <v>1</v>
       </c>
       <c r="H523" s="3">
         <v>1</v>
       </c>
       <c r="I523" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="B524" s="3" t="s">
         <v>1003</v>
       </c>
       <c r="C524" s="3">
-        <v>996.95</v>
+        <v>5275.05</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F524" s="3">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="G524" s="3">
         <v>1</v>
       </c>
       <c r="H524" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I524" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="B525" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="C525" s="3">
-        <v>2900.17</v>
+        <v>1445.69</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F525" s="3">
-        <v>99</v>
+        <v>974</v>
       </c>
       <c r="G525" s="3">
         <v>1</v>
       </c>
       <c r="H525" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I525" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="3" t="s">
         <v>1006</v>
       </c>
       <c r="B526" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="C526" s="3">
-        <v>443.99</v>
+        <v>4714.17</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F526" s="3">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="G526" s="3">
         <v>1</v>
       </c>
       <c r="H526" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I526" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A527" s="3" t="s">
         <v>1008</v>
       </c>
       <c r="B527" s="3" t="s">
         <v>1009</v>
       </c>
       <c r="C527" s="3">
-        <v>6047.63</v>
+        <v>1260.07</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F527" s="3">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="G527" s="3">
         <v>1</v>
       </c>
       <c r="H527" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I527" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528" s="3" t="s">
         <v>1010</v>
       </c>
       <c r="B528" s="3" t="s">
         <v>1011</v>
       </c>
       <c r="C528" s="3">
-        <v>11134.01</v>
+        <v>6047.63</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E528" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F528" s="3">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="G528" s="3">
         <v>1</v>
       </c>
       <c r="H528" s="3">
         <v>1</v>
       </c>
       <c r="I528" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A529" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="B529" s="3" t="s">
         <v>1013</v>
       </c>
       <c r="C529" s="3">
-        <v>14122.88</v>
+        <v>10440.52</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E529" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F529" s="3">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="G529" s="3">
         <v>1</v>
       </c>
       <c r="H529" s="3">
         <v>1</v>
       </c>
       <c r="I529" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A530" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="B530" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="C530" s="3">
-        <v>1012.05</v>
+        <v>534.27</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F530" s="3">
-        <v>0</v>
+        <v>152</v>
       </c>
       <c r="G530" s="3">
         <v>1</v>
       </c>
       <c r="H530" s="3">
         <v>30</v>
       </c>
       <c r="I530" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="3" t="s">
         <v>1016</v>
       </c>
       <c r="B531" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="C531" s="3">
-        <v>3111.75</v>
+        <v>1894.22</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F531" s="3">
-        <v>15</v>
+        <v>107</v>
       </c>
       <c r="G531" s="3">
         <v>1</v>
       </c>
       <c r="H531" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I531" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A532" s="3" t="s">
         <v>1018</v>
       </c>
       <c r="B532" s="3" t="s">
         <v>1019</v>
       </c>
       <c r="C532" s="3">
-        <v>498.1</v>
+        <v>647.39</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F532" s="3">
+        <v>28</v>
+      </c>
+      <c r="G532" s="3">
+        <v>1</v>
+      </c>
+      <c r="H532" s="3">
+        <v>25</v>
+      </c>
+      <c r="I532" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A533" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="B533" s="3" t="s">
         <v>1021</v>
       </c>
       <c r="C533" s="3">
-        <v>671.43</v>
+        <v>1622.53</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E533" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F533" s="3">
-        <v>162</v>
+        <v>33</v>
       </c>
       <c r="G533" s="3">
         <v>1</v>
       </c>
       <c r="H533" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I533" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="3" t="s">
         <v>1022</v>
       </c>
       <c r="B534" s="3" t="s">
         <v>1023</v>
       </c>
       <c r="C534" s="3">
-        <v>636.93</v>
+        <v>2900.17</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F534" s="3">
-        <v>165</v>
+        <v>114</v>
       </c>
       <c r="G534" s="3">
         <v>1</v>
       </c>
       <c r="H534" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I534" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535" s="3" t="s">
         <v>1024</v>
       </c>
       <c r="B535" s="3" t="s">
         <v>1025</v>
       </c>
       <c r="C535" s="3">
-        <v>1443.23</v>
+        <v>1622.53</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F535" s="3">
-        <v>138</v>
+        <v>522</v>
       </c>
       <c r="G535" s="3">
         <v>1</v>
       </c>
       <c r="H535" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I535" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="3" t="s">
         <v>1026</v>
       </c>
       <c r="B536" s="3" t="s">
         <v>1027</v>
       </c>
       <c r="C536" s="3">
-        <v>513.32</v>
+        <v>510.36</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E536" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F536" s="3">
-        <v>128</v>
+        <v>108</v>
       </c>
       <c r="G536" s="3">
         <v>1</v>
       </c>
       <c r="H536" s="3">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="I536" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A537" s="3" t="s">
         <v>1028</v>
       </c>
       <c r="B537" s="3" t="s">
         <v>1029</v>
       </c>
       <c r="C537" s="3">
-        <v>471.42</v>
+        <v>5695.77</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E537" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F537" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G537" s="3">
         <v>1</v>
       </c>
       <c r="H537" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I537" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="B538" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="C538" s="3">
-        <v>1260.07</v>
+        <v>12169.93</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F538" s="3">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="G538" s="3">
         <v>1</v>
       </c>
       <c r="H538" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I538" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="3" t="s">
         <v>1032</v>
       </c>
       <c r="B539" s="3" t="s">
         <v>1033</v>
       </c>
       <c r="C539" s="3">
-        <v>351.94</v>
+        <v>688.16</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F539" s="3">
-        <v>185</v>
+        <v>53</v>
       </c>
       <c r="G539" s="3">
         <v>1</v>
       </c>
       <c r="H539" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I539" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A540" s="3" t="s">
+      <c r="A540" s="2" t="s">
         <v>1034</v>
       </c>
-      <c r="B540" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B540" s="2"/>
+      <c r="C540" s="2"/>
+      <c r="D540" s="2"/>
+      <c r="E540" s="2"/>
+      <c r="F540" s="2"/>
+      <c r="G540" s="2"/>
+      <c r="H540" s="2"/>
+      <c r="I540" s="2"/>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B541" s="3" t="s">
         <v>1036</v>
       </c>
-      <c r="B541" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C541" s="3">
-        <v>1445.69</v>
+        <v>580.9</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F541" s="3">
-        <v>140</v>
+        <v>122</v>
       </c>
       <c r="G541" s="3">
         <v>1</v>
       </c>
       <c r="H541" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I541" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B542" s="3" t="s">
         <v>1038</v>
       </c>
-      <c r="B542" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C542" s="3">
-        <v>1144</v>
+        <v>580.9</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E542" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F542" s="3">
-        <v>23</v>
+        <v>1484</v>
       </c>
       <c r="G542" s="3">
         <v>1</v>
       </c>
       <c r="H542" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I542" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B543" s="3" t="s">
         <v>1040</v>
       </c>
-      <c r="B543" s="3" t="s">
+      <c r="C543" s="3">
+        <v>2847.82</v>
+      </c>
+      <c r="D543" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E543" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F543" s="3">
+        <v>465</v>
+      </c>
+      <c r="G543" s="3">
+        <v>1</v>
+      </c>
+      <c r="H543" s="3">
+        <v>60</v>
+      </c>
+      <c r="I543" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="544" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A544" s="2" t="s">
         <v>1041</v>
       </c>
-      <c r="C543" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B544" s="2"/>
+      <c r="C544" s="2"/>
+      <c r="D544" s="2"/>
+      <c r="E544" s="2"/>
+      <c r="F544" s="2"/>
+      <c r="G544" s="2"/>
+      <c r="H544" s="2"/>
+      <c r="I544" s="2"/>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545" s="3" t="s">
-        <v>1044</v>
+        <v>1042</v>
       </c>
       <c r="B545" s="3" t="s">
-        <v>1045</v>
+        <v>1043</v>
       </c>
       <c r="C545" s="3">
-        <v>534.27</v>
+        <v>4182.41</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F545" s="3">
-        <v>275</v>
+        <v>50</v>
       </c>
       <c r="G545" s="3">
         <v>1</v>
       </c>
       <c r="H545" s="3">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="I545" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="3" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="B546" s="3" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="C546" s="3">
-        <v>8155.76</v>
+        <v>7067.57</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F546" s="3">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G546" s="3">
         <v>1</v>
       </c>
       <c r="H546" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I546" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A547" s="3" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="B547" s="3" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="C547" s="3">
-        <v>789.15</v>
+        <v>3369.16</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F547" s="3">
-        <v>94</v>
+        <v>48</v>
       </c>
       <c r="G547" s="3">
         <v>1</v>
       </c>
       <c r="H547" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I547" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B548" s="3" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C548" s="3">
+        <v>5677.02</v>
+      </c>
+      <c r="D548" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E548" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F548" s="3">
+        <v>66</v>
+      </c>
+      <c r="G548" s="3">
+        <v>1</v>
+      </c>
+      <c r="H548" s="3">
+        <v>5</v>
+      </c>
+      <c r="I548" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="549" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A549" s="3" t="s">
         <v>1050</v>
       </c>
-      <c r="B548" s="3" t="s">
+      <c r="B549" s="3" t="s">
         <v>1051</v>
       </c>
-      <c r="C548" s="3">
-[...8 lines deleted...]
-      <c r="F548" s="3">
+      <c r="C549" s="3">
+        <v>14427.51</v>
+      </c>
+      <c r="D549" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E549" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F549" s="3">
         <v>0</v>
       </c>
-      <c r="G548" s="3">
-[...20 lines deleted...]
-      <c r="I549" s="2"/>
+      <c r="G549" s="3">
+        <v>1</v>
+      </c>
+      <c r="H549" s="3">
+        <v>5</v>
+      </c>
+      <c r="I549" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="550" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A550" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B550" s="3" t="s">
         <v>1053</v>
       </c>
-      <c r="B550" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C550" s="3">
-        <v>2847.82</v>
+        <v>3441.6</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E550" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F550" s="3">
-        <v>505</v>
+        <v>15</v>
       </c>
       <c r="G550" s="3">
         <v>1</v>
       </c>
       <c r="H550" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I550" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A551" s="3" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B551" s="3" t="s">
         <v>1055</v>
       </c>
-      <c r="B551" s="3" t="s">
+      <c r="C551" s="3">
+        <v>15782.61</v>
+      </c>
+      <c r="D551" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E551" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F551" s="3">
+        <v>0</v>
+      </c>
+      <c r="G551" s="3">
+        <v>1</v>
+      </c>
+      <c r="H551" s="3">
+        <v>5</v>
+      </c>
+      <c r="I551" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="552" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A552" s="2" t="s">
         <v>1056</v>
       </c>
-      <c r="C551" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B552" s="2"/>
+      <c r="C552" s="2"/>
+      <c r="D552" s="2"/>
+      <c r="E552" s="2"/>
+      <c r="F552" s="2"/>
+      <c r="G552" s="2"/>
+      <c r="H552" s="2"/>
+      <c r="I552" s="2"/>
     </row>
     <row r="553" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A553" s="2" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="B553" s="2"/>
       <c r="C553" s="2"/>
       <c r="D553" s="2"/>
       <c r="E553" s="2"/>
       <c r="F553" s="2"/>
       <c r="G553" s="2"/>
       <c r="H553" s="2"/>
       <c r="I553" s="2"/>
     </row>
     <row r="554" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A554" s="3" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
       <c r="B554" s="3" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="C554" s="3">
-        <v>15782.61</v>
+        <v>512.26</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E554" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F554" s="3">
         <v>0</v>
       </c>
       <c r="G554" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H554" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I554" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A555" s="3" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="B555" s="3" t="s">
-        <v>1063</v>
+        <v>1061</v>
       </c>
       <c r="C555" s="3">
-        <v>14427.51</v>
+        <v>445.78</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E555" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F555" s="3">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="G555" s="3">
         <v>1</v>
       </c>
       <c r="H555" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I555" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="556" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A556" s="3" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="B556" s="3" t="s">
-        <v>1065</v>
+        <v>1063</v>
       </c>
       <c r="C556" s="3">
-        <v>3329.31</v>
+        <v>520</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F556" s="3">
-        <v>13</v>
+        <v>90</v>
       </c>
       <c r="G556" s="3">
         <v>1</v>
       </c>
       <c r="H556" s="3">
         <v>10</v>
       </c>
       <c r="I556" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="557" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A557" s="3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B557" s="3" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C557" s="3">
+        <v>705.78</v>
+      </c>
+      <c r="D557" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E557" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F557" s="3">
+        <v>0</v>
+      </c>
+      <c r="G557" s="3">
+        <v>10</v>
+      </c>
+      <c r="H557" s="3">
+        <v>10</v>
+      </c>
+      <c r="I557" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="558" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A558" s="2" t="s">
         <v>1066</v>
       </c>
-      <c r="B557" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B558" s="2"/>
+      <c r="C558" s="2"/>
+      <c r="D558" s="2"/>
+      <c r="E558" s="2"/>
+      <c r="F558" s="2"/>
+      <c r="G558" s="2"/>
+      <c r="H558" s="2"/>
+      <c r="I558" s="2"/>
     </row>
     <row r="559" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A559" s="3" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="B559" s="3" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="C559" s="3">
-        <v>5491.8</v>
+        <v>95.18</v>
       </c>
       <c r="D559" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E559" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F559" s="3">
-        <v>104</v>
+        <v>60</v>
       </c>
       <c r="G559" s="3">
         <v>1</v>
       </c>
       <c r="H559" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I559" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="560" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A560" s="3" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B560" s="3" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C560" s="3">
+        <v>66.93</v>
+      </c>
+      <c r="D560" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E560" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F560" s="3">
+        <v>467</v>
+      </c>
+      <c r="G560" s="3">
+        <v>1</v>
+      </c>
+      <c r="H560" s="3">
+        <v>100</v>
+      </c>
+      <c r="I560" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="561" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A561" s="3" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B561" s="3" t="s">
         <v>1072</v>
       </c>
-      <c r="B560" s="3" t="s">
+      <c r="C561" s="3">
+        <v>78.47</v>
+      </c>
+      <c r="D561" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E561" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F561" s="3">
+        <v>280</v>
+      </c>
+      <c r="G561" s="3">
+        <v>1</v>
+      </c>
+      <c r="H561" s="3">
+        <v>10</v>
+      </c>
+      <c r="I561" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="562" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A562" s="3" t="s">
         <v>1073</v>
       </c>
-      <c r="C560" s="3">
-[...22 lines deleted...]
-      <c r="A561" s="2" t="s">
+      <c r="B562" s="3" t="s">
         <v>1074</v>
       </c>
-      <c r="B561" s="2"/>
-[...19 lines deleted...]
-      <c r="I562" s="2"/>
+      <c r="C562" s="3">
+        <v>409.56</v>
+      </c>
+      <c r="D562" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E562" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="F562" s="3">
+        <v>0</v>
+      </c>
+      <c r="G562" s="3">
+        <v>1</v>
+      </c>
+      <c r="H562" s="3">
+        <v>50</v>
+      </c>
+      <c r="I562" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="563" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A563" s="3" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B563" s="3" t="s">
         <v>1076</v>
       </c>
-      <c r="B563" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C563" s="3">
-        <v>512.26</v>
+        <v>43.09</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E563" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F563" s="3">
-        <v>0</v>
+        <v>605</v>
       </c>
       <c r="G563" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H563" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I563" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A564" s="3" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B564" s="3" t="s">
         <v>1078</v>
       </c>
-      <c r="B564" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C564" s="3">
-        <v>445.78</v>
+        <v>48.13</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E564" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F564" s="3">
-        <v>158</v>
+        <v>0</v>
       </c>
       <c r="G564" s="3">
         <v>1</v>
       </c>
       <c r="H564" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I564" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="565" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A565" s="3" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B565" s="3" t="s">
         <v>1080</v>
       </c>
-      <c r="B565" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C565" s="3">
-        <v>520</v>
+        <v>87.84</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E565" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F565" s="3">
-        <v>59</v>
+        <v>351</v>
       </c>
       <c r="G565" s="3">
         <v>1</v>
       </c>
       <c r="H565" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I565" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="566" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A566" s="3" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B566" s="3" t="s">
         <v>1082</v>
       </c>
-      <c r="B566" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C566" s="3">
-        <v>705.78</v>
+        <v>106.25</v>
       </c>
       <c r="D566" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E566" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F566" s="3">
-        <v>0</v>
+        <v>2502</v>
       </c>
       <c r="G566" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H566" s="3">
         <v>10</v>
       </c>
       <c r="I566" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="567" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A567" s="2" t="s">
+      <c r="A567" s="3" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B567" s="3" t="s">
         <v>1084</v>
       </c>
-      <c r="B567" s="2"/>
-[...6 lines deleted...]
-      <c r="I567" s="2"/>
+      <c r="C567" s="3">
+        <v>122.58</v>
+      </c>
+      <c r="D567" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E567" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F567" s="3">
+        <v>476</v>
+      </c>
+      <c r="G567" s="3">
+        <v>1</v>
+      </c>
+      <c r="H567" s="3">
+        <v>10</v>
+      </c>
+      <c r="I567" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="568" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A568" s="3" t="s">
         <v>1085</v>
       </c>
       <c r="B568" s="3" t="s">
         <v>1086</v>
       </c>
       <c r="C568" s="3">
-        <v>66.93</v>
+        <v>93.86</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E568" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F568" s="3">
-        <v>783</v>
+        <v>206</v>
       </c>
       <c r="G568" s="3">
         <v>1</v>
       </c>
       <c r="H568" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I568" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="569" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A569" s="3" t="s">
         <v>1087</v>
       </c>
       <c r="B569" s="3" t="s">
         <v>1088</v>
       </c>
       <c r="C569" s="3">
-        <v>78.47</v>
+        <v>97.3</v>
       </c>
       <c r="D569" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E569" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F569" s="3">
-        <v>418</v>
+        <v>1833</v>
       </c>
       <c r="G569" s="3">
         <v>1</v>
       </c>
       <c r="H569" s="3">
         <v>10</v>
       </c>
       <c r="I569" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="570" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A570" s="3" t="s">
         <v>1089</v>
       </c>
       <c r="B570" s="3" t="s">
         <v>1090</v>
       </c>
       <c r="C570" s="3">
-        <v>409.56</v>
+        <v>186.06</v>
       </c>
       <c r="D570" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>335</v>
+        <v>101</v>
       </c>
       <c r="F570" s="3">
-        <v>0</v>
+        <v>272</v>
       </c>
       <c r="G570" s="3">
         <v>1</v>
       </c>
       <c r="H570" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I570" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="571" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A571" s="3" t="s">
         <v>1091</v>
       </c>
       <c r="B571" s="3" t="s">
         <v>1092</v>
       </c>
       <c r="C571" s="3">
-        <v>95.18</v>
+        <v>188.93</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E571" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F571" s="3">
-        <v>376</v>
+        <v>287</v>
       </c>
       <c r="G571" s="3">
         <v>1</v>
       </c>
       <c r="H571" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I571" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="572" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A572" s="3" t="s">
         <v>1093</v>
       </c>
       <c r="B572" s="3" t="s">
         <v>1094</v>
       </c>
       <c r="C572" s="3">
-        <v>186.06</v>
+        <v>142.24</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E572" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F572" s="3">
-        <v>250</v>
+        <v>114</v>
       </c>
       <c r="G572" s="3">
         <v>1</v>
       </c>
       <c r="H572" s="3">
         <v>10</v>
       </c>
       <c r="I572" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="573" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A573" s="3" t="s">
+      <c r="A573" s="2" t="s">
         <v>1095</v>
       </c>
-      <c r="B573" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B573" s="2"/>
+      <c r="C573" s="2"/>
+      <c r="D573" s="2"/>
+      <c r="E573" s="2"/>
+      <c r="F573" s="2"/>
+      <c r="G573" s="2"/>
+      <c r="H573" s="2"/>
+      <c r="I573" s="2"/>
     </row>
     <row r="574" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A574" s="3" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B574" s="3" t="s">
         <v>1097</v>
       </c>
-      <c r="B574" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C574" s="3">
-        <v>97.3</v>
+        <v>78.09</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E574" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F574" s="3">
-        <v>19</v>
+        <v>592</v>
       </c>
       <c r="G574" s="3">
         <v>1</v>
       </c>
       <c r="H574" s="3">
         <v>10</v>
       </c>
       <c r="I574" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="575" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A575" s="3" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B575" s="3" t="s">
         <v>1099</v>
       </c>
-      <c r="B575" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C575" s="3">
-        <v>188.93</v>
+        <v>112.73</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>101</v>
+        <v>313</v>
       </c>
       <c r="F575" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G575" s="3">
         <v>1</v>
       </c>
       <c r="H575" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I575" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="576" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A576" s="3" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="B576" s="3" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="C576" s="3">
-        <v>142.24</v>
+        <v>71.94</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>101</v>
+        <v>313</v>
       </c>
       <c r="F576" s="3">
+        <v>286</v>
+      </c>
+      <c r="G576" s="3">
+        <v>1</v>
+      </c>
+      <c r="H576" s="3">
+        <v>50</v>
+      </c>
+      <c r="I576" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="577" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A577" s="3" t="s">
-        <v>1103</v>
+        <v>1101</v>
       </c>
       <c r="B577" s="3" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="C577" s="3">
-        <v>122.58</v>
+        <v>119.82</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>101</v>
+        <v>313</v>
       </c>
       <c r="F577" s="3">
         <v>0</v>
       </c>
       <c r="G577" s="3">
         <v>1</v>
       </c>
       <c r="H577" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I577" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="578" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A578" s="3" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
       <c r="B578" s="3" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="C578" s="3">
-        <v>93.86</v>
+        <v>39.83</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E578" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F578" s="3">
-        <v>267</v>
+        <v>2124</v>
       </c>
       <c r="G578" s="3">
         <v>1</v>
       </c>
       <c r="H578" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I578" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="579" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A579" s="3" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
       <c r="B579" s="3" t="s">
-        <v>1108</v>
+        <v>1104</v>
       </c>
       <c r="C579" s="3">
-        <v>43.09</v>
+        <v>35.19</v>
       </c>
       <c r="D579" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E579" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F579" s="3">
-        <v>379</v>
+        <v>344</v>
       </c>
       <c r="G579" s="3">
         <v>1</v>
       </c>
       <c r="H579" s="3">
         <v>100</v>
       </c>
       <c r="I579" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="580" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A580" s="3" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="B580" s="3" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="C580" s="3">
-        <v>48.13</v>
+        <v>79.16</v>
       </c>
       <c r="D580" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E580" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F580" s="3">
-        <v>459</v>
+        <v>159</v>
       </c>
       <c r="G580" s="3">
         <v>1</v>
       </c>
       <c r="H580" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I580" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="581" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A581" s="3" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B581" s="3" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C581" s="3">
+        <v>108.14</v>
+      </c>
+      <c r="D581" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E581" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F581" s="3">
+        <v>0</v>
+      </c>
+      <c r="G581" s="3">
+        <v>1</v>
+      </c>
+      <c r="H581" s="3">
+        <v>10</v>
+      </c>
+      <c r="I581" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="582" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A582" s="3" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B582" s="3" t="s">
         <v>1111</v>
       </c>
-      <c r="B581" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I582" s="2"/>
+      <c r="C582" s="3">
+        <v>88.04</v>
+      </c>
+      <c r="D582" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E582" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F582" s="3">
+        <v>0</v>
+      </c>
+      <c r="G582" s="3">
+        <v>1</v>
+      </c>
+      <c r="H582" s="3">
+        <v>10</v>
+      </c>
+      <c r="I582" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="583" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A583" s="3" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B583" s="3" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C583" s="3">
+        <v>62.75</v>
+      </c>
+      <c r="D583" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E583" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F583" s="3">
+        <v>280</v>
+      </c>
+      <c r="G583" s="3">
+        <v>1</v>
+      </c>
+      <c r="H583" s="3">
+        <v>10</v>
+      </c>
+      <c r="I583" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="584" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A584" s="2" t="s">
         <v>1114</v>
       </c>
-      <c r="B583" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B584" s="2"/>
+      <c r="C584" s="2"/>
+      <c r="D584" s="2"/>
+      <c r="E584" s="2"/>
+      <c r="F584" s="2"/>
+      <c r="G584" s="2"/>
+      <c r="H584" s="2"/>
+      <c r="I584" s="2"/>
     </row>
     <row r="585" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A585" s="3" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="B585" s="3" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="C585" s="3">
-        <v>79.16</v>
+        <v>1028.95</v>
       </c>
       <c r="D585" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>101</v>
+        <v>313</v>
       </c>
       <c r="F585" s="3">
-        <v>48</v>
+        <v>128</v>
       </c>
       <c r="G585" s="3">
         <v>1</v>
       </c>
       <c r="H585" s="3">
         <v>10</v>
       </c>
       <c r="I585" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="586" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A586" s="3" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="B586" s="3" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="C586" s="3">
-        <v>108.14</v>
+        <v>1439.09</v>
       </c>
       <c r="D586" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>101</v>
+        <v>313</v>
       </c>
       <c r="F586" s="3">
-        <v>609</v>
+        <v>96</v>
       </c>
       <c r="G586" s="3">
         <v>1</v>
       </c>
       <c r="H586" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I586" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="587" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A587" s="3" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="B587" s="3" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="C587" s="3">
-        <v>88.04</v>
+        <v>2312.47</v>
       </c>
       <c r="D587" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>101</v>
+        <v>313</v>
       </c>
       <c r="F587" s="3">
-        <v>854</v>
+        <v>37</v>
       </c>
       <c r="G587" s="3">
         <v>1</v>
       </c>
       <c r="H587" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I587" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A588" s="3" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="B588" s="3" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="C588" s="3">
-        <v>78.09</v>
+        <v>731.07</v>
       </c>
       <c r="D588" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>101</v>
+        <v>313</v>
       </c>
       <c r="F588" s="3">
-        <v>1209</v>
+        <v>0</v>
       </c>
       <c r="G588" s="3">
         <v>1</v>
       </c>
       <c r="H588" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I588" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="589" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A589" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A589" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B589" s="2"/>
+      <c r="C589" s="2"/>
+      <c r="D589" s="2"/>
+      <c r="E589" s="2"/>
+      <c r="F589" s="2"/>
+      <c r="G589" s="2"/>
+      <c r="H589" s="2"/>
+      <c r="I589" s="2"/>
     </row>
     <row r="590" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A590" s="3" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
       <c r="B590" s="3" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="C590" s="3">
-        <v>71.94</v>
+        <v>185.39</v>
       </c>
       <c r="D590" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E590" s="3" t="s">
-        <v>335</v>
+        <v>101</v>
       </c>
       <c r="F590" s="3">
-        <v>313</v>
+        <v>0</v>
       </c>
       <c r="G590" s="3">
         <v>1</v>
       </c>
       <c r="H590" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I590" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="591" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A591" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A591" s="2" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B591" s="2"/>
+      <c r="C591" s="2"/>
+      <c r="D591" s="2"/>
+      <c r="E591" s="2"/>
+      <c r="F591" s="2"/>
+      <c r="G591" s="2"/>
+      <c r="H591" s="2"/>
+      <c r="I591" s="2"/>
     </row>
     <row r="592" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A592" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A592" s="2" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B592" s="2"/>
+      <c r="C592" s="2"/>
+      <c r="D592" s="2"/>
+      <c r="E592" s="2"/>
+      <c r="F592" s="2"/>
+      <c r="G592" s="2"/>
+      <c r="H592" s="2"/>
+      <c r="I592" s="2"/>
     </row>
     <row r="593" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A593" s="3" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="B593" s="3" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="C593" s="3">
-        <v>35.19</v>
+        <v>4605.93</v>
       </c>
       <c r="D593" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F593" s="3">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="G593" s="3">
         <v>1</v>
       </c>
       <c r="H593" s="3">
+        <v>4</v>
+      </c>
+      <c r="I593" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="594" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A594" s="3" t="s">
-        <v>1134</v>
+        <v>1130</v>
       </c>
       <c r="B594" s="3" t="s">
-        <v>1135</v>
+        <v>1131</v>
       </c>
       <c r="C594" s="3">
-        <v>46.95</v>
+        <v>1682.31</v>
       </c>
       <c r="D594" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F594" s="3">
-        <v>62</v>
+        <v>331</v>
       </c>
       <c r="G594" s="3">
         <v>1</v>
       </c>
       <c r="H594" s="3">
+        <v>10</v>
+      </c>
+      <c r="I594" s="3">
         <v>100</v>
       </c>
-      <c r="I594" s="3">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="595" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A595" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I595" s="2"/>
+      <c r="A595" s="3" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B595" s="3" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C595" s="3">
+        <v>2285.6</v>
+      </c>
+      <c r="D595" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E595" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F595" s="3">
+        <v>573</v>
+      </c>
+      <c r="G595" s="3">
+        <v>1</v>
+      </c>
+      <c r="H595" s="3">
+        <v>8</v>
+      </c>
+      <c r="I595" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="596" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A596" s="3" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="B596" s="3" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
       <c r="C596" s="3">
-        <v>1439.09</v>
+        <v>1635.46</v>
       </c>
       <c r="D596" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>335</v>
+        <v>15</v>
       </c>
       <c r="F596" s="3">
-        <v>118</v>
+        <v>618</v>
       </c>
       <c r="G596" s="3">
         <v>1</v>
       </c>
       <c r="H596" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I596" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="597" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A597" s="3" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="B597" s="3" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="C597" s="3">
-        <v>1028.95</v>
+        <v>7182.9</v>
       </c>
       <c r="D597" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>335</v>
+        <v>15</v>
       </c>
       <c r="F597" s="3">
-        <v>79</v>
+        <v>341</v>
       </c>
       <c r="G597" s="3">
         <v>1</v>
       </c>
       <c r="H597" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I597" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="598" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A598" s="3" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="B598" s="3" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="C598" s="3">
-        <v>2312.47</v>
+        <v>2776.57</v>
       </c>
       <c r="D598" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>335</v>
+        <v>15</v>
       </c>
       <c r="F598" s="3">
-        <v>0</v>
+        <v>298</v>
       </c>
       <c r="G598" s="3">
         <v>1</v>
       </c>
       <c r="H598" s="3">
         <v>6</v>
       </c>
       <c r="I598" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="599" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A599" s="3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B599" s="3" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C599" s="3">
+        <v>5378.36</v>
+      </c>
+      <c r="D599" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E599" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F599" s="3">
+        <v>388</v>
+      </c>
+      <c r="G599" s="3">
+        <v>1</v>
+      </c>
+      <c r="H599" s="3">
+        <v>2</v>
+      </c>
+      <c r="I599" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="600" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A600" s="3" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B600" s="3" t="s">
         <v>1143</v>
       </c>
-      <c r="B599" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I600" s="2"/>
+      <c r="C600" s="3">
+        <v>1075.67</v>
+      </c>
+      <c r="D600" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E600" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F600" s="3">
+        <v>671</v>
+      </c>
+      <c r="G600" s="3">
+        <v>1</v>
+      </c>
+      <c r="H600" s="3">
+        <v>8</v>
+      </c>
+      <c r="I600" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="601" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A601" s="3" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B601" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C601" s="3">
+        <v>1290.81</v>
+      </c>
+      <c r="D601" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E601" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F601" s="3">
+        <v>1149</v>
+      </c>
+      <c r="G601" s="3">
+        <v>1</v>
+      </c>
+      <c r="H601" s="3">
+        <v>8</v>
+      </c>
+      <c r="I601" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="602" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A602" s="3" t="s">
         <v>1146</v>
       </c>
-      <c r="B601" s="3" t="s">
+      <c r="B602" s="3" t="s">
         <v>1147</v>
       </c>
-      <c r="C601" s="3">
-[...32 lines deleted...]
-      <c r="I602" s="2"/>
+      <c r="C602" s="3">
+        <v>1721.08</v>
+      </c>
+      <c r="D602" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E602" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F602" s="3">
+        <v>1823</v>
+      </c>
+      <c r="G602" s="3">
+        <v>1</v>
+      </c>
+      <c r="H602" s="3">
+        <v>8</v>
+      </c>
+      <c r="I602" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="603" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A603" s="3" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B603" s="3" t="s">
         <v>1149</v>
       </c>
-      <c r="B603" s="3" t="s">
+      <c r="C603" s="3">
+        <v>2796.75</v>
+      </c>
+      <c r="D603" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E603" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F603" s="3">
+        <v>1086</v>
+      </c>
+      <c r="G603" s="3">
+        <v>1</v>
+      </c>
+      <c r="H603" s="3">
+        <v>4</v>
+      </c>
+      <c r="I603" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="604" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A604" s="3" t="s">
         <v>1150</v>
       </c>
-      <c r="C603" s="3">
-[...22 lines deleted...]
-      <c r="A604" s="2" t="s">
+      <c r="B604" s="3" t="s">
         <v>1151</v>
       </c>
-      <c r="B604" s="2"/>
-[...6 lines deleted...]
-      <c r="I604" s="2"/>
+      <c r="C604" s="3">
+        <v>3768.35</v>
+      </c>
+      <c r="D604" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E604" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F604" s="3">
+        <v>448</v>
+      </c>
+      <c r="G604" s="3">
+        <v>1</v>
+      </c>
+      <c r="H604" s="3">
+        <v>4</v>
+      </c>
+      <c r="I604" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="605" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A605" s="3" t="s">
         <v>1152</v>
       </c>
       <c r="B605" s="3" t="s">
         <v>1153</v>
       </c>
       <c r="C605" s="3">
-        <v>130.99</v>
+        <v>3657.29</v>
       </c>
       <c r="D605" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E605" s="3" t="s">
-        <v>335</v>
+        <v>15</v>
       </c>
       <c r="F605" s="3">
-        <v>0</v>
+        <v>844</v>
       </c>
       <c r="G605" s="3">
         <v>1</v>
       </c>
       <c r="H605" s="3">
+        <v>4</v>
+      </c>
+      <c r="I605" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="606" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A606" s="3" t="s">
         <v>1154</v>
       </c>
       <c r="B606" s="3" t="s">
         <v>1155</v>
       </c>
       <c r="C606" s="3">
-        <v>91.41</v>
+        <v>2151.35</v>
       </c>
       <c r="D606" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E606" s="3" t="s">
-        <v>335</v>
+        <v>15</v>
       </c>
       <c r="F606" s="3">
-        <v>0</v>
+        <v>1352</v>
       </c>
       <c r="G606" s="3">
         <v>1</v>
       </c>
       <c r="H606" s="3">
+        <v>6</v>
+      </c>
+      <c r="I606" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="607" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A607" s="2" t="s">
         <v>1156</v>
       </c>
       <c r="B607" s="2"/>
       <c r="C607" s="2"/>
       <c r="D607" s="2"/>
       <c r="E607" s="2"/>
       <c r="F607" s="2"/>
       <c r="G607" s="2"/>
       <c r="H607" s="2"/>
       <c r="I607" s="2"/>
     </row>
     <row r="608" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A608" s="2" t="s">
+      <c r="A608" s="3" t="s">
         <v>1157</v>
       </c>
-      <c r="B608" s="2"/>
-[...6 lines deleted...]
-      <c r="I608" s="2"/>
+      <c r="B608" s="3" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C608" s="3">
+        <v>13768.61</v>
+      </c>
+      <c r="D608" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E608" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F608" s="3">
+        <v>43</v>
+      </c>
+      <c r="G608" s="3">
+        <v>1</v>
+      </c>
+      <c r="H608" s="3">
+        <v>1</v>
+      </c>
+      <c r="I608" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="609" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A609" s="3" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="B609" s="3" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="C609" s="3">
-        <v>1075.67</v>
+        <v>7486.69</v>
       </c>
       <c r="D609" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E609" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F609" s="3">
-        <v>274</v>
+        <v>235</v>
       </c>
       <c r="G609" s="3">
         <v>1</v>
       </c>
       <c r="H609" s="3">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I609" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="610" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A610" s="3" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="B610" s="3" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="C610" s="3">
-        <v>1290.81</v>
+        <v>1807.13</v>
       </c>
       <c r="D610" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E610" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F610" s="3">
-        <v>649</v>
+        <v>287</v>
       </c>
       <c r="G610" s="3">
         <v>1</v>
       </c>
       <c r="H610" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I610" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="611" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A611" s="3" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="B611" s="3" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C611" s="3">
-        <v>1721.08</v>
+        <v>1290.81</v>
       </c>
       <c r="D611" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E611" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F611" s="3">
-        <v>4339</v>
+        <v>182</v>
       </c>
       <c r="G611" s="3">
         <v>1</v>
       </c>
       <c r="H611" s="3">
         <v>8</v>
       </c>
       <c r="I611" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="612" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A612" s="3" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="B612" s="3" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="C612" s="3">
-        <v>2796.75</v>
+        <v>1505.94</v>
       </c>
       <c r="D612" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E612" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F612" s="3">
-        <v>437</v>
+        <v>481</v>
       </c>
       <c r="G612" s="3">
         <v>1</v>
       </c>
       <c r="H612" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I612" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="613" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A613" s="3" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="B613" s="3" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="C613" s="3">
-        <v>3768.35</v>
+        <v>2366.48</v>
       </c>
       <c r="D613" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E613" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F613" s="3">
-        <v>561</v>
+        <v>866</v>
       </c>
       <c r="G613" s="3">
         <v>1</v>
       </c>
       <c r="H613" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I613" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="614" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A614" s="3" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="B614" s="3" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="C614" s="3">
-        <v>2151.35</v>
+        <v>3011.89</v>
       </c>
       <c r="D614" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E614" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F614" s="3">
-        <v>494</v>
+        <v>346</v>
       </c>
       <c r="G614" s="3">
         <v>1</v>
       </c>
       <c r="H614" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I614" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="615" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A615" s="3" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="B615" s="3" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="C615" s="3">
-        <v>4605.93</v>
+        <v>4087.56</v>
       </c>
       <c r="D615" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E615" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F615" s="3">
-        <v>282</v>
+        <v>721</v>
       </c>
       <c r="G615" s="3">
         <v>1</v>
       </c>
       <c r="H615" s="3">
         <v>4</v>
       </c>
       <c r="I615" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="616" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A616" s="3" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="B616" s="3" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="C616" s="3">
-        <v>1682.31</v>
+        <v>5270.8</v>
       </c>
       <c r="D616" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E616" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F616" s="3">
-        <v>282</v>
+        <v>72</v>
       </c>
       <c r="G616" s="3">
         <v>1</v>
       </c>
       <c r="H616" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I616" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="617" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A617" s="3" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="B617" s="3" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="C617" s="3">
-        <v>2285.6</v>
+        <v>6238.9</v>
       </c>
       <c r="D617" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E617" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F617" s="3">
-        <v>917</v>
+        <v>483</v>
       </c>
       <c r="G617" s="3">
         <v>1</v>
       </c>
       <c r="H617" s="3">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I617" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="618" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A618" s="3" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="B618" s="3" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="C618" s="3">
-        <v>1635.46</v>
+        <v>12528.14</v>
       </c>
       <c r="D618" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E618" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F618" s="3">
-        <v>434</v>
+        <v>79</v>
       </c>
       <c r="G618" s="3">
         <v>1</v>
       </c>
       <c r="H618" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I618" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="619" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A619" s="3" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="B619" s="3" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="C619" s="3">
-        <v>2776.57</v>
+        <v>3768.35</v>
       </c>
       <c r="D619" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E619" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F619" s="3">
-        <v>167</v>
+        <v>149</v>
       </c>
       <c r="G619" s="3">
         <v>1</v>
       </c>
       <c r="H619" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I619" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="620" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A620" s="3" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="B620" s="3" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="C620" s="3">
-        <v>7182.9</v>
+        <v>13741.8</v>
       </c>
       <c r="D620" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E620" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F620" s="3">
-        <v>294</v>
+        <v>9</v>
       </c>
       <c r="G620" s="3">
         <v>1</v>
       </c>
       <c r="H620" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I620" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="621" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A621" s="3" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="B621" s="3" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="C621" s="3">
-        <v>3657.29</v>
+        <v>7043.5</v>
       </c>
       <c r="D621" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E621" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F621" s="3">
-        <v>697</v>
+        <v>23</v>
       </c>
       <c r="G621" s="3">
         <v>1</v>
       </c>
       <c r="H621" s="3">
         <v>4</v>
       </c>
       <c r="I621" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="622" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A622" s="3" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="B622" s="3" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="C622" s="3">
-        <v>5378.36</v>
+        <v>1548.97</v>
       </c>
       <c r="D622" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E622" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F622" s="3">
-        <v>308</v>
+        <v>171</v>
       </c>
       <c r="G622" s="3">
         <v>1</v>
       </c>
       <c r="H622" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I622" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="623" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A623" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I623" s="2"/>
+      <c r="A623" s="3" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B623" s="3" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C623" s="3">
+        <v>4940.63</v>
+      </c>
+      <c r="D623" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E623" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F623" s="3">
+        <v>223</v>
+      </c>
+      <c r="G623" s="3">
+        <v>1</v>
+      </c>
+      <c r="H623" s="3">
+        <v>4</v>
+      </c>
+      <c r="I623" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="624" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A624" s="3" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="B624" s="3" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="C624" s="3">
         <v>2043.78</v>
       </c>
       <c r="D624" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E624" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F624" s="3">
-        <v>1559</v>
+        <v>2018</v>
       </c>
       <c r="G624" s="3">
         <v>1</v>
       </c>
       <c r="H624" s="3">
         <v>8</v>
       </c>
       <c r="I624" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="625" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A625" s="3" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="B625" s="3" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="C625" s="3">
-        <v>2366.48</v>
+        <v>2932.15</v>
       </c>
       <c r="D625" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E625" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F625" s="3">
-        <v>603</v>
+        <v>343</v>
       </c>
       <c r="G625" s="3">
         <v>1</v>
       </c>
       <c r="H625" s="3">
         <v>6</v>
       </c>
       <c r="I625" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="626" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A626" s="3" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="B626" s="3" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="C626" s="3">
-        <v>3011.89</v>
+        <v>2452.54</v>
       </c>
       <c r="D626" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E626" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F626" s="3">
-        <v>201</v>
+        <v>233</v>
       </c>
       <c r="G626" s="3">
         <v>1</v>
       </c>
       <c r="H626" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I626" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="627" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A627" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A627" s="2" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B627" s="2"/>
+      <c r="C627" s="2"/>
+      <c r="D627" s="2"/>
+      <c r="E627" s="2"/>
+      <c r="F627" s="2"/>
+      <c r="G627" s="2"/>
+      <c r="H627" s="2"/>
+      <c r="I627" s="2"/>
     </row>
     <row r="628" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A628" s="3" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="B628" s="3" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="C628" s="3">
-        <v>13768.61</v>
+        <v>18067.01</v>
       </c>
       <c r="D628" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E628" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F628" s="3">
-        <v>45</v>
+        <v>110</v>
       </c>
       <c r="G628" s="3">
         <v>1</v>
       </c>
       <c r="H628" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I628" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="629" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A629" s="3" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="B629" s="3" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C629" s="3">
-        <v>7486.69</v>
+        <v>13815.95</v>
       </c>
       <c r="D629" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E629" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F629" s="3">
-        <v>168</v>
+        <v>41</v>
       </c>
       <c r="G629" s="3">
         <v>1</v>
       </c>
       <c r="H629" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I629" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="630" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A630" s="3" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="B630" s="3" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="C630" s="3">
-        <v>4940.63</v>
+        <v>46761.66</v>
       </c>
       <c r="D630" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E630" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F630" s="3">
-        <v>192</v>
+        <v>62</v>
       </c>
       <c r="G630" s="3">
         <v>1</v>
       </c>
       <c r="H630" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I630" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="631" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A631" s="3" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="B631" s="3" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="C631" s="3">
-        <v>1807.13</v>
+        <v>10415.1</v>
       </c>
       <c r="D631" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E631" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F631" s="3">
-        <v>134</v>
+        <v>38</v>
       </c>
       <c r="G631" s="3">
         <v>1</v>
       </c>
       <c r="H631" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I631" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="632" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A632" s="3" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="B632" s="3" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="C632" s="3">
-        <v>5270.8</v>
+        <v>7439.36</v>
       </c>
       <c r="D632" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E632" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F632" s="3">
-        <v>1</v>
+        <v>106</v>
       </c>
       <c r="G632" s="3">
         <v>1</v>
       </c>
       <c r="H632" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I632" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="633" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A633" s="3" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="B633" s="3" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="C633" s="3">
-        <v>1548.97</v>
+        <v>31882.95</v>
       </c>
       <c r="D633" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E633" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F633" s="3">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="G633" s="3">
         <v>1</v>
       </c>
       <c r="H633" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I633" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="634" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A634" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B634" s="3" t="s">
+      <c r="A634" s="2" t="s">
         <v>1208</v>
       </c>
-      <c r="C634" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B634" s="2"/>
+      <c r="C634" s="2"/>
+      <c r="D634" s="2"/>
+      <c r="E634" s="2"/>
+      <c r="F634" s="2"/>
+      <c r="G634" s="2"/>
+      <c r="H634" s="2"/>
+      <c r="I634" s="2"/>
     </row>
     <row r="635" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A635" s="3" t="s">
         <v>1209</v>
       </c>
       <c r="B635" s="3" t="s">
         <v>1210</v>
       </c>
       <c r="C635" s="3">
-        <v>1505.94</v>
+        <v>209.88</v>
       </c>
       <c r="D635" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E635" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F635" s="3">
-        <v>336</v>
+        <v>1843</v>
       </c>
       <c r="G635" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H635" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I635" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="636" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A636" s="3" t="s">
         <v>1211</v>
       </c>
       <c r="B636" s="3" t="s">
         <v>1212</v>
       </c>
       <c r="C636" s="3">
-        <v>4087.56</v>
+        <v>940.29</v>
       </c>
       <c r="D636" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E636" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F636" s="3">
-        <v>472</v>
+        <v>355</v>
       </c>
       <c r="G636" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H636" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I636" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="637" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A637" s="3" t="s">
         <v>1213</v>
       </c>
       <c r="B637" s="3" t="s">
         <v>1214</v>
       </c>
       <c r="C637" s="3">
-        <v>6238.9</v>
+        <v>295.42</v>
       </c>
       <c r="D637" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E637" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F637" s="3">
-        <v>146</v>
+        <v>853</v>
       </c>
       <c r="G637" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H637" s="3">
-        <v>2</v>
+        <v>120</v>
       </c>
       <c r="I637" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="638" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A638" s="3" t="s">
         <v>1215</v>
       </c>
       <c r="B638" s="3" t="s">
         <v>1216</v>
       </c>
       <c r="C638" s="3">
-        <v>12528.14</v>
+        <v>626.6</v>
       </c>
       <c r="D638" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E638" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F638" s="3">
-        <v>0</v>
+        <v>1456</v>
       </c>
       <c r="G638" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H638" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I638" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="639" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A639" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="B639" s="3" t="s">
         <v>1218</v>
       </c>
       <c r="C639" s="3">
-        <v>7043.5</v>
+        <v>167.83</v>
       </c>
       <c r="D639" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F639" s="3">
-        <v>27</v>
+        <v>980</v>
       </c>
       <c r="G639" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H639" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I639" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="640" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A640" s="3" t="s">
         <v>1219</v>
       </c>
       <c r="B640" s="3" t="s">
         <v>1220</v>
       </c>
       <c r="C640" s="3">
-        <v>2932.15</v>
+        <v>233</v>
       </c>
       <c r="D640" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E640" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F640" s="3">
-        <v>280</v>
+        <v>1125</v>
       </c>
       <c r="G640" s="3">
         <v>1</v>
       </c>
       <c r="H640" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I640" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="641" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A641" s="3" t="s">
         <v>1221</v>
       </c>
       <c r="B641" s="3" t="s">
         <v>1222</v>
       </c>
       <c r="C641" s="3">
-        <v>13741.8</v>
+        <v>240.25</v>
       </c>
       <c r="D641" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E641" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F641" s="3">
-        <v>17</v>
+        <v>890</v>
       </c>
       <c r="G641" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H641" s="3">
-        <v>1</v>
+        <v>90</v>
       </c>
       <c r="I641" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="642" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A642" s="3" t="s">
         <v>1223</v>
       </c>
       <c r="B642" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="C642" s="3">
-        <v>3768.35</v>
+        <v>722.8</v>
       </c>
       <c r="D642" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E642" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F642" s="3">
-        <v>54</v>
+        <v>437</v>
       </c>
       <c r="G642" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H642" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I642" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="643" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A643" s="2" t="s">
+      <c r="A643" s="3" t="s">
         <v>1225</v>
       </c>
-      <c r="B643" s="2"/>
-[...6 lines deleted...]
-      <c r="I643" s="2"/>
+      <c r="B643" s="3" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C643" s="3">
+        <v>791.03</v>
+      </c>
+      <c r="D643" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E643" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F643" s="3">
+        <v>518</v>
+      </c>
+      <c r="G643" s="3">
+        <v>5</v>
+      </c>
+      <c r="H643" s="3">
+        <v>60</v>
+      </c>
+      <c r="I643" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="644" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A644" s="3" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="B644" s="3" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="C644" s="3">
-        <v>31882.95</v>
+        <v>730.37</v>
       </c>
       <c r="D644" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E644" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F644" s="3">
-        <v>15</v>
+        <v>1015</v>
       </c>
       <c r="G644" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H644" s="3">
-        <v>2</v>
+        <v>70</v>
       </c>
       <c r="I644" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="645" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A645" s="3" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="B645" s="3" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="C645" s="3">
-        <v>46761.66</v>
+        <v>1313.39</v>
       </c>
       <c r="D645" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F645" s="3">
-        <v>66</v>
+        <v>525</v>
       </c>
       <c r="G645" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H645" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I645" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="646" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A646" s="3" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="B646" s="3" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="C646" s="3">
-        <v>7439.36</v>
+        <v>1415.86</v>
       </c>
       <c r="D646" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E646" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F646" s="3">
-        <v>18</v>
+        <v>400</v>
       </c>
       <c r="G646" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H646" s="3">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I646" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="647" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A647" s="3" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="B647" s="3" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="C647" s="3">
-        <v>18067.01</v>
+        <v>2331.72</v>
       </c>
       <c r="D647" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E647" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F647" s="3">
-        <v>32</v>
+        <v>490</v>
       </c>
       <c r="G647" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H647" s="3">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="I647" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="648" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A648" s="3" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="B648" s="3" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="C648" s="3">
-        <v>13815.95</v>
+        <v>307.47</v>
       </c>
       <c r="D648" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E648" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F648" s="3">
-        <v>50</v>
+        <v>1843</v>
       </c>
       <c r="G648" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H648" s="3">
-        <v>4</v>
+        <v>70</v>
       </c>
       <c r="I648" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="649" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A649" s="3" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="B649" s="3" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C649" s="3">
-        <v>10415.1</v>
+        <v>424.94</v>
       </c>
       <c r="D649" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E649" s="3" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="F649" s="3">
-        <v>64</v>
+        <v>1738</v>
       </c>
       <c r="G649" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H649" s="3">
-        <v>6</v>
+        <v>70</v>
       </c>
       <c r="I649" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="650" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A650" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I650" s="2"/>
+      <c r="A650" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B650" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C650" s="3">
+        <v>283.3</v>
+      </c>
+      <c r="D650" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E650" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F650" s="3">
+        <v>630</v>
+      </c>
+      <c r="G650" s="3">
+        <v>5</v>
+      </c>
+      <c r="H650" s="3">
+        <v>110</v>
+      </c>
+      <c r="I650" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="651" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A651" s="3" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="B651" s="3" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="C651" s="3">
-        <v>940.29</v>
+        <v>380.93</v>
       </c>
       <c r="D651" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E651" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F651" s="3">
-        <v>395</v>
+        <v>1348</v>
       </c>
       <c r="G651" s="3">
         <v>5</v>
       </c>
       <c r="H651" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I651" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="652" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A652" s="3" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="B652" s="3" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="C652" s="3">
-        <v>209.88</v>
+        <v>433.17</v>
       </c>
       <c r="D652" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E652" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F652" s="3">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="G652" s="3">
         <v>5</v>
       </c>
       <c r="H652" s="3">
         <v>100</v>
       </c>
       <c r="I652" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="653" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A653" s="3" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="B653" s="3" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="C653" s="3">
-        <v>1313.39</v>
+        <v>545.66</v>
       </c>
       <c r="D653" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E653" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F653" s="3">
-        <v>550</v>
+        <v>1219</v>
       </c>
       <c r="G653" s="3">
         <v>5</v>
       </c>
       <c r="H653" s="3">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="I653" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="654" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A654" s="3" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="B654" s="3" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="C654" s="3">
-        <v>295.42</v>
+        <v>451.28</v>
       </c>
       <c r="D654" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E654" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F654" s="3">
-        <v>316</v>
+        <v>2025</v>
       </c>
       <c r="G654" s="3">
         <v>5</v>
       </c>
       <c r="H654" s="3">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="I654" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="655" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A655" s="3" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="B655" s="3" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="C655" s="3">
-        <v>451.28</v>
+        <v>539.71</v>
       </c>
       <c r="D655" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E655" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F655" s="3">
-        <v>2356</v>
+        <v>648</v>
       </c>
       <c r="G655" s="3">
         <v>5</v>
       </c>
       <c r="H655" s="3">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="I655" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="656" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A656" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A656" s="2" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B656" s="2"/>
+      <c r="C656" s="2"/>
+      <c r="D656" s="2"/>
+      <c r="E656" s="2"/>
+      <c r="F656" s="2"/>
+      <c r="G656" s="2"/>
+      <c r="H656" s="2"/>
+      <c r="I656" s="2"/>
     </row>
     <row r="657" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A657" s="3" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B657" s="3" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="C657" s="3">
-        <v>167.83</v>
+        <v>1653.8</v>
       </c>
       <c r="D657" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E657" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F657" s="3">
-        <v>1128</v>
+        <v>224</v>
       </c>
       <c r="G657" s="3">
         <v>5</v>
       </c>
       <c r="H657" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I657" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="658" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A658" s="3" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="B658" s="3" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="C658" s="3">
-        <v>424.94</v>
+        <v>780.81</v>
       </c>
       <c r="D658" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E658" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F658" s="3">
-        <v>1393</v>
+        <v>88</v>
       </c>
       <c r="G658" s="3">
         <v>5</v>
       </c>
       <c r="H658" s="3">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="I658" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="659" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A659" s="3" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="B659" s="3" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="C659" s="3">
-        <v>283.3</v>
+        <v>938.66</v>
       </c>
       <c r="D659" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E659" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F659" s="3">
-        <v>560</v>
+        <v>0</v>
       </c>
       <c r="G659" s="3">
         <v>5</v>
       </c>
       <c r="H659" s="3">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="I659" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="660" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A660" s="3" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="B660" s="3" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="C660" s="3">
-        <v>380.93</v>
+        <v>1188.76</v>
       </c>
       <c r="D660" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E660" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F660" s="3">
-        <v>998</v>
+        <v>221</v>
       </c>
       <c r="G660" s="3">
         <v>5</v>
       </c>
       <c r="H660" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I660" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="661" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A661" s="3" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="B661" s="3" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="C661" s="3">
-        <v>433.17</v>
+        <v>355.5</v>
       </c>
       <c r="D661" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E661" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F661" s="3">
-        <v>1639</v>
+        <v>0</v>
       </c>
       <c r="G661" s="3">
         <v>5</v>
       </c>
       <c r="H661" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I661" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="662" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A662" s="3" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B662" s="3" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C662" s="3">
-        <v>545.66</v>
+        <v>848.02</v>
       </c>
       <c r="D662" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E662" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F662" s="3">
-        <v>1459</v>
+        <v>16</v>
       </c>
       <c r="G662" s="3">
         <v>5</v>
       </c>
       <c r="H662" s="3">
         <v>70</v>
       </c>
       <c r="I662" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="663" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A663" s="3" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="B663" s="3" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="C663" s="3">
-        <v>539.71</v>
+        <v>1035.59</v>
       </c>
       <c r="D663" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E663" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F663" s="3">
-        <v>740</v>
+        <v>233</v>
       </c>
       <c r="G663" s="3">
         <v>5</v>
       </c>
       <c r="H663" s="3">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="I663" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="664" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A664" s="3" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="B664" s="3" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="C664" s="3">
-        <v>233</v>
+        <v>2750.13</v>
       </c>
       <c r="D664" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E664" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F664" s="3">
-        <v>1268</v>
+        <v>237</v>
       </c>
       <c r="G664" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H664" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I664" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="665" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A665" s="3" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="B665" s="3" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="C665" s="3">
-        <v>240.25</v>
+        <v>787.16</v>
       </c>
       <c r="D665" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E665" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F665" s="3">
-        <v>432</v>
+        <v>273</v>
       </c>
       <c r="G665" s="3">
         <v>5</v>
       </c>
       <c r="H665" s="3">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="I665" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="666" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A666" s="3" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="B666" s="3" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="C666" s="3">
-        <v>307.47</v>
+        <v>707.29</v>
       </c>
       <c r="D666" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E666" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F666" s="3">
-        <v>2116</v>
+        <v>656</v>
       </c>
       <c r="G666" s="3">
         <v>5</v>
       </c>
       <c r="H666" s="3">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="I666" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="667" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A667" s="3" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="B667" s="3" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="C667" s="3">
-        <v>722.8</v>
+        <v>878.67</v>
       </c>
       <c r="D667" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E667" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F667" s="3">
-        <v>1647</v>
+        <v>407</v>
       </c>
       <c r="G667" s="3">
         <v>5</v>
       </c>
       <c r="H667" s="3">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="I667" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="668" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A668" s="3" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="B668" s="3" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="C668" s="3">
-        <v>791.03</v>
+        <v>1014.1</v>
       </c>
       <c r="D668" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E668" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F668" s="3">
-        <v>418</v>
+        <v>533</v>
       </c>
       <c r="G668" s="3">
         <v>5</v>
       </c>
       <c r="H668" s="3">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="I668" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="669" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A669" s="3" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="B669" s="3" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="C669" s="3">
-        <v>1415.86</v>
+        <v>1788.62</v>
       </c>
       <c r="D669" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E669" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F669" s="3">
-        <v>518</v>
+        <v>153</v>
       </c>
       <c r="G669" s="3">
         <v>5</v>
       </c>
       <c r="H669" s="3">
         <v>40</v>
       </c>
       <c r="I669" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="670" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A670" s="3" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="B670" s="3" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="C670" s="3">
-        <v>2331.72</v>
+        <v>2716.56</v>
       </c>
       <c r="D670" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E670" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F670" s="3">
-        <v>345</v>
+        <v>193</v>
       </c>
       <c r="G670" s="3">
         <v>5</v>
       </c>
       <c r="H670" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I670" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="671" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A671" s="3" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="B671" s="3" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="C671" s="3">
-        <v>730.37</v>
+        <v>4328.13</v>
       </c>
       <c r="D671" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E671" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F671" s="3">
-        <v>760</v>
+        <v>665</v>
       </c>
       <c r="G671" s="3">
         <v>5</v>
       </c>
       <c r="H671" s="3">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="I671" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="672" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A672" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I672" s="2"/>
+      <c r="A672" s="3" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B672" s="3" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C672" s="3">
+        <v>1035.88</v>
+      </c>
+      <c r="D672" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E672" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F672" s="3">
+        <v>117</v>
+      </c>
+      <c r="G672" s="3">
+        <v>5</v>
+      </c>
+      <c r="H672" s="3">
+        <v>50</v>
+      </c>
+      <c r="I672" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="673" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A673" s="3" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="B673" s="3" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="C673" s="3">
-        <v>1653.8</v>
+        <v>1354.33</v>
       </c>
       <c r="D673" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E673" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F673" s="3">
-        <v>236</v>
+        <v>718</v>
       </c>
       <c r="G673" s="3">
         <v>5</v>
       </c>
       <c r="H673" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I673" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="674" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A674" s="3" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="B674" s="3" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="C674" s="3">
-        <v>2368.76</v>
+        <v>1498.23</v>
       </c>
       <c r="D674" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E674" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F674" s="3">
-        <v>90</v>
+        <v>339</v>
       </c>
       <c r="G674" s="3">
         <v>5</v>
       </c>
       <c r="H674" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I674" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="675" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A675" s="3" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="B675" s="3" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="C675" s="3">
-        <v>938.66</v>
+        <v>2368.76</v>
       </c>
       <c r="D675" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E675" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F675" s="3">
-        <v>0</v>
+        <v>194</v>
       </c>
       <c r="G675" s="3">
         <v>5</v>
       </c>
       <c r="H675" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I675" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="676" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A676" s="3" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="B676" s="3" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="C676" s="3">
-        <v>841.5</v>
+        <v>190.76</v>
       </c>
       <c r="D676" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E676" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F676" s="3">
-        <v>272</v>
+        <v>84</v>
       </c>
       <c r="G676" s="3">
         <v>5</v>
       </c>
       <c r="H676" s="3">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="I676" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="677" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A677" s="3" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="B677" s="3" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="C677" s="3">
-        <v>878.67</v>
+        <v>243.35</v>
       </c>
       <c r="D677" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E677" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F677" s="3">
-        <v>414</v>
+        <v>505</v>
       </c>
       <c r="G677" s="3">
         <v>5</v>
       </c>
       <c r="H677" s="3">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I677" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="678" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A678" s="3" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="B678" s="3" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="C678" s="3">
-        <v>1788.62</v>
+        <v>285.89</v>
       </c>
       <c r="D678" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E678" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F678" s="3">
-        <v>164</v>
+        <v>1024</v>
       </c>
       <c r="G678" s="3">
         <v>5</v>
       </c>
       <c r="H678" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I678" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="679" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A679" s="3" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="B679" s="3" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="C679" s="3">
-        <v>243.35</v>
+        <v>344.97</v>
       </c>
       <c r="D679" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E679" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F679" s="3">
-        <v>522</v>
+        <v>1196</v>
       </c>
       <c r="G679" s="3">
         <v>5</v>
       </c>
       <c r="H679" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I679" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="680" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A680" s="3" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="B680" s="3" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="C680" s="3">
-        <v>285.89</v>
+        <v>345.63</v>
       </c>
       <c r="D680" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E680" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F680" s="3">
-        <v>1053</v>
+        <v>276</v>
       </c>
       <c r="G680" s="3">
         <v>5</v>
       </c>
       <c r="H680" s="3">
         <v>80</v>
       </c>
       <c r="I680" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="681" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A681" s="3" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="B681" s="3" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="C681" s="3">
-        <v>344.97</v>
+        <v>448.17</v>
       </c>
       <c r="D681" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E681" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F681" s="3">
-        <v>904</v>
+        <v>676</v>
       </c>
       <c r="G681" s="3">
         <v>5</v>
       </c>
       <c r="H681" s="3">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="I681" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="682" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A682" s="3" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="B682" s="3" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="C682" s="3">
-        <v>345.63</v>
+        <v>464.66</v>
       </c>
       <c r="D682" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E682" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F682" s="3">
-        <v>289</v>
+        <v>576</v>
       </c>
       <c r="G682" s="3">
         <v>5</v>
       </c>
       <c r="H682" s="3">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="I682" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="683" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A683" s="3" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="B683" s="3" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="C683" s="3">
-        <v>464.66</v>
+        <v>659.06</v>
       </c>
       <c r="D683" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E683" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F683" s="3">
-        <v>591</v>
+        <v>256</v>
       </c>
       <c r="G683" s="3">
         <v>5</v>
       </c>
       <c r="H683" s="3">
         <v>70</v>
       </c>
       <c r="I683" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="684" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A684" s="3" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="B684" s="3" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="C684" s="3">
-        <v>659.06</v>
+        <v>841.5</v>
       </c>
       <c r="D684" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E684" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F684" s="3">
-        <v>127</v>
+        <v>199</v>
       </c>
       <c r="G684" s="3">
         <v>5</v>
       </c>
       <c r="H684" s="3">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I684" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="685" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A685" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A685" s="2" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B685" s="2"/>
+      <c r="C685" s="2"/>
+      <c r="D685" s="2"/>
+      <c r="E685" s="2"/>
+      <c r="F685" s="2"/>
+      <c r="G685" s="2"/>
+      <c r="H685" s="2"/>
+      <c r="I685" s="2"/>
     </row>
     <row r="686" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A686" s="3" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="B686" s="3" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="C686" s="3">
-        <v>448.17</v>
+        <v>12692.94</v>
       </c>
       <c r="D686" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E686" s="3" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F686" s="3">
-        <v>443</v>
+        <v>116</v>
       </c>
       <c r="G686" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H686" s="3">
-        <v>90</v>
+        <v>2</v>
       </c>
       <c r="I686" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="687" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A687" s="3" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="B687" s="3" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="C687" s="3">
-        <v>355.5</v>
+        <v>12692.94</v>
       </c>
       <c r="D687" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E687" s="3" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F687" s="3">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="G687" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H687" s="3">
-        <v>70</v>
+        <v>2</v>
       </c>
       <c r="I687" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="688" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A688" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B688" s="3" t="s">
+      <c r="A688" s="2" t="s">
         <v>1313</v>
       </c>
-      <c r="C688" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B688" s="2"/>
+      <c r="C688" s="2"/>
+      <c r="D688" s="2"/>
+      <c r="E688" s="2"/>
+      <c r="F688" s="2"/>
+      <c r="G688" s="2"/>
+      <c r="H688" s="2"/>
+      <c r="I688" s="2"/>
     </row>
     <row r="689" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A689" s="3" t="s">
         <v>1314</v>
       </c>
       <c r="B689" s="3" t="s">
         <v>1315</v>
       </c>
       <c r="C689" s="3">
-        <v>707.29</v>
+        <v>3924</v>
       </c>
       <c r="D689" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E689" s="3" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F689" s="3">
-        <v>426</v>
+        <v>120</v>
       </c>
       <c r="G689" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H689" s="3">
-        <v>80</v>
+        <v>8</v>
       </c>
       <c r="I689" s="3">
-        <v>10</v>
-[...359 lines deleted...]
-      <c r="I702" s="3">
         <v>100</v>
       </c>
     </row>
-    <row r="703" spans="1:9" x14ac:dyDescent="0.25">
-[...69 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="74">
+  <mergeCells count="72">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A14:I14"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A29:I29"/>
     <mergeCell ref="A40:I40"/>
     <mergeCell ref="A46:I46"/>
     <mergeCell ref="A57:I57"/>
     <mergeCell ref="A60:I60"/>
     <mergeCell ref="A63:I63"/>
     <mergeCell ref="A65:I65"/>
     <mergeCell ref="A68:I68"/>
     <mergeCell ref="A75:I75"/>
     <mergeCell ref="A76:I76"/>
     <mergeCell ref="A90:I90"/>
-    <mergeCell ref="A105:I105"/>
-    <mergeCell ref="A128:I128"/>
+    <mergeCell ref="A104:I104"/>
+    <mergeCell ref="A127:I127"/>
+    <mergeCell ref="A155:I155"/>
     <mergeCell ref="A156:I156"/>
-    <mergeCell ref="A157:I157"/>
-[...9 lines deleted...]
-    <mergeCell ref="A246:I246"/>
+    <mergeCell ref="A177:I177"/>
+    <mergeCell ref="A183:I183"/>
+    <mergeCell ref="A189:I189"/>
+    <mergeCell ref="A194:I194"/>
+    <mergeCell ref="A202:I202"/>
+    <mergeCell ref="A203:I203"/>
+    <mergeCell ref="A210:I210"/>
+    <mergeCell ref="A211:I211"/>
+    <mergeCell ref="A236:I236"/>
+    <mergeCell ref="A238:I238"/>
     <mergeCell ref="A251:I251"/>
-    <mergeCell ref="A253:I253"/>
-[...4 lines deleted...]
-    <mergeCell ref="A302:I302"/>
+    <mergeCell ref="A256:I256"/>
+    <mergeCell ref="A258:I258"/>
+    <mergeCell ref="A264:I264"/>
+    <mergeCell ref="A275:I275"/>
+    <mergeCell ref="A294:I294"/>
+    <mergeCell ref="A295:I295"/>
     <mergeCell ref="A303:I303"/>
-    <mergeCell ref="A312:I312"/>
-[...3 lines deleted...]
-    <mergeCell ref="A336:I336"/>
+    <mergeCell ref="A316:I316"/>
+    <mergeCell ref="A323:I323"/>
+    <mergeCell ref="A326:I326"/>
+    <mergeCell ref="A329:I329"/>
+    <mergeCell ref="A330:I330"/>
+    <mergeCell ref="A390:I390"/>
     <mergeCell ref="A399:I399"/>
-    <mergeCell ref="A408:I408"/>
-[...11 lines deleted...]
-    <mergeCell ref="A549:I549"/>
+    <mergeCell ref="A405:I405"/>
+    <mergeCell ref="A406:I406"/>
+    <mergeCell ref="A427:I427"/>
+    <mergeCell ref="A431:I431"/>
+    <mergeCell ref="A434:I434"/>
+    <mergeCell ref="A438:I438"/>
+    <mergeCell ref="A439:I439"/>
+    <mergeCell ref="A460:I460"/>
+    <mergeCell ref="A462:I462"/>
+    <mergeCell ref="A486:I486"/>
+    <mergeCell ref="A489:I489"/>
+    <mergeCell ref="A540:I540"/>
+    <mergeCell ref="A544:I544"/>
+    <mergeCell ref="A552:I552"/>
     <mergeCell ref="A553:I553"/>
-    <mergeCell ref="A561:I561"/>
-[...6 lines deleted...]
-    <mergeCell ref="A604:I604"/>
+    <mergeCell ref="A558:I558"/>
+    <mergeCell ref="A573:I573"/>
+    <mergeCell ref="A584:I584"/>
+    <mergeCell ref="A589:I589"/>
+    <mergeCell ref="A591:I591"/>
+    <mergeCell ref="A592:I592"/>
     <mergeCell ref="A607:I607"/>
-    <mergeCell ref="A608:I608"/>
-[...5 lines deleted...]
-    <mergeCell ref="A704:I704"/>
+    <mergeCell ref="A627:I627"/>
+    <mergeCell ref="A634:I634"/>
+    <mergeCell ref="A656:I656"/>
+    <mergeCell ref="A685:I685"/>
+    <mergeCell ref="A688:I688"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D15" r:id="rId10"/>
     <hyperlink ref="D16" r:id="rId11"/>
     <hyperlink ref="D17" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D20" r:id="rId14"/>
     <hyperlink ref="D21" r:id="rId15"/>
     <hyperlink ref="D22" r:id="rId16"/>
     <hyperlink ref="D23" r:id="rId17"/>
     <hyperlink ref="D24" r:id="rId18"/>
     <hyperlink ref="D25" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D30" r:id="rId23"/>
@@ -23919,256 +23395,256 @@
     <hyperlink ref="D78" r:id="rId62"/>
     <hyperlink ref="D79" r:id="rId63"/>
     <hyperlink ref="D80" r:id="rId64"/>
     <hyperlink ref="D81" r:id="rId65"/>
     <hyperlink ref="D82" r:id="rId66"/>
     <hyperlink ref="D83" r:id="rId67"/>
     <hyperlink ref="D84" r:id="rId68"/>
     <hyperlink ref="D85" r:id="rId69"/>
     <hyperlink ref="D86" r:id="rId70"/>
     <hyperlink ref="D87" r:id="rId71"/>
     <hyperlink ref="D88" r:id="rId72"/>
     <hyperlink ref="D89" r:id="rId73"/>
     <hyperlink ref="D91" r:id="rId74"/>
     <hyperlink ref="D92" r:id="rId75"/>
     <hyperlink ref="D93" r:id="rId76"/>
     <hyperlink ref="D94" r:id="rId77"/>
     <hyperlink ref="D95" r:id="rId78"/>
     <hyperlink ref="D96" r:id="rId79"/>
     <hyperlink ref="D97" r:id="rId80"/>
     <hyperlink ref="D98" r:id="rId81"/>
     <hyperlink ref="D99" r:id="rId82"/>
     <hyperlink ref="D100" r:id="rId83"/>
     <hyperlink ref="D101" r:id="rId84"/>
     <hyperlink ref="D102" r:id="rId85"/>
     <hyperlink ref="D103" r:id="rId86"/>
-    <hyperlink ref="D104" r:id="rId87"/>
+    <hyperlink ref="D105" r:id="rId87"/>
     <hyperlink ref="D106" r:id="rId88"/>
     <hyperlink ref="D107" r:id="rId89"/>
     <hyperlink ref="D108" r:id="rId90"/>
     <hyperlink ref="D109" r:id="rId91"/>
     <hyperlink ref="D110" r:id="rId92"/>
     <hyperlink ref="D111" r:id="rId93"/>
     <hyperlink ref="D112" r:id="rId94"/>
     <hyperlink ref="D113" r:id="rId95"/>
     <hyperlink ref="D114" r:id="rId96"/>
     <hyperlink ref="D115" r:id="rId97"/>
     <hyperlink ref="D116" r:id="rId98"/>
     <hyperlink ref="D117" r:id="rId99"/>
     <hyperlink ref="D118" r:id="rId100"/>
     <hyperlink ref="D119" r:id="rId101"/>
     <hyperlink ref="D120" r:id="rId102"/>
     <hyperlink ref="D121" r:id="rId103"/>
     <hyperlink ref="D122" r:id="rId104"/>
     <hyperlink ref="D123" r:id="rId105"/>
     <hyperlink ref="D124" r:id="rId106"/>
     <hyperlink ref="D125" r:id="rId107"/>
     <hyperlink ref="D126" r:id="rId108"/>
-    <hyperlink ref="D127" r:id="rId109"/>
+    <hyperlink ref="D128" r:id="rId109"/>
     <hyperlink ref="D129" r:id="rId110"/>
     <hyperlink ref="D130" r:id="rId111"/>
     <hyperlink ref="D131" r:id="rId112"/>
     <hyperlink ref="D132" r:id="rId113"/>
     <hyperlink ref="D133" r:id="rId114"/>
     <hyperlink ref="D134" r:id="rId115"/>
     <hyperlink ref="D135" r:id="rId116"/>
     <hyperlink ref="D136" r:id="rId117"/>
     <hyperlink ref="D137" r:id="rId118"/>
     <hyperlink ref="D138" r:id="rId119"/>
     <hyperlink ref="D139" r:id="rId120"/>
     <hyperlink ref="D140" r:id="rId121"/>
     <hyperlink ref="D141" r:id="rId122"/>
     <hyperlink ref="D142" r:id="rId123"/>
     <hyperlink ref="D143" r:id="rId124"/>
     <hyperlink ref="D144" r:id="rId125"/>
     <hyperlink ref="D145" r:id="rId126"/>
     <hyperlink ref="D146" r:id="rId127"/>
     <hyperlink ref="D147" r:id="rId128"/>
     <hyperlink ref="D148" r:id="rId129"/>
     <hyperlink ref="D149" r:id="rId130"/>
     <hyperlink ref="D150" r:id="rId131"/>
     <hyperlink ref="D151" r:id="rId132"/>
     <hyperlink ref="D152" r:id="rId133"/>
     <hyperlink ref="D153" r:id="rId134"/>
     <hyperlink ref="D154" r:id="rId135"/>
-    <hyperlink ref="D155" r:id="rId136"/>
+    <hyperlink ref="D157" r:id="rId136"/>
     <hyperlink ref="D158" r:id="rId137"/>
     <hyperlink ref="D159" r:id="rId138"/>
     <hyperlink ref="D160" r:id="rId139"/>
     <hyperlink ref="D161" r:id="rId140"/>
     <hyperlink ref="D162" r:id="rId141"/>
     <hyperlink ref="D163" r:id="rId142"/>
     <hyperlink ref="D164" r:id="rId143"/>
     <hyperlink ref="D165" r:id="rId144"/>
     <hyperlink ref="D166" r:id="rId145"/>
     <hyperlink ref="D167" r:id="rId146"/>
     <hyperlink ref="D168" r:id="rId147"/>
     <hyperlink ref="D169" r:id="rId148"/>
     <hyperlink ref="D170" r:id="rId149"/>
     <hyperlink ref="D171" r:id="rId150"/>
     <hyperlink ref="D172" r:id="rId151"/>
     <hyperlink ref="D173" r:id="rId152"/>
     <hyperlink ref="D174" r:id="rId153"/>
     <hyperlink ref="D175" r:id="rId154"/>
     <hyperlink ref="D176" r:id="rId155"/>
-    <hyperlink ref="D177" r:id="rId156"/>
+    <hyperlink ref="D178" r:id="rId156"/>
     <hyperlink ref="D179" r:id="rId157"/>
     <hyperlink ref="D180" r:id="rId158"/>
     <hyperlink ref="D181" r:id="rId159"/>
     <hyperlink ref="D182" r:id="rId160"/>
-    <hyperlink ref="D183" r:id="rId161"/>
+    <hyperlink ref="D184" r:id="rId161"/>
     <hyperlink ref="D185" r:id="rId162"/>
     <hyperlink ref="D186" r:id="rId163"/>
     <hyperlink ref="D187" r:id="rId164"/>
     <hyperlink ref="D188" r:id="rId165"/>
-    <hyperlink ref="D189" r:id="rId166"/>
+    <hyperlink ref="D190" r:id="rId166"/>
     <hyperlink ref="D191" r:id="rId167"/>
     <hyperlink ref="D192" r:id="rId168"/>
     <hyperlink ref="D193" r:id="rId169"/>
-    <hyperlink ref="D194" r:id="rId170"/>
-    <hyperlink ref="D195" r:id="rId171"/>
+    <hyperlink ref="D195" r:id="rId170"/>
+    <hyperlink ref="D196" r:id="rId171"/>
     <hyperlink ref="D197" r:id="rId172"/>
     <hyperlink ref="D198" r:id="rId173"/>
     <hyperlink ref="D199" r:id="rId174"/>
     <hyperlink ref="D200" r:id="rId175"/>
     <hyperlink ref="D201" r:id="rId176"/>
-    <hyperlink ref="D202" r:id="rId177"/>
-[...24 lines deleted...]
-    <hyperlink ref="D230" r:id="rId202"/>
+    <hyperlink ref="D204" r:id="rId177"/>
+    <hyperlink ref="D205" r:id="rId178"/>
+    <hyperlink ref="D206" r:id="rId179"/>
+    <hyperlink ref="D207" r:id="rId180"/>
+    <hyperlink ref="D208" r:id="rId181"/>
+    <hyperlink ref="D209" r:id="rId182"/>
+    <hyperlink ref="D212" r:id="rId183"/>
+    <hyperlink ref="D213" r:id="rId184"/>
+    <hyperlink ref="D214" r:id="rId185"/>
+    <hyperlink ref="D215" r:id="rId186"/>
+    <hyperlink ref="D216" r:id="rId187"/>
+    <hyperlink ref="D217" r:id="rId188"/>
+    <hyperlink ref="D218" r:id="rId189"/>
+    <hyperlink ref="D219" r:id="rId190"/>
+    <hyperlink ref="D220" r:id="rId191"/>
+    <hyperlink ref="D221" r:id="rId192"/>
+    <hyperlink ref="D222" r:id="rId193"/>
+    <hyperlink ref="D223" r:id="rId194"/>
+    <hyperlink ref="D224" r:id="rId195"/>
+    <hyperlink ref="D225" r:id="rId196"/>
+    <hyperlink ref="D226" r:id="rId197"/>
+    <hyperlink ref="D227" r:id="rId198"/>
+    <hyperlink ref="D228" r:id="rId199"/>
+    <hyperlink ref="D229" r:id="rId200"/>
+    <hyperlink ref="D230" r:id="rId201"/>
+    <hyperlink ref="D231" r:id="rId202"/>
     <hyperlink ref="D232" r:id="rId203"/>
-    <hyperlink ref="D234" r:id="rId204"/>
-[...1 lines deleted...]
-    <hyperlink ref="D236" r:id="rId206"/>
+    <hyperlink ref="D233" r:id="rId204"/>
+    <hyperlink ref="D234" r:id="rId205"/>
+    <hyperlink ref="D235" r:id="rId206"/>
     <hyperlink ref="D237" r:id="rId207"/>
-    <hyperlink ref="D238" r:id="rId208"/>
-[...6 lines deleted...]
-    <hyperlink ref="D245" r:id="rId215"/>
+    <hyperlink ref="D239" r:id="rId208"/>
+    <hyperlink ref="D240" r:id="rId209"/>
+    <hyperlink ref="D241" r:id="rId210"/>
+    <hyperlink ref="D242" r:id="rId211"/>
+    <hyperlink ref="D243" r:id="rId212"/>
+    <hyperlink ref="D244" r:id="rId213"/>
+    <hyperlink ref="D245" r:id="rId214"/>
+    <hyperlink ref="D246" r:id="rId215"/>
     <hyperlink ref="D247" r:id="rId216"/>
     <hyperlink ref="D248" r:id="rId217"/>
     <hyperlink ref="D249" r:id="rId218"/>
     <hyperlink ref="D250" r:id="rId219"/>
     <hyperlink ref="D252" r:id="rId220"/>
-    <hyperlink ref="D254" r:id="rId221"/>
-[...1 lines deleted...]
-    <hyperlink ref="D256" r:id="rId223"/>
+    <hyperlink ref="D253" r:id="rId221"/>
+    <hyperlink ref="D254" r:id="rId222"/>
+    <hyperlink ref="D255" r:id="rId223"/>
     <hyperlink ref="D257" r:id="rId224"/>
-    <hyperlink ref="D258" r:id="rId225"/>
+    <hyperlink ref="D259" r:id="rId225"/>
     <hyperlink ref="D260" r:id="rId226"/>
     <hyperlink ref="D261" r:id="rId227"/>
     <hyperlink ref="D262" r:id="rId228"/>
     <hyperlink ref="D263" r:id="rId229"/>
-    <hyperlink ref="D264" r:id="rId230"/>
-[...5 lines deleted...]
-    <hyperlink ref="D270" r:id="rId236"/>
+    <hyperlink ref="D265" r:id="rId230"/>
+    <hyperlink ref="D266" r:id="rId231"/>
+    <hyperlink ref="D267" r:id="rId232"/>
+    <hyperlink ref="D268" r:id="rId233"/>
+    <hyperlink ref="D269" r:id="rId234"/>
+    <hyperlink ref="D270" r:id="rId235"/>
+    <hyperlink ref="D271" r:id="rId236"/>
     <hyperlink ref="D272" r:id="rId237"/>
     <hyperlink ref="D273" r:id="rId238"/>
-    <hyperlink ref="D275" r:id="rId239"/>
+    <hyperlink ref="D274" r:id="rId239"/>
     <hyperlink ref="D276" r:id="rId240"/>
     <hyperlink ref="D277" r:id="rId241"/>
     <hyperlink ref="D278" r:id="rId242"/>
     <hyperlink ref="D279" r:id="rId243"/>
     <hyperlink ref="D280" r:id="rId244"/>
-    <hyperlink ref="D282" r:id="rId245"/>
-[...18 lines deleted...]
-    <hyperlink ref="D301" r:id="rId264"/>
+    <hyperlink ref="D281" r:id="rId245"/>
+    <hyperlink ref="D282" r:id="rId246"/>
+    <hyperlink ref="D283" r:id="rId247"/>
+    <hyperlink ref="D284" r:id="rId248"/>
+    <hyperlink ref="D285" r:id="rId249"/>
+    <hyperlink ref="D286" r:id="rId250"/>
+    <hyperlink ref="D287" r:id="rId251"/>
+    <hyperlink ref="D288" r:id="rId252"/>
+    <hyperlink ref="D289" r:id="rId253"/>
+    <hyperlink ref="D290" r:id="rId254"/>
+    <hyperlink ref="D291" r:id="rId255"/>
+    <hyperlink ref="D292" r:id="rId256"/>
+    <hyperlink ref="D293" r:id="rId257"/>
+    <hyperlink ref="D296" r:id="rId258"/>
+    <hyperlink ref="D297" r:id="rId259"/>
+    <hyperlink ref="D298" r:id="rId260"/>
+    <hyperlink ref="D299" r:id="rId261"/>
+    <hyperlink ref="D300" r:id="rId262"/>
+    <hyperlink ref="D301" r:id="rId263"/>
+    <hyperlink ref="D302" r:id="rId264"/>
     <hyperlink ref="D304" r:id="rId265"/>
     <hyperlink ref="D305" r:id="rId266"/>
     <hyperlink ref="D306" r:id="rId267"/>
     <hyperlink ref="D307" r:id="rId268"/>
     <hyperlink ref="D308" r:id="rId269"/>
     <hyperlink ref="D309" r:id="rId270"/>
     <hyperlink ref="D310" r:id="rId271"/>
     <hyperlink ref="D311" r:id="rId272"/>
-    <hyperlink ref="D313" r:id="rId273"/>
-[...2 lines deleted...]
-    <hyperlink ref="D316" r:id="rId276"/>
+    <hyperlink ref="D312" r:id="rId273"/>
+    <hyperlink ref="D313" r:id="rId274"/>
+    <hyperlink ref="D314" r:id="rId275"/>
+    <hyperlink ref="D315" r:id="rId276"/>
     <hyperlink ref="D317" r:id="rId277"/>
     <hyperlink ref="D318" r:id="rId278"/>
     <hyperlink ref="D319" r:id="rId279"/>
     <hyperlink ref="D320" r:id="rId280"/>
     <hyperlink ref="D321" r:id="rId281"/>
     <hyperlink ref="D322" r:id="rId282"/>
-    <hyperlink ref="D323" r:id="rId283"/>
-[...8 lines deleted...]
-    <hyperlink ref="D334" r:id="rId292"/>
+    <hyperlink ref="D324" r:id="rId283"/>
+    <hyperlink ref="D325" r:id="rId284"/>
+    <hyperlink ref="D327" r:id="rId285"/>
+    <hyperlink ref="D328" r:id="rId286"/>
+    <hyperlink ref="D331" r:id="rId287"/>
+    <hyperlink ref="D332" r:id="rId288"/>
+    <hyperlink ref="D333" r:id="rId289"/>
+    <hyperlink ref="D334" r:id="rId290"/>
+    <hyperlink ref="D335" r:id="rId291"/>
+    <hyperlink ref="D336" r:id="rId292"/>
     <hyperlink ref="D337" r:id="rId293"/>
     <hyperlink ref="D338" r:id="rId294"/>
     <hyperlink ref="D339" r:id="rId295"/>
     <hyperlink ref="D340" r:id="rId296"/>
     <hyperlink ref="D341" r:id="rId297"/>
     <hyperlink ref="D342" r:id="rId298"/>
     <hyperlink ref="D343" r:id="rId299"/>
     <hyperlink ref="D344" r:id="rId300"/>
     <hyperlink ref="D345" r:id="rId301"/>
     <hyperlink ref="D346" r:id="rId302"/>
     <hyperlink ref="D347" r:id="rId303"/>
     <hyperlink ref="D348" r:id="rId304"/>
     <hyperlink ref="D349" r:id="rId305"/>
     <hyperlink ref="D350" r:id="rId306"/>
     <hyperlink ref="D351" r:id="rId307"/>
     <hyperlink ref="D352" r:id="rId308"/>
     <hyperlink ref="D353" r:id="rId309"/>
     <hyperlink ref="D354" r:id="rId310"/>
     <hyperlink ref="D355" r:id="rId311"/>
     <hyperlink ref="D356" r:id="rId312"/>
     <hyperlink ref="D357" r:id="rId313"/>
     <hyperlink ref="D358" r:id="rId314"/>
     <hyperlink ref="D359" r:id="rId315"/>
     <hyperlink ref="D360" r:id="rId316"/>
     <hyperlink ref="D361" r:id="rId317"/>
@@ -24178,335 +23654,321 @@
     <hyperlink ref="D365" r:id="rId321"/>
     <hyperlink ref="D366" r:id="rId322"/>
     <hyperlink ref="D367" r:id="rId323"/>
     <hyperlink ref="D368" r:id="rId324"/>
     <hyperlink ref="D369" r:id="rId325"/>
     <hyperlink ref="D370" r:id="rId326"/>
     <hyperlink ref="D371" r:id="rId327"/>
     <hyperlink ref="D372" r:id="rId328"/>
     <hyperlink ref="D373" r:id="rId329"/>
     <hyperlink ref="D374" r:id="rId330"/>
     <hyperlink ref="D375" r:id="rId331"/>
     <hyperlink ref="D376" r:id="rId332"/>
     <hyperlink ref="D377" r:id="rId333"/>
     <hyperlink ref="D378" r:id="rId334"/>
     <hyperlink ref="D379" r:id="rId335"/>
     <hyperlink ref="D380" r:id="rId336"/>
     <hyperlink ref="D381" r:id="rId337"/>
     <hyperlink ref="D382" r:id="rId338"/>
     <hyperlink ref="D383" r:id="rId339"/>
     <hyperlink ref="D384" r:id="rId340"/>
     <hyperlink ref="D385" r:id="rId341"/>
     <hyperlink ref="D386" r:id="rId342"/>
     <hyperlink ref="D387" r:id="rId343"/>
     <hyperlink ref="D388" r:id="rId344"/>
     <hyperlink ref="D389" r:id="rId345"/>
-    <hyperlink ref="D390" r:id="rId346"/>
-[...20 lines deleted...]
-    <hyperlink ref="D413" r:id="rId367"/>
+    <hyperlink ref="D391" r:id="rId346"/>
+    <hyperlink ref="D392" r:id="rId347"/>
+    <hyperlink ref="D393" r:id="rId348"/>
+    <hyperlink ref="D394" r:id="rId349"/>
+    <hyperlink ref="D395" r:id="rId350"/>
+    <hyperlink ref="D396" r:id="rId351"/>
+    <hyperlink ref="D397" r:id="rId352"/>
+    <hyperlink ref="D398" r:id="rId353"/>
+    <hyperlink ref="D400" r:id="rId354"/>
+    <hyperlink ref="D401" r:id="rId355"/>
+    <hyperlink ref="D402" r:id="rId356"/>
+    <hyperlink ref="D403" r:id="rId357"/>
+    <hyperlink ref="D404" r:id="rId358"/>
+    <hyperlink ref="D407" r:id="rId359"/>
+    <hyperlink ref="D408" r:id="rId360"/>
+    <hyperlink ref="D409" r:id="rId361"/>
+    <hyperlink ref="D410" r:id="rId362"/>
+    <hyperlink ref="D411" r:id="rId363"/>
+    <hyperlink ref="D412" r:id="rId364"/>
+    <hyperlink ref="D413" r:id="rId365"/>
+    <hyperlink ref="D414" r:id="rId366"/>
+    <hyperlink ref="D415" r:id="rId367"/>
     <hyperlink ref="D416" r:id="rId368"/>
     <hyperlink ref="D417" r:id="rId369"/>
     <hyperlink ref="D418" r:id="rId370"/>
     <hyperlink ref="D419" r:id="rId371"/>
     <hyperlink ref="D420" r:id="rId372"/>
     <hyperlink ref="D421" r:id="rId373"/>
     <hyperlink ref="D422" r:id="rId374"/>
     <hyperlink ref="D423" r:id="rId375"/>
     <hyperlink ref="D424" r:id="rId376"/>
     <hyperlink ref="D425" r:id="rId377"/>
     <hyperlink ref="D426" r:id="rId378"/>
-    <hyperlink ref="D427" r:id="rId379"/>
-[...15 lines deleted...]
-    <hyperlink ref="D446" r:id="rId395"/>
+    <hyperlink ref="D428" r:id="rId379"/>
+    <hyperlink ref="D429" r:id="rId380"/>
+    <hyperlink ref="D430" r:id="rId381"/>
+    <hyperlink ref="D432" r:id="rId382"/>
+    <hyperlink ref="D433" r:id="rId383"/>
+    <hyperlink ref="D435" r:id="rId384"/>
+    <hyperlink ref="D436" r:id="rId385"/>
+    <hyperlink ref="D437" r:id="rId386"/>
+    <hyperlink ref="D440" r:id="rId387"/>
+    <hyperlink ref="D441" r:id="rId388"/>
+    <hyperlink ref="D442" r:id="rId389"/>
+    <hyperlink ref="D443" r:id="rId390"/>
+    <hyperlink ref="D444" r:id="rId391"/>
+    <hyperlink ref="D445" r:id="rId392"/>
+    <hyperlink ref="D446" r:id="rId393"/>
+    <hyperlink ref="D447" r:id="rId394"/>
+    <hyperlink ref="D448" r:id="rId395"/>
     <hyperlink ref="D449" r:id="rId396"/>
     <hyperlink ref="D450" r:id="rId397"/>
     <hyperlink ref="D451" r:id="rId398"/>
     <hyperlink ref="D452" r:id="rId399"/>
     <hyperlink ref="D453" r:id="rId400"/>
     <hyperlink ref="D454" r:id="rId401"/>
     <hyperlink ref="D455" r:id="rId402"/>
     <hyperlink ref="D456" r:id="rId403"/>
     <hyperlink ref="D457" r:id="rId404"/>
     <hyperlink ref="D458" r:id="rId405"/>
     <hyperlink ref="D459" r:id="rId406"/>
-    <hyperlink ref="D460" r:id="rId407"/>
-[...8 lines deleted...]
-    <hyperlink ref="D470" r:id="rId416"/>
+    <hyperlink ref="D461" r:id="rId407"/>
+    <hyperlink ref="D463" r:id="rId408"/>
+    <hyperlink ref="D464" r:id="rId409"/>
+    <hyperlink ref="D465" r:id="rId410"/>
+    <hyperlink ref="D466" r:id="rId411"/>
+    <hyperlink ref="D467" r:id="rId412"/>
+    <hyperlink ref="D468" r:id="rId413"/>
+    <hyperlink ref="D469" r:id="rId414"/>
+    <hyperlink ref="D470" r:id="rId415"/>
+    <hyperlink ref="D471" r:id="rId416"/>
     <hyperlink ref="D472" r:id="rId417"/>
     <hyperlink ref="D473" r:id="rId418"/>
     <hyperlink ref="D474" r:id="rId419"/>
     <hyperlink ref="D475" r:id="rId420"/>
     <hyperlink ref="D476" r:id="rId421"/>
     <hyperlink ref="D477" r:id="rId422"/>
     <hyperlink ref="D478" r:id="rId423"/>
     <hyperlink ref="D479" r:id="rId424"/>
     <hyperlink ref="D480" r:id="rId425"/>
     <hyperlink ref="D481" r:id="rId426"/>
     <hyperlink ref="D482" r:id="rId427"/>
     <hyperlink ref="D483" r:id="rId428"/>
     <hyperlink ref="D484" r:id="rId429"/>
     <hyperlink ref="D485" r:id="rId430"/>
-    <hyperlink ref="D486" r:id="rId431"/>
-[...9 lines deleted...]
-    <hyperlink ref="D497" r:id="rId441"/>
+    <hyperlink ref="D487" r:id="rId431"/>
+    <hyperlink ref="D488" r:id="rId432"/>
+    <hyperlink ref="D490" r:id="rId433"/>
+    <hyperlink ref="D491" r:id="rId434"/>
+    <hyperlink ref="D492" r:id="rId435"/>
+    <hyperlink ref="D493" r:id="rId436"/>
+    <hyperlink ref="D494" r:id="rId437"/>
+    <hyperlink ref="D495" r:id="rId438"/>
+    <hyperlink ref="D496" r:id="rId439"/>
+    <hyperlink ref="D497" r:id="rId440"/>
+    <hyperlink ref="D498" r:id="rId441"/>
     <hyperlink ref="D499" r:id="rId442"/>
     <hyperlink ref="D500" r:id="rId443"/>
     <hyperlink ref="D501" r:id="rId444"/>
     <hyperlink ref="D502" r:id="rId445"/>
     <hyperlink ref="D503" r:id="rId446"/>
     <hyperlink ref="D504" r:id="rId447"/>
     <hyperlink ref="D505" r:id="rId448"/>
     <hyperlink ref="D506" r:id="rId449"/>
     <hyperlink ref="D507" r:id="rId450"/>
     <hyperlink ref="D508" r:id="rId451"/>
     <hyperlink ref="D509" r:id="rId452"/>
     <hyperlink ref="D510" r:id="rId453"/>
     <hyperlink ref="D511" r:id="rId454"/>
     <hyperlink ref="D512" r:id="rId455"/>
     <hyperlink ref="D513" r:id="rId456"/>
     <hyperlink ref="D514" r:id="rId457"/>
     <hyperlink ref="D515" r:id="rId458"/>
     <hyperlink ref="D516" r:id="rId459"/>
     <hyperlink ref="D517" r:id="rId460"/>
     <hyperlink ref="D518" r:id="rId461"/>
     <hyperlink ref="D519" r:id="rId462"/>
     <hyperlink ref="D520" r:id="rId463"/>
     <hyperlink ref="D521" r:id="rId464"/>
     <hyperlink ref="D522" r:id="rId465"/>
     <hyperlink ref="D523" r:id="rId466"/>
     <hyperlink ref="D524" r:id="rId467"/>
     <hyperlink ref="D525" r:id="rId468"/>
     <hyperlink ref="D526" r:id="rId469"/>
     <hyperlink ref="D527" r:id="rId470"/>
     <hyperlink ref="D528" r:id="rId471"/>
     <hyperlink ref="D529" r:id="rId472"/>
     <hyperlink ref="D530" r:id="rId473"/>
     <hyperlink ref="D531" r:id="rId474"/>
     <hyperlink ref="D532" r:id="rId475"/>
     <hyperlink ref="D533" r:id="rId476"/>
     <hyperlink ref="D534" r:id="rId477"/>
     <hyperlink ref="D535" r:id="rId478"/>
     <hyperlink ref="D536" r:id="rId479"/>
     <hyperlink ref="D537" r:id="rId480"/>
     <hyperlink ref="D538" r:id="rId481"/>
     <hyperlink ref="D539" r:id="rId482"/>
-    <hyperlink ref="D540" r:id="rId483"/>
-[...21 lines deleted...]
-    <hyperlink ref="D566" r:id="rId505"/>
+    <hyperlink ref="D541" r:id="rId483"/>
+    <hyperlink ref="D542" r:id="rId484"/>
+    <hyperlink ref="D543" r:id="rId485"/>
+    <hyperlink ref="D545" r:id="rId486"/>
+    <hyperlink ref="D546" r:id="rId487"/>
+    <hyperlink ref="D547" r:id="rId488"/>
+    <hyperlink ref="D548" r:id="rId489"/>
+    <hyperlink ref="D549" r:id="rId490"/>
+    <hyperlink ref="D550" r:id="rId491"/>
+    <hyperlink ref="D551" r:id="rId492"/>
+    <hyperlink ref="D554" r:id="rId493"/>
+    <hyperlink ref="D555" r:id="rId494"/>
+    <hyperlink ref="D556" r:id="rId495"/>
+    <hyperlink ref="D557" r:id="rId496"/>
+    <hyperlink ref="D559" r:id="rId497"/>
+    <hyperlink ref="D560" r:id="rId498"/>
+    <hyperlink ref="D561" r:id="rId499"/>
+    <hyperlink ref="D562" r:id="rId500"/>
+    <hyperlink ref="D563" r:id="rId501"/>
+    <hyperlink ref="D564" r:id="rId502"/>
+    <hyperlink ref="D565" r:id="rId503"/>
+    <hyperlink ref="D566" r:id="rId504"/>
+    <hyperlink ref="D567" r:id="rId505"/>
     <hyperlink ref="D568" r:id="rId506"/>
     <hyperlink ref="D569" r:id="rId507"/>
     <hyperlink ref="D570" r:id="rId508"/>
     <hyperlink ref="D571" r:id="rId509"/>
     <hyperlink ref="D572" r:id="rId510"/>
-    <hyperlink ref="D573" r:id="rId511"/>
-[...7 lines deleted...]
-    <hyperlink ref="D581" r:id="rId519"/>
+    <hyperlink ref="D574" r:id="rId511"/>
+    <hyperlink ref="D575" r:id="rId512"/>
+    <hyperlink ref="D576" r:id="rId513"/>
+    <hyperlink ref="D577" r:id="rId514"/>
+    <hyperlink ref="D578" r:id="rId515"/>
+    <hyperlink ref="D579" r:id="rId516"/>
+    <hyperlink ref="D580" r:id="rId517"/>
+    <hyperlink ref="D581" r:id="rId518"/>
+    <hyperlink ref="D582" r:id="rId519"/>
     <hyperlink ref="D583" r:id="rId520"/>
-    <hyperlink ref="D584" r:id="rId521"/>
-[...15 lines deleted...]
-    <hyperlink ref="D603" r:id="rId537"/>
+    <hyperlink ref="D585" r:id="rId521"/>
+    <hyperlink ref="D586" r:id="rId522"/>
+    <hyperlink ref="D587" r:id="rId523"/>
+    <hyperlink ref="D588" r:id="rId524"/>
+    <hyperlink ref="D590" r:id="rId525"/>
+    <hyperlink ref="D593" r:id="rId526"/>
+    <hyperlink ref="D594" r:id="rId527"/>
+    <hyperlink ref="D595" r:id="rId528"/>
+    <hyperlink ref="D596" r:id="rId529"/>
+    <hyperlink ref="D597" r:id="rId530"/>
+    <hyperlink ref="D598" r:id="rId531"/>
+    <hyperlink ref="D599" r:id="rId532"/>
+    <hyperlink ref="D600" r:id="rId533"/>
+    <hyperlink ref="D601" r:id="rId534"/>
+    <hyperlink ref="D602" r:id="rId535"/>
+    <hyperlink ref="D603" r:id="rId536"/>
+    <hyperlink ref="D604" r:id="rId537"/>
     <hyperlink ref="D605" r:id="rId538"/>
     <hyperlink ref="D606" r:id="rId539"/>
-    <hyperlink ref="D609" r:id="rId540"/>
-[...23 lines deleted...]
-    <hyperlink ref="D634" r:id="rId564"/>
+    <hyperlink ref="D608" r:id="rId540"/>
+    <hyperlink ref="D609" r:id="rId541"/>
+    <hyperlink ref="D610" r:id="rId542"/>
+    <hyperlink ref="D611" r:id="rId543"/>
+    <hyperlink ref="D612" r:id="rId544"/>
+    <hyperlink ref="D613" r:id="rId545"/>
+    <hyperlink ref="D614" r:id="rId546"/>
+    <hyperlink ref="D615" r:id="rId547"/>
+    <hyperlink ref="D616" r:id="rId548"/>
+    <hyperlink ref="D617" r:id="rId549"/>
+    <hyperlink ref="D618" r:id="rId550"/>
+    <hyperlink ref="D619" r:id="rId551"/>
+    <hyperlink ref="D620" r:id="rId552"/>
+    <hyperlink ref="D621" r:id="rId553"/>
+    <hyperlink ref="D622" r:id="rId554"/>
+    <hyperlink ref="D623" r:id="rId555"/>
+    <hyperlink ref="D624" r:id="rId556"/>
+    <hyperlink ref="D625" r:id="rId557"/>
+    <hyperlink ref="D626" r:id="rId558"/>
+    <hyperlink ref="D628" r:id="rId559"/>
+    <hyperlink ref="D629" r:id="rId560"/>
+    <hyperlink ref="D630" r:id="rId561"/>
+    <hyperlink ref="D631" r:id="rId562"/>
+    <hyperlink ref="D632" r:id="rId563"/>
+    <hyperlink ref="D633" r:id="rId564"/>
     <hyperlink ref="D635" r:id="rId565"/>
     <hyperlink ref="D636" r:id="rId566"/>
     <hyperlink ref="D637" r:id="rId567"/>
     <hyperlink ref="D638" r:id="rId568"/>
     <hyperlink ref="D639" r:id="rId569"/>
     <hyperlink ref="D640" r:id="rId570"/>
     <hyperlink ref="D641" r:id="rId571"/>
     <hyperlink ref="D642" r:id="rId572"/>
-    <hyperlink ref="D644" r:id="rId573"/>
-[...41 lines deleted...]
-    <hyperlink ref="D688" r:id="rId615"/>
+    <hyperlink ref="D643" r:id="rId573"/>
+    <hyperlink ref="D644" r:id="rId574"/>
+    <hyperlink ref="D645" r:id="rId575"/>
+    <hyperlink ref="D646" r:id="rId576"/>
+    <hyperlink ref="D647" r:id="rId577"/>
+    <hyperlink ref="D648" r:id="rId578"/>
+    <hyperlink ref="D649" r:id="rId579"/>
+    <hyperlink ref="D650" r:id="rId580"/>
+    <hyperlink ref="D651" r:id="rId581"/>
+    <hyperlink ref="D652" r:id="rId582"/>
+    <hyperlink ref="D653" r:id="rId583"/>
+    <hyperlink ref="D654" r:id="rId584"/>
+    <hyperlink ref="D655" r:id="rId585"/>
+    <hyperlink ref="D657" r:id="rId586"/>
+    <hyperlink ref="D658" r:id="rId587"/>
+    <hyperlink ref="D659" r:id="rId588"/>
+    <hyperlink ref="D660" r:id="rId589"/>
+    <hyperlink ref="D661" r:id="rId590"/>
+    <hyperlink ref="D662" r:id="rId591"/>
+    <hyperlink ref="D663" r:id="rId592"/>
+    <hyperlink ref="D664" r:id="rId593"/>
+    <hyperlink ref="D665" r:id="rId594"/>
+    <hyperlink ref="D666" r:id="rId595"/>
+    <hyperlink ref="D667" r:id="rId596"/>
+    <hyperlink ref="D668" r:id="rId597"/>
+    <hyperlink ref="D669" r:id="rId598"/>
+    <hyperlink ref="D670" r:id="rId599"/>
+    <hyperlink ref="D671" r:id="rId600"/>
+    <hyperlink ref="D672" r:id="rId601"/>
+    <hyperlink ref="D673" r:id="rId602"/>
+    <hyperlink ref="D674" r:id="rId603"/>
+    <hyperlink ref="D675" r:id="rId604"/>
+    <hyperlink ref="D676" r:id="rId605"/>
+    <hyperlink ref="D677" r:id="rId606"/>
+    <hyperlink ref="D678" r:id="rId607"/>
+    <hyperlink ref="D679" r:id="rId608"/>
+    <hyperlink ref="D680" r:id="rId609"/>
+    <hyperlink ref="D681" r:id="rId610"/>
+    <hyperlink ref="D682" r:id="rId611"/>
+    <hyperlink ref="D683" r:id="rId612"/>
+    <hyperlink ref="D684" r:id="rId613"/>
+    <hyperlink ref="D686" r:id="rId614"/>
+    <hyperlink ref="D687" r:id="rId615"/>
     <hyperlink ref="D689" r:id="rId616"/>
-    <hyperlink ref="D690" r:id="rId617"/>
-[...12 lines deleted...]
-    <hyperlink ref="D705" r:id="rId630"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>