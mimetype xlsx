--- v0 (2025-10-14)
+++ v1 (2025-12-11)
@@ -8,2695 +8,2704 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1683" uniqueCount="881">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1691" uniqueCount="884">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Авто</t>
   </si>
   <si>
-    <t>1.1 Автоэлектрика</t>
-[...5 lines deleted...]
-    <t>1.1.1.1 Провод ПГВА / ПВАМ – CCA -</t>
+    <t>1.1 Аксессуары в салон</t>
+  </si>
+  <si>
+    <t>1.1.1 Для прикуривателя</t>
+  </si>
+  <si>
+    <t>16-0218</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель автоприкуривателя штекер – гнездо 1,5м REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>16-0204</t>
+  </si>
+  <si>
+    <t>Штекер автоприкуривателя под винт REXANT</t>
+  </si>
+  <si>
+    <t>16-0215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель автоприкуривателя от аккумулятора 1,5м REXANT </t>
+  </si>
+  <si>
+    <t>16-0219</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель автоприкуривателя штекер – гнездо 3м REXANT </t>
+  </si>
+  <si>
+    <t>16-0216</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель автоприкуривателя от аккумулятора 3м REXANT </t>
+  </si>
+  <si>
+    <t>16-0220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель автоприкуривателя штекер – гнездо 5м REXANT </t>
+  </si>
+  <si>
+    <t>16-0217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель автоприкуривателя от аккумулятора 5м REXANT </t>
+  </si>
+  <si>
+    <t>16-0203-9</t>
+  </si>
+  <si>
+    <t>Штекер автоприкуривателя с индикатором (1 шт), пакет PROconnect</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>16-0211</t>
+  </si>
+  <si>
+    <t>Гнездо автоприкуривателя REXANT</t>
+  </si>
+  <si>
+    <t>16-0201</t>
+  </si>
+  <si>
+    <t>Штекер автоприкуривателя REXANT</t>
+  </si>
+  <si>
+    <t>16-0238</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя, 2 гнезда, 1хUSB (5В, 1000мА) REXANT</t>
+  </si>
+  <si>
+    <t>16-0205</t>
+  </si>
+  <si>
+    <t>Штекер автоприкуривателя с кнопкой REXANT</t>
+  </si>
+  <si>
+    <t>16-0221</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя, 3 гнезда, шнур REXANT</t>
+  </si>
+  <si>
+    <t>16-0203</t>
+  </si>
+  <si>
+    <t>Штекер автоприкуривателя с индикатором REXANT</t>
+  </si>
+  <si>
+    <t>16-0202</t>
+  </si>
+  <si>
+    <t>16-0222</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя, 2 гнезда, шнур REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Антенны автомобильные</t>
+  </si>
+  <si>
+    <t>34-0504</t>
+  </si>
+  <si>
+    <t>Антенна автомобильная внутрисалонная (радио + ТВ), активная, модель RX-504 REXANT</t>
+  </si>
+  <si>
+    <t>34-0501</t>
+  </si>
+  <si>
+    <t>Антенна автомобильная внутрисалонная (радио), пассивная, модель RX-501 REXANT</t>
+  </si>
+  <si>
+    <t>34-0503</t>
+  </si>
+  <si>
+    <t>Антенна автомобильная внутрисалонная (радио), активная, модель RX-503 REXANT</t>
+  </si>
+  <si>
+    <t>34-0502</t>
+  </si>
+  <si>
+    <t>Антенна автомобильная внутрисалонная (радио + ТВ), активная, модель RX-502 REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Домкраты и подставки</t>
+  </si>
+  <si>
+    <t>1.2.1 Домкраты гидравлические бутылочные</t>
+  </si>
+  <si>
+    <t>80-0618</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 50т REXANT</t>
+  </si>
+  <si>
+    <t>80-0611</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 5т в пластиковом кейсе REXANT</t>
+  </si>
+  <si>
+    <t>80-0612</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 8т REXANT</t>
+  </si>
+  <si>
+    <t>80-0615</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 15т REXANT</t>
+  </si>
+  <si>
+    <t>80-0616</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 20т REXANT</t>
+  </si>
+  <si>
+    <t>80-0609</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 3т REXANT</t>
+  </si>
+  <si>
+    <t>80-0613</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 10т REXANT</t>
+  </si>
+  <si>
+    <t>80-0614</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 12т REXANT</t>
+  </si>
+  <si>
+    <t>80-0617</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 25т REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2 Подставки страховочные</t>
+  </si>
+  <si>
+    <t>80-0619</t>
+  </si>
+  <si>
+    <t>Подставки под машину регулируемые 2т, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>80-0620</t>
+  </si>
+  <si>
+    <t>Подставки под машину регулируемые 3т, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3 Домкраты механические</t>
+  </si>
+  <si>
+    <t>80-0602</t>
+  </si>
+  <si>
+    <t>Домкрат ромбический 1,5т REXANT</t>
+  </si>
+  <si>
+    <t>80-0601</t>
+  </si>
+  <si>
+    <t>Домкрат ромбический 1т REXANT</t>
+  </si>
+  <si>
+    <t>80-0603</t>
+  </si>
+  <si>
+    <t>Домкрат ромбический 2т REXANT</t>
+  </si>
+  <si>
+    <t>1.2.4 Домкраты гидравлические подкатные</t>
+  </si>
+  <si>
+    <t>80-0607</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический подкатной 3т шиномонтажный REXANT</t>
+  </si>
+  <si>
+    <t>80-0605</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический подкатной 2,5т с фиксатором REXANT</t>
+  </si>
+  <si>
+    <t>80-0604</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический подкатной 2т в кейсе REXANT</t>
+  </si>
+  <si>
+    <t>80-0608</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический подкатной 3т профессиональный REXANT</t>
+  </si>
+  <si>
+    <t>80-0606</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический подкатной 3т с высоким подъемом, SUV REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Гаражное оборудование</t>
+  </si>
+  <si>
+    <t>1.3.1 Подкатные лежаки и сидения</t>
+  </si>
+  <si>
+    <t>80-0660</t>
+  </si>
+  <si>
+    <t>Лежак подкатной ремонтный REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Специальный инструмент</t>
+  </si>
+  <si>
+    <t>80-0727</t>
+  </si>
+  <si>
+    <t>Ключ свечной Т-образный с карданным шарниром, 21х250мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0700</t>
+  </si>
+  <si>
+    <t>Съемник масляного фильтра Краб, 56-110мм, плоские захваты REXANT</t>
+  </si>
+  <si>
+    <t>80-0701</t>
+  </si>
+  <si>
+    <t>Съемник масляного фильтра Краб, 65-110мм, прямые захваты REXANT</t>
+  </si>
+  <si>
+    <t>80-0715</t>
+  </si>
+  <si>
+    <t>Приспособление для утапливания тормозных цилиндров REXANT</t>
+  </si>
+  <si>
+    <t>80-0705</t>
+  </si>
+  <si>
+    <t>Съемник масляного фильтра, ленточный, 55-110мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0704</t>
+  </si>
+  <si>
+    <t>Съемник масляного фильтра, цепной, 120мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0720</t>
+  </si>
+  <si>
+    <t>Стяжки пружин, 380 мм, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0719</t>
+  </si>
+  <si>
+    <t>Стяжки пружин, 270 мм, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0710</t>
+  </si>
+  <si>
+    <t>Набор пластиковых съемников, 11 предметов REXANT</t>
+  </si>
+  <si>
+    <t>80-0702</t>
+  </si>
+  <si>
+    <t>Съемник масляного фильтра Краб, 43-102мм, изогнутые захваты REXANT</t>
+  </si>
+  <si>
+    <t>80-0716</t>
+  </si>
+  <si>
+    <t>Приспособление для утапливания тормозных цилиндров (AUDI, VW, SKODA) REXANT</t>
+  </si>
+  <si>
+    <t>80-0726</t>
+  </si>
+  <si>
+    <t>Ключ свечной Т-образный с карданным шарниром, 16х250мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0731</t>
+  </si>
+  <si>
+    <t>Ключ динамометрический 1/2" 28-210 Нм REXANT</t>
+  </si>
+  <si>
+    <t>80-0711</t>
+  </si>
+  <si>
+    <t>Съемник пистонов 9мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0725</t>
+  </si>
+  <si>
+    <t>Ключ свечной Т-образный, 250мм, с головками 16мм и 21мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0730</t>
+  </si>
+  <si>
+    <t>Ключ динамометрический 1/4" 2-24 Нм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.3 Расходные материалы для авто</t>
+  </si>
+  <si>
+    <t>80-0780</t>
+  </si>
+  <si>
+    <t>Набор резиновых колец, 419 предметов REXANT</t>
+  </si>
+  <si>
+    <t>1.3.4 Лебедки и тали</t>
+  </si>
+  <si>
+    <t>80-0741</t>
+  </si>
+  <si>
+    <t>Лебедка ручная 4т REXANT</t>
+  </si>
+  <si>
+    <t>80-0740</t>
+  </si>
+  <si>
+    <t>Лебедка ручная 2т REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Щетки стеклоочистителей</t>
+  </si>
+  <si>
+    <t>1.4.1 Щетки стеклоочистителя каркасные Rexant Classic</t>
+  </si>
+  <si>
+    <t>80-0902</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 400мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0907</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 600мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0908</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 650мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0900</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 330мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0903</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 450мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0901</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 350мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0906</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 550мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0904</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 500мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0905</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 530мм REXANT</t>
+  </si>
+  <si>
+    <t>1.4.2 Щетки стеклоочистителя бескаркасные Rexant Optimal</t>
+  </si>
+  <si>
+    <t>80-0912</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 400мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0916</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 550мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0914</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 500мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0918</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 650мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0917</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 600мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0913</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 450мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0915</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 530мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0910</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 330мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0911</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 350мм REXANT</t>
+  </si>
+  <si>
+    <t>1.4.3 Щетки стеклоочистителя бескаркасные Rexant Multi Clamp</t>
+  </si>
+  <si>
+    <t>80-0921</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 350мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0925</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 530мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0922</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 400мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0926</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 550мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0927</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 600мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0923</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 450мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0924</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 500мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0928</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 650мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0920</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 330мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Автоаксессуары</t>
+  </si>
+  <si>
+    <t>80-1001</t>
+  </si>
+  <si>
+    <t>Автовизитка парковочная с номером телефона REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Автохимия</t>
+  </si>
+  <si>
+    <t>1.6.1 Защитные покрытия</t>
+  </si>
+  <si>
+    <t>NPBW0041</t>
+  </si>
+  <si>
+    <t>Чернитель резины 400мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>1.6.2 Химчистка салона</t>
+  </si>
+  <si>
+    <t>NPXS0035</t>
+  </si>
+  <si>
+    <t>Химчистка салона автомобиля 650мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>1.6.3 Защита пластика</t>
+  </si>
+  <si>
+    <t>NPPP0040</t>
+  </si>
+  <si>
+    <t>Полироль для пластика 400мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>1.6.4 Обслуживание устройств</t>
+  </si>
+  <si>
+    <t>NPSA0002</t>
+  </si>
+  <si>
+    <t>Супер Антикор 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPSI0025</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPJK0027</t>
+  </si>
+  <si>
+    <t>Жидкий ключ 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPOE0031</t>
+  </si>
+  <si>
+    <t>Очиститель электроконтактов 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPVS0010</t>
+  </si>
+  <si>
+    <t>Смазка подвижных деталей для велосипеда 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPSS0001</t>
+  </si>
+  <si>
+    <t>Супер Смазка 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPSI0003</t>
+  </si>
+  <si>
+    <t>Супер Изоляция 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>1.6.5 Автохимия REXANT</t>
+  </si>
+  <si>
+    <t>85-0071</t>
+  </si>
+  <si>
+    <t>Полироль фар 100мл, туба REXANT</t>
+  </si>
+  <si>
+    <t>85-0075</t>
+  </si>
+  <si>
+    <t>Смазка алюминиевая 210мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0052</t>
+  </si>
+  <si>
+    <t>Антискотч 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0055</t>
+  </si>
+  <si>
+    <t>Чернитель шин 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0068</t>
+  </si>
+  <si>
+    <t>Очиститель стекол универсальный, 500мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0053-1</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0054-1</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0053</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0051</t>
+  </si>
+  <si>
+    <t>Очиститель карбюратора аэро 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0050</t>
+  </si>
+  <si>
+    <t>Очиститель тормозов 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0058</t>
+  </si>
+  <si>
+    <t>Смазка для контактов 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0059</t>
+  </si>
+  <si>
+    <t>Очиститель контактов 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0056</t>
+  </si>
+  <si>
+    <t>Преобразователь ржавчины 500мл с триггером REXANT</t>
+  </si>
+  <si>
+    <t>85-0057</t>
+  </si>
+  <si>
+    <t>Быстрый старт 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0054</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0060</t>
+  </si>
+  <si>
+    <t>Медная смазка 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0070</t>
+  </si>
+  <si>
+    <t>Паста для удаления царапин (антицарапин) 100мл, туба REXANT</t>
+  </si>
+  <si>
+    <t>85-0054-2</t>
+  </si>
+  <si>
+    <t>Смазка универсальная силиконовая 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0077</t>
+  </si>
+  <si>
+    <t>Смывка краски 520мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0079</t>
+  </si>
+  <si>
+    <t>Термоключ с эффектом заморозки 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0062</t>
+  </si>
+  <si>
+    <t>Очиститель битумных пятен и следов насекомых 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0064</t>
+  </si>
+  <si>
+    <t>Антидождь 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0064-1</t>
+  </si>
+  <si>
+    <t>Антидождь 500мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0065</t>
+  </si>
+  <si>
+    <t>Антизапотеватель, 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0072</t>
+  </si>
+  <si>
+    <t>Паста для рук очищающая 550мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0073</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая 50мл, флакон roll-on REXANT</t>
+  </si>
+  <si>
+    <t>85-0076</t>
+  </si>
+  <si>
+    <t>Смазка универсальная литиевая 520мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0052-1</t>
+  </si>
+  <si>
+    <t>Удалитель следов наклеек и тонировочной пленки (антискотч), аэрозоль 335мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0053-2</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0060-1</t>
+  </si>
+  <si>
+    <t>Смазка высокотемпературная медная 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0063</t>
+  </si>
+  <si>
+    <t>Мовиль Автоконсервант 520 мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0066</t>
+  </si>
+  <si>
+    <t>Чернитель шин 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Автоэлектрика</t>
+  </si>
+  <si>
+    <t>1.7.1 Провода</t>
+  </si>
+  <si>
+    <t>1.7.1.1 Провод ПГВА / ПВАМ – CCA -</t>
+  </si>
+  <si>
+    <t>01-6505</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-6523</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6542</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6511</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6512</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6532</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6545</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6525</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², синий, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6504</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>бухта</t>
+    <t>01-6506</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6503</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6502</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6501</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², белый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6506</t>
-[...26 lines deleted...]
-    <t>Провод ПГВА 1х1,00мм², черный, бухта 100м REXANT</t>
+    <t>01-6514</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6513</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6521</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², белый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6534</t>
-[...2 lines deleted...]
-    <t>Провод ПГВА 1х1,50мм², красный, бухта 100м REXANT</t>
+    <t>01-6522</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6536</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
+    <t>01-6531</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6535</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6533</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6532</t>
-[...20 lines deleted...]
-    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+    <t>01-6544</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6541</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², белый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6543</t>
   </si>
   <si>
     <t>Провод ПГВА 1х2,50мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6522</t>
-[...77 lines deleted...]
-    <t>1.1.1.2 Провод ПГВА / ПВАМ – МЕДЬ -</t>
+    <t>1.7.1.2 Провод ПГВА / ПВАМ – МЕДЬ -</t>
+  </si>
+  <si>
+    <t>01-6524-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, красный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-6502-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, желтый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, красный, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, черный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6513-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, зеленый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, синий, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6503-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, зеленый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6522-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, желтый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6523-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, зеленый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6505-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, синий, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-6501-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², Cu, белый, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>метр</t>
+    <t>01-6504-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, красный, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-6506-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², Cu, черный, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-6504-1</t>
-[...4 lines deleted...]
-  <si>
     <t>01-6511-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², Cu, белый, бухта 500м REXANT</t>
   </si>
   <si>
-    <t>01-6513-1</t>
-[...38 lines deleted...]
-    <t>Провод ПГВА 1х1,00мм², Cu, черный, бухта 200м REXANT</t>
+    <t>01-6512-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, желтый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, черный, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6521-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, белый, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-6525-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², Cu, синий, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-6521-1</t>
-[...35 lines deleted...]
-    <t>1.1.1.3 Провод ПГВА/ПВАМ – CCA – наборы</t>
+    <t>1.7.1.3 Провод ПГВА/ПВАМ – CCA – наборы</t>
   </si>
   <si>
     <t>01-6548</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х0,75мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
+    <t>01-6547</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х0,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>01-6553</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1,50х3м/2,50х2м, цвет провода черный REXANT</t>
+  </si>
+  <si>
+    <t>01-6551</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х2,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>01-6549</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х1,00мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
     <t>01-6550</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х1,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
-    <t>01-6553</t>
-[...22 lines deleted...]
-  <si>
     <t>01-6552</t>
   </si>
   <si>
     <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1х3м/1,50х3м/2,50х2м, цвет провода красный REXANT</t>
   </si>
   <si>
-    <t>1.1.1.4 Провод ПГВА / ПВАМ – CCA – мини-бухта</t>
+    <t>1.7.1.4 Провод ПГВА / ПВАМ – CCA – мини-бухта</t>
+  </si>
+  <si>
+    <t>01-6516-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>01-6506-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
+    <t>01-6536-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
     <t>01-6546-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>01-6514-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 10м REXANT</t>
   </si>
   <si>
-    <t>01-6516-2-5</t>
-[...8 lines deleted...]
-    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 10м REXANT</t>
+    <t>01-6534-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>01-6504-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6504-2-10</t>
-[...2 lines deleted...]
-    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 10м REXANT</t>
+    <t>01-6536-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>01-6506-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6514-2-5</t>
-[...71 lines deleted...]
-    <t>1.1.2 Разъёмы</t>
+    <t>1.7.2 Разъёмы</t>
+  </si>
+  <si>
+    <t>16-0322</t>
+  </si>
+  <si>
+    <t>Вилка прицепа 12В, 7 контактов, металл REXANT</t>
+  </si>
+  <si>
+    <t>16-0321</t>
+  </si>
+  <si>
+    <t>Розетка фаркопа 12В, 7 контактов, пластик REXANT</t>
+  </si>
+  <si>
+    <t>16-0402</t>
+  </si>
+  <si>
+    <t>Разъем штекер антенны для автомагнитолы, тип-2 REXANT</t>
+  </si>
+  <si>
+    <t>16-0501</t>
+  </si>
+  <si>
+    <t>Разъемы для автомагнитол Евро ISO, 2 гнезда акустика+питание REXANT</t>
+  </si>
+  <si>
+    <t>16-0324</t>
+  </si>
+  <si>
+    <t>Набор подключения фаркопа универсальный, 7 контактов REXANT</t>
+  </si>
+  <si>
+    <t>16-0303-9</t>
+  </si>
+  <si>
+    <t>DJ7031-1.5-11 автомобильный разъем штекер с проводом 20см (3-х контактный)</t>
   </si>
   <si>
     <t>16-0312-9</t>
   </si>
   <si>
     <t>DJ7021-1.5-21 автомобильный разъем гнездо с проводом 20см</t>
   </si>
   <si>
-    <t>шт</t>
+    <t>16-0503</t>
+  </si>
+  <si>
+    <t>Разъемы для автомагнитол Евро ISO, сдвоенный штекер акустика+питание REXANT</t>
+  </si>
+  <si>
+    <t>16-0433</t>
+  </si>
+  <si>
+    <t>Переходник автоантенны, штекер Европа - гнездо Азия, угловой REXANT</t>
+  </si>
+  <si>
+    <t>16-0313-9</t>
+  </si>
+  <si>
+    <t>DJ7031-1.5-21 автомобильный разъем гнездо с проводом 20см (3-х контактный)</t>
+  </si>
+  <si>
+    <t>16-0401</t>
+  </si>
+  <si>
+    <t>Разъем штекер антенны для автомагнитолы, тип-1 REXANT</t>
   </si>
   <si>
     <t>16-0302-9</t>
   </si>
   <si>
     <t>DJ7021-1.5-11 автомобильный разъем штекер с проводом 20см</t>
   </si>
   <si>
-    <t>16-0313-9</t>
-[...16 lines deleted...]
-  <si>
     <t>16-0403</t>
   </si>
   <si>
     <t>Разъем штекер антенны для автомагнитолы, тип-3 REXANT</t>
   </si>
   <si>
     <t>16-0412</t>
   </si>
   <si>
     <t>Разъем гнездо антенны для автомагнитолы на шнур REXANT</t>
   </si>
   <si>
-    <t>16-0503</t>
-[...4 lines deleted...]
-  <si>
     <t>16-0434</t>
   </si>
   <si>
     <t>Переходник автоантенны, штекер Азия - гнездо Европа REXANT</t>
   </si>
   <si>
-    <t>16-0402</t>
-[...16 lines deleted...]
-  <si>
     <t>16-0502</t>
   </si>
   <si>
     <t>Разъемы для автомагнитол Евро ISO, сдвоенное гнездо акустика+питание REXANT</t>
   </si>
   <si>
     <t>16-0320</t>
   </si>
   <si>
     <t>Розетка фаркопа 12В, 7 контактов, металл REXANT</t>
   </si>
   <si>
-    <t>16-0324</t>
-[...16 lines deleted...]
-  <si>
     <t>16-0323</t>
   </si>
   <si>
     <t>Вилка прицепа 12В, 7 контактов, пластик REXANT</t>
   </si>
   <si>
-    <t>1.1.3 Предохранители</t>
+    <t>1.7.3 Предохранители</t>
+  </si>
+  <si>
+    <t>16-0421-4</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Стандарт, прямоугольный, красный REXANT</t>
+  </si>
+  <si>
+    <t>80-7024</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Стандарт, в пластиковой коробке (100 шт) REXANT</t>
+  </si>
+  <si>
+    <t>80-7125</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Микро Korea REXANT</t>
   </si>
   <si>
     <t>80-7021</t>
   </si>
   <si>
     <t>Набор автомобильных предохранителей Мини, в блистере REXANT</t>
   </si>
   <si>
-    <t>80-7024</t>
-[...2 lines deleted...]
-    <t>Набор автомобильных предохранителей Стандарт, в пластиковой коробке (100 шт) REXANT</t>
+    <t>80-7110</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 10А REXANT</t>
+  </si>
+  <si>
+    <t>16-0421</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Стандарт, прямоугольный, черный REXANT</t>
+  </si>
+  <si>
+    <t>16-0422</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя, круглый REXANT</t>
   </si>
   <si>
     <t>80-7023</t>
   </si>
   <si>
     <t>Набор автомобильных предохранителей Мини, в пластиковой коробке (100 шт) REXANT</t>
   </si>
   <si>
+    <t>16-0424</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Мини, влагозащищенный, на проводе REXANT</t>
+  </si>
+  <si>
+    <t>80-7111</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 15А REXANT</t>
+  </si>
+  <si>
     <t>80-7022</t>
   </si>
   <si>
     <t>Набор автомобильных предохранителей Стандарт, в блистере REXANT</t>
   </si>
   <si>
-    <t>16-0424</t>
-[...20 lines deleted...]
-    <t>Держатель предохранителя, круглый REXANT</t>
+    <t>80-7135</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 80А REXANT</t>
   </si>
   <si>
     <t>16-0423</t>
   </si>
   <si>
     <t>Держатель предохранителя тип Мини, на проводе REXANT</t>
   </si>
   <si>
     <t>80-7114</t>
   </si>
   <si>
     <t>Предохранитель автомобильный Мини, 30А REXANT</t>
   </si>
   <si>
+    <t>80-7100</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 10А REXANT</t>
+  </si>
+  <si>
+    <t>80-7132</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 40А REXANT</t>
+  </si>
+  <si>
+    <t>80-7112</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 20А REXANT</t>
+  </si>
+  <si>
+    <t>80-7101</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 15А REXANT</t>
+  </si>
+  <si>
+    <t>80-7103</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 25А REXANT</t>
+  </si>
+  <si>
     <t>80-7104</t>
   </si>
   <si>
     <t>Предохранитель автомобильный Стандарт, 30А REXANT</t>
   </si>
   <si>
-    <t>80-7101</t>
-[...10 lines deleted...]
-  <si>
     <t>16-0425</t>
   </si>
   <si>
     <t>Держатель предохранителя типа AGU, колба REXANT</t>
   </si>
   <si>
-    <t>80-7132</t>
-[...10 lines deleted...]
-  <si>
     <t>80-7136</t>
   </si>
   <si>
     <t>Набор плавких предохранителей типа AGU, 100А REXANT</t>
   </si>
   <si>
-    <t>80-7125</t>
-[...8 lines deleted...]
-    <t>Предохранитель автомобильный Стандарт, 10А REXANT</t>
+    <t>80-7113</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 25А REXANT</t>
   </si>
   <si>
     <t>80-7102</t>
   </si>
   <si>
     <t>Предохранитель автомобильный Стандарт, 20А REXANT</t>
   </si>
   <si>
-    <t>80-7112</t>
-[...23 lines deleted...]
-    <t>1.1.4 Устройства автозапуска и зарядки</t>
+    <t>1.7.4 Устройства автозапуска и зарядки</t>
+  </si>
+  <si>
+    <t>16-0036</t>
+  </si>
+  <si>
+    <t>Зажимы «Крокодил» 5А, 40мм, с проводом, 10 пар REXANT</t>
+  </si>
+  <si>
+    <t>80-2026</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 100А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>16-0009</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А 53мм REXANT</t>
   </si>
   <si>
     <t>16-0003</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 5А, 56мм, в изоляторе REXANT</t>
   </si>
   <si>
+    <t>16-0012</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 10А 50мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0006</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 55мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2029</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 700А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>16-0033</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» для тестера 15А, 53мм, гнездо Banana REXANT</t>
+  </si>
+  <si>
+    <t>80-2035</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 7А (PWS-150) REXANT</t>
+  </si>
+  <si>
     <t>16-0031</t>
   </si>
   <si>
     <t>Зажим для тестера Крючок, 40мм REXANT</t>
   </si>
   <si>
-    <t>16-0033</t>
-[...17 lines deleted...]
-    <t>Зажим «Крокодил» 10А 50мм REXANT</t>
+    <t>16-0032</t>
+  </si>
+  <si>
+    <t>Зажим для тестера Пинцет, 50мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0002</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 46мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>16-0013</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А, 75мм REXANT</t>
   </si>
   <si>
     <t>16-0016</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 30А, 75мм, в изоляторе REXANT</t>
   </si>
   <si>
-    <t>16-0006</t>
-[...2 lines deleted...]
-    <t>Зажим «Крокодил» 5А, 55мм REXANT</t>
+    <t>16-0004</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 52мм REXANT</t>
   </si>
   <si>
     <t>16-0019-1</t>
   </si>
   <si>
     <t xml:space="preserve">Зажим «Крокодил» 100А, 105мм REXANT </t>
   </si>
   <si>
-    <t>16-0009</t>
-[...2 lines deleted...]
-    <t>Зажим «Крокодил» 15А 53мм REXANT</t>
+    <t>16-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 5А, 40мм, в изоляторе REXANT </t>
+  </si>
+  <si>
+    <t>16-0015</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм REXANT</t>
   </si>
   <si>
     <t>16-0018</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 50А, 98мм REXANT</t>
   </si>
   <si>
-    <t>16-0004</t>
-[...14 lines deleted...]
-    <t>Зажим «Крокодил» 30А, 75мм REXANT</t>
+    <t>16-0025</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 500А, 200мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0020</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 250А, 150мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2036</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 0,4-7А (PWS-265) REXANT</t>
+  </si>
+  <si>
+    <t>80-2027</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 200А, в чехле на молнии REXANT</t>
   </si>
   <si>
     <t>80-2028</t>
   </si>
   <si>
     <t>Провода прикуривания 500А, в чехле на молнии REXANT</t>
   </si>
   <si>
-    <t>80-2029</t>
-[...188 lines deleted...]
-    <t>1.3.1 Концевики</t>
+    <t>1.8 Доп оборудование</t>
+  </si>
+  <si>
+    <t>1.8.1 Ремни для крепления груза</t>
+  </si>
+  <si>
+    <t>80-0243</t>
+  </si>
+  <si>
+    <t>Ремень стяжной для груза, багажный, с крюками и храповым механизмом, 10х0,038м REXANT</t>
+  </si>
+  <si>
+    <t>80-0241</t>
+  </si>
+  <si>
+    <t>Ремень стяжной для груза, багажный, с крюками и храповым механизмом, 5х0,038м REXANT</t>
+  </si>
+  <si>
+    <t>80-0242</t>
+  </si>
+  <si>
+    <t>Ремень стяжной для груза, багажный, с крюками и храповым механизмом, 8х0,038м REXANT</t>
+  </si>
+  <si>
+    <t>80-0245</t>
+  </si>
+  <si>
+    <t>Ремень для крепления груза, с фиксатором, 3,5м REXANT</t>
+  </si>
+  <si>
+    <t>80-0244</t>
+  </si>
+  <si>
+    <t>Ремень для крепления груза, с фиксатором, 2,5м REXANT</t>
+  </si>
+  <si>
+    <t>80-0246</t>
+  </si>
+  <si>
+    <t>Ремень для крепления груза, с фиксатором, 5м REXANT</t>
+  </si>
+  <si>
+    <t>80-0247</t>
+  </si>
+  <si>
+    <t>Ремень для крепления груза, с фиксатором, 6м REXANT</t>
+  </si>
+  <si>
+    <t>1.8.2 Хранение и порядок</t>
+  </si>
+  <si>
+    <t>80-0268</t>
+  </si>
+  <si>
+    <t>Накидка защитная на спинку переднего сиденья, 60х50см, ПВХ, прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>80-0265</t>
+  </si>
+  <si>
+    <t>Карман в багажник на липучке, универсальный, 40х30см REXANT</t>
+  </si>
+  <si>
+    <t>80-0269</t>
+  </si>
+  <si>
+    <t>Накидка защитная на спинку переднего сиденья, 60х50см, ткань Оксфорд, черная REXANT</t>
+  </si>
+  <si>
+    <t>80-0270</t>
+  </si>
+  <si>
+    <t>Накидка защитная на бампер, 100х75см REXANT</t>
+  </si>
+  <si>
+    <t>80-0263</t>
+  </si>
+  <si>
+    <t>Органайзер на спинку заднего сиденья, малый REXANT</t>
+  </si>
+  <si>
+    <t>80-0262</t>
+  </si>
+  <si>
+    <t>Органайзер на спинку заднего сиденья, большой REXANT</t>
+  </si>
+  <si>
+    <t>80-0266</t>
+  </si>
+  <si>
+    <t>Накидка защитная под детское автокресло со спинкой и карманом REXANT</t>
+  </si>
+  <si>
+    <t>80-0264</t>
+  </si>
+  <si>
+    <t>Карман в багажник на липучке, универсальный, 25х20см REXANT</t>
+  </si>
+  <si>
+    <t>80-0261</t>
+  </si>
+  <si>
+    <t>Органайзер в багажник, 1 отделение, 23 литра REXANT</t>
+  </si>
+  <si>
+    <t>80-0260</t>
+  </si>
+  <si>
+    <t>Органайзер в багажник, 3 отделения, 65 литров REXANT</t>
+  </si>
+  <si>
+    <t>80-0267</t>
+  </si>
+  <si>
+    <t>Накидка защитная под детское автокресло с карманом REXANT</t>
+  </si>
+  <si>
+    <t>1.8.3 Изотермические сумки</t>
+  </si>
+  <si>
+    <t>80-0284</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 20л, 2 слоя утепления ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0281</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 6л, 2 слоя утепления ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0286</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 15л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0282</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 10л, 2 слоя утепления, с карманами ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0287</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 20л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0285</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 45л, 2 слоя утепления ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0283</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 15л, 2 слоя утепления ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0288</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 40л, ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.8.4 Уход за автомобилем</t>
+  </si>
+  <si>
+    <t>80-0803</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 35х40 см, 250гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0806</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 40х60см, 600 гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0809</t>
+  </si>
+  <si>
+    <t>Замша искусственная в тубе, 43х32см REXANT</t>
+  </si>
+  <si>
+    <t>80-0801</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 30х30см, 200 гр/м2, 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0807</t>
+  </si>
+  <si>
+    <t>Микрофибра отрывная, 25х25см, 200 гр/м2, 30 шт. в рулоне REXANT</t>
+  </si>
+  <si>
+    <t>80-0804</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 35х40см, 300 гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0298</t>
+  </si>
+  <si>
+    <t>Распылитель (опрыскиватель) 2л REXANT</t>
+  </si>
+  <si>
+    <t>80-0802</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 30х30см, 250 гр/м2, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0402</t>
+  </si>
+  <si>
+    <t>Лопата автомобильная REXANT</t>
+  </si>
+  <si>
+    <t>80-0810</t>
+  </si>
+  <si>
+    <t>Замша искусственная в тубе, 64х43см REXANT</t>
+  </si>
+  <si>
+    <t>80-0292</t>
+  </si>
+  <si>
+    <t>Щетка со скребком, 635мм, мягкая ручка REXANT</t>
+  </si>
+  <si>
+    <t>80-0401</t>
+  </si>
+  <si>
+    <t>Разборная автомобильная лопата, черная REXANT</t>
+  </si>
+  <si>
+    <t>80-0400</t>
+  </si>
+  <si>
+    <t>Разборная автомобильная лопата, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>80-0800</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, плотность  25х25см, 200 гр/м2, 6 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0291</t>
+  </si>
+  <si>
+    <t>Щетка со скребком, 540мм, мягкая ручка REXANT</t>
+  </si>
+  <si>
+    <t>80-0805</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 40х40см, 600 гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0808</t>
+  </si>
+  <si>
+    <t>Микрофибра в картонной коробке, 25х25см, 200 гр/м2, 30 шт. в коробке REXANT</t>
+  </si>
+  <si>
+    <t>80-0290</t>
+  </si>
+  <si>
+    <t>Щетка со скребком, 500мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0297</t>
+  </si>
+  <si>
+    <t>Распылитель (опрыскиватель) 1,5л REXANT</t>
+  </si>
+  <si>
+    <t>80-0299</t>
+  </si>
+  <si>
+    <t>Водосгон 270мм REXANT</t>
+  </si>
+  <si>
+    <t>1.8.5 Чехлы-тенты на авто/мото</t>
+  </si>
+  <si>
+    <t>80-0311</t>
+  </si>
+  <si>
+    <t>Чехол-тент на мотоцикл, размер L REXANT</t>
+  </si>
+  <si>
+    <t>80-0313</t>
+  </si>
+  <si>
+    <t>Чехол-тент на квадроцикл, размер M REXANT</t>
+  </si>
+  <si>
+    <t>80-0314</t>
+  </si>
+  <si>
+    <t>Чехол-тент на квадроцикл, размер L REXANT</t>
+  </si>
+  <si>
+    <t>80-0317</t>
+  </si>
+  <si>
+    <t>Чехол-тент на автомобиль, размер L REXANT</t>
+  </si>
+  <si>
+    <t>80-0315</t>
+  </si>
+  <si>
+    <t>Чехол-тент на квадроцикл, размер XL REXANT</t>
+  </si>
+  <si>
+    <t>80-0312</t>
+  </si>
+  <si>
+    <t>Чехол-тент на мотоцикл, размер XL REXANT</t>
+  </si>
+  <si>
+    <t>80-0310</t>
+  </si>
+  <si>
+    <t>Чехол-тент на мотоцикл, размер M REXANT</t>
+  </si>
+  <si>
+    <t>80-0316</t>
+  </si>
+  <si>
+    <t>Чехол-тент на автомобиль, размер M REXANT</t>
+  </si>
+  <si>
+    <t>80-0318</t>
+  </si>
+  <si>
+    <t>Чехол-тент на автомобиль, размер XL REXANT</t>
+  </si>
+  <si>
+    <t>1.8.6 Утеплители двигателя</t>
+  </si>
+  <si>
+    <t>80-0331</t>
+  </si>
+  <si>
+    <t>Утеплитель двигателя Вlack Premium, двойной слой, размер L, 160х90см REXANT</t>
+  </si>
+  <si>
+    <t>80-0330</t>
+  </si>
+  <si>
+    <t>Утеплитель двигателя Black Premium, двойной слой, размер M, 140х90см REXANT</t>
+  </si>
+  <si>
+    <t>1.8.7 Концевики</t>
   </si>
   <si>
     <t>16-0511</t>
   </si>
   <si>
     <t>Концевик AUTO-1 пластик REXANT</t>
   </si>
   <si>
     <t>16-0512</t>
   </si>
   <si>
     <t>Концевик AUTO-2 металл REXANT</t>
   </si>
   <si>
     <t>16-0513</t>
   </si>
   <si>
     <t>Концевик AUTO-3 угловой REXANT</t>
   </si>
   <si>
-    <t>1.3.2 Системы противоскольжения</t>
+    <t>1.8.8 Системы противоскольжения</t>
+  </si>
+  <si>
+    <t>07-7022</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для кроссоверов (колеса 205-225 мм), 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7021-1</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для легковых автомобилей (колеса 165-205 мм), 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7024-1</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для легковых автомобилей, однорядные, 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7024</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для легковых автомобилей, однорядные, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7023-1</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для внедорожников (колеса 235-285 мм), усиленные, 6 шт. REXANT</t>
   </si>
   <si>
     <t>07-7022-1</t>
   </si>
   <si>
     <t>Цепи (браслеты) противоскольжения для кроссоверов (колеса 205-225 мм), 6 шт. REXANT</t>
   </si>
   <si>
-    <t>07-7022</t>
-[...8 lines deleted...]
-    <t>Цепи (браслеты) противоскольжения для легковых автомобилей (колеса 165-205 мм), 4 шт. REXANT</t>
+    <t>07-7025-1</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для кроссоверов, однорядные, 6 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7010</t>
+  </si>
+  <si>
+    <t>Хомут противоскольжения 900x9мм, черный REXANT</t>
+  </si>
+  <si>
+    <t>07-7020</t>
+  </si>
+  <si>
+    <t>Хомут противоскольжения 900x9мм, оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>07-7023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Цепи (браслеты) противоскольжения для внедорожников (колеса 235-285 мм), усиленные, 4 шт. REXANT </t>
   </si>
   <si>
     <t>07-7021-2</t>
   </si>
   <si>
     <t>Цепи (браслеты) противоскольжения для легковых автомобилей (колеса 165-205 мм), 6 шт. REXANT</t>
   </si>
   <si>
-    <t>07-7024</t>
-[...2 lines deleted...]
-    <t>Цепи (браслеты) противоскольжения для легковых автомобилей, однорядные, 2 шт. REXANT</t>
+    <t>07-7025</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для кроссоверов, однорядные, 4 шт. REXANT</t>
   </si>
   <si>
     <t>07-7021</t>
   </si>
   <si>
     <t>Цепи (браслеты) противоскольжения для легковых автомобилей (колеса 165-205 мм), 2 шт. REXANT</t>
   </si>
   <si>
     <t>07-7024-2</t>
   </si>
   <si>
     <t>Цепи (браслеты) противоскольжения для легковых автомобилей, однорядные, 6 шт. REXANT</t>
   </si>
   <si>
-    <t>07-7025</t>
-[...41 lines deleted...]
-    <t>1.3.3 Буксировочные тросы</t>
+    <t>1.8.9 Буксировочные тросы</t>
+  </si>
+  <si>
+    <t>80-0221</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 2,5т, 5м, с двумя петлями REXANT</t>
+  </si>
+  <si>
+    <t>80-0230</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 10т, 5м, с двумя крюками, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>80-0222</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 2,5т, 5м, с двумя крюками REXANT</t>
+  </si>
+  <si>
+    <t>80-0226</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 2,5т, 5м, с двумя крюками, в чехле REXANT</t>
   </si>
   <si>
     <t>80-0229</t>
   </si>
   <si>
     <t>Трос буксировочный 7т, 5м, с двумя крюками, в чехле REXANT</t>
   </si>
   <si>
     <t>80-0227</t>
   </si>
   <si>
     <t>Трос буксировочный 3,5т, 5м, с двумя крюками, в чехле REXANT</t>
   </si>
   <si>
-    <t>80-0222</t>
-[...20 lines deleted...]
-    <t>Трос буксировочный 10т, 5м, с двумя крюками, в чехле REXANT</t>
+    <t>80-0225</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 10т, 5м, с двумя крюками REXANT</t>
+  </si>
+  <si>
+    <t>80-0228</t>
+  </si>
+  <si>
+    <t>Трос буксировочный со светоотражающей лентой, 5т, 4м, с двумя крюками, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>80-0238</t>
+  </si>
+  <si>
+    <t>Трос динамический (стропа) 5т, 6м, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>80-0239</t>
+  </si>
+  <si>
+    <t>Трос динамический (стропа) 7т, 6м, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>80-0240</t>
+  </si>
+  <si>
+    <t>Трос динамический (стропа) 10т, 9м, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>80-0223</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 3,5т, 5м, с двумя крюками REXANT</t>
   </si>
   <si>
     <t>80-0224</t>
   </si>
   <si>
     <t>Трос буксировочный со светоотражающей лентой, 5т, 4м, с двумя крюками REXANT</t>
   </si>
   <si>
-    <t>80-0225</t>
-[...35 lines deleted...]
-    <t>1.3.4 Заправочное оборудование</t>
+    <t>1.8.10 Заправочное оборудование</t>
+  </si>
+  <si>
+    <t>80-0214</t>
+  </si>
+  <si>
+    <t>Насос перекачки топлива погружной 12В, 35л/мин, с фильтром, 51мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0217</t>
+  </si>
+  <si>
+    <t>Канистра для топлива, металлическая, 10л REXANT</t>
+  </si>
+  <si>
+    <t>80-0216</t>
+  </si>
+  <si>
+    <t>Канистра для топлива, металлическая, 5л REXANT</t>
+  </si>
+  <si>
+    <t>80-0200</t>
+  </si>
+  <si>
+    <t>Канистра металлическая горизонтальная 20л REXANT</t>
   </si>
   <si>
     <t>80-0203</t>
   </si>
   <si>
     <t>Канистра Classic для ГСМ и технических жидкостей, пластиковая, 20л REXANT</t>
   </si>
   <si>
+    <t>80-0209</t>
+  </si>
+  <si>
+    <t>Канистра Дизель для дизельного топлива и технических жидкостей, пластиковая, 20л REXANT</t>
+  </si>
+  <si>
+    <t>80-0210</t>
+  </si>
+  <si>
+    <t>Воронка техническая для ГСМ, 135мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0204</t>
+  </si>
+  <si>
+    <t>Канистра для ГСМ и технических жидкостей, вертикальная, 5л, пластиковая, усиленная REXANT</t>
+  </si>
+  <si>
     <t>80-0205</t>
   </si>
   <si>
     <t>Канистра для ГСМ и технических жидкостей, вертикальная, 10л, пластиковая, усиленная REXANT</t>
   </si>
   <si>
-    <t>80-0210</t>
-[...14 lines deleted...]
-    <t>Канистра Дизель для дизельного топлива и технических жидкостей, пластиковая, 20л REXANT</t>
+    <t>80-0213</t>
+  </si>
+  <si>
+    <t>Насос перекачки топлива погружной 12В, 12,5л/мин, без фильтра, 38мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0208</t>
+  </si>
+  <si>
+    <t>Канистра Дизель для дизельного топлива и технических жидкостей, пластиковая, 10л REXANT</t>
+  </si>
+  <si>
+    <t>80-0206</t>
+  </si>
+  <si>
+    <t>Канистра для ГСМ и технических жидкостей, вертикальная, 20л, пластиковая, усиленная REXANT</t>
+  </si>
+  <si>
+    <t>80-0198</t>
+  </si>
+  <si>
+    <t>Канистра металлическая горизонтальная 5л REXANT</t>
+  </si>
+  <si>
+    <t>80-0202</t>
+  </si>
+  <si>
+    <t>Канистра Classic для ГСМ и технических жидкостей, пластиковая, 10л REXANT</t>
+  </si>
+  <si>
+    <t>80-0215</t>
+  </si>
+  <si>
+    <t>Насос перекачки топлива погружной 12В, 35л/мин, без фильтра, 51мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0218</t>
+  </si>
+  <si>
+    <t>Канистра для топлива, металлическая, 20л REXANT</t>
   </si>
   <si>
     <t>80-0201</t>
   </si>
   <si>
     <t>Канистра Classic для ГСМ и технических жидкостей, пластиковая, 5л REXANT</t>
   </si>
   <si>
     <t>80-0207</t>
   </si>
   <si>
     <t>Канистра Дизель для дизельного топлива и технических жидкостей, пластиковая, 5л REXANT</t>
   </si>
   <si>
-    <t>80-0208</t>
-[...64 lines deleted...]
-  <si>
     <t>80-0199</t>
   </si>
   <si>
     <t>Канистра металлическая горизонтальная 10л REXANT</t>
   </si>
   <si>
-    <t>1.3.5 Пакеты для хранения шин</t>
+    <t>1.8.11 Пакеты для хранения шин</t>
   </si>
   <si>
     <t>80-0250</t>
   </si>
   <si>
     <t>Пакеты для шин 1000х1150мм, 30мкр, для R 18-19 (5 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>1.3.6 Ремни для крепления груза</t>
-[...632 lines deleted...]
-    <t>1.5.1 Компрессоры автомобильные</t>
+    <t>1.9 Компрессоры и насосы</t>
+  </si>
+  <si>
+    <t>1.9.1 Компрессоры автомобильные</t>
+  </si>
+  <si>
+    <t>80-0523</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный усиленный двухпоршневой, 75 л/мин, 10 АТМ REXANT</t>
+  </si>
+  <si>
+    <t>80-0521</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный усиленный двухпоршневой, 60 л/мин, 10 АТМ REXANT</t>
   </si>
   <si>
     <t>80-0520</t>
   </si>
   <si>
     <t>Компрессор автомобильный 40 л/мин, 7 АТМ REXANT</t>
   </si>
   <si>
-    <t>80-0521</t>
-[...4 lines deleted...]
-  <si>
     <t>80-0522</t>
   </si>
   <si>
     <t>Компрессор автомобильный усиленный двухпоршневой с цифровым манометром и функцией автостоп, 60 л/мин, 10 АТМ REXANT</t>
   </si>
   <si>
     <t>80-0524</t>
   </si>
   <si>
     <t>Компрессор автомобильный усиленный двухпоршневой в кейсе с набором инструментов, 60 л/мин, 10 АТМ REXANT</t>
   </si>
   <si>
-    <t>80-0523</t>
-[...137 lines deleted...]
-    <t>1.7.1 Автоприкуриватели</t>
+    <t>80-0525</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный 35 л/мин, 9,4 АТМ, 220В REXANT</t>
+  </si>
+  <si>
+    <t>1.10 Автомобильные аксессуары в розничной упаковке</t>
+  </si>
+  <si>
+    <t>1.10.1 Автоприкуриватели</t>
   </si>
   <si>
     <t>16-0204-9</t>
   </si>
   <si>
     <t>Штекер в прикуриватель с предохранителем под винт, 1 шт., пакет БОПП PROconnect</t>
   </si>
   <si>
     <t>06-0121-C</t>
   </si>
   <si>
     <t>Штекер в прикуриватель с предохранителем под винт, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>1.7.2 Дeржатель предохранителя</t>
+    <t>1.10.2 Дeржатель предохранителя</t>
+  </si>
+  <si>
+    <t>16-0421-9</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя, тип вилочный, черный, 1 шт., пакет БОПП PROconnect</t>
   </si>
   <si>
     <t>16-0421-4-9</t>
   </si>
   <si>
     <t>Держатель предохранителя, тип вилочный, красный, 1 шт., пакет БОПП PROconnect</t>
   </si>
   <si>
-    <t>16-0421-9</t>
-[...5 lines deleted...]
-    <t>1.7.3 Зажим Крокодил</t>
+    <t>1.10.3 Зажим Крокодил</t>
+  </si>
+  <si>
+    <t>16-0012-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 50мм, ток 10A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0016-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил в изоляторе, длина 75мм, ток 30A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0015-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 75мм, ток 30A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>06-0140-A2</t>
+  </si>
+  <si>
+    <t>Зажим крокодил в изоляторе, длина 40мм, ток 5A, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>16-0019-1-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 105мм, ток 100A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>06-0141-A2</t>
+  </si>
+  <si>
+    <t>Зажим крокодил в изоляторе, длина 56мм, ток 5A, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>16-0002-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил в изоляторе, длина 46мм, ток 5A, 2 шт., пакет БОПП REXANT</t>
   </si>
   <si>
     <t>16-0001-9</t>
   </si>
   <si>
     <t>Зажим крокодил в изоляторе, длина 40мм, ток 5A, 2 шт., пакет БОПП REXANT</t>
   </si>
   <si>
-    <t>16-0002-9</t>
-[...2 lines deleted...]
-    <t>Зажим крокодил в изоляторе, длина 46мм, ток 5A, 2 шт., пакет БОПП REXANT</t>
+    <t>16-0018-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 98мм, ток 50A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0020-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 150мм, ток 250A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0003-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил в изоляторе, длина 56мм, ток 5A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>06-0142-A2</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 52мм, ток 5A, 2 шт. REXANT</t>
   </si>
   <si>
     <t>06-0144-A2</t>
   </si>
   <si>
     <t>Зажим крокодил, длина 53мм, ток 15A, 2 шт. REXANT</t>
   </si>
   <si>
-    <t>блистер</t>
-[...35 lines deleted...]
-    <t>Зажим крокодил, длина 105мм, ток 100A, 2 шт., пакет БОПП REXANT</t>
+    <t>06-0145-B2</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 50мм, ток 10A, 2 шт. REXANT</t>
   </si>
   <si>
     <t>16-0009-9</t>
   </si>
   <si>
     <t>Зажим крокодил, длина 53мм, ток 15A, 2 шт., пакет БОПП REXANT</t>
   </si>
   <si>
-    <t>16-0020-9</t>
-[...29 lines deleted...]
-    <t>1.7.4 Концевик</t>
+    <t>1.10.4 Концевик</t>
+  </si>
+  <si>
+    <t>06-0129-A</t>
+  </si>
+  <si>
+    <t>Концевик автомобильный, пластик, 1 шт. REXANT</t>
   </si>
   <si>
     <t>06-0130-A</t>
   </si>
   <si>
     <t>Концевик автомобильный, пластик, угловой, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>06-0129-A</t>
-[...5 lines deleted...]
-    <t>1.7.5 Разъем ЕВРО</t>
+    <t>1.10.5 Разъем ЕВРО</t>
   </si>
   <si>
     <t>06-0126-C</t>
   </si>
   <si>
     <t>Разъем для автомагнитолы "Евро" ISO, гнездо сдвоенное, 1шт. REXANT</t>
   </si>
   <si>
     <t>06-0127-C</t>
   </si>
   <si>
     <t>Разъем для автомагнитолы "Евро" ISO, 2 гнезда, 1шт. REXANT</t>
   </si>
   <si>
     <t>06-0128-C</t>
   </si>
   <si>
     <t>Разъем для автомагнитолы "Евро" ISO, штекер сдвоенный, 1шт. REXANT</t>
-  </si>
-[...316 lines deleted...]
-    <t>Автовизитка парковочная с номером телефона REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -3081,56 +3090,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-belyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-chernyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-krasnyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-belyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zelenyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-krasnyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-siniy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zheltyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-krasnyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zelenyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-chernyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-siniy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-belyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zheltyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-siniy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zelenyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zheltyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-chernyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-75mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m-0-75h5m-1-50h3m-2-50h2m-tsvet-provoda-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-00mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h2-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m-0-75h5m-1h3m-1-50h3m-2-50h2m-tsvet-provoda-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-21-avtomobilnyy-razem-gnezdo-s-provodom-20sm.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-11-avtomobilnyy-razem-shteker-s-provodom-20sm.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-21-avtomobilnyy-razem-gnezdo-s-provodom-20sm-3-h-kontaktnyy.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-11-avtomobilnyy-razem-shteker-s-provodom-20sm-3-h-kontaktnyy.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-1-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-3-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-gnezdo-antenny-dlya-avtomagnitoly-na-shnur-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-sdvoennyy-shteker-akustika-pitanie-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenny-shteker-aziya-gnezdo-evropa-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-2-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenny-shteker-evropa-gnezdo-aziya-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-2-gnezda-akustika-pitanie-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-sdvoennoe-gnezdo-akustika-pitanie-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-metall-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-podklyucheniya-farkopa-universalnyy-7-kontaktov-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-metall-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-blistere-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-plastikovoy-korobke-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-plastikovoy-korobke-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-blistere-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-mini-vlagozaschischennyy-na-provode-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-10a-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-kruglyy-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-mini-na-provode-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-30a-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-30a-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-15a-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-15a-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-agu-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mikro-korea-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-10a-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-20a-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-20a-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-25a-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-25a-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-56mm-v-izolyatore-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-kryuchok-40mm-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlya-testera-15a-53mm-gnezdo-banana-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100a-v-chehle-na-molnii-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-10a-50mm-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-v-izolyatore-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-55mm-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-100a-105mm-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-53mm-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-50a-98mm-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-52mm-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-40mm-v-izolyatore-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500a-v-chehle-na-molnii-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700a-v-chehle-na-molnii-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-250a-150mm-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-500a-200mm-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7a-pws-150-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7a-pws-265-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-pintset-50mm-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-75mm-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-46mm-v-izolyatore-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhimy-krokodil-5a-40mm-s-provodom-10-par-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200a-v-chehle-na-molnii-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-5m-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-5m-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-3m-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-3m-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-indikatorom-1-sht-paket-proconnect.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-3-gnezda-shnur-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-2-gnezda-shnur-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-indikatorom-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-knopkoy-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-pod-vint-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnezdo-avtoprikurivatelya-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-2-gnezda-1husb-5v-1000ma-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-tv-aktivnaya-model-rx-504-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-passivnaya-model-rx-501-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-aktivnaya-model-rx-503-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-tv-aktivnaya-model-rx-502-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-1-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-2-metall-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-3-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-kolesa-205-225-mm-6-sht-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-kolesa-205-225-mm-4-sht-rexant.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-kolesa-165-205-mm-4-sht-rexant.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-kolesa-165-205-mm-6-sht-rexant.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-odnoryadnye-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-kolesa-165-205-mm-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-odnoryadnye-6-sht-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-odnoryadnye-4-sht-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-odnoryadnye-4-sht-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-protivoskolzheniya-900x9mm-oranzhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-vnedorozhnikov-kolesa-235-285-mm-usilennye-4-sht-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-odnoryadnye-6-sht-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-vnedorozhnikov-kolesa-235-285-mm-usilennye-6-sht-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-protivoskolzheniya-900x9mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-7t-5m-s-dvumya-kryukami-v-chehle-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-3-5t-5m-s-dvumya-kryukami-v-chehle-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-2-5t-5m-s-dvumya-kryukami-rexant.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-2-5t-5m-s-dvumya-petlyami-rexant.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-2-5t-5m-s-dvumya-kryukami-v-chehle-rexant.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-10t-5m-s-dvumya-kryukami-v-chehle-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-so-svetootrazhayuschey-lentoy-5t-4m-s-dvumya-kryukami-rexant.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-10t-5m-s-dvumya-kryukami-rexant.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-so-svetootrazhayuschey-lentoy-5t-4m-s-dvumya-kryukami-v-chehle-rexant.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-3-5t-5m-s-dvumya-kryukami-rexant.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-5t-6m-v-chehle-rexant.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-10t-9m-v-chehle-rexant.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-7t-6m-v-chehle-rexant.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-classic-dlya-gsm-i-tehnicheskih-zhidkostey-plastikovaya-20l-rexant.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-gsm-i-tehnicheskih-zhidkostey-vertikalnaya-10l-plastikovaya-usilennaya-rexant.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/voronka-tehnicheskaya-dlya-gsm-135mm-rexant.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-gsm-i-tehnicheskih-zhidkostey-vertikalnaya-5l-plastikovaya-usilennaya-rexant.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-zhidkostey-plastikovaya-20l-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-classic-dlya-gsm-i-tehnicheskih-zhidkostey-plastikovaya-5l-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-zhidkostey-plastikovaya-5l-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-zhidkostey-plastikovaya-10l-rexant.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogruzhnoy-12v-35l-min-bez-filtra-51mm-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-10l-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-5l-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-gsm-i-tehnicheskih-zhidkostey-vertikalnaya-20l-plastikovaya-usilennaya-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-classic-dlya-gsm-i-tehnicheskih-zhidkostey-plastikovaya-10l-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-20l-rexant.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogruzhnoy-12v-12-5l-min-bez-filtra-38mm-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-20l-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogruzhnoy-12v-35l-min-s-filtrom-51mm-rexant.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-5l-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-10l-rexant.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-dlya-shin-1000h1150mm-30mkr-dlya-r-18-19-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-styazhnoy-dlya-gruza-bagazhnyy-s-kryukami-i-hrapovym-mehanizmom-8h0-038m-rexant.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-styazhnoy-dlya-gruza-bagazhnyy-s-kryukami-i-hrapovym-mehanizmom-5h0-038m-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-styazhnoy-dlya-gruza-bagazhnyy-s-kryukami-i-hrapovym-mehanizmom-10h0-038m-rexant.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-2-5m-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-3-5m-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-5m-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-6m-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-na-spinku-perednego-sidenya-60h50sm-pvh-prozrachnaya-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-v-bagazhnik-1-otdelenie-23-litra-rexant.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-na-spinku-zadnego-sidenya-malyy-rexant.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-na-spinku-zadnego-sidenya-bolshoy-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-pod-detskoe-avtokreslo-so-spinkoy-i-karmanom-rexant.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-pod-detskoe-avtokreslo-s-karmanom-rexant.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-na-spinku-perednego-sidenya-60h50sm-tkan-oksford-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-na-bamper-100h75sm-rexant.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karman-v-bagazhnik-na-lipuchke-universalnyy-25h20sm-rexant.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-v-bagazhnik-3-otdeleniya-65-litrov-rexant.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karman-v-bagazhnik-na-lipuchke-universalnyy-40h30sm-rexant.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-10l-2-sloya-utepleniya-s-karmanami-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-15l-2-sloya-utepleniya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-20l-2-sloya-utepleniya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-40l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-45l-2-sloya-utepleniya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-6l-2-sloya-utepleniya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-20l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-15l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vodosgon-270mm-rexant.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-opryskivatel-2l-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-opryskivatel-1-5l-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopata-avtomobilnaya-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-635mm-myagkaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-540mm-myagkaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-oranzhevaya-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-500mm-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-64h43sm-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-43h32sm-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-250-gr-m2-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-200-gr-m2-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h40sm-600-gr-m2-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h60sm-600-gr-m2-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-otryvnaya-25h25sm-200-gr-m2-30-sht-v-rulone-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-v-kartonnoy-korobke-25h25sm-200-gr-m2-30-sht-v-korobke-rexant.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40sm-300-gr-m2-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40-sm-250gr-m2-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-plotnost-25h25sm-200-gr-m2-6-sht-rexant.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-m-rexant.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-l-rexant.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-xl-rexant.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-m-rexant.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-xl-rexant.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-m-rexant.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-l-rexant.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-l-rexant.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-xl-rexant.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uteplitel-dvigatelya-vlack-premium-dvoynoy-sloy-razmer-l-160h90sm-rexant.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uteplitel-dvigatelya-black-premium-dvoynoy-sloy-razmer-m-140h90sm-rexant.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-reziny-400ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/himchistka-salona-avtomobilya-650ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-dlya-plastika-400ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-antikor-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-smazka-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkiy-klyuch-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-elektrokontaktov-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-podvizhnyh-detaley-dlya-velosipeda-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-izolyatsiya-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoklyuch-s-effektom-zamorozki-335ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-vysokotemperaturnaya-mednaya-335ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-udaleniya-tsarapin-antitsarapin-100ml-tuba-rexant.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-tormozov-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kontaktov-210ml-rexant.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-210ml-rexant.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-karbyuratora-aero-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-rexant.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/preobrazovatel-rzhavchiny-500ml-s-triggerom-rexant.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bystryy-start-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antiskotch-210ml-rexant.html" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mednaya-smazka-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-kontaktov-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/movil-avtokonservant-520-ml-rexant.html" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-bitumnyh-pyaten-i-sledov-nasekomyh-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-alyuminievaya-210ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-250ml-trigger-rexant.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-250ml-trigger-rexant.html" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-50ml-flakon-roll-on-rexant.html" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-335ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-stekol-universalnyy-500ml-trigger-rexant.html" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smyvka-kraski-520ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udalitel-sledov-nakleek-i-tonirovochnoy-plenki-antiskotch-aerozol-335ml-rexant.html" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-500ml-trigger-rexant.html" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-ruk-ochischayuschaya-550ml-rexant.html" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-far-100ml-tuba-rexant.html" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antizapotevatel-250ml-trigger-rexant.html" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-silikonovaya-335ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-litievaya-520ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-40-l-min-7-atm-rexant.html" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-60-l-min-10-atm-rexant.html" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-s-tsifrovym-manometrom-i-funktsiey-avtostop-60-l-mi.html" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-v-keyse-s-naborom-instrumentov-60-l-min-10-atm-rexa.html" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-75-l-min-10-atm-rexant.html" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-1-5t-rexant.html" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-2t-rexant.html" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-1t-rexant.html" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-2t-v-keyse-rexant.html" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-shinomontazhnyy-rexant.html" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-s-vysokim-podemom-suv-rexant.html" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-professionalnyy-rexant.html" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-2-5t-s-fiksatorom-rexant.html" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-5t-v-plastikovom-keyse-rexant.html" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-8t-rexant.html" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-20t-rexant.html" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-25t-rexant.html" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-10t-rexant.html" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-50t-rexant.html" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-3t-rexant.html" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-12t-rexant.html" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-15t-rexant.html" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavki-pod-mashinu-reguliruemye-3t-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavki-pod-mashinu-reguliruemye-2t-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-s-predohranitelem-pod-vint-1-sht-paket-bopp-proconnect.html" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-s-predohranitelem-pod-vint-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-vilochnyy-krasnyy-1-sht-paket-bopp-proconnect.html" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-vilochnyy-chernyy-1-sht-paket-bopp-proconnect.html" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-40mm-tok-5a-2-sht-paket-bopp-rexant.html" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-46mm-tok-5a-2-sht-paket-bopp-rexant.html" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-53mm-tok-15a-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-50mm-tok-10a-2-sht-paket-bopp-rexant.html" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-75mm-tok-30a-2-sht-paket-bopp-rexant.html" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-75mm-tok-30a-2-sht-paket-bopp-rexant.html" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-56mm-tok-5a-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-40mm-tok-5a-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-105mm-tok-100a-2-sht-paket-bopp-rexant.html" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-53mm-tok-15a-2-sht-paket-bopp-rexant.html" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-150mm-tok-250a-2-sht-paket-bopp-rexant.html" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-98mm-tok-50a-2-sht-paket-bopp-rexant.html" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-52mm-tok-5a-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-56mm-tok-5a-2-sht-paket-bopp-rexant.html" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-50mm-tok-10a-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-avtomobilnyy-plastik-uglovoy-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-avtomobilnyy-plastik-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoly-evro-iso-gnezdo-sdvoennoe-1sht-rexant.html" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoly-evro-iso-2-gnezda-1sht-rexant.html" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoly-evro-iso-shteker-sdvoennyy-1sht-rexant.html" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezhak-podkatnoy-remontnyy-rexant.html" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhki-pruzhin-380-mm-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plastikovyh-semnikov-11-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisposoblenie-dlya-utaplivaniya-tormoznyh-tsilindrov-rexant.html" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-56-110mm-ploskie-zahvaty-rexant.html" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-65-110mm-pryamye-zahvaty-rexant.html" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhki-pruzhin-270-mm-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-dinamometricheskiy-1-2-28-210-nm-rexant.html" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-pistonov-9mm-rexant.html" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obraznyy-250mm-s-golovkami-16mm-i-21mm-rexant.html" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-dinamometricheskiy-1-4-2-24-nm-rexant.html" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obraznyy-s-kardannym-sharnirom-21h250mm-rexant.html" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-lentochnyy-55-110mm-rexant.html" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-tsepnoy-120mm-rexant.html" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisposoblenie-dlya-utaplivaniya-tormoznyh-tsilindrov-audi-vw-skoda-rexant.html" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-43-102mm-izognutye-zahvaty-rexant.html" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obraznyy-s-kardannym-sharnirom-16h250mm-rexant.html" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lebedka-ruchnaya-4t-rexant.html" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lebedka-ruchnaya-2t-rexant.html" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-rezinovyh-kolets-419-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-350mm-rexant.html" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-400mm-rexant.html" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-530mm-rexant.html" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-550mm-rexant.html" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-600mm-rexant.html" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-330mm-rexant.html" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-650mm-rexant.html" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-450mm-rexant.html" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-500mm-rexant.html" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-350mm-rexant.html" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-400mm-rexant.html" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-530mm-rexant.html" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-600mm-rexant.html" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-650mm-rexant.html" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-450mm-rexant.html" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-550mm-rexant.html" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-330mm-rexant.html" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-500mm-rexant.html" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-350mm-rexant.html" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-500mm-rexant.html" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-650mm-rexant.html" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-550mm-rexant.html" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-330mm-rexant.html" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-600mm-rexant.html" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-530mm-rexant.html" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-400mm-rexant.html" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-450mm-rexant.html" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtovizitka-parkovochnaya-s-nomerom-telefona-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-1-5-m-rexant-9085" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-predohranitelem-universalniy-pod-vint-rexant-4516" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-1-5-m-rexant-9082" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-3-m-rexant-9086" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-3-m-rexant-9083" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-5-m-rexant-9087" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-5-m-rexant-9084" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-proconnect-s-predohranitelem-i-led-indikatorom-1-sht-paket-bopp-11735" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnezdo-avtoprikurivatelya-rexant-938" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-rexant-57" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-2-gnezda-1husb-5-v-1000-ma-rexant-3867" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-knopkoy-i-3a-rexant-6552" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-3-gnezda-shnur-rexant-2318" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-indikatorom-rexant-937" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-predohranitelem-rexant-936" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-2-gnezda-shnur-rexant-2319" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-tv-aktivnaya-model-rx-504-rexant-14101" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-passivnaya-model-rx-501-rexant-14111" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-aktivnaya-model-rx-503-rexant-14103" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-tv-aktivnaya-model-rx-502-rexant-14114" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-50t-rexant-29832" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-5t-v-plastikovom-keyse-rexant-29825" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-8t-rexant-29826" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-15t-rexant-29829" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-20t-rexant-29830" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-3t-rexant-29824" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-10t-rexant-29827" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-12t-rexant-29828" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-25t-rexant-29831" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavki-pod-mashinu-reguliruemie-2t-2-sht-rexant-29833" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavki-pod-mashinu-reguliruemie-3t-2-sht-rexant-29877" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-1-5t-rexant-29817" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-1t-rexant-29816" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-2t-rexant-29818" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-shinomontajniy-rexant-29822" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-2-5t-s-fiksatorom-rexant-29820" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-2t-v-keyse-rexant-29819" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-professionalniy-rexant-29823" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-s-visokim-podemom-suv-rexant-29821" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lejak-podkatnoy-remontniy-rexant-31713" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obrazniy-s-kardannim-sharnirom-21h250mm-rexant-31726" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-56-110mm-ploskie-zahvati-rexant-31715" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-65-110mm-pryamie-zahvati-rexant-31716" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisposoblenie-dlya-utaplivaniya-tormoznih-tsilindrov-rexant-31721" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-lentochniy-55-110mm-rexant-31719" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-tsepnoy-120mm-rexant-31718" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajki-prujin-380-mm-2-sht-rexant-31724" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajki-prujin-270-mm-2-sht-rexant-31723" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plastikovih-semnikov-11-predmetov-rexant-31720" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-43-102mm-izognutie-zahvati-rexant-31717" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisposoblenie-dlya-utaplivaniya-tormoznih-tsilindrov-audi-vw-skoda-rexant-31722" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obrazniy-s-kardannim-sharnirom-16h250mm-rexant-31725" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-dinamometricheskiy-1-2-28-210-nm-rexant-31727" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-pistonov-9mm-rexant-31769" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obrazniy-250mm-s-golovkami-16mm-i-21mm-rexant-31770" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-dinamometricheskiy-1-4-2-24-nm-rexant-31771" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-rezinovih-kolets-419-predmetov-rexant-31714" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lebedka-ruchnaya-4t-rexant-31729" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lebedka-ruchnaya-2t-rexant-31728" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-400mm-rexant-31131" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-600mm-rexant-31110" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-650mm-rexant-31111" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-330mm-rexant-31146" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-450mm-rexant-31132" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-350mm-rexant-31130" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-550mm-rexant-31135" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-500mm-rexant-31133" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-530mm-rexant-31134" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-400mm-rexant-31114" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-550mm-rexant-31118" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-500mm-rexant-31116" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-650mm-rexant-31120" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-600mm-rexant-31119" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-450mm-rexant-31115" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-530mm-rexant-31117" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-330mm-rexant-31112" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-350mm-rexant-31113" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-350mm-rexant-31122" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-530mm-rexant-31126" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-400mm-rexant-31123" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-550mm-rexant-31127" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-600mm-rexant-31128" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-450mm-rexant-31124" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-500mm-rexant-31125" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-650mm-rexant-31129" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-330mm-rexant-31121" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtovizitka-parkovochnaya-s-nomerom-telefona-rexant-31331" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-rezini-nanoprotech-400-ml-17519" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/himchistka-salona-avtomobilya-nanoprotech-650-ml-15542" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-dlya-plastika-nanoprotech-400-ml-15540" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-antikor-nanoprotech-210-ml-12926" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-nanoprotech-210-ml-15539" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jidkiy-klyuch-nanoprotech-210-ml-15541" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-elektrokontaktov-nanoprotech-210-ml-15543" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-podvijnih-detaley-nanoprotech-dlya-velosipeda-210-ml-17526" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-smazka-nanoprotech-210-ml-12928" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-izolyatsiya-nanoprotech-210-ml-12932" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-far-100ml-tuba-rexant-30550" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-alyuminievaya-210ml-aerozol-rexant-30274" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antiskotch-210-ml-28117" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-520-ml-28737" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-stekol-universalniy-500ml-trigger-rexant-30271" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-520-ml-28155" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-520-ml-28157" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-210-ml-28118" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-karbyuratora-aero-520-ml-28154" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-tormozov-520-ml-28153" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kontaktov-210-ml-28119" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-kontaktov-520-ml-28151" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/preobrazovatel-rjavchini-500-ml-s-triggerom-28158" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bistriy-start-520-ml-28159" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210-ml-28156" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mednaya-smazka-520-ml-28152" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-udaleniya-tsarapin-antitsarapin-100ml-tuba-rexant-30554" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-silikonovaya-335ml-aerozol-rexant-30279" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smivka-kraski-520ml-aerozol-rexant-30276" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoklyuch-s-effektom-zamorozki-335ml-aerozol-rexant-30277" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-bitumnih-pyaten-i-sledov-nasekomih-520-ml-rexant-29366" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidojd-250ml-trigger-rexant-30267" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidojd-500ml-trigger-rexant-30268" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antizapotevatel-250ml-trigger-rexant-30269" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-ruk-ochischayuschaya-550ml-rexant-30272" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-50ml-flakon-roll-on-rexant-30273" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-litievaya-520ml-aerozol-rexant-30275" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udalitel-sledov-nakleek-i-tonirovochnoy-plenki-antiskotch-aerozol-335ml-rexant-30278" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-335ml-aerozol-rexant-30281" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-visokotemperaturnaya-mednaya-335ml-aerozol-rexant-30280" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/movil-avtokonservant-520-ml-rexant-28890" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-250ml-trigger-rexant-30270" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-siniy-buhta-100-m-2123" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-zeleniy-buhta-100-m-3739" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-jeltiy-buhta-100-m-3744" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-beliy-buhta-100-m-3725" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-jeltiy-buhta-100-m-3726" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-siniy-buhta-100-m-3729" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cherniy-buhta-100-m-3742" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-krasniy-buhta-100-m-3734" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-jeltiy-buhta-100-m-3732" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-siniy-buhta-100-m-3747" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-siniy-buhta-100-m-3741" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-krasniy-buhta-100-m-2122" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cherniy-buhta-100-m-2124" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-zeleniy-buhta-100-m-2121" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-jeltiy-buhta-100-m-2120" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-beliy-buhta-100-m-2119" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-krasniy-buhta-100-m-3728" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cherniy-buhta-100-m-3730" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-zeleniy-buhta-100-m-3727" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-krasniy-buhta-100-m-3740" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-beliy-buhta-100-m-3737" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-jeltiy-buhta-100-m-3738" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-cherniy-buhta-100-m-3736" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-beliy-buhta-100-m-3731" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-siniy-buhta-100-m-3735" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-zeleniy-buhta-100-m-3733" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-krasniy-buhta-100-m-3746" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-cherniy-buhta-100-m-3748" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-beliy-buhta-100-m-3743" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-zeleniy-buhta-100-m-3745" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-krasniy-buhta-200-m-19578" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-jeltiy-buhta-200-m-19576" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-krasniy-buhta-500-m-19571" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-cherniy-buhta-200-m-19566" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-zeleniy-buhta-500-m-19570" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-siniy-buhta-500-m-19572" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-zeleniy-buhta-200-m-19567" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-jeltiy-buhta-200-m-19580" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-zeleniy-buhta-200-m-19575" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-siniy-buhta-200-m-19579" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-beliy-buhta-200-m-19573" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-krasniy-buhta-200-m-19581" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-cherniy-buhta-200-m-19582" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-beliy-buhta-500-m-19568" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-jeltiy-buhta-500-m-19569" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-cherniy-buhta-500-m-19583" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-beliy-buhta-200-m-19574" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-siniy-buhta-200-m-19577" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h0-75-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28441" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h0-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28440" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-assorti-0-50h5-m-0-75h5-m-1-50h3-m-2-50h2-m-tsvet-provoda-cherniy-28446" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h2-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28444" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h1-00-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28442" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h1-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28443" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-assorti-0-50h5-m-0-75h5-m-1h3-m-1-50h3-m-2-50h2-m-tsvet-provoda-krasniy-28445" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-cherniy-mini-buhta-10-metrov-28423" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-krasniy-mini-buhta-10-metrov-28429" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-cherniy-mini-buhta-10-metrov-28431" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-krasniy-mini-buhta-5-metrov-28428" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-cherniy-mini-buhta-10-metrov-28427" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-cherniy-mini-buhta-10-metrov-28435" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-cherniy-mini-buhta-5-metrov-28422" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-krasniy-mini-buhta-10-metrov-28437" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-krasniy-mini-buhta-5-metrov-28420" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-krasniy-mini-buhta-10-metrov-28425" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-cherniy-mini-buhta-5-metrov-28430" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-krasniy-mini-buhta-10-metrov-28433" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-krasniy-mini-buhta-5-metrov-28436" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-cherniy-mini-buhta-10-metrov-28439" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-cherniy-mini-buhta-5-metrov-28438" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-krasniy-mini-buhta-10-metrov-28421" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-krasniy-mini-buhta-5-metrov-28432" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-krasniy-mini-buhta-5-metrov-28424" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-cherniy-mini-buhta-5-metrov-28434" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-cherniy-mini-buhta-5-metrov-28426" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-metall-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenni-dlya-avtomagnitoli-tip-2-rexant-3913" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-dlya-avtomagnitol-evro-iso-2-gnezda-akustika-pitanie-rexant-1976" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-podklyucheniya-farkopa-universalnyy-7-kontaktov-rexant.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-11-avtomobilniy-razem-shteker-s-provodom-20-sm-3-kontaktniy-14798" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-21-avtomobilniy-razem-gnezdo-s-provodom-20-sm-13488" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-dlya-avtomagnitol-evro-iso-sdvoenniy-shteker-akustika-pitanie-rexant-3873" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenni-shteker-evropa-gnezdo-aziya-uglovoy-rexant-3862" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-21-avtomobilniy-razem-gnezdo-s-provodom-20-sm-3-kontaktniy-14797" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenni-dlya-avtomagnitoli-tip-1-rexant-60" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-11-avtomobilniy-razem-shteker-s-provodom-20-sm-13489" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenni-dlya-avtomagnitoli-tip-3-rexant-3914" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-gnezdo-antenni-dlya-avtomagnitoli-na-shnur-rexant-3791" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenni-shteker-aziya-gnezdo-evropa-rexant-3861" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-dlya-avtomagnitol-evro-iso-sdvoennoe-gnezdo-akustika-pitanie-rexant-1975" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-metall-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-standart-pryamougolniy-krasniy-rexant-3765" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-standart-v-plastikovoy-korobke-100sht-rexant-9283" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mikro-korea-rexant-15292" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mini-v-blistere-rexant-9280" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-10a-rexant-14673" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-standart-pryamougolniy-cherniy-rexant-58" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-krugliy-rexant-59" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mini-v-plastikovoy-korobke-100sht-rexant-9282" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-mini-vlagozaschitniy-na-provode-rexant-14557" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-15a-rexant-14702" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-standart-v-blistere-rexant-9281" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant-15293" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-mini-na-provode-rexant-14560" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-30a-rexant-14749" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-10a-rexant-14779" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant-15294" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-20a-rexant-14703" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-15a-rexant-14729" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-25a-rexant-14709" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-30a-rexant-14710" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-agu-kolba-rexant-14823" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant-15295" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-25a-rexant-14790" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-20a-rexant-14660" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajimi-krokodil-5-a-40-mm-s-provodom-10-par-rexant-2315" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100-amper-v-chehle-na-molnii-rexant-9417" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-15-a-53-mm-rexant-1652" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-56-mm-v-izolyatore-rexant-43" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-10-a-50-mm-rexant-47" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-55-mm-rexant-48" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700-amper-v-chehle-na-molnii-rexant-9420" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-dlya-testera-15-a-53-mm-gnezdo-banana-rexant-17302" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7-a-pws-150-rexant-15439" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-testera-kryuchok-40-mm-rexant-17300" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-testera-pintset-50-mm-rexant-17301" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-46-mm-v-izolyatore-rexant-41" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-15-a-75-mm-rexant-2310" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-30-a-75-mm-v-izolyatore-rexant-2311" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-52-mm-rexant-44" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-100-a-105-mm-rexant-2313" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-40-mm-v-izolyatore-rexant-42" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-30-a-75-mm-rexant-50" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-50-a-98-mm-rexant-52" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-500-a-200-mm-rexant-14556" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-s-metallicheskimi-zubtsami-dlya-fiksatsii-provodov-250-a-150-mm-rexant-53" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7-a-pws-265-rexant-15438" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200-amper-v-chehle-na-molnii-rexant-9418" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500-amper-v-chehle-na-molnii-rexant-9419" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-dlya-gruza-rexant-bagajnaya-s-kryukami-s-hrapovim-mehanizmom-10h0-038-m-26834" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-dlya-gruza-rexant-bagajnaya-s-kryukami-s-hrapovim-mehanizmom-5h0-038-m-26832" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-dlya-gruza-rexant-bagajnaya-s-kryukami-s-hrapovim-mehanizmom-8h0-038-m-26833" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-rexant-dlya-krepleniya-gruza-s-fiksatorom-3-5-m-26836" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-rexant-dlya-krepleniya-gruza-s-fiksatorom-2-5-m-26835" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-rexant-dlya-krepleniya-gruza-s-fiksatorom-5-m-26837" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-6m-rexant-31549" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-na-spinku-perednego-sidenya-60h50-sm-pvh-prozrachnaya-28519" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karman-v-bagajnik-na-lipuchke-universalniy-40h30-sm-28516" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-na-spinku-perednego-sidenya-60h50-sm-tkan-oksford-chernogo-tsveta-28520" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-na-bamper-100h75-sm-28521" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-na-spinku-zadnego-sidenya-maliy-28514" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-na-spinku-zadnego-sidenya-bolshoy-28513" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-pod-detskoe-avtokreslo-so-spinkoy-i-karmanom-28517" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karman-v-bagajnik-na-lipuchke-universalniy-25h20-sm-28515" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-v-bagajnik-1-otdelenie-23-litra-28523" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-v-bagajnik-3-otdeleniya-65-litrov-28522" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-pod-detskoe-avtokreslo-s-karmanom-28518" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-20-l-2-sloya-utepleniya-28637" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-6-l-2-sloya-utepleniya-28634" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-15-l-28639" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-10-l-2-sloya-utepleniya-s-karmanami-28635" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-20-l-28640" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-45-l-2-sloya-utepleniya-28638" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-15-l-2-sloya-utepleniya-28636" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-40-l-28641" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40-sm-250gr-m2-1-sht-rexant-31849" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h60sm-600-gr-m2-1-sht-rexant-31852" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-43h32sm-rexant-31547" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-200-gr-m2-10-sht-rexant-31847" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-otrivnaya-25h25sm-200-gr-m2-30-sht-v-rulone-rexant-31853" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40sm-300-gr-m2-1-sht-rexant-31850" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-opriskivatel-2-litra-rexant-28820" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-250-gr-m2-2-sht-rexant-31848" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopata-avtomobilnaya-rexant-28864" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-64h43sm-rexant-31548" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-rexant-635-mm-myagkaya-ruchka-28713" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-chernaya-rexant-28800" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-oranjevaya-rexant-28799" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-plotnost-25h25sm-200-gr-m2-6-sht-rexant-31846" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-rexant-540-mm-myagkaya-ruchka-28712" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h40sm-600-gr-m2-1-sht-rexant-31851" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-v-kartonnoy-korobke-25h25sm-200-gr-m2-30-sht-v-korobke-rexant-31854" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-rexant-500-mm-28711" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-opriskivatel-1-5-litra-rexant-28819" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vodosgon-rexant-270-mm-28714" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-l-rexant-30637" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-m-rexant-30639" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-l-rexant-30640" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-l-rexant-30643" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-xl-rexant-30641" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-xl-rexant-30638" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-m-rexant-30636" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-m-rexant-30642" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-xl-rexant-30644" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uteplitel-dvigatelya-vlack-premium-dvoynoy-sloy-razmer-l-160h90sm-rexant-31414" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uteplitel-dvigatelya-black-premium-dvoynoy-sloy-razmer-m-140h90sm-rexant-31413" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-1-plastik-rexant-3552" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-2-metall-rexant-3553" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-3-uglovoy-rexant-3554" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-krossoverov-kolesa-205-225-mm-k-t-4-sht-28096" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-legkovih-avto-kolesa-165-205-mm-k-t-4-sht-28099" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-legkovih-avtomobiley-odnoryadnie-k-t-4-sht-28102" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-legkovih-avtomobiley-odnoryadnie-k-t-2-sht-28101" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-vnedorojnikov-kolesa-235-285-mm-usilennie-k-t-6-sht-28095" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-krossoverov-kolesa-205-225-mm-k-t-6-sht-28097" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-krossoverov-odnoryadnie-k-t-6-sht-28105" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-protivoskoljeniya-900x9mm-cherniy-rexant-13965" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-protivoskoljeniya-900x9mm-oranjeviy-rexant-13966" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-vnedorojnikov-kolesa-235-285-mm-usilennie-k-t-4-sht-28094" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-legkovih-avto-kolesa-165-205-mm-k-t-6-sht-28100" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-krossoverov-odnoryadnie-k-t-4-sht-28104" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-legkovih-avto-kolesa-165-205-mm-k-t-2-sht-28098" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-legkovih-avtomobiley-odnoryadnie-k-t-6-sht-28103" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-2-5-t-5-m-s-dvumya-petlyami-26840" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-10-t-5-m-s-dvumya-kryukami-v-chehle-26849" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-2-5-t-5-m-s-dvumya-kryukami-26841" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-2-5-t-5-m-s-dvumya-kryukami-v-chehle-26845" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-7-t-5-m-s-dvumya-kryukami-v-chehle-26848" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-3-5-t-5-m-s-dvumya-kryukami-v-chehle-26846" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-10-t-5-m-s-dvumya-kryukami-26844" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-so-svetootrajayuschey-lentoy-5-t-4-m-s-dvumya-kryukami-v-chehle-26847" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-5t-6m-v-chehle-rexant-31550" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-7t-6m-v-chehle-rexant-31551" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-10t-9m-v-chehle-rexant-31552" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-3-5-t-5-m-s-dvumya-kryukami-26842" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-so-svetootrajayuschey-lentoy-5-t-4-m-s-dvumya-kryukami-26843" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogrujnoy-12v-35l-min-s-filtrom-51mm-rexant-30378" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-10l-rexant-30548" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-5l-rexant-30553" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-20l-rexant-31599" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-classic-dlya-gsm-i-tehnicheskih-jidkostey-plastikovaya-20-l-26824" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-jidkostey-plastikovaya-20-l-26830" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tehnicheskaya-voronka-rexant-dlya-gsm-135-mm-26831" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-dlya-gsm-i-tehnicheskih-jidkostey-vertikalnaya-5-l-plastikovaya-usilennaya-26825" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-dlya-gsm-i-tehnicheskih-jidkostey-vertikalnaya-10-l-plastikovaya-usilennaya-26826" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogrujnoy-12v-20l-min-bez-filtra-38mm-rexant-30377" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-jidkostey-plastikovaya-10-l-26829" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-dlya-gsm-i-tehnicheskih-jidkostey-vertikalnaya-20-l-plastikovaya-usilennaya-26827" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-5l-rexant-31597" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-classic-dlya-gsm-i-tehnicheskih-jidkostey-plastikovaya-10-l-26823" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogrujnoy-12v-35l-min-bez-filtra-51mm-rexant-30379" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-20l-rexant-30547" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-classic-dlya-gsm-i-tehnicheskih-jidkostey-plastikovaya-5-l-26822" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-jidkostey-plastikovaya-5-l-26828" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-10l-rexant-31598" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/paketi-dlya-shin-rexant-1000h1150-mm-30-mkr-dlya-r-18-19-5-sht-up-26838" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilniy-usilenniy-dvuhporshnevoy-75l-min-10-atm-rexant-29365" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilniy-usilenniy-dvuhporshnevoy-60l-min-10-atm-rexant-29363" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilniy-40l-min-7-atm-rexant-29362" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilniy-usilenniy-dvuhporshnevoy-s-tsifrovim-manometrom-i-funktsiey-avtostop-60l-min-10-atm-rexant-29364" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilniy-usilenniy-dvuhporshnevoy-v-keyse-s-naborom-instrumentov-60l-min-10-atm-rexant-29361" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-35-l-min-9-4-atm-220v-rexant.html" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-proconnect-s-predohranitelem-pod-vint-1-sht-paket-bopp-11736" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-rexant-s-predohranitelem-pod-vint-1-sht-17859" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-proconnect-tip-vilochniy-cherniy-1-sht-paket-bopp-15784" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-proconnect-tip-vilochniy-krasniy-1-sht-paket-bopp-15785" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-50-mm-tok-10a-2-sht-paket-bopp-11456" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-v-izolyatore-rexant-dlina-75-mm-tok-30a-2-sht-paket-bopp-13076" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-75-mm-tok-30a-2-sht-paket-bopp-11740" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-v-izolyatore-rexant-dlina-40-mm-tok-5a-2-sht-17843" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-105-mm-tok-100a-2-sht-paket-bopp-13095" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-v-izolyatore-rexant-dlina-56-mm-tok-5a-2-sht-17841" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-v-izolyatore-rexant-dlina-46-mm-tok-5a-2-sht-paket-bopp-11455" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-v-izolyatore-rexant-dlina-40-mm-tok-5a-2-sht-paket-bopp-11453" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-98-mm-tok-50a-2-sht-paket-bopp-13077" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-150-mm-tok-250a-2-sht-paket-bopp-13096" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-v-izolyatore-rexant-dlina-56-mm-tok-5a-2-sht-paket-bopp-11465" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-52-mm-tok-5a-2-sht-17842" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-53-mm-tok-15a-2-sht-17845" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-50-mm-tok-10a-2-sht-17844" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-53-mm-tok-15a-2-sht-paket-bopp-11454" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-avtomobilniy-plastik-1sht-rexant-17865" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-avtomobilniy-plastik-uglovoy-1sht-rexant-17861" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoli-evro-iso-gnezdo-sdvoennoe-1sht-rexant-17867" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoli-evro-iso-2-gnezda-1sht-rexant-17863" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoli-evro-iso-shteker-sdvoenniy-1sht-rexant-17855" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I460"/>
+  <dimension ref="A1:I462"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -3168,12920 +3177,12980 @@
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="2" t="s">
+      <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B5" s="2"/>
-[...6 lines deleted...]
-      <c r="I5" s="2"/>
+      <c r="B5" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="3">
+        <v>240</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F5" s="3">
+        <v>2377</v>
+      </c>
+      <c r="G5" s="3">
+        <v>1</v>
+      </c>
+      <c r="H5" s="3">
+        <v>100</v>
+      </c>
+      <c r="I5" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>1270</v>
+        <v>110</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>1108</v>
+        <v>7550</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>1270</v>
+        <v>250</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>629</v>
+        <v>6847</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>1270</v>
+        <v>330</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>921</v>
+        <v>845</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>1270</v>
+        <v>360</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>1105</v>
+        <v>5443</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>1270</v>
+        <v>490</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>622</v>
+        <v>512</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>900</v>
+        <v>490</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>631</v>
+        <v>1953</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>900</v>
+        <v>88</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>404</v>
+        <v>1126</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1535</v>
+        <v>39.5</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>1171</v>
+        <v>19400</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3">
-        <v>8</v>
+        <v>1000</v>
       </c>
       <c r="I13" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="3">
         <v>32</v>
       </c>
-      <c r="C14" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>442</v>
+        <v>12150</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>8</v>
+        <v>1000</v>
       </c>
       <c r="I14" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>2000</v>
+        <v>540</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>1905</v>
+        <v>632</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>2000</v>
+        <v>142</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>1807</v>
+        <v>4347</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>6</v>
+        <v>240</v>
       </c>
       <c r="I16" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>2000</v>
+        <v>290</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>698</v>
+        <v>959</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>2000</v>
+        <v>58</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>549</v>
+        <v>44600</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H18" s="3">
-        <v>6</v>
+        <v>500</v>
       </c>
       <c r="I18" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="C19" s="3">
-        <v>900</v>
+        <v>50</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
+        <v>14200</v>
+      </c>
+      <c r="G19" s="3">
+        <v>50</v>
+      </c>
+      <c r="H19" s="3">
         <v>500</v>
       </c>
-      <c r="G19" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I19" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>1535</v>
+        <v>220</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>898</v>
+        <v>1100</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A21" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B21" s="3" t="s">
+      <c r="A21" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="C21" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>3300</v>
+        <v>1887.76</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>173</v>
+        <v>105</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I22" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>1535</v>
+        <v>420.2</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>531</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>3300</v>
+        <v>1337.41</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>765</v>
+        <v>31</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I24" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>1535</v>
+        <v>904.61</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="I25" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
+      <c r="A26" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="C26" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C28" s="3">
-        <v>2000</v>
+        <v>11800</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>1086</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I28" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>3300</v>
+        <v>2900</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>111</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I29" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>3300</v>
+        <v>3100</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>921</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>4</v>
       </c>
       <c r="I30" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>3300</v>
+        <v>4400</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>274</v>
+        <v>96</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I31" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>1535</v>
+        <v>5750</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>714</v>
+        <v>155</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I32" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>900</v>
+        <v>2080</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>1097</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I33" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>900</v>
+        <v>3490</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>1094</v>
+        <v>187</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I34" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C35" s="3">
+        <v>3600</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F35" s="3">
+        <v>69</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
+        <v>4</v>
+      </c>
+      <c r="I35" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B35" s="3" t="s">
+      <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="C35" s="3">
-[...22 lines deleted...]
-      <c r="A36" s="2" t="s">
+      <c r="C36" s="3">
+        <v>8500</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F36" s="3">
+        <v>0</v>
+      </c>
+      <c r="G36" s="3">
+        <v>1</v>
+      </c>
+      <c r="H36" s="3">
+        <v>1</v>
+      </c>
+      <c r="I36" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="B36" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C38" s="3">
-        <v>25.92</v>
+        <v>3670</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F38" s="3">
-        <v>1400</v>
+        <v>285</v>
       </c>
       <c r="G38" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>200</v>
+        <v>2</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>25.92</v>
+        <v>4410</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F39" s="3">
-        <v>600</v>
+        <v>135</v>
       </c>
       <c r="G39" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>2</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A40" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C41" s="3">
-        <v>19</v>
+        <v>1920</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>500</v>
+        <v>8</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C42" s="3">
-        <v>19</v>
+        <v>1600</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>5500</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C43" s="3">
-        <v>19</v>
+        <v>2600</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>500</v>
+        <v>6</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A44" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A44" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C45" s="3">
-        <v>35.38</v>
+        <v>20200</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C46" s="3">
-        <v>35.38</v>
+        <v>8700</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C47" s="3">
-        <v>35.38</v>
+        <v>5500</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I47" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C48" s="3">
-        <v>35.38</v>
+        <v>17100</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I48" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C49" s="3">
-        <v>35.38</v>
+        <v>11700</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>1400</v>
+        <v>2</v>
       </c>
       <c r="G49" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A50" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A50" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A51" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A51" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B51" s="2"/>
+      <c r="C51" s="2"/>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2"/>
+      <c r="F51" s="2"/>
+      <c r="G51" s="2"/>
+      <c r="H51" s="2"/>
+      <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="C52" s="3">
-        <v>25.92</v>
+        <v>3750</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A53" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="C54" s="3">
-        <v>19</v>
+        <v>250</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>4500</v>
+        <v>211</v>
       </c>
       <c r="G54" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A55" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I55" s="2"/>
+      <c r="A55" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C55" s="3">
+        <v>675</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F55" s="3">
+        <v>359</v>
+      </c>
+      <c r="G55" s="3">
+        <v>1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>60</v>
+      </c>
+      <c r="I55" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="C56" s="3">
-        <v>480</v>
+        <v>800</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>394</v>
+        <v>419</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>50</v>
       </c>
       <c r="I56" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="C57" s="3">
-        <v>845</v>
+        <v>980</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>294</v>
+        <v>438</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I57" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="C58" s="3">
-        <v>533</v>
+        <v>400</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>50</v>
       </c>
       <c r="I58" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C59" s="3">
-        <v>446.88</v>
+        <v>550</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>2940</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>50</v>
       </c>
       <c r="I59" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
       <c r="C60" s="3">
-        <v>550</v>
+        <v>1900</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>386</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I60" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="C61" s="3">
-        <v>1150</v>
+        <v>1600</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>125</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I61" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="C62" s="3">
-        <v>533</v>
+        <v>1100</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>38</v>
+        <v>104</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
+        <v>20</v>
+      </c>
+      <c r="I62" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C63" s="3">
+        <v>740</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F63" s="3">
+        <v>275</v>
+      </c>
+      <c r="G63" s="3">
+        <v>1</v>
+      </c>
+      <c r="H63" s="3">
         <v>50</v>
       </c>
-      <c r="I62" s="3">
-[...14 lines deleted...]
-      <c r="I63" s="2"/>
+      <c r="I63" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="C64" s="3">
-        <v>246.96</v>
+        <v>880</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>128</v>
+        <v>335</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I64" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="C65" s="3">
-        <v>341.04</v>
+        <v>250</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I65" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="C66" s="3">
-        <v>215.91</v>
+        <v>2730</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I66" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="C67" s="3">
-        <v>114.31</v>
+        <v>170</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>118</v>
+        <v>53</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I67" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="C68" s="3">
-        <v>215.91</v>
+        <v>450</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I68" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="C69" s="3">
-        <v>139.71</v>
+        <v>2210</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>108</v>
+        <v>637</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I69" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A70" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A70" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="B70" s="2"/>
+      <c r="C70" s="2"/>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2"/>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2"/>
+      <c r="I70" s="2"/>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="C71" s="3">
-        <v>139.71</v>
+        <v>1050</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I71" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A72" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A72" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="C73" s="3">
-        <v>162.29</v>
+        <v>2700</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>129</v>
+        <v>362</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I73" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="C74" s="3">
-        <v>317.52</v>
+        <v>1500</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>122</v>
+        <v>458</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I74" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A75" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A76" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A76" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="B76" s="2"/>
+      <c r="C76" s="2"/>
+      <c r="D76" s="2"/>
+      <c r="E76" s="2"/>
+      <c r="F76" s="2"/>
+      <c r="G76" s="2"/>
+      <c r="H76" s="2"/>
+      <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="C77" s="3">
-        <v>223.44</v>
+        <v>195</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>78</v>
+        <v>736</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I77" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="C78" s="3">
-        <v>223.44</v>
+        <v>250</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>81</v>
+        <v>827</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I78" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="C79" s="3">
-        <v>646.8</v>
+        <v>279</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>24</v>
+        <v>442</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I79" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="C80" s="3">
-        <v>317.52</v>
+        <v>195</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>106</v>
+        <v>315</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I80" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="C81" s="3">
-        <v>162.29</v>
+        <v>218.5</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>333</v>
+        <v>895</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I81" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="C82" s="3">
-        <v>435.12</v>
+        <v>195</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>63</v>
+        <v>813</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I82" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="C83" s="3">
-        <v>646.8</v>
+        <v>245</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>66</v>
+        <v>116</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I83" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I84" s="2"/>
+      <c r="A84" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="C84" s="3">
+        <v>230</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F84" s="3">
+        <v>586</v>
+      </c>
+      <c r="G84" s="3">
+        <v>1</v>
+      </c>
+      <c r="H84" s="3">
+        <v>50</v>
+      </c>
+      <c r="I84" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="C85" s="3">
-        <v>178</v>
+        <v>245</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>910</v>
+        <v>212</v>
       </c>
       <c r="G85" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I85" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A86" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A86" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B86" s="2"/>
+      <c r="C86" s="2"/>
+      <c r="D86" s="2"/>
+      <c r="E86" s="2"/>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2"/>
+      <c r="H86" s="2"/>
+      <c r="I86" s="2"/>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="C87" s="3">
-        <v>235</v>
+        <v>213</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>1954</v>
       </c>
       <c r="G87" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I87" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="C88" s="3">
-        <v>228</v>
+        <v>247</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F88" s="3">
+        <v>640</v>
+      </c>
+      <c r="G88" s="3">
+        <v>1</v>
+      </c>
+      <c r="H88" s="3">
         <v>50</v>
       </c>
-      <c r="G88" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I88" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>180</v>
+        <v>169</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="C89" s="3">
-        <v>20</v>
+        <v>237</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>45400</v>
+        <v>742</v>
       </c>
       <c r="G89" s="3">
+        <v>1</v>
+      </c>
+      <c r="H89" s="3">
         <v>50</v>
       </c>
-      <c r="H89" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I89" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="C90" s="3">
-        <v>10.51</v>
+        <v>280</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>30800</v>
+        <v>1053</v>
       </c>
       <c r="G90" s="3">
+        <v>1</v>
+      </c>
+      <c r="H90" s="3">
         <v>50</v>
       </c>
-      <c r="H90" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>184</v>
+        <v>173</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="C91" s="3">
-        <v>34</v>
+        <v>256</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>20050</v>
+        <v>2695</v>
       </c>
       <c r="G91" s="3">
+        <v>1</v>
+      </c>
+      <c r="H91" s="3">
         <v>50</v>
       </c>
-      <c r="H91" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="C92" s="3">
-        <v>155</v>
+        <v>237</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>6110</v>
+        <v>2221</v>
       </c>
       <c r="G92" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>188</v>
+        <v>177</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="C93" s="3">
-        <v>29</v>
+        <v>237</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>4650</v>
+        <v>191</v>
       </c>
       <c r="G93" s="3">
+        <v>1</v>
+      </c>
+      <c r="H93" s="3">
         <v>50</v>
       </c>
-      <c r="H93" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I93" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="C94" s="3">
-        <v>27</v>
+        <v>213</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>3350</v>
+        <v>1</v>
       </c>
       <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
         <v>50</v>
       </c>
-      <c r="H94" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I94" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>193</v>
+        <v>182</v>
       </c>
       <c r="C95" s="3">
-        <v>30.6</v>
+        <v>213</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>2300</v>
+        <v>340</v>
       </c>
       <c r="G95" s="3">
+        <v>1</v>
+      </c>
+      <c r="H95" s="3">
         <v>50</v>
       </c>
-      <c r="H95" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A96" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A96" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B96" s="2"/>
+      <c r="C96" s="2"/>
+      <c r="D96" s="2"/>
+      <c r="E96" s="2"/>
+      <c r="F96" s="2"/>
+      <c r="G96" s="2"/>
+      <c r="H96" s="2"/>
+      <c r="I96" s="2"/>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>196</v>
+        <v>184</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="C97" s="3">
-        <v>155</v>
+        <v>400</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>8300</v>
+        <v>499</v>
       </c>
       <c r="G97" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>199</v>
+        <v>187</v>
       </c>
       <c r="C98" s="3">
-        <v>585</v>
+        <v>455</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>1340</v>
+        <v>373</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="C99" s="3">
-        <v>1155</v>
+        <v>400</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>1203</v>
+        <v>1086</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>202</v>
+        <v>190</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="C100" s="3">
-        <v>375</v>
+        <v>455</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>1298</v>
+        <v>358</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
       <c r="C101" s="3">
-        <v>335</v>
+        <v>462</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>1339</v>
+        <v>894</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="C102" s="3">
-        <v>290</v>
+        <v>450</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>1333</v>
+        <v>969</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I103" s="2"/>
+      <c r="A103" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C103" s="3">
+        <v>450</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="3">
+        <v>1089</v>
+      </c>
+      <c r="G103" s="3">
+        <v>1</v>
+      </c>
+      <c r="H103" s="3">
+        <v>50</v>
+      </c>
+      <c r="I103" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="C104" s="3">
-        <v>73</v>
+        <v>485</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>8228</v>
+        <v>789</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
       <c r="C105" s="3">
-        <v>580</v>
+        <v>400</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>1125</v>
+        <v>589</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A106" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A106" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="B106" s="2"/>
+      <c r="C106" s="2"/>
+      <c r="D106" s="2"/>
+      <c r="E106" s="2"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2"/>
+      <c r="H106" s="2"/>
+      <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="C107" s="3">
-        <v>72</v>
+        <v>140</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>11051</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>500</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A108" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A108" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="B108" s="2"/>
+      <c r="C108" s="2"/>
+      <c r="D108" s="2"/>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2"/>
+      <c r="I108" s="2"/>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A109" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>221</v>
+        <v>207</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>222</v>
+        <v>208</v>
       </c>
       <c r="C110" s="3">
-        <v>3.96</v>
+        <v>590</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>28050</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>12000</v>
+        <v>12</v>
       </c>
       <c r="I110" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A111" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B111" s="2"/>
+      <c r="C111" s="2"/>
+      <c r="D111" s="2"/>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2"/>
+      <c r="H111" s="2"/>
+      <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>225</v>
+        <v>210</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>226</v>
+        <v>211</v>
       </c>
       <c r="C112" s="3">
-        <v>80</v>
+        <v>805.94</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>11675</v>
+        <v>26</v>
       </c>
       <c r="G112" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>500</v>
+        <v>12</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A113" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A113" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="B113" s="2"/>
+      <c r="C113" s="2"/>
+      <c r="D113" s="2"/>
+      <c r="E113" s="2"/>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2"/>
+      <c r="H113" s="2"/>
+      <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>229</v>
+        <v>213</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="C114" s="3">
-        <v>4.32</v>
+        <v>580</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>10000</v>
+        <v>12</v>
       </c>
       <c r="I114" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A115" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A115" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="B115" s="2"/>
+      <c r="C115" s="2"/>
+      <c r="D115" s="2"/>
+      <c r="E115" s="2"/>
+      <c r="F115" s="2"/>
+      <c r="G115" s="2"/>
+      <c r="H115" s="2"/>
+      <c r="I115" s="2"/>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>233</v>
+        <v>216</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>234</v>
+        <v>217</v>
       </c>
       <c r="C116" s="3">
-        <v>3.96</v>
+        <v>480</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>8000</v>
+        <v>12</v>
       </c>
       <c r="G116" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>10000</v>
+        <v>12</v>
       </c>
       <c r="I116" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>235</v>
+        <v>218</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>236</v>
+        <v>219</v>
       </c>
       <c r="C117" s="3">
-        <v>245</v>
+        <v>500</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>2795</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="I117" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>237</v>
+        <v>220</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>238</v>
+        <v>221</v>
       </c>
       <c r="C118" s="3">
-        <v>205</v>
+        <v>467.21</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>5000</v>
+        <v>12</v>
       </c>
       <c r="I118" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>239</v>
+        <v>222</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="C119" s="3">
-        <v>205</v>
+        <v>502.25</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>528</v>
+        <v>89</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>5000</v>
+        <v>12</v>
       </c>
       <c r="I119" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>241</v>
+        <v>224</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>242</v>
+        <v>225</v>
       </c>
       <c r="C120" s="3">
-        <v>205</v>
+        <v>546.9</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>639</v>
+        <v>214</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>5000</v>
+        <v>12</v>
       </c>
       <c r="I120" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>243</v>
+        <v>226</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>244</v>
+        <v>227</v>
       </c>
       <c r="C121" s="3">
-        <v>88</v>
+        <v>467.21</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>2526</v>
+        <v>22</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>300</v>
+        <v>12</v>
       </c>
       <c r="I121" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>245</v>
+        <v>228</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>246</v>
+        <v>229</v>
       </c>
       <c r="C122" s="3">
-        <v>4.32</v>
+        <v>550</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>107049</v>
+        <v>86</v>
       </c>
       <c r="G122" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>10000</v>
+        <v>12</v>
       </c>
       <c r="I122" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A123" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A123" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="B123" s="2"/>
+      <c r="C123" s="2"/>
+      <c r="D123" s="2"/>
+      <c r="E123" s="2"/>
+      <c r="F123" s="2"/>
+      <c r="G123" s="2"/>
+      <c r="H123" s="2"/>
+      <c r="I123" s="2"/>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>249</v>
+        <v>231</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>250</v>
+        <v>232</v>
       </c>
       <c r="C124" s="3">
-        <v>3.96</v>
+        <v>345.6</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>36900</v>
+        <v>745</v>
       </c>
       <c r="G124" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>10000</v>
+        <v>18</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>251</v>
+        <v>233</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>252</v>
+        <v>234</v>
       </c>
       <c r="C125" s="3">
-        <v>2.33</v>
+        <v>300</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>46100</v>
+        <v>953</v>
       </c>
       <c r="G125" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>10000</v>
+        <v>20</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>254</v>
+        <v>236</v>
       </c>
       <c r="C126" s="3">
-        <v>4.32</v>
+        <v>250</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>7350</v>
+        <v>1998</v>
       </c>
       <c r="G126" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>10000</v>
+        <v>12</v>
       </c>
       <c r="I126" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>255</v>
+        <v>237</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>256</v>
+        <v>238</v>
       </c>
       <c r="C127" s="3">
-        <v>72</v>
+        <v>395</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>49000</v>
+        <v>1262</v>
       </c>
       <c r="G127" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>500</v>
+        <v>12</v>
       </c>
       <c r="I127" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I128" s="2"/>
+      <c r="A128" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="C128" s="3">
+        <v>160</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F128" s="3">
+        <v>1515</v>
+      </c>
+      <c r="G128" s="3">
+        <v>1</v>
+      </c>
+      <c r="H128" s="3">
+        <v>6</v>
+      </c>
+      <c r="I128" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>258</v>
+        <v>241</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>259</v>
+        <v>242</v>
       </c>
       <c r="C129" s="3">
-        <v>7.6</v>
+        <v>385</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>36000</v>
+        <v>1004</v>
       </c>
       <c r="G129" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>5000</v>
+        <v>12</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>260</v>
+        <v>243</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>261</v>
+        <v>244</v>
       </c>
       <c r="C130" s="3">
-        <v>45.5</v>
+        <v>415</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>8626</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>2000</v>
+        <v>12</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>262</v>
+        <v>245</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="C131" s="3">
-        <v>108</v>
+        <v>241.5</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>4774</v>
+        <v>1930</v>
       </c>
       <c r="G131" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>2000</v>
+        <v>12</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>264</v>
+        <v>247</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>265</v>
+        <v>248</v>
       </c>
       <c r="C132" s="3">
-        <v>800</v>
+        <v>375</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>266</v>
+        <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>627</v>
+        <v>1197</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>267</v>
+        <v>249</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>268</v>
+        <v>250</v>
       </c>
       <c r="C133" s="3">
-        <v>11.2</v>
+        <v>345</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>73900</v>
+        <v>833</v>
       </c>
       <c r="G133" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>2000</v>
+        <v>12</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>269</v>
+        <v>251</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>270</v>
+        <v>252</v>
       </c>
       <c r="C134" s="3">
-        <v>31.5</v>
+        <v>250</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>26750</v>
+        <v>861</v>
       </c>
       <c r="G134" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>1000</v>
+        <v>12</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>272</v>
+        <v>254</v>
       </c>
       <c r="C135" s="3">
-        <v>9.2</v>
+        <v>390</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>97133</v>
+        <v>2893</v>
       </c>
       <c r="G135" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>5000</v>
+        <v>12</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>273</v>
+        <v>255</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>274</v>
+        <v>256</v>
       </c>
       <c r="C136" s="3">
-        <v>55</v>
+        <v>252</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>82045</v>
+        <v>1510</v>
       </c>
       <c r="G136" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>500</v>
+        <v>12</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>275</v>
+        <v>257</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>276</v>
+        <v>258</v>
       </c>
       <c r="C137" s="3">
-        <v>8.5</v>
+        <v>540</v>
       </c>
       <c r="D137" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>105400</v>
+        <v>998</v>
       </c>
       <c r="G137" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>5000</v>
+        <v>12</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>277</v>
+        <v>259</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>278</v>
+        <v>260</v>
       </c>
       <c r="C138" s="3">
-        <v>32</v>
+        <v>262.5</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>96549</v>
+        <v>552</v>
       </c>
       <c r="G138" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>500</v>
+        <v>12</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>279</v>
+        <v>261</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>280</v>
+        <v>262</v>
       </c>
       <c r="C139" s="3">
-        <v>7.2</v>
+        <v>459</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>51400</v>
+        <v>364</v>
       </c>
       <c r="G139" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>5000</v>
+        <v>12</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>282</v>
+        <v>264</v>
       </c>
       <c r="C140" s="3">
-        <v>5</v>
+        <v>345.6</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>126700</v>
+        <v>943</v>
       </c>
       <c r="G140" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>5000</v>
+        <v>18</v>
       </c>
       <c r="I140" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>284</v>
+        <v>266</v>
       </c>
       <c r="C141" s="3">
-        <v>14.4</v>
+        <v>340</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>237699</v>
+        <v>660</v>
       </c>
       <c r="G141" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>1000</v>
+        <v>12</v>
       </c>
       <c r="I141" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>285</v>
+        <v>267</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>286</v>
+        <v>268</v>
       </c>
       <c r="C142" s="3">
-        <v>1640</v>
+        <v>410</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>266</v>
+        <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>902</v>
+        <v>1920</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I142" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>287</v>
+        <v>269</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>288</v>
+        <v>270</v>
       </c>
       <c r="C143" s="3">
-        <v>2000</v>
+        <v>312</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>266</v>
+        <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>817</v>
+        <v>442</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I143" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>289</v>
+        <v>271</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>290</v>
+        <v>272</v>
       </c>
       <c r="C144" s="3">
-        <v>105</v>
+        <v>370</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>48240</v>
+        <v>649</v>
       </c>
       <c r="G144" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>291</v>
+        <v>273</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>292</v>
+        <v>274</v>
       </c>
       <c r="C145" s="3">
-        <v>305</v>
+        <v>247</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>18506</v>
+        <v>1787</v>
       </c>
       <c r="G145" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I145" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>294</v>
+        <v>276</v>
       </c>
       <c r="C146" s="3">
-        <v>3460.97</v>
+        <v>400</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>0</v>
+        <v>896</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I146" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>295</v>
+        <v>277</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>296</v>
+        <v>278</v>
       </c>
       <c r="C147" s="3">
-        <v>4944.24</v>
+        <v>160</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I147" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>297</v>
+        <v>279</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>298</v>
+        <v>280</v>
       </c>
       <c r="C148" s="3">
-        <v>45.5</v>
+        <v>198</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>3702</v>
+        <v>885</v>
       </c>
       <c r="G148" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>4000</v>
+        <v>12</v>
       </c>
       <c r="I148" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>299</v>
+        <v>281</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>300</v>
+        <v>282</v>
       </c>
       <c r="C149" s="3">
-        <v>12.1</v>
+        <v>250</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>109300</v>
+        <v>1069</v>
       </c>
       <c r="G149" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>2000</v>
+        <v>24</v>
       </c>
       <c r="I149" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>302</v>
+        <v>284</v>
       </c>
       <c r="C150" s="3">
-        <v>5.3</v>
+        <v>425</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>45800</v>
+        <v>783</v>
       </c>
       <c r="G150" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>5000</v>
+        <v>12</v>
       </c>
       <c r="I150" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>304</v>
+        <v>286</v>
       </c>
       <c r="C151" s="3">
-        <v>230</v>
+        <v>330</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>5440</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>250</v>
+        <v>12</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>305</v>
+        <v>287</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>306</v>
+        <v>288</v>
       </c>
       <c r="C152" s="3">
-        <v>1020</v>
+        <v>320</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>266</v>
+        <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>1475</v>
+        <v>921</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I152" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A153" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I153" s="2"/>
+      <c r="A153" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B153" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="C153" s="3">
+        <v>380</v>
+      </c>
+      <c r="D153" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F153" s="3">
+        <v>3</v>
+      </c>
+      <c r="G153" s="3">
+        <v>1</v>
+      </c>
+      <c r="H153" s="3">
+        <v>12</v>
+      </c>
+      <c r="I153" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A154" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I154" s="2"/>
+      <c r="A154" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B154" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="C154" s="3">
+        <v>470</v>
+      </c>
+      <c r="D154" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F154" s="3">
+        <v>719</v>
+      </c>
+      <c r="G154" s="3">
+        <v>1</v>
+      </c>
+      <c r="H154" s="3">
+        <v>12</v>
+      </c>
+      <c r="I154" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>309</v>
+        <v>293</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>310</v>
+        <v>294</v>
       </c>
       <c r="C155" s="3">
-        <v>490</v>
+        <v>180</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>2218</v>
+        <v>2096</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I155" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A156" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A156" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="B156" s="2"/>
+      <c r="C156" s="2"/>
+      <c r="D156" s="2"/>
+      <c r="E156" s="2"/>
+      <c r="F156" s="2"/>
+      <c r="G156" s="2"/>
+      <c r="H156" s="2"/>
+      <c r="I156" s="2"/>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A157" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A157" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="B157" s="2"/>
+      <c r="C157" s="2"/>
+      <c r="D157" s="2"/>
+      <c r="E157" s="2"/>
+      <c r="F157" s="2"/>
+      <c r="G157" s="2"/>
+      <c r="H157" s="2"/>
+      <c r="I157" s="2"/>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A158" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A158" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="B158" s="2"/>
+      <c r="C158" s="2"/>
+      <c r="D158" s="2"/>
+      <c r="E158" s="2"/>
+      <c r="F158" s="2"/>
+      <c r="G158" s="2"/>
+      <c r="H158" s="2"/>
+      <c r="I158" s="2"/>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>317</v>
+        <v>298</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>318</v>
+        <v>299</v>
       </c>
       <c r="C159" s="3">
-        <v>250</v>
+        <v>1270</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F159" s="3">
-        <v>8130</v>
+        <v>1100</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
+        <v>10</v>
+      </c>
+      <c r="I159" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>319</v>
+        <v>301</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>320</v>
+        <v>302</v>
       </c>
       <c r="C160" s="3">
-        <v>330</v>
+        <v>1535</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F160" s="3">
-        <v>1258</v>
+        <v>489</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
+        <v>8</v>
+      </c>
+      <c r="I160" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>321</v>
+        <v>303</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>322</v>
+        <v>304</v>
       </c>
       <c r="C161" s="3">
-        <v>88</v>
+        <v>3300</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>323</v>
+        <v>300</v>
       </c>
       <c r="F161" s="3">
-        <v>349</v>
+        <v>173</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>324</v>
+        <v>305</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>325</v>
+        <v>306</v>
       </c>
       <c r="C162" s="3">
-        <v>290</v>
+        <v>900</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F162" s="3">
-        <v>1180</v>
+        <v>830</v>
       </c>
       <c r="G162" s="3">
+        <v>1</v>
+      </c>
+      <c r="H162" s="3">
         <v>10</v>
       </c>
-      <c r="H162" s="3">
+      <c r="I162" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>326</v>
+        <v>307</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>327</v>
+        <v>308</v>
       </c>
       <c r="C163" s="3">
-        <v>220</v>
+        <v>900</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F163" s="3">
-        <v>1263</v>
+        <v>489</v>
       </c>
       <c r="G163" s="3">
+        <v>1</v>
+      </c>
+      <c r="H163" s="3">
         <v>10</v>
       </c>
-      <c r="H163" s="3">
+      <c r="I163" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>328</v>
+        <v>309</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>329</v>
+        <v>310</v>
       </c>
       <c r="C164" s="3">
-        <v>32</v>
+        <v>900</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F164" s="3">
-        <v>24200</v>
+        <v>494</v>
       </c>
       <c r="G164" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I164" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>330</v>
+        <v>311</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>331</v>
+        <v>312</v>
       </c>
       <c r="C165" s="3">
-        <v>58</v>
+        <v>1535</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F165" s="3">
-        <v>57950</v>
+        <v>1098</v>
       </c>
       <c r="G165" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>500</v>
+        <v>8</v>
       </c>
       <c r="I165" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>332</v>
+        <v>313</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>333</v>
+        <v>314</v>
       </c>
       <c r="C166" s="3">
-        <v>142</v>
+        <v>2000</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F166" s="3">
-        <v>5093</v>
+        <v>1757</v>
       </c>
       <c r="G166" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>240</v>
+        <v>6</v>
       </c>
       <c r="I166" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>334</v>
+        <v>315</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>335</v>
+        <v>316</v>
       </c>
       <c r="C167" s="3">
-        <v>110</v>
+        <v>2000</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F167" s="3">
-        <v>12750</v>
+        <v>529</v>
       </c>
       <c r="G167" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>500</v>
+        <v>6</v>
       </c>
       <c r="I167" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>336</v>
+        <v>317</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>337</v>
+        <v>318</v>
       </c>
       <c r="C168" s="3">
-        <v>39.5</v>
+        <v>3300</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F168" s="3">
-        <v>24000</v>
+        <v>324</v>
       </c>
       <c r="G168" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>1000</v>
+        <v>4</v>
       </c>
       <c r="I168" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>338</v>
+        <v>319</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>339</v>
+        <v>320</v>
       </c>
       <c r="C169" s="3">
-        <v>540</v>
+        <v>1535</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F169" s="3">
-        <v>726</v>
+        <v>595</v>
       </c>
       <c r="G169" s="3">
+        <v>1</v>
+      </c>
+      <c r="H169" s="3">
+        <v>8</v>
+      </c>
+      <c r="I169" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A170" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B170" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="C170" s="3">
+        <v>1270</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F170" s="3">
+        <v>1834</v>
+      </c>
+      <c r="G170" s="3">
+        <v>1</v>
+      </c>
+      <c r="H170" s="3">
         <v>10</v>
       </c>
-      <c r="H169" s="3">
-[...17 lines deleted...]
-      <c r="I170" s="2"/>
+      <c r="I170" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>341</v>
+        <v>323</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>342</v>
+        <v>324</v>
       </c>
       <c r="C171" s="3">
-        <v>1887.76</v>
+        <v>1270</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F171" s="3">
-        <v>0</v>
+        <v>1379</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I171" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>343</v>
+        <v>325</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>344</v>
+        <v>326</v>
       </c>
       <c r="C172" s="3">
-        <v>420.2</v>
+        <v>1270</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F172" s="3">
-        <v>440</v>
+        <v>858</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I172" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>345</v>
+        <v>327</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>346</v>
+        <v>328</v>
       </c>
       <c r="C173" s="3">
-        <v>1337.41</v>
+        <v>1270</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F173" s="3">
-        <v>44</v>
+        <v>1031</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I173" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>347</v>
+        <v>329</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>348</v>
+        <v>330</v>
       </c>
       <c r="C174" s="3">
-        <v>904.61</v>
+        <v>1270</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F174" s="3">
-        <v>24</v>
+        <v>838</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I174" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A175" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I175" s="2"/>
+      <c r="A175" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="B175" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="C175" s="3">
+        <v>900</v>
+      </c>
+      <c r="D175" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F175" s="3">
+        <v>1053</v>
+      </c>
+      <c r="G175" s="3">
+        <v>1</v>
+      </c>
+      <c r="H175" s="3">
+        <v>10</v>
+      </c>
+      <c r="I175" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A176" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I176" s="2"/>
+      <c r="A176" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="C176" s="3">
+        <v>900</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F176" s="3">
+        <v>1092</v>
+      </c>
+      <c r="G176" s="3">
+        <v>1</v>
+      </c>
+      <c r="H176" s="3">
+        <v>10</v>
+      </c>
+      <c r="I176" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>351</v>
+        <v>335</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>352</v>
+        <v>336</v>
       </c>
       <c r="C177" s="3">
-        <v>70</v>
+        <v>900</v>
       </c>
       <c r="D177" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F177" s="3">
-        <v>16450</v>
+        <v>412</v>
       </c>
       <c r="G177" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I177" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>353</v>
+        <v>337</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>354</v>
+        <v>338</v>
       </c>
       <c r="C178" s="3">
-        <v>65</v>
+        <v>1535</v>
       </c>
       <c r="D178" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F178" s="3">
-        <v>0</v>
+        <v>1160</v>
       </c>
       <c r="G178" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>2000</v>
+        <v>8</v>
       </c>
       <c r="I178" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>355</v>
+        <v>339</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>356</v>
+        <v>340</v>
       </c>
       <c r="C179" s="3">
-        <v>73</v>
+        <v>1535</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F179" s="3">
-        <v>5750</v>
+        <v>483</v>
       </c>
       <c r="G179" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>500</v>
+        <v>8</v>
       </c>
       <c r="I179" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A180" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I180" s="2"/>
+      <c r="A180" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="C180" s="3">
+        <v>1535</v>
+      </c>
+      <c r="D180" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F180" s="3">
+        <v>627</v>
+      </c>
+      <c r="G180" s="3">
+        <v>1</v>
+      </c>
+      <c r="H180" s="3">
+        <v>8</v>
+      </c>
+      <c r="I180" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>358</v>
+        <v>343</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>359</v>
+        <v>344</v>
       </c>
       <c r="C181" s="3">
-        <v>3690</v>
+        <v>2000</v>
       </c>
       <c r="D181" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>323</v>
+        <v>300</v>
       </c>
       <c r="F181" s="3">
-        <v>111</v>
+        <v>1996</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I181" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>360</v>
+        <v>345</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>361</v>
+        <v>346</v>
       </c>
       <c r="C182" s="3">
-        <v>2760</v>
+        <v>2000</v>
       </c>
       <c r="D182" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>323</v>
+        <v>300</v>
       </c>
       <c r="F182" s="3">
-        <v>131</v>
+        <v>623</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I182" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>362</v>
+        <v>347</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>363</v>
+        <v>348</v>
       </c>
       <c r="C183" s="3">
-        <v>2488.5</v>
+        <v>2000</v>
       </c>
       <c r="D183" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>323</v>
+        <v>300</v>
       </c>
       <c r="F183" s="3">
-        <v>136</v>
+        <v>701</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I183" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>364</v>
+        <v>349</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>365</v>
+        <v>350</v>
       </c>
       <c r="C184" s="3">
-        <v>3276</v>
+        <v>2000</v>
       </c>
       <c r="D184" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>323</v>
+        <v>300</v>
       </c>
       <c r="F184" s="3">
-        <v>0</v>
+        <v>875</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I184" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>366</v>
+        <v>351</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>367</v>
+        <v>352</v>
       </c>
       <c r="C185" s="3">
-        <v>1050</v>
+        <v>3300</v>
       </c>
       <c r="D185" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>323</v>
+        <v>300</v>
       </c>
       <c r="F185" s="3">
-        <v>85</v>
+        <v>909</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>42</v>
+        <v>4</v>
       </c>
       <c r="I185" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>368</v>
+        <v>353</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>369</v>
+        <v>354</v>
       </c>
       <c r="C186" s="3">
-        <v>1438.5</v>
+        <v>3300</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>323</v>
+        <v>300</v>
       </c>
       <c r="F186" s="3">
-        <v>94</v>
+        <v>978</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="I186" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>370</v>
+        <v>355</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>371</v>
+        <v>356</v>
       </c>
       <c r="C187" s="3">
-        <v>2570</v>
+        <v>3300</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>323</v>
+        <v>300</v>
       </c>
       <c r="F187" s="3">
-        <v>562</v>
+        <v>346</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I187" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>372</v>
+        <v>357</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>373</v>
+        <v>358</v>
       </c>
       <c r="C188" s="3">
-        <v>2350</v>
+        <v>3300</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>323</v>
+        <v>300</v>
       </c>
       <c r="F188" s="3">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="I188" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A189" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A189" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="B189" s="2"/>
+      <c r="C189" s="2"/>
+      <c r="D189" s="2"/>
+      <c r="E189" s="2"/>
+      <c r="F189" s="2"/>
+      <c r="G189" s="2"/>
+      <c r="H189" s="2"/>
+      <c r="I189" s="2"/>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>376</v>
+        <v>360</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>377</v>
+        <v>361</v>
       </c>
       <c r="C190" s="3">
-        <v>100</v>
+        <v>35.38</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F190" s="3">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="G190" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="H190" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>378</v>
+        <v>363</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>379</v>
+        <v>364</v>
       </c>
       <c r="C191" s="3">
-        <v>4600</v>
+        <v>25.92</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>323</v>
+        <v>362</v>
       </c>
       <c r="F191" s="3">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="G191" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H191" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I191" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>380</v>
+        <v>365</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>381</v>
+        <v>366</v>
       </c>
       <c r="C192" s="3">
-        <v>3470</v>
+        <v>19</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>323</v>
+        <v>362</v>
       </c>
       <c r="F192" s="3">
-        <v>488</v>
+        <v>4500</v>
       </c>
       <c r="G192" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H192" s="3">
-        <v>14</v>
+        <v>500</v>
       </c>
       <c r="I192" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>382</v>
+        <v>367</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>383</v>
+        <v>368</v>
       </c>
       <c r="C193" s="3">
-        <v>6900</v>
+        <v>35.38</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>323</v>
+        <v>362</v>
       </c>
       <c r="F193" s="3">
-        <v>30</v>
+        <v>1200</v>
       </c>
       <c r="G193" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H193" s="3">
-        <v>4</v>
+        <v>200</v>
       </c>
       <c r="I193" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>384</v>
+        <v>369</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>385</v>
+        <v>370</v>
       </c>
       <c r="C194" s="3">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="D194" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F194" s="3">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="G194" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="H194" s="3">
         <v>500</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A195" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I195" s="2"/>
+      <c r="A195" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B195" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="C195" s="3">
+        <v>19</v>
+      </c>
+      <c r="D195" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="F195" s="3">
+        <v>1000</v>
+      </c>
+      <c r="G195" s="3">
+        <v>500</v>
+      </c>
+      <c r="H195" s="3">
+        <v>500</v>
+      </c>
+      <c r="I195" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>387</v>
+        <v>373</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>388</v>
+        <v>374</v>
       </c>
       <c r="C196" s="3">
-        <v>654.15</v>
+        <v>25.92</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F196" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G196" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H196" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>389</v>
+        <v>375</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>390</v>
+        <v>376</v>
       </c>
       <c r="C197" s="3">
-        <v>549.15</v>
+        <v>35.38</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F197" s="3">
-        <v>51</v>
+        <v>800</v>
       </c>
       <c r="G197" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H197" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>391</v>
+        <v>377</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>392</v>
+        <v>378</v>
       </c>
       <c r="C198" s="3">
-        <v>449.4</v>
+        <v>35.38</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F198" s="3">
-        <v>0</v>
+        <v>2400</v>
       </c>
       <c r="G198" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H198" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>393</v>
+        <v>379</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>394</v>
+        <v>380</v>
       </c>
       <c r="C199" s="3">
-        <v>178.5</v>
+        <v>25.92</v>
       </c>
       <c r="D199" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F199" s="3">
-        <v>853</v>
+        <v>0</v>
       </c>
       <c r="G199" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H199" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>395</v>
+        <v>381</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>396</v>
+        <v>382</v>
       </c>
       <c r="C200" s="3">
-        <v>485.1</v>
+        <v>25.92</v>
       </c>
       <c r="D200" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F200" s="3">
-        <v>9</v>
+        <v>200</v>
       </c>
       <c r="G200" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H200" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>397</v>
+        <v>383</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>398</v>
+        <v>384</v>
       </c>
       <c r="C201" s="3">
-        <v>846.3</v>
+        <v>25.92</v>
       </c>
       <c r="D201" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F201" s="3">
-        <v>64</v>
+        <v>200</v>
       </c>
       <c r="G201" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H201" s="3">
-        <v>15</v>
+        <v>200</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>399</v>
+        <v>385</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>400</v>
+        <v>386</v>
       </c>
       <c r="C202" s="3">
-        <v>651</v>
+        <v>25.92</v>
       </c>
       <c r="D202" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F202" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G202" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H202" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>401</v>
+        <v>387</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>402</v>
+        <v>388</v>
       </c>
       <c r="C203" s="3">
-        <v>786.45</v>
+        <v>19</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F203" s="3">
-        <v>19</v>
+        <v>1500</v>
       </c>
       <c r="G203" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H203" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>403</v>
+        <v>389</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>404</v>
+        <v>390</v>
       </c>
       <c r="C204" s="3">
-        <v>735</v>
+        <v>19</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F204" s="3">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="G204" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H204" s="3">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>405</v>
+        <v>391</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>406</v>
+        <v>392</v>
       </c>
       <c r="C205" s="3">
-        <v>483</v>
+        <v>19</v>
       </c>
       <c r="D205" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F205" s="3">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="G205" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H205" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>407</v>
+        <v>393</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>408</v>
+        <v>394</v>
       </c>
       <c r="C206" s="3">
-        <v>2000</v>
+        <v>35.38</v>
       </c>
       <c r="D206" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F206" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G206" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H206" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I206" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>409</v>
+        <v>395</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>410</v>
+        <v>396</v>
       </c>
       <c r="C207" s="3">
-        <v>4500</v>
+        <v>35.38</v>
       </c>
       <c r="D207" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>173</v>
+        <v>362</v>
       </c>
       <c r="F207" s="3">
-        <v>0</v>
+        <v>2200</v>
       </c>
       <c r="G207" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H207" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I207" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A208" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A208" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="B208" s="2"/>
+      <c r="C208" s="2"/>
+      <c r="D208" s="2"/>
+      <c r="E208" s="2"/>
+      <c r="F208" s="2"/>
+      <c r="G208" s="2"/>
+      <c r="H208" s="2"/>
+      <c r="I208" s="2"/>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A209" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I209" s="2"/>
+      <c r="A209" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="B209" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="C209" s="3">
+        <v>480</v>
+      </c>
+      <c r="D209" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F209" s="3">
+        <v>419</v>
+      </c>
+      <c r="G209" s="3">
+        <v>1</v>
+      </c>
+      <c r="H209" s="3">
+        <v>50</v>
+      </c>
+      <c r="I209" s="3">
+        <v>18</v>
+      </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>414</v>
+        <v>401</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>415</v>
+        <v>402</v>
       </c>
       <c r="C210" s="3">
-        <v>1490.4</v>
+        <v>446.88</v>
       </c>
       <c r="D210" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F210" s="3">
-        <v>196</v>
+        <v>2474</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="I210" s="3">
-        <v>1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>416</v>
+        <v>403</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>417</v>
+        <v>404</v>
       </c>
       <c r="C211" s="3">
-        <v>1128.6</v>
+        <v>533</v>
       </c>
       <c r="D211" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F211" s="3">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I211" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>418</v>
+        <v>405</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>419</v>
+        <v>406</v>
       </c>
       <c r="C212" s="3">
-        <v>165</v>
+        <v>1150</v>
       </c>
       <c r="D212" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F212" s="3">
-        <v>2642</v>
+        <v>0</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I212" s="3">
-        <v>1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>420</v>
+        <v>407</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>421</v>
+        <v>408</v>
       </c>
       <c r="C213" s="3">
-        <v>756</v>
+        <v>550</v>
       </c>
       <c r="D213" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F213" s="3">
-        <v>66</v>
+        <v>201</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I213" s="3">
-        <v>1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>422</v>
+        <v>409</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>423</v>
+        <v>410</v>
       </c>
       <c r="C214" s="3">
-        <v>1533.6</v>
+        <v>845</v>
       </c>
       <c r="D214" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F214" s="3">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="I214" s="3">
-        <v>1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>424</v>
+        <v>411</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>425</v>
+        <v>412</v>
       </c>
       <c r="C215" s="3">
-        <v>580</v>
+        <v>533</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F215" s="3">
-        <v>288</v>
+        <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I215" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A216" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A216" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="B216" s="2"/>
+      <c r="C216" s="2"/>
+      <c r="D216" s="2"/>
+      <c r="E216" s="2"/>
+      <c r="F216" s="2"/>
+      <c r="G216" s="2"/>
+      <c r="H216" s="2"/>
+      <c r="I216" s="2"/>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>428</v>
+        <v>414</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>429</v>
+        <v>415</v>
       </c>
       <c r="C217" s="3">
-        <v>840</v>
+        <v>215.91</v>
       </c>
       <c r="D217" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F217" s="3">
-        <v>174</v>
+        <v>26</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I217" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>430</v>
+        <v>416</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>431</v>
+        <v>417</v>
       </c>
       <c r="C218" s="3">
-        <v>1100</v>
+        <v>317.52</v>
       </c>
       <c r="D218" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F218" s="3">
-        <v>705</v>
+        <v>70</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I218" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>432</v>
+        <v>418</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>433</v>
+        <v>419</v>
       </c>
       <c r="C219" s="3">
-        <v>2500</v>
+        <v>317.52</v>
       </c>
       <c r="D219" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F219" s="3">
-        <v>3</v>
+        <v>56</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I219" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>434</v>
+        <v>420</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>435</v>
+        <v>421</v>
       </c>
       <c r="C220" s="3">
-        <v>1900</v>
+        <v>162.29</v>
       </c>
       <c r="D220" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F220" s="3">
-        <v>3</v>
+        <v>260</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="I220" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>436</v>
+        <v>422</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>437</v>
+        <v>423</v>
       </c>
       <c r="C221" s="3">
-        <v>1944</v>
+        <v>246.96</v>
       </c>
       <c r="D221" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F221" s="3">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="I221" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>438</v>
+        <v>424</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>439</v>
+        <v>425</v>
       </c>
       <c r="C222" s="3">
-        <v>830</v>
+        <v>435.12</v>
       </c>
       <c r="D222" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F222" s="3">
-        <v>199</v>
+        <v>71</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I222" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
-        <v>440</v>
+        <v>426</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>441</v>
+        <v>427</v>
       </c>
       <c r="C223" s="3">
-        <v>3800</v>
+        <v>114.31</v>
       </c>
       <c r="D223" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F223" s="3">
-        <v>436</v>
+        <v>43</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I223" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>442</v>
+        <v>428</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>443</v>
+        <v>429</v>
       </c>
       <c r="C224" s="3">
-        <v>860</v>
+        <v>646.8</v>
       </c>
       <c r="D224" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F224" s="3">
-        <v>3538</v>
+        <v>24</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I224" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>444</v>
+        <v>430</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>445</v>
+        <v>431</v>
       </c>
       <c r="C225" s="3">
-        <v>3400</v>
+        <v>114.31</v>
       </c>
       <c r="D225" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F225" s="3">
-        <v>247</v>
+        <v>42</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I225" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>446</v>
+        <v>432</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>447</v>
+        <v>433</v>
       </c>
       <c r="C226" s="3">
-        <v>1240.09</v>
+        <v>246.96</v>
       </c>
       <c r="D226" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F226" s="3">
-        <v>660</v>
+        <v>6</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I226" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>448</v>
+        <v>434</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>449</v>
+        <v>435</v>
       </c>
       <c r="C227" s="3">
-        <v>2400</v>
+        <v>162.29</v>
       </c>
       <c r="D227" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F227" s="3">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I227" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>450</v>
+        <v>436</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>451</v>
+        <v>437</v>
       </c>
       <c r="C228" s="3">
-        <v>3100</v>
+        <v>435.12</v>
       </c>
       <c r="D228" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F228" s="3">
-        <v>509</v>
+        <v>19</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="I228" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A229" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I229" s="2"/>
+      <c r="A229" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="B229" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="C229" s="3">
+        <v>341.04</v>
+      </c>
+      <c r="D229" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F229" s="3">
+        <v>98</v>
+      </c>
+      <c r="G229" s="3">
+        <v>1</v>
+      </c>
+      <c r="H229" s="3">
+        <v>25</v>
+      </c>
+      <c r="I229" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>453</v>
+        <v>440</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>454</v>
+        <v>441</v>
       </c>
       <c r="C230" s="3">
-        <v>210.14</v>
+        <v>646.8</v>
       </c>
       <c r="D230" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F230" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
+        <v>5</v>
+      </c>
+      <c r="I230" s="3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="231" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A231" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="B231" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="C231" s="3">
+        <v>341.04</v>
+      </c>
+      <c r="D231" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F231" s="3">
+        <v>87</v>
+      </c>
+      <c r="G231" s="3">
+        <v>1</v>
+      </c>
+      <c r="H231" s="3">
         <v>25</v>
       </c>
-      <c r="I230" s="3">
-[...14 lines deleted...]
-      <c r="I231" s="2"/>
+      <c r="I231" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>456</v>
+        <v>444</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>457</v>
+        <v>445</v>
       </c>
       <c r="C232" s="3">
-        <v>1050</v>
+        <v>215.91</v>
       </c>
       <c r="D232" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F232" s="3">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I232" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>458</v>
+        <v>446</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>459</v>
+        <v>447</v>
       </c>
       <c r="C233" s="3">
-        <v>945</v>
+        <v>223.44</v>
       </c>
       <c r="D233" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F233" s="3">
         <v>63</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
         <v>25</v>
       </c>
       <c r="I233" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>460</v>
+        <v>448</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>461</v>
+        <v>449</v>
       </c>
       <c r="C234" s="3">
-        <v>1128.75</v>
+        <v>139.71</v>
       </c>
       <c r="D234" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F234" s="3">
-        <v>92</v>
+        <v>58</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I234" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>462</v>
+        <v>450</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>463</v>
+        <v>451</v>
       </c>
       <c r="C235" s="3">
-        <v>224.7</v>
+        <v>223.44</v>
       </c>
       <c r="D235" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F235" s="3">
-        <v>300</v>
+        <v>66</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I235" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>464</v>
+        <v>452</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>465</v>
+        <v>453</v>
       </c>
       <c r="C236" s="3">
-        <v>259.35</v>
+        <v>139.71</v>
       </c>
       <c r="D236" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>173</v>
+        <v>300</v>
       </c>
       <c r="F236" s="3">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I236" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A237" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A237" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="B237" s="2"/>
+      <c r="C237" s="2"/>
+      <c r="D237" s="2"/>
+      <c r="E237" s="2"/>
+      <c r="F237" s="2"/>
+      <c r="G237" s="2"/>
+      <c r="H237" s="2"/>
+      <c r="I237" s="2"/>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>468</v>
+        <v>455</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>469</v>
+        <v>456</v>
       </c>
       <c r="C238" s="3">
-        <v>347.55</v>
+        <v>375</v>
       </c>
       <c r="D238" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>232</v>
+        <v>323</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I238" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A239" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I239" s="2"/>
+      <c r="A239" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="B239" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="C239" s="3">
+        <v>335</v>
+      </c>
+      <c r="D239" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F239" s="3">
+        <v>316</v>
+      </c>
+      <c r="G239" s="3">
+        <v>1</v>
+      </c>
+      <c r="H239" s="3">
+        <v>100</v>
+      </c>
+      <c r="I239" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>471</v>
+        <v>459</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>472</v>
+        <v>460</v>
       </c>
       <c r="C240" s="3">
-        <v>430.5</v>
+        <v>27</v>
       </c>
       <c r="D240" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>51</v>
+        <v>2550</v>
       </c>
       <c r="G240" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H240" s="3">
-        <v>1</v>
+        <v>2500</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>473</v>
+        <v>461</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
       <c r="C241" s="3">
-        <v>997.5</v>
+        <v>150</v>
       </c>
       <c r="D241" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>7</v>
+        <v>10060</v>
       </c>
       <c r="G241" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H241" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>475</v>
+        <v>463</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>476</v>
+        <v>464</v>
       </c>
       <c r="C242" s="3">
-        <v>1291.5</v>
+        <v>1155</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>46</v>
+        <v>1131</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I242" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>477</v>
+        <v>465</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>478</v>
+        <v>466</v>
       </c>
       <c r="C243" s="3">
-        <v>1643.25</v>
+        <v>228</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="G243" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H243" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>479</v>
+        <v>467</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>480</v>
+        <v>468</v>
       </c>
       <c r="C244" s="3">
-        <v>1360.8</v>
+        <v>178</v>
       </c>
       <c r="D244" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G244" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H244" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>481</v>
+        <v>469</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>482</v>
+        <v>470</v>
       </c>
       <c r="C245" s="3">
-        <v>793.8</v>
+        <v>155</v>
       </c>
       <c r="D245" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>61</v>
+        <v>3270</v>
       </c>
       <c r="G245" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H245" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>483</v>
+        <v>471</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>484</v>
+        <v>472</v>
       </c>
       <c r="C246" s="3">
-        <v>451.5</v>
+        <v>27.54</v>
       </c>
       <c r="D246" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>96</v>
+        <v>2200</v>
       </c>
       <c r="G246" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H246" s="3">
-        <v>1</v>
+        <v>2500</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>485</v>
+        <v>473</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>486</v>
+        <v>474</v>
       </c>
       <c r="C247" s="3">
-        <v>1286.25</v>
+        <v>235</v>
       </c>
       <c r="D247" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G247" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H247" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>487</v>
+        <v>475</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>488</v>
+        <v>476</v>
       </c>
       <c r="C248" s="3">
-        <v>257.25</v>
+        <v>20</v>
       </c>
       <c r="D248" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>130</v>
+        <v>36250</v>
       </c>
       <c r="G248" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H248" s="3">
-        <v>1</v>
+        <v>5000</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>489</v>
+        <v>477</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>490</v>
+        <v>478</v>
       </c>
       <c r="C249" s="3">
-        <v>1785</v>
+        <v>178.23</v>
       </c>
       <c r="D249" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>50</v>
+        <v>460</v>
       </c>
       <c r="G249" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H249" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>491</v>
+        <v>479</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>492</v>
+        <v>480</v>
       </c>
       <c r="C250" s="3">
-        <v>299.25</v>
+        <v>9.46</v>
       </c>
       <c r="D250" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>90</v>
+        <v>30750</v>
       </c>
       <c r="G250" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H250" s="3">
-        <v>1</v>
+        <v>5000</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A251" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I251" s="2"/>
+      <c r="A251" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="B251" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="C251" s="3">
+        <v>30.6</v>
+      </c>
+      <c r="D251" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F251" s="3">
+        <v>19000</v>
+      </c>
+      <c r="G251" s="3">
+        <v>50</v>
+      </c>
+      <c r="H251" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I251" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>494</v>
+        <v>483</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>495</v>
+        <v>484</v>
       </c>
       <c r="C252" s="3">
-        <v>1995</v>
+        <v>29</v>
       </c>
       <c r="D252" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>27</v>
+        <v>3850</v>
       </c>
       <c r="G252" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H252" s="3">
-        <v>20</v>
+        <v>2500</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>496</v>
+        <v>485</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>497</v>
+        <v>486</v>
       </c>
       <c r="C253" s="3">
-        <v>1783.95</v>
+        <v>155</v>
       </c>
       <c r="D253" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>96</v>
+        <v>5070</v>
       </c>
       <c r="G253" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H253" s="3">
-        <v>15</v>
+        <v>250</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>498</v>
+        <v>487</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="C254" s="3">
-        <v>2413.95</v>
+        <v>585</v>
       </c>
       <c r="D254" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>47</v>
+        <v>1164</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="I254" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>501</v>
+        <v>490</v>
       </c>
       <c r="C255" s="3">
-        <v>2100</v>
+        <v>290</v>
       </c>
       <c r="D255" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>38</v>
+        <v>904</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I255" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A256" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A256" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B256" s="2"/>
+      <c r="C256" s="2"/>
+      <c r="D256" s="2"/>
+      <c r="E256" s="2"/>
+      <c r="F256" s="2"/>
+      <c r="G256" s="2"/>
+      <c r="H256" s="2"/>
+      <c r="I256" s="2"/>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>504</v>
+        <v>492</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="C257" s="3">
-        <v>1468.95</v>
+        <v>72</v>
       </c>
       <c r="D257" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F257" s="3">
-        <v>76</v>
+        <v>10250</v>
       </c>
       <c r="G257" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H257" s="3">
-        <v>30</v>
+        <v>500</v>
       </c>
       <c r="I257" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>506</v>
+        <v>494</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>507</v>
+        <v>495</v>
       </c>
       <c r="C258" s="3">
-        <v>1783.95</v>
+        <v>580</v>
       </c>
       <c r="D258" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F258" s="3">
-        <v>52</v>
+        <v>861</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="I258" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>508</v>
+        <v>496</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>509</v>
+        <v>497</v>
       </c>
       <c r="C259" s="3">
-        <v>1575</v>
+        <v>88</v>
       </c>
       <c r="D259" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F259" s="3">
-        <v>40</v>
+        <v>1866</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>26</v>
+        <v>300</v>
       </c>
       <c r="I259" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A260" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I260" s="2"/>
+      <c r="A260" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="B260" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="C260" s="3">
+        <v>73</v>
+      </c>
+      <c r="D260" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F260" s="3">
+        <v>7896</v>
+      </c>
+      <c r="G260" s="3">
+        <v>1</v>
+      </c>
+      <c r="H260" s="3">
+        <v>500</v>
+      </c>
+      <c r="I260" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>511</v>
+        <v>500</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
       <c r="C261" s="3">
-        <v>160</v>
+        <v>3.96</v>
       </c>
       <c r="D261" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>3840</v>
+        <v>41750</v>
       </c>
       <c r="G261" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H261" s="3">
-        <v>100</v>
+        <v>12000</v>
       </c>
       <c r="I261" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>514</v>
+        <v>503</v>
       </c>
       <c r="C262" s="3">
-        <v>455</v>
+        <v>72</v>
       </c>
       <c r="D262" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>1124</v>
+        <v>29200</v>
       </c>
       <c r="G262" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H262" s="3">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="I262" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>515</v>
+        <v>504</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>516</v>
+        <v>505</v>
       </c>
       <c r="C263" s="3">
-        <v>430</v>
+        <v>29.95</v>
       </c>
       <c r="D263" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>0</v>
+        <v>20150</v>
       </c>
       <c r="G263" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H263" s="3">
-        <v>12</v>
+        <v>1200</v>
       </c>
       <c r="I263" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
       <c r="C264" s="3">
-        <v>595</v>
+        <v>550</v>
       </c>
       <c r="D264" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F264" s="3">
-        <v>0</v>
+        <v>537</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>520</v>
+        <v>509</v>
       </c>
       <c r="C265" s="3">
-        <v>1670</v>
+        <v>145</v>
       </c>
       <c r="D265" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>1</v>
+        <v>455</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>16</v>
+        <v>500</v>
       </c>
       <c r="I265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>521</v>
+        <v>510</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>522</v>
+        <v>511</v>
       </c>
       <c r="C266" s="3">
-        <v>474</v>
+        <v>3.96</v>
       </c>
       <c r="D266" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F266" s="3">
-        <v>1482</v>
+        <v>10750</v>
       </c>
       <c r="G266" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H266" s="3">
-        <v>30</v>
+        <v>10000</v>
       </c>
       <c r="I266" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>523</v>
+        <v>512</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>524</v>
+        <v>513</v>
       </c>
       <c r="C267" s="3">
-        <v>376</v>
+        <v>72</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F267" s="3">
-        <v>1342</v>
+        <v>5496</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="I267" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>525</v>
+        <v>514</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>526</v>
+        <v>515</v>
       </c>
       <c r="C268" s="3">
-        <v>744</v>
+        <v>205</v>
       </c>
       <c r="D268" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F268" s="3">
-        <v>828</v>
+        <v>427</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>1</v>
+        <v>5000</v>
       </c>
       <c r="I268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>527</v>
+        <v>516</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>528</v>
+        <v>517</v>
       </c>
       <c r="C269" s="3">
-        <v>186</v>
+        <v>80</v>
       </c>
       <c r="D269" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F269" s="3">
-        <v>2006</v>
+        <v>13202</v>
       </c>
       <c r="G269" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H269" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I269" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>529</v>
+        <v>518</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>530</v>
+        <v>519</v>
       </c>
       <c r="C270" s="3">
-        <v>285.77</v>
+        <v>2.22</v>
       </c>
       <c r="D270" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>3327</v>
+        <v>34050</v>
       </c>
       <c r="G270" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H270" s="3">
-        <v>100</v>
+        <v>10000</v>
       </c>
       <c r="I270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>531</v>
+        <v>520</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>532</v>
+        <v>521</v>
       </c>
       <c r="C271" s="3">
-        <v>175</v>
+        <v>4.32</v>
       </c>
       <c r="D271" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>2352</v>
+        <v>73799</v>
       </c>
       <c r="G271" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H271" s="3">
-        <v>100</v>
+        <v>10000</v>
       </c>
       <c r="I271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>533</v>
+        <v>522</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>534</v>
+        <v>523</v>
       </c>
       <c r="C272" s="3">
-        <v>120</v>
+        <v>205</v>
       </c>
       <c r="D272" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>116</v>
+        <v>400</v>
       </c>
       <c r="F272" s="3">
-        <v>4140</v>
+        <v>1334</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>320</v>
+        <v>5000</v>
       </c>
       <c r="I272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>535</v>
+        <v>524</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>536</v>
+        <v>525</v>
       </c>
       <c r="C273" s="3">
-        <v>508.03</v>
+        <v>3.96</v>
       </c>
       <c r="D273" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F273" s="3">
-        <v>4664</v>
+        <v>31850</v>
       </c>
       <c r="G273" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H273" s="3">
-        <v>36</v>
+        <v>10000</v>
       </c>
       <c r="I273" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>537</v>
+        <v>526</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>538</v>
+        <v>527</v>
       </c>
       <c r="C274" s="3">
-        <v>320</v>
+        <v>4.32</v>
       </c>
       <c r="D274" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F274" s="3">
-        <v>1431</v>
+        <v>14300</v>
       </c>
       <c r="G274" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H274" s="3">
-        <v>160</v>
+        <v>10000</v>
       </c>
       <c r="I274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>540</v>
+        <v>529</v>
       </c>
       <c r="C275" s="3">
-        <v>465</v>
+        <v>4.32</v>
       </c>
       <c r="D275" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>1668</v>
+        <v>4050</v>
       </c>
       <c r="G275" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H275" s="3">
-        <v>100</v>
+        <v>10000</v>
       </c>
       <c r="I275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>541</v>
+        <v>530</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>542</v>
+        <v>531</v>
       </c>
       <c r="C276" s="3">
-        <v>952.56</v>
+        <v>4.32</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>323</v>
+        <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="G276" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H276" s="3">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="I276" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>543</v>
+        <v>532</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>544</v>
+        <v>533</v>
       </c>
       <c r="C277" s="3">
-        <v>850</v>
+        <v>245</v>
       </c>
       <c r="D277" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>323</v>
+        <v>15</v>
       </c>
       <c r="F277" s="3">
-        <v>816</v>
+        <v>1237</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I277" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>545</v>
+        <v>534</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>546</v>
+        <v>535</v>
       </c>
       <c r="C278" s="3">
-        <v>115</v>
+        <v>205</v>
       </c>
       <c r="D278" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F278" s="3">
-        <v>4487</v>
+        <v>480</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>300</v>
+        <v>5000</v>
       </c>
       <c r="I278" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>547</v>
+        <v>536</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>548</v>
+        <v>537</v>
       </c>
       <c r="C279" s="3">
-        <v>99</v>
+        <v>2.1</v>
       </c>
       <c r="D279" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>4702</v>
+        <v>42200</v>
       </c>
       <c r="G279" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H279" s="3">
-        <v>300</v>
+        <v>10000</v>
       </c>
       <c r="I279" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>549</v>
+        <v>538</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>550</v>
+        <v>539</v>
       </c>
       <c r="C280" s="3">
-        <v>240</v>
+        <v>4.32</v>
       </c>
       <c r="D280" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>4675</v>
+        <v>15500</v>
       </c>
       <c r="G280" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H280" s="3">
-        <v>80</v>
+        <v>10000</v>
       </c>
       <c r="I280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="2" t="s">
-        <v>551</v>
+        <v>540</v>
       </c>
       <c r="B281" s="2"/>
       <c r="C281" s="2"/>
       <c r="D281" s="2"/>
       <c r="E281" s="2"/>
       <c r="F281" s="2"/>
       <c r="G281" s="2"/>
       <c r="H281" s="2"/>
       <c r="I281" s="2"/>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>552</v>
+        <v>541</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>553</v>
+        <v>542</v>
       </c>
       <c r="C282" s="3">
-        <v>1760</v>
+        <v>230</v>
       </c>
       <c r="D282" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>481</v>
+        <v>9130</v>
       </c>
       <c r="G282" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H282" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="I282" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>554</v>
+        <v>543</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="C283" s="3">
-        <v>1700</v>
+        <v>800</v>
       </c>
       <c r="D283" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>173</v>
+        <v>78</v>
       </c>
       <c r="F283" s="3">
-        <v>492</v>
+        <v>389</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
         <v>20</v>
       </c>
       <c r="I283" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>556</v>
+        <v>545</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>557</v>
+        <v>546</v>
       </c>
       <c r="C284" s="3">
-        <v>2400</v>
+        <v>8.5</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>367</v>
+        <v>81400</v>
       </c>
       <c r="G284" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H284" s="3">
-        <v>1</v>
+        <v>5000</v>
       </c>
       <c r="I284" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>558</v>
+        <v>547</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>559</v>
+        <v>548</v>
       </c>
       <c r="C285" s="3">
-        <v>2400</v>
+        <v>7.6</v>
       </c>
       <c r="D285" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>310</v>
+        <v>29400</v>
       </c>
       <c r="G285" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H285" s="3">
-        <v>1</v>
+        <v>5000</v>
       </c>
       <c r="I285" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>560</v>
+        <v>549</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>561</v>
+        <v>550</v>
       </c>
       <c r="C286" s="3">
-        <v>1900</v>
+        <v>11.2</v>
       </c>
       <c r="D286" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>559</v>
+        <v>67600</v>
       </c>
       <c r="G286" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H286" s="3">
-        <v>20</v>
+        <v>2000</v>
       </c>
       <c r="I286" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>562</v>
+        <v>551</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>563</v>
+        <v>552</v>
       </c>
       <c r="C287" s="3">
-        <v>3500</v>
+        <v>9.2</v>
       </c>
       <c r="D287" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>243</v>
+        <v>71200</v>
       </c>
       <c r="G287" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H287" s="3">
-        <v>12</v>
+        <v>5000</v>
       </c>
       <c r="I287" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>564</v>
+        <v>553</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>565</v>
+        <v>554</v>
       </c>
       <c r="C288" s="3">
-        <v>2400</v>
+        <v>2000</v>
       </c>
       <c r="D288" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>173</v>
+        <v>78</v>
       </c>
       <c r="F288" s="3">
-        <v>181</v>
+        <v>516</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I288" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>566</v>
+        <v>555</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>567</v>
+        <v>556</v>
       </c>
       <c r="C289" s="3">
-        <v>3700</v>
+        <v>108</v>
       </c>
       <c r="D289" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>282</v>
+        <v>5722</v>
       </c>
       <c r="G289" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H289" s="3">
-        <v>12</v>
+        <v>2000</v>
       </c>
       <c r="I289" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>568</v>
+        <v>557</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>569</v>
+        <v>558</v>
       </c>
       <c r="C290" s="3">
-        <v>3890</v>
+        <v>3460.97</v>
       </c>
       <c r="D290" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F290" s="3">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I290" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A291" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I291" s="2"/>
+      <c r="A291" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="B291" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="C291" s="3">
+        <v>45.5</v>
+      </c>
+      <c r="D291" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F291" s="3">
+        <v>7462</v>
+      </c>
+      <c r="G291" s="3">
+        <v>20</v>
+      </c>
+      <c r="H291" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I291" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>571</v>
+        <v>561</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>572</v>
+        <v>562</v>
       </c>
       <c r="C292" s="3">
-        <v>3811</v>
+        <v>45.5</v>
       </c>
       <c r="D292" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>32</v>
+        <v>3522</v>
       </c>
       <c r="G292" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H292" s="3">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="I292" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>573</v>
+        <v>563</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>574</v>
+        <v>564</v>
       </c>
       <c r="C293" s="3">
-        <v>3399</v>
+        <v>5.3</v>
       </c>
       <c r="D293" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>61</v>
+        <v>35400</v>
       </c>
       <c r="G293" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H293" s="3">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="I293" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A294" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I294" s="2"/>
+      <c r="A294" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="B294" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="C294" s="3">
+        <v>12.1</v>
+      </c>
+      <c r="D294" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F294" s="3">
+        <v>121550</v>
+      </c>
+      <c r="G294" s="3">
+        <v>100</v>
+      </c>
+      <c r="H294" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I294" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A295" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I295" s="2"/>
+      <c r="A295" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="B295" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="C295" s="3">
+        <v>31.5</v>
+      </c>
+      <c r="D295" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F295" s="3">
+        <v>20800</v>
+      </c>
+      <c r="G295" s="3">
+        <v>50</v>
+      </c>
+      <c r="H295" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I295" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
       <c r="C296" s="3">
-        <v>590</v>
+        <v>7.2</v>
       </c>
       <c r="D296" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F296" s="3">
-        <v>0</v>
+        <v>67400</v>
       </c>
       <c r="G296" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H296" s="3">
-        <v>12</v>
+        <v>5000</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A297" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I297" s="2"/>
+      <c r="A297" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="B297" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="C297" s="3">
+        <v>55</v>
+      </c>
+      <c r="D297" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F297" s="3">
+        <v>63300</v>
+      </c>
+      <c r="G297" s="3">
+        <v>50</v>
+      </c>
+      <c r="H297" s="3">
+        <v>500</v>
+      </c>
+      <c r="I297" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
-        <v>580</v>
+        <v>573</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>581</v>
+        <v>574</v>
       </c>
       <c r="C298" s="3">
-        <v>805.94</v>
+        <v>5</v>
       </c>
       <c r="D298" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F298" s="3">
-        <v>71</v>
+        <v>111500</v>
       </c>
       <c r="G298" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H298" s="3">
-        <v>12</v>
+        <v>5000</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A299" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I299" s="2"/>
+      <c r="A299" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="B299" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="C299" s="3">
+        <v>14.4</v>
+      </c>
+      <c r="D299" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F299" s="3">
+        <v>268999</v>
+      </c>
+      <c r="G299" s="3">
+        <v>100</v>
+      </c>
+      <c r="H299" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I299" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="C300" s="3">
+        <v>32</v>
+      </c>
+      <c r="D300" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F300" s="3">
+        <v>78999</v>
+      </c>
+      <c r="G300" s="3">
+        <v>50</v>
+      </c>
+      <c r="H300" s="3">
+        <v>500</v>
+      </c>
+      <c r="I300" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A301" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="B301" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="D300" s="4" t="s">
-[...29 lines deleted...]
-      <c r="I301" s="2"/>
+      <c r="C301" s="3">
+        <v>305</v>
+      </c>
+      <c r="D301" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F301" s="3">
+        <v>14198</v>
+      </c>
+      <c r="G301" s="3">
+        <v>2</v>
+      </c>
+      <c r="H301" s="3">
+        <v>100</v>
+      </c>
+      <c r="I301" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="C302" s="3">
-        <v>480</v>
+        <v>105</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F302" s="3">
-        <v>96</v>
+        <v>39050</v>
       </c>
       <c r="G302" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H302" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="C303" s="3">
-        <v>500</v>
+        <v>4944.24</v>
       </c>
       <c r="D303" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F303" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G303" s="3">
         <v>1</v>
       </c>
       <c r="H303" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="C304" s="3">
-        <v>467.21</v>
+        <v>1020</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>173</v>
+        <v>78</v>
       </c>
       <c r="F304" s="3">
-        <v>257</v>
+        <v>1103</v>
       </c>
       <c r="G304" s="3">
         <v>1</v>
       </c>
       <c r="H304" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="C305" s="3">
-        <v>467.21</v>
+        <v>1640</v>
       </c>
       <c r="D305" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>173</v>
+        <v>78</v>
       </c>
       <c r="F305" s="3">
-        <v>33</v>
+        <v>576</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A306" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A306" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="B306" s="2"/>
+      <c r="C306" s="2"/>
+      <c r="D306" s="2"/>
+      <c r="E306" s="2"/>
+      <c r="F306" s="2"/>
+      <c r="G306" s="2"/>
+      <c r="H306" s="2"/>
+      <c r="I306" s="2"/>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A307" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A307" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="B307" s="2"/>
+      <c r="C307" s="2"/>
+      <c r="D307" s="2"/>
+      <c r="E307" s="2"/>
+      <c r="F307" s="2"/>
+      <c r="G307" s="2"/>
+      <c r="H307" s="2"/>
+      <c r="I307" s="2"/>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>598</v>
+        <v>591</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>599</v>
+        <v>592</v>
       </c>
       <c r="C308" s="3">
-        <v>550</v>
+        <v>1128.75</v>
       </c>
       <c r="D308" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F308" s="3">
-        <v>435</v>
+        <v>111</v>
       </c>
       <c r="G308" s="3">
         <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A309" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I309" s="2"/>
+      <c r="A309" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="B309" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="C309" s="3">
+        <v>945</v>
+      </c>
+      <c r="D309" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F309" s="3">
+        <v>106</v>
+      </c>
+      <c r="G309" s="3">
+        <v>1</v>
+      </c>
+      <c r="H309" s="3">
+        <v>25</v>
+      </c>
+      <c r="I309" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="C310" s="3">
-        <v>312</v>
+        <v>1050</v>
       </c>
       <c r="D310" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F310" s="3">
-        <v>869</v>
+        <v>143</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I310" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="C311" s="3">
-        <v>380</v>
+        <v>259.35</v>
       </c>
       <c r="D311" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F311" s="3">
-        <v>578</v>
+        <v>250</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I311" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="C312" s="3">
-        <v>345.6</v>
+        <v>224.7</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F312" s="3">
-        <v>1187</v>
+        <v>424</v>
       </c>
       <c r="G312" s="3">
         <v>1</v>
       </c>
       <c r="H312" s="3">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="I312" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="C313" s="3">
-        <v>345</v>
+        <v>302.4</v>
       </c>
       <c r="D313" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>110</v>
+        <v>139</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="C314" s="3">
-        <v>250</v>
+        <v>347.55</v>
       </c>
       <c r="D314" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F314" s="3">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="G314" s="3">
         <v>1</v>
       </c>
       <c r="H314" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I314" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A315" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A315" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="B315" s="2"/>
+      <c r="C315" s="2"/>
+      <c r="D315" s="2"/>
+      <c r="E315" s="2"/>
+      <c r="F315" s="2"/>
+      <c r="G315" s="2"/>
+      <c r="H315" s="2"/>
+      <c r="I315" s="2"/>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
       <c r="C316" s="3">
-        <v>375</v>
+        <v>430.5</v>
       </c>
       <c r="D316" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F316" s="3">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G316" s="3">
         <v>1</v>
       </c>
       <c r="H316" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I316" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
       <c r="C317" s="3">
-        <v>385</v>
+        <v>299.25</v>
       </c>
       <c r="D317" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F317" s="3">
-        <v>425</v>
+        <v>38</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>618</v>
+        <v>611</v>
       </c>
       <c r="C318" s="3">
-        <v>262.5</v>
+        <v>451.5</v>
       </c>
       <c r="D318" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F318" s="3">
-        <v>1760</v>
+        <v>59</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>620</v>
+        <v>613</v>
       </c>
       <c r="C319" s="3">
-        <v>395</v>
+        <v>1286.25</v>
       </c>
       <c r="D319" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F319" s="3">
-        <v>475</v>
+        <v>25</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>621</v>
+        <v>614</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>622</v>
+        <v>615</v>
       </c>
       <c r="C320" s="3">
-        <v>252</v>
+        <v>1291.5</v>
       </c>
       <c r="D320" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F320" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I320" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>623</v>
+        <v>616</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="C321" s="3">
-        <v>540</v>
+        <v>1643.25</v>
       </c>
       <c r="D321" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F321" s="3">
-        <v>832</v>
+        <v>43</v>
       </c>
       <c r="G321" s="3">
         <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>625</v>
+        <v>618</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="C322" s="3">
-        <v>415</v>
+        <v>1360.8</v>
       </c>
       <c r="D322" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F322" s="3">
-        <v>907</v>
+        <v>68</v>
       </c>
       <c r="G322" s="3">
         <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I322" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>628</v>
+        <v>621</v>
       </c>
       <c r="C323" s="3">
-        <v>250</v>
+        <v>257.25</v>
       </c>
       <c r="D323" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F323" s="3">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="G323" s="3">
         <v>1</v>
       </c>
       <c r="H323" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I323" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>629</v>
+        <v>622</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>630</v>
+        <v>623</v>
       </c>
       <c r="C324" s="3">
-        <v>459</v>
+        <v>997.5</v>
       </c>
       <c r="D324" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F324" s="3">
-        <v>451</v>
+        <v>0</v>
       </c>
       <c r="G324" s="3">
         <v>1</v>
       </c>
       <c r="H324" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="C325" s="3">
-        <v>390</v>
+        <v>1785</v>
       </c>
       <c r="D325" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F325" s="3">
-        <v>537</v>
+        <v>24</v>
       </c>
       <c r="G325" s="3">
         <v>1</v>
       </c>
       <c r="H325" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I325" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>633</v>
+        <v>626</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>634</v>
+        <v>627</v>
       </c>
       <c r="C326" s="3">
-        <v>470</v>
+        <v>793.8</v>
       </c>
       <c r="D326" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F326" s="3">
-        <v>179</v>
+        <v>33</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I326" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A327" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A327" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="B327" s="2"/>
+      <c r="C327" s="2"/>
+      <c r="D327" s="2"/>
+      <c r="E327" s="2"/>
+      <c r="F327" s="2"/>
+      <c r="G327" s="2"/>
+      <c r="H327" s="2"/>
+      <c r="I327" s="2"/>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
       <c r="C328" s="3">
-        <v>300</v>
+        <v>2413.95</v>
       </c>
       <c r="D328" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F328" s="3">
-        <v>1176</v>
+        <v>37</v>
       </c>
       <c r="G328" s="3">
         <v>1</v>
       </c>
       <c r="H328" s="3">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I328" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>640</v>
+        <v>632</v>
       </c>
       <c r="C329" s="3">
-        <v>247</v>
+        <v>1468.95</v>
       </c>
       <c r="D329" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F329" s="3">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="G329" s="3">
         <v>1</v>
       </c>
       <c r="H329" s="3">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I329" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>641</v>
+        <v>633</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>642</v>
+        <v>634</v>
       </c>
       <c r="C330" s="3">
-        <v>180</v>
+        <v>1575</v>
       </c>
       <c r="D330" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F330" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="G330" s="3">
         <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="I330" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>644</v>
+        <v>636</v>
       </c>
       <c r="C331" s="3">
-        <v>250</v>
+        <v>1995</v>
       </c>
       <c r="D331" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F331" s="3">
-        <v>2122</v>
+        <v>27</v>
       </c>
       <c r="G331" s="3">
         <v>1</v>
       </c>
       <c r="H331" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I331" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
       <c r="C332" s="3">
-        <v>320</v>
+        <v>1783.95</v>
       </c>
       <c r="D332" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F332" s="3">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="G332" s="3">
         <v>1</v>
       </c>
       <c r="H332" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I332" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>647</v>
+        <v>639</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>648</v>
+        <v>640</v>
       </c>
       <c r="C333" s="3">
-        <v>160</v>
+        <v>4305</v>
       </c>
       <c r="D333" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F333" s="3">
-        <v>1942</v>
+        <v>2</v>
       </c>
       <c r="G333" s="3">
         <v>1</v>
       </c>
       <c r="H333" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I333" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="C334" s="3">
-        <v>410</v>
+        <v>1783.95</v>
       </c>
       <c r="D334" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F334" s="3">
-        <v>2304</v>
+        <v>87</v>
       </c>
       <c r="G334" s="3">
         <v>1</v>
       </c>
       <c r="H334" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I334" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
       <c r="C335" s="3">
-        <v>330</v>
+        <v>2100</v>
       </c>
       <c r="D335" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F335" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
         <v>12</v>
       </c>
       <c r="I335" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A336" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A336" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="B336" s="2"/>
+      <c r="C336" s="2"/>
+      <c r="D336" s="2"/>
+      <c r="E336" s="2"/>
+      <c r="F336" s="2"/>
+      <c r="G336" s="2"/>
+      <c r="H336" s="2"/>
+      <c r="I336" s="2"/>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>655</v>
+        <v>646</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>656</v>
+        <v>647</v>
       </c>
       <c r="C337" s="3">
-        <v>198</v>
+        <v>99</v>
       </c>
       <c r="D337" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F337" s="3">
-        <v>0</v>
+        <v>4452</v>
       </c>
       <c r="G337" s="3">
         <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>12</v>
+        <v>300</v>
       </c>
       <c r="I337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
-        <v>657</v>
+        <v>648</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>658</v>
+        <v>649</v>
       </c>
       <c r="C338" s="3">
-        <v>345.6</v>
+        <v>465</v>
       </c>
       <c r="D338" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F338" s="3">
-        <v>1054</v>
+        <v>1</v>
       </c>
       <c r="G338" s="3">
         <v>1</v>
       </c>
       <c r="H338" s="3">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="I338" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
-        <v>659</v>
+        <v>650</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>660</v>
+        <v>651</v>
       </c>
       <c r="C339" s="3">
-        <v>160</v>
+        <v>175</v>
       </c>
       <c r="D339" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F339" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="I339" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
-        <v>661</v>
+        <v>652</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>662</v>
+        <v>653</v>
       </c>
       <c r="C340" s="3">
-        <v>340</v>
+        <v>508.03</v>
       </c>
       <c r="D340" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F340" s="3">
-        <v>0</v>
+        <v>4528</v>
       </c>
       <c r="G340" s="3">
         <v>1</v>
       </c>
       <c r="H340" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I340" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
-        <v>663</v>
+        <v>654</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="C341" s="3">
-        <v>425</v>
+        <v>952.56</v>
       </c>
       <c r="D341" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>173</v>
+        <v>30</v>
       </c>
       <c r="F341" s="3">
-        <v>136</v>
+        <v>351</v>
       </c>
       <c r="G341" s="3">
         <v>1</v>
       </c>
       <c r="H341" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I341" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A342" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I342" s="2"/>
+      <c r="A342" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="B342" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="C342" s="3">
+        <v>115</v>
+      </c>
+      <c r="D342" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E342" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F342" s="3">
+        <v>4184</v>
+      </c>
+      <c r="G342" s="3">
+        <v>1</v>
+      </c>
+      <c r="H342" s="3">
+        <v>300</v>
+      </c>
+      <c r="I342" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A343" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I343" s="2"/>
+      <c r="A343" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="B343" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="C343" s="3">
+        <v>455</v>
+      </c>
+      <c r="D343" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E343" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F343" s="3">
+        <v>17</v>
+      </c>
+      <c r="G343" s="3">
+        <v>1</v>
+      </c>
+      <c r="H343" s="3">
+        <v>27</v>
+      </c>
+      <c r="I343" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
       <c r="C344" s="3">
-        <v>1850</v>
+        <v>120</v>
       </c>
       <c r="D344" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>173</v>
+        <v>400</v>
       </c>
       <c r="F344" s="3">
-        <v>69</v>
+        <v>3569</v>
       </c>
       <c r="G344" s="3">
         <v>1</v>
       </c>
       <c r="H344" s="3">
-        <v>10</v>
+        <v>320</v>
       </c>
       <c r="I344" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
-        <v>669</v>
+        <v>662</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>670</v>
+        <v>663</v>
       </c>
       <c r="C345" s="3">
-        <v>3700</v>
+        <v>1670</v>
       </c>
       <c r="D345" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F345" s="3">
-        <v>239</v>
+        <v>624</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
-        <v>671</v>
+        <v>664</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>672</v>
+        <v>665</v>
       </c>
       <c r="C346" s="3">
-        <v>4800</v>
+        <v>285.77</v>
       </c>
       <c r="D346" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F346" s="3">
-        <v>0</v>
+        <v>2661</v>
       </c>
       <c r="G346" s="3">
         <v>1</v>
       </c>
       <c r="H346" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I346" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
-        <v>673</v>
+        <v>666</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>674</v>
+        <v>667</v>
       </c>
       <c r="C347" s="3">
-        <v>4400</v>
+        <v>474</v>
       </c>
       <c r="D347" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F347" s="3">
-        <v>4</v>
+        <v>1373</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="I347" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
-        <v>675</v>
+        <v>668</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="C348" s="3">
-        <v>4200</v>
+        <v>595</v>
       </c>
       <c r="D348" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F348" s="3">
-        <v>0</v>
+        <v>266</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A349" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I349" s="2"/>
+      <c r="A349" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="B349" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="C349" s="3">
+        <v>744</v>
+      </c>
+      <c r="D349" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E349" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F349" s="3">
+        <v>593</v>
+      </c>
+      <c r="G349" s="3">
+        <v>1</v>
+      </c>
+      <c r="H349" s="3">
+        <v>1</v>
+      </c>
+      <c r="I349" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A350" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I350" s="2"/>
+      <c r="A350" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="B350" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="C350" s="3">
+        <v>240</v>
+      </c>
+      <c r="D350" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E350" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F350" s="3">
+        <v>4549</v>
+      </c>
+      <c r="G350" s="3">
+        <v>1</v>
+      </c>
+      <c r="H350" s="3">
+        <v>80</v>
+      </c>
+      <c r="I350" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="C351" s="3">
-        <v>1920</v>
+        <v>376</v>
       </c>
       <c r="D351" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F351" s="3">
-        <v>4</v>
+        <v>812</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="I351" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="C352" s="3">
-        <v>2600</v>
+        <v>320</v>
       </c>
       <c r="D352" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F352" s="3">
-        <v>76</v>
+        <v>125</v>
       </c>
       <c r="G352" s="3">
         <v>1</v>
       </c>
       <c r="H352" s="3">
-        <v>6</v>
+        <v>160</v>
       </c>
       <c r="I352" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
-        <v>683</v>
+        <v>678</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>684</v>
+        <v>679</v>
       </c>
       <c r="C353" s="3">
-        <v>1600</v>
+        <v>850</v>
       </c>
       <c r="D353" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>173</v>
+        <v>30</v>
       </c>
       <c r="F353" s="3">
-        <v>1</v>
+        <v>784</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I353" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A354" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I354" s="2"/>
+      <c r="A354" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="B354" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="C354" s="3">
+        <v>186</v>
+      </c>
+      <c r="D354" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F354" s="3">
+        <v>1698</v>
+      </c>
+      <c r="G354" s="3">
+        <v>1</v>
+      </c>
+      <c r="H354" s="3">
+        <v>40</v>
+      </c>
+      <c r="I354" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="C355" s="3">
-        <v>5500</v>
+        <v>430</v>
       </c>
       <c r="D355" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F355" s="3">
-        <v>352</v>
+        <v>1618</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I355" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="C356" s="3">
-        <v>19200</v>
+        <v>160</v>
       </c>
       <c r="D356" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F356" s="3">
-        <v>0</v>
+        <v>2680</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I356" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A357" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A357" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="B357" s="2"/>
+      <c r="C357" s="2"/>
+      <c r="D357" s="2"/>
+      <c r="E357" s="2"/>
+      <c r="F357" s="2"/>
+      <c r="G357" s="2"/>
+      <c r="H357" s="2"/>
+      <c r="I357" s="2"/>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="C358" s="3">
-        <v>17100</v>
+        <v>1700</v>
       </c>
       <c r="D358" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F358" s="3">
-        <v>8</v>
+        <v>468</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I358" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="C359" s="3">
-        <v>8700</v>
+        <v>2400</v>
       </c>
       <c r="D359" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F359" s="3">
-        <v>30</v>
+        <v>292</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I359" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A360" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I360" s="2"/>
+      <c r="A360" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="B360" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="C360" s="3">
+        <v>2400</v>
+      </c>
+      <c r="D360" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E360" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F360" s="3">
+        <v>57</v>
+      </c>
+      <c r="G360" s="3">
+        <v>1</v>
+      </c>
+      <c r="H360" s="3">
+        <v>20</v>
+      </c>
+      <c r="I360" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="C361" s="3">
-        <v>2900</v>
+        <v>3700</v>
       </c>
       <c r="D361" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F361" s="3">
         <v>0</v>
       </c>
       <c r="G361" s="3">
         <v>1</v>
       </c>
       <c r="H361" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I361" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
       <c r="C362" s="3">
-        <v>3100</v>
+        <v>2400</v>
       </c>
       <c r="D362" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F362" s="3">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I362" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="C363" s="3">
-        <v>5750</v>
+        <v>1900</v>
       </c>
       <c r="D363" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F363" s="3">
-        <v>302</v>
+        <v>516</v>
       </c>
       <c r="G363" s="3">
         <v>1</v>
       </c>
       <c r="H363" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I363" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="C364" s="3">
-        <v>8500</v>
+        <v>1760</v>
       </c>
       <c r="D364" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F364" s="3">
-        <v>0</v>
+        <v>456</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I364" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="C365" s="3">
-        <v>3250</v>
+        <v>3500</v>
       </c>
       <c r="D365" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F365" s="3">
-        <v>1</v>
+        <v>207</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I365" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="C366" s="3">
-        <v>11800</v>
+        <v>3890</v>
       </c>
       <c r="D366" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F366" s="3">
-        <v>0</v>
+        <v>113</v>
       </c>
       <c r="G366" s="3">
         <v>1</v>
       </c>
       <c r="H366" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I366" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A367" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A367" s="2" t="s">
+        <v>705</v>
+      </c>
+      <c r="B367" s="2"/>
+      <c r="C367" s="2"/>
+      <c r="D367" s="2"/>
+      <c r="E367" s="2"/>
+      <c r="F367" s="2"/>
+      <c r="G367" s="2"/>
+      <c r="H367" s="2"/>
+      <c r="I367" s="2"/>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="C368" s="3">
-        <v>3600</v>
+        <v>3811</v>
       </c>
       <c r="D368" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F368" s="3">
-        <v>172</v>
+        <v>9</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I368" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="C369" s="3">
-        <v>4400</v>
+        <v>3399</v>
       </c>
       <c r="D369" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F369" s="3">
-        <v>177</v>
+        <v>44</v>
       </c>
       <c r="G369" s="3">
         <v>1</v>
       </c>
       <c r="H369" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I369" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="2" t="s">
-        <v>715</v>
+        <v>710</v>
       </c>
       <c r="B370" s="2"/>
       <c r="C370" s="2"/>
       <c r="D370" s="2"/>
       <c r="E370" s="2"/>
       <c r="F370" s="2"/>
       <c r="G370" s="2"/>
       <c r="H370" s="2"/>
       <c r="I370" s="2"/>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>717</v>
+        <v>712</v>
       </c>
       <c r="C371" s="3">
-        <v>4410</v>
+        <v>70</v>
       </c>
       <c r="D371" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>266</v>
+        <v>15</v>
       </c>
       <c r="F371" s="3">
-        <v>0</v>
+        <v>16000</v>
       </c>
       <c r="G371" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H371" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I371" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
       <c r="C372" s="3">
-        <v>3670</v>
+        <v>65</v>
       </c>
       <c r="D372" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>266</v>
+        <v>15</v>
       </c>
       <c r="F372" s="3">
         <v>0</v>
       </c>
       <c r="G372" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H372" s="3">
-        <v>2</v>
+        <v>2000</v>
       </c>
       <c r="I372" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A373" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I373" s="2"/>
+      <c r="A373" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="B373" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="C373" s="3">
+        <v>73</v>
+      </c>
+      <c r="D373" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F373" s="3">
+        <v>3900</v>
+      </c>
+      <c r="G373" s="3">
+        <v>50</v>
+      </c>
+      <c r="H373" s="3">
+        <v>500</v>
+      </c>
+      <c r="I373" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="2" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="B374" s="2"/>
       <c r="C374" s="2"/>
       <c r="D374" s="2"/>
       <c r="E374" s="2"/>
       <c r="F374" s="2"/>
       <c r="G374" s="2"/>
       <c r="H374" s="2"/>
       <c r="I374" s="2"/>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="C375" s="3">
-        <v>151.2</v>
+        <v>2760</v>
       </c>
       <c r="D375" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>323</v>
+        <v>30</v>
       </c>
       <c r="F375" s="3">
-        <v>227</v>
+        <v>139</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I375" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="C376" s="3">
-        <v>183.6</v>
+        <v>2488.5</v>
       </c>
       <c r="D376" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>173</v>
+        <v>30</v>
       </c>
       <c r="F376" s="3">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I376" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A377" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I377" s="2"/>
+      <c r="A377" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="B377" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="C377" s="3">
+        <v>1795</v>
+      </c>
+      <c r="D377" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E377" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F377" s="3">
+        <v>104</v>
+      </c>
+      <c r="G377" s="3">
+        <v>1</v>
+      </c>
+      <c r="H377" s="3">
+        <v>30</v>
+      </c>
+      <c r="I377" s="3">
+        <v>4</v>
+      </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="C378" s="3">
-        <v>100</v>
+        <v>1050</v>
       </c>
       <c r="D378" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>173</v>
+        <v>30</v>
       </c>
       <c r="F378" s="3">
-        <v>307</v>
+        <v>36</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>100</v>
+        <v>42</v>
       </c>
       <c r="I378" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="B379" s="3" t="s">
+        <v>727</v>
+      </c>
+      <c r="C379" s="3">
+        <v>6900</v>
+      </c>
+      <c r="D379" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F379" s="3">
+        <v>51</v>
+      </c>
+      <c r="G379" s="3">
+        <v>1</v>
+      </c>
+      <c r="H379" s="3">
+        <v>4</v>
+      </c>
+      <c r="I379" s="3">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="380" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A380" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="B380" s="3" t="s">
         <v>729</v>
       </c>
-      <c r="B379" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I380" s="2"/>
+      <c r="C380" s="3">
+        <v>3690</v>
+      </c>
+      <c r="D380" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F380" s="3">
+        <v>118</v>
+      </c>
+      <c r="G380" s="3">
+        <v>1</v>
+      </c>
+      <c r="H380" s="3">
+        <v>8</v>
+      </c>
+      <c r="I380" s="3">
+        <v>6</v>
+      </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="C381" s="3">
-        <v>17</v>
+        <v>3470</v>
       </c>
       <c r="D381" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>323</v>
+        <v>30</v>
       </c>
       <c r="F381" s="3">
-        <v>10910</v>
+        <v>489</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
-        <v>1250</v>
+        <v>14</v>
       </c>
       <c r="I381" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="C382" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="D382" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>323</v>
+        <v>15</v>
       </c>
       <c r="F382" s="3">
-        <v>6935</v>
+        <v>0</v>
       </c>
       <c r="G382" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H382" s="3">
-        <v>1250</v>
+        <v>500</v>
       </c>
       <c r="I382" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="C383" s="3">
-        <v>50.14</v>
+        <v>100</v>
       </c>
       <c r="D383" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>738</v>
+        <v>15</v>
       </c>
       <c r="F383" s="3">
-        <v>1538</v>
+        <v>110</v>
       </c>
       <c r="G383" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H383" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I383" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="C384" s="3">
-        <v>39</v>
+        <v>4600</v>
       </c>
       <c r="D384" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>323</v>
+        <v>30</v>
       </c>
       <c r="F384" s="3">
-        <v>13410</v>
+        <v>46</v>
       </c>
       <c r="G384" s="3">
         <v>1</v>
       </c>
       <c r="H384" s="3">
-        <v>1000</v>
+        <v>6</v>
       </c>
       <c r="I384" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="C385" s="3">
-        <v>68</v>
+        <v>3276</v>
       </c>
       <c r="D385" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>323</v>
+        <v>30</v>
       </c>
       <c r="F385" s="3">
-        <v>17544</v>
+        <v>246</v>
       </c>
       <c r="G385" s="3">
         <v>1</v>
       </c>
       <c r="H385" s="3">
-        <v>700</v>
+        <v>12</v>
       </c>
       <c r="I385" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="C386" s="3">
-        <v>75</v>
+        <v>2350</v>
       </c>
       <c r="D386" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>323</v>
+        <v>30</v>
       </c>
       <c r="F386" s="3">
-        <v>1874</v>
+        <v>101</v>
       </c>
       <c r="G386" s="3">
         <v>1</v>
       </c>
       <c r="H386" s="3">
-        <v>500</v>
+        <v>18</v>
       </c>
       <c r="I386" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="C387" s="3">
-        <v>54</v>
+        <v>1438.5</v>
       </c>
       <c r="D387" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>738</v>
+        <v>30</v>
       </c>
       <c r="F387" s="3">
-        <v>250</v>
+        <v>457</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="I387" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="C388" s="3">
-        <v>47</v>
+        <v>2570</v>
       </c>
       <c r="D388" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>738</v>
+        <v>30</v>
       </c>
       <c r="F388" s="3">
+        <v>548</v>
+      </c>
+      <c r="G388" s="3">
+        <v>1</v>
+      </c>
+      <c r="H388" s="3">
         <v>24</v>
       </c>
-      <c r="G388" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I388" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A389" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A389" s="2" t="s">
+        <v>746</v>
+      </c>
+      <c r="B389" s="2"/>
+      <c r="C389" s="2"/>
+      <c r="D389" s="2"/>
+      <c r="E389" s="2"/>
+      <c r="F389" s="2"/>
+      <c r="G389" s="2"/>
+      <c r="H389" s="2"/>
+      <c r="I389" s="2"/>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="C390" s="3">
-        <v>30</v>
+        <v>178.5</v>
       </c>
       <c r="D390" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>323</v>
+        <v>15</v>
       </c>
       <c r="F390" s="3">
-        <v>11392</v>
+        <v>1180</v>
       </c>
       <c r="G390" s="3">
         <v>1</v>
       </c>
       <c r="H390" s="3">
-        <v>1250</v>
+        <v>50</v>
       </c>
       <c r="I390" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="B391" s="3" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
       <c r="C391" s="3">
-        <v>280</v>
+        <v>846.3</v>
       </c>
       <c r="D391" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>323</v>
+        <v>15</v>
       </c>
       <c r="F391" s="3">
-        <v>5740</v>
+        <v>94</v>
       </c>
       <c r="G391" s="3">
         <v>1</v>
       </c>
       <c r="H391" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I391" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>756</v>
+        <v>752</v>
       </c>
       <c r="C392" s="3">
-        <v>74</v>
+        <v>449.4</v>
       </c>
       <c r="D392" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>323</v>
+        <v>15</v>
       </c>
       <c r="F392" s="3">
-        <v>6083</v>
+        <v>0</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I392" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>758</v>
+        <v>754</v>
       </c>
       <c r="C393" s="3">
-        <v>49.5</v>
+        <v>485.1</v>
       </c>
       <c r="D393" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>738</v>
+        <v>15</v>
       </c>
       <c r="F393" s="3">
-        <v>510</v>
+        <v>100</v>
       </c>
       <c r="G393" s="3">
         <v>1</v>
       </c>
       <c r="H393" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I393" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
-        <v>759</v>
+        <v>755</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
       <c r="C394" s="3">
-        <v>24</v>
+        <v>654.15</v>
       </c>
       <c r="D394" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>323</v>
+        <v>15</v>
       </c>
       <c r="F394" s="3">
-        <v>3066</v>
+        <v>135</v>
       </c>
       <c r="G394" s="3">
         <v>1</v>
       </c>
       <c r="H394" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I394" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="C395" s="3">
-        <v>78</v>
+        <v>549.15</v>
       </c>
       <c r="D395" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>738</v>
+        <v>15</v>
       </c>
       <c r="F395" s="3">
-        <v>789</v>
+        <v>42</v>
       </c>
       <c r="G395" s="3">
         <v>1</v>
       </c>
       <c r="H395" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I395" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A396" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I396" s="2"/>
+      <c r="A396" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="B396" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="C396" s="3">
+        <v>786.45</v>
+      </c>
+      <c r="D396" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E396" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F396" s="3">
+        <v>46</v>
+      </c>
+      <c r="G396" s="3">
+        <v>1</v>
+      </c>
+      <c r="H396" s="3">
+        <v>20</v>
+      </c>
+      <c r="I396" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="C397" s="3">
-        <v>100</v>
+        <v>735</v>
       </c>
       <c r="D397" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F397" s="3">
-        <v>363</v>
+        <v>105</v>
       </c>
       <c r="G397" s="3">
         <v>1</v>
       </c>
       <c r="H397" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I397" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="B398" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="C398" s="3">
+        <v>2000</v>
+      </c>
+      <c r="D398" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E398" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F398" s="3">
+        <v>27</v>
+      </c>
+      <c r="G398" s="3">
+        <v>1</v>
+      </c>
+      <c r="H398" s="3">
+        <v>6</v>
+      </c>
+      <c r="I398" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="399" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A399" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="B399" s="3" t="s">
         <v>766</v>
       </c>
-      <c r="B398" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I399" s="2"/>
+      <c r="C399" s="3">
+        <v>2650</v>
+      </c>
+      <c r="D399" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E399" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F399" s="3">
+        <v>20</v>
+      </c>
+      <c r="G399" s="3">
+        <v>1</v>
+      </c>
+      <c r="H399" s="3">
+        <v>6</v>
+      </c>
+      <c r="I399" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="C400" s="3">
-        <v>204.12</v>
+        <v>4500</v>
       </c>
       <c r="D400" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F400" s="3">
-        <v>435</v>
+        <v>13</v>
       </c>
       <c r="G400" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H400" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I400" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="C401" s="3">
-        <v>226.8</v>
+        <v>483</v>
       </c>
       <c r="D401" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F401" s="3">
-        <v>14</v>
+        <v>120</v>
       </c>
       <c r="G401" s="3">
         <v>1</v>
       </c>
       <c r="H401" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I401" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="C402" s="3">
-        <v>215.46</v>
+        <v>651</v>
       </c>
       <c r="D402" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F402" s="3">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="G402" s="3">
         <v>1</v>
       </c>
       <c r="H402" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I402" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="2" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B403" s="2"/>
       <c r="C403" s="2"/>
       <c r="D403" s="2"/>
       <c r="E403" s="2"/>
       <c r="F403" s="2"/>
       <c r="G403" s="2"/>
       <c r="H403" s="2"/>
       <c r="I403" s="2"/>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A404" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I404" s="2"/>
+      <c r="A404" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="B404" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="C404" s="3">
+        <v>1240.09</v>
+      </c>
+      <c r="D404" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E404" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F404" s="3">
+        <v>0</v>
+      </c>
+      <c r="G404" s="3">
+        <v>1</v>
+      </c>
+      <c r="H404" s="3">
+        <v>50</v>
+      </c>
+      <c r="I404" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
+        <v>776</v>
+      </c>
+      <c r="B405" s="3" t="s">
         <v>777</v>
       </c>
-      <c r="B405" s="3" t="s">
+      <c r="C405" s="3">
+        <v>2500</v>
+      </c>
+      <c r="D405" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E405" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F405" s="3">
+        <v>3</v>
+      </c>
+      <c r="G405" s="3">
+        <v>1</v>
+      </c>
+      <c r="H405" s="3">
+        <v>5</v>
+      </c>
+      <c r="I405" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="406" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A406" s="3" t="s">
         <v>778</v>
       </c>
-      <c r="C405" s="3">
-[...22 lines deleted...]
-      <c r="A406" s="2" t="s">
+      <c r="B406" s="3" t="s">
         <v>779</v>
       </c>
-      <c r="B406" s="2"/>
-[...6 lines deleted...]
-      <c r="I406" s="2"/>
+      <c r="C406" s="3">
+        <v>1900</v>
+      </c>
+      <c r="D406" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F406" s="3">
+        <v>13</v>
+      </c>
+      <c r="G406" s="3">
+        <v>1</v>
+      </c>
+      <c r="H406" s="3">
+        <v>8</v>
+      </c>
+      <c r="I406" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
         <v>780</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>781</v>
       </c>
       <c r="C407" s="3">
-        <v>1900</v>
+        <v>3800</v>
       </c>
       <c r="D407" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F407" s="3">
-        <v>0</v>
+        <v>186</v>
       </c>
       <c r="G407" s="3">
         <v>1</v>
       </c>
       <c r="H407" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I407" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
         <v>782</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>783</v>
       </c>
       <c r="C408" s="3">
-        <v>1100</v>
+        <v>1490.4</v>
       </c>
       <c r="D408" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F408" s="3">
-        <v>122</v>
+        <v>322</v>
       </c>
       <c r="G408" s="3">
         <v>1</v>
       </c>
       <c r="H408" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I408" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
         <v>784</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>785</v>
       </c>
       <c r="C409" s="3">
-        <v>980</v>
+        <v>1533.6</v>
       </c>
       <c r="D409" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F409" s="3">
-        <v>458</v>
+        <v>50</v>
       </c>
       <c r="G409" s="3">
         <v>1</v>
       </c>
       <c r="H409" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I409" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
         <v>786</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>787</v>
       </c>
       <c r="C410" s="3">
-        <v>675</v>
+        <v>165</v>
       </c>
       <c r="D410" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F410" s="3">
-        <v>401</v>
+        <v>2493</v>
       </c>
       <c r="G410" s="3">
         <v>1</v>
       </c>
       <c r="H410" s="3">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="I410" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
         <v>788</v>
       </c>
       <c r="B411" s="3" t="s">
         <v>789</v>
       </c>
       <c r="C411" s="3">
-        <v>800</v>
+        <v>756</v>
       </c>
       <c r="D411" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F411" s="3">
-        <v>461</v>
+        <v>184</v>
       </c>
       <c r="G411" s="3">
         <v>1</v>
       </c>
       <c r="H411" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I411" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
         <v>790</v>
       </c>
       <c r="B412" s="3" t="s">
         <v>791</v>
       </c>
       <c r="C412" s="3">
-        <v>1600</v>
+        <v>1128.6</v>
       </c>
       <c r="D412" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F412" s="3">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="G412" s="3">
         <v>1</v>
       </c>
       <c r="H412" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I412" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
         <v>792</v>
       </c>
       <c r="B413" s="3" t="s">
         <v>793</v>
       </c>
       <c r="C413" s="3">
-        <v>2730</v>
+        <v>860</v>
       </c>
       <c r="D413" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F413" s="3">
-        <v>196</v>
+        <v>2328</v>
       </c>
       <c r="G413" s="3">
         <v>1</v>
       </c>
       <c r="H413" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I413" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
         <v>794</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>795</v>
       </c>
       <c r="C414" s="3">
-        <v>170</v>
+        <v>840</v>
       </c>
       <c r="D414" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F414" s="3">
-        <v>127</v>
+        <v>17</v>
       </c>
       <c r="G414" s="3">
         <v>1</v>
       </c>
       <c r="H414" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I414" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="3" t="s">
         <v>796</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>797</v>
       </c>
       <c r="C415" s="3">
-        <v>450</v>
+        <v>1944</v>
       </c>
       <c r="D415" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F415" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G415" s="3">
         <v>1</v>
       </c>
       <c r="H415" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="I415" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
         <v>798</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>799</v>
       </c>
       <c r="C416" s="3">
-        <v>2210</v>
+        <v>2400</v>
       </c>
       <c r="D416" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F416" s="3">
-        <v>674</v>
+        <v>92</v>
       </c>
       <c r="G416" s="3">
         <v>1</v>
       </c>
       <c r="H416" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I416" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="3" t="s">
         <v>800</v>
       </c>
       <c r="B417" s="3" t="s">
         <v>801</v>
       </c>
       <c r="C417" s="3">
-        <v>250</v>
+        <v>830</v>
       </c>
       <c r="D417" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F417" s="3">
-        <v>260</v>
+        <v>164</v>
       </c>
       <c r="G417" s="3">
         <v>1</v>
       </c>
       <c r="H417" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I417" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
         <v>802</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>803</v>
       </c>
       <c r="C418" s="3">
-        <v>400</v>
+        <v>1100</v>
       </c>
       <c r="D418" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F418" s="3">
-        <v>5</v>
+        <v>568</v>
       </c>
       <c r="G418" s="3">
         <v>1</v>
       </c>
       <c r="H418" s="3">
         <v>50</v>
       </c>
       <c r="I418" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
         <v>804</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>805</v>
       </c>
       <c r="C419" s="3">
-        <v>550</v>
+        <v>3400</v>
       </c>
       <c r="D419" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F419" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G419" s="3">
         <v>1</v>
       </c>
       <c r="H419" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="I419" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
         <v>806</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>807</v>
       </c>
       <c r="C420" s="3">
-        <v>880</v>
+        <v>580</v>
       </c>
       <c r="D420" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F420" s="3">
-        <v>374</v>
+        <v>170</v>
       </c>
       <c r="G420" s="3">
         <v>1</v>
       </c>
       <c r="H420" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I420" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
         <v>808</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>809</v>
       </c>
       <c r="C421" s="3">
-        <v>740</v>
+        <v>613</v>
       </c>
       <c r="D421" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F421" s="3">
-        <v>315</v>
+        <v>137</v>
       </c>
       <c r="G421" s="3">
         <v>1</v>
       </c>
       <c r="H421" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I421" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
         <v>810</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>811</v>
       </c>
       <c r="C422" s="3">
-        <v>250</v>
+        <v>3100</v>
       </c>
       <c r="D422" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F422" s="3">
-        <v>15</v>
+        <v>357</v>
       </c>
       <c r="G422" s="3">
         <v>1</v>
       </c>
       <c r="H422" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="I422" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="2" t="s">
         <v>812</v>
       </c>
       <c r="B423" s="2"/>
       <c r="C423" s="2"/>
       <c r="D423" s="2"/>
       <c r="E423" s="2"/>
       <c r="F423" s="2"/>
       <c r="G423" s="2"/>
       <c r="H423" s="2"/>
       <c r="I423" s="2"/>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
         <v>813</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>814</v>
       </c>
       <c r="C424" s="3">
-        <v>2700</v>
+        <v>210.14</v>
       </c>
       <c r="D424" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E424" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F424" s="3">
-        <v>399</v>
+        <v>0</v>
       </c>
       <c r="G424" s="3">
         <v>1</v>
       </c>
       <c r="H424" s="3">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="I424" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A425" s="3" t="s">
+      <c r="A425" s="2" t="s">
         <v>815</v>
       </c>
-      <c r="B425" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B425" s="2"/>
+      <c r="C425" s="2"/>
+      <c r="D425" s="2"/>
+      <c r="E425" s="2"/>
+      <c r="F425" s="2"/>
+      <c r="G425" s="2"/>
+      <c r="H425" s="2"/>
+      <c r="I425" s="2"/>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="2" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="B426" s="2"/>
       <c r="C426" s="2"/>
       <c r="D426" s="2"/>
       <c r="E426" s="2"/>
       <c r="F426" s="2"/>
       <c r="G426" s="2"/>
       <c r="H426" s="2"/>
       <c r="I426" s="2"/>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="B427" s="3" t="s">
         <v>818</v>
       </c>
-      <c r="B427" s="3" t="s">
+      <c r="C427" s="3">
+        <v>4200</v>
+      </c>
+      <c r="D427" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E427" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F427" s="3">
+        <v>0</v>
+      </c>
+      <c r="G427" s="3">
+        <v>1</v>
+      </c>
+      <c r="H427" s="3">
+        <v>6</v>
+      </c>
+      <c r="I427" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="428" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A428" s="3" t="s">
         <v>819</v>
       </c>
-      <c r="C427" s="3">
-[...22 lines deleted...]
-      <c r="A428" s="2" t="s">
+      <c r="B428" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="B428" s="2"/>
-[...6 lines deleted...]
-      <c r="I428" s="2"/>
+      <c r="C428" s="3">
+        <v>3700</v>
+      </c>
+      <c r="D428" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E428" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F428" s="3">
+        <v>0</v>
+      </c>
+      <c r="G428" s="3">
+        <v>1</v>
+      </c>
+      <c r="H428" s="3">
+        <v>6</v>
+      </c>
+      <c r="I428" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A429" s="2" t="s">
+      <c r="A429" s="3" t="s">
         <v>821</v>
       </c>
-      <c r="B429" s="2"/>
-[...6 lines deleted...]
-      <c r="I429" s="2"/>
+      <c r="B429" s="3" t="s">
+        <v>822</v>
+      </c>
+      <c r="C429" s="3">
+        <v>1850</v>
+      </c>
+      <c r="D429" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E429" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F429" s="3">
+        <v>0</v>
+      </c>
+      <c r="G429" s="3">
+        <v>1</v>
+      </c>
+      <c r="H429" s="3">
+        <v>10</v>
+      </c>
+      <c r="I429" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B430" s="3" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C430" s="3">
-        <v>195</v>
+        <v>4800</v>
       </c>
       <c r="D430" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F430" s="3">
-        <v>2117</v>
+        <v>0</v>
       </c>
       <c r="G430" s="3">
         <v>1</v>
       </c>
       <c r="H430" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I430" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="3" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B431" s="3" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C431" s="3">
-        <v>195</v>
+        <v>4400</v>
       </c>
       <c r="D431" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F431" s="3">
-        <v>763</v>
+        <v>0</v>
       </c>
       <c r="G431" s="3">
         <v>1</v>
       </c>
       <c r="H431" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="I431" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C432" s="3">
-        <v>245</v>
+        <v>4200</v>
       </c>
       <c r="D432" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F432" s="3">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="G432" s="3">
         <v>1</v>
       </c>
       <c r="H432" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I432" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A433" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B433" s="3" t="s">
+      <c r="A433" s="2" t="s">
         <v>829</v>
       </c>
-      <c r="C433" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B433" s="2"/>
+      <c r="C433" s="2"/>
+      <c r="D433" s="2"/>
+      <c r="E433" s="2"/>
+      <c r="F433" s="2"/>
+      <c r="G433" s="2"/>
+      <c r="H433" s="2"/>
+      <c r="I433" s="2"/>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A434" s="3" t="s">
+      <c r="A434" s="2" t="s">
         <v>830</v>
       </c>
-      <c r="B434" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B434" s="2"/>
+      <c r="C434" s="2"/>
+      <c r="D434" s="2"/>
+      <c r="E434" s="2"/>
+      <c r="F434" s="2"/>
+      <c r="G434" s="2"/>
+      <c r="H434" s="2"/>
+      <c r="I434" s="2"/>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="3" t="s">
+        <v>831</v>
+      </c>
+      <c r="B435" s="3" t="s">
         <v>832</v>
       </c>
-      <c r="B435" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C435" s="3">
-        <v>195</v>
+        <v>151.2</v>
       </c>
       <c r="D435" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>173</v>
+        <v>30</v>
       </c>
       <c r="F435" s="3">
-        <v>435</v>
+        <v>494</v>
       </c>
       <c r="G435" s="3">
         <v>1</v>
       </c>
       <c r="H435" s="3">
         <v>50</v>
       </c>
       <c r="I435" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="B436" s="3" t="s">
         <v>834</v>
       </c>
-      <c r="B436" s="3" t="s">
+      <c r="C436" s="3">
+        <v>183.6</v>
+      </c>
+      <c r="D436" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E436" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F436" s="3">
+        <v>0</v>
+      </c>
+      <c r="G436" s="3">
+        <v>1</v>
+      </c>
+      <c r="H436" s="3">
+        <v>10</v>
+      </c>
+      <c r="I436" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="437" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A437" s="2" t="s">
         <v>835</v>
       </c>
-      <c r="C436" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B437" s="2"/>
+      <c r="C437" s="2"/>
+      <c r="D437" s="2"/>
+      <c r="E437" s="2"/>
+      <c r="F437" s="2"/>
+      <c r="G437" s="2"/>
+      <c r="H437" s="2"/>
+      <c r="I437" s="2"/>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="B438" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="C438" s="3">
+        <v>100</v>
+      </c>
+      <c r="D438" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E438" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F438" s="3">
+        <v>522</v>
+      </c>
+      <c r="G438" s="3">
+        <v>1</v>
+      </c>
+      <c r="H438" s="3">
+        <v>100</v>
+      </c>
+      <c r="I438" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="439" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A439" s="3" t="s">
         <v>838</v>
       </c>
-      <c r="B438" s="3" t="s">
+      <c r="B439" s="3" t="s">
         <v>839</v>
       </c>
-      <c r="C438" s="3">
-[...22 lines deleted...]
-      <c r="A439" s="2" t="s">
+      <c r="C439" s="3">
+        <v>100</v>
+      </c>
+      <c r="D439" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E439" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F439" s="3">
+        <v>536</v>
+      </c>
+      <c r="G439" s="3">
+        <v>1</v>
+      </c>
+      <c r="H439" s="3">
+        <v>100</v>
+      </c>
+      <c r="I439" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="440" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A440" s="2" t="s">
         <v>840</v>
       </c>
-      <c r="B439" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B440" s="2"/>
+      <c r="C440" s="2"/>
+      <c r="D440" s="2"/>
+      <c r="E440" s="2"/>
+      <c r="F440" s="2"/>
+      <c r="G440" s="2"/>
+      <c r="H440" s="2"/>
+      <c r="I440" s="2"/>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="B441" s="3" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="C441" s="3">
-        <v>213</v>
+        <v>39</v>
       </c>
       <c r="D441" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>173</v>
+        <v>30</v>
       </c>
       <c r="F441" s="3">
-        <v>3876</v>
+        <v>15370</v>
       </c>
       <c r="G441" s="3">
         <v>1</v>
       </c>
       <c r="H441" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I441" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="B442" s="3" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="C442" s="3">
-        <v>237</v>
+        <v>75</v>
       </c>
       <c r="D442" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>173</v>
+        <v>30</v>
       </c>
       <c r="F442" s="3">
-        <v>328</v>
+        <v>8778</v>
       </c>
       <c r="G442" s="3">
         <v>1</v>
       </c>
       <c r="H442" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I442" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="3" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="B443" s="3" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="C443" s="3">
-        <v>256</v>
+        <v>68</v>
       </c>
       <c r="D443" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>173</v>
+        <v>30</v>
       </c>
       <c r="F443" s="3">
-        <v>1278</v>
+        <v>13404</v>
       </c>
       <c r="G443" s="3">
         <v>1</v>
       </c>
       <c r="H443" s="3">
-        <v>50</v>
+        <v>700</v>
       </c>
       <c r="I443" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="B444" s="3" t="s">
+        <v>848</v>
+      </c>
+      <c r="C444" s="3">
+        <v>47</v>
+      </c>
+      <c r="D444" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E444" s="3" t="s">
         <v>849</v>
       </c>
-      <c r="B444" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F444" s="3">
-        <v>617</v>
+        <v>0</v>
       </c>
       <c r="G444" s="3">
         <v>1</v>
       </c>
       <c r="H444" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I444" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="B445" s="3" t="s">
         <v>851</v>
       </c>
-      <c r="B445" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C445" s="3">
-        <v>237</v>
+        <v>130</v>
       </c>
       <c r="D445" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>173</v>
+        <v>30</v>
       </c>
       <c r="F445" s="3">
-        <v>1217</v>
+        <v>4768</v>
       </c>
       <c r="G445" s="3">
         <v>1</v>
       </c>
       <c r="H445" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I445" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="B446" s="3" t="s">
         <v>853</v>
       </c>
-      <c r="B446" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C446" s="3">
-        <v>247</v>
+        <v>54</v>
       </c>
       <c r="D446" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>173</v>
+        <v>849</v>
       </c>
       <c r="F446" s="3">
-        <v>99</v>
+        <v>244</v>
       </c>
       <c r="G446" s="3">
         <v>1</v>
       </c>
       <c r="H446" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I446" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="B447" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="B447" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C447" s="3">
-        <v>213</v>
+        <v>20</v>
       </c>
       <c r="D447" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>173</v>
+        <v>30</v>
       </c>
       <c r="F447" s="3">
-        <v>747</v>
+        <v>7055</v>
       </c>
       <c r="G447" s="3">
         <v>1</v>
       </c>
       <c r="H447" s="3">
-        <v>50</v>
+        <v>1250</v>
       </c>
       <c r="I447" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="3" t="s">
+        <v>856</v>
+      </c>
+      <c r="B448" s="3" t="s">
         <v>857</v>
       </c>
-      <c r="B448" s="3" t="s">
+      <c r="C448" s="3">
+        <v>17</v>
+      </c>
+      <c r="D448" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E448" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F448" s="3">
+        <v>18684</v>
+      </c>
+      <c r="G448" s="3">
+        <v>1</v>
+      </c>
+      <c r="H448" s="3">
+        <v>1250</v>
+      </c>
+      <c r="I448" s="3">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="449" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A449" s="3" t="s">
         <v>858</v>
       </c>
-      <c r="C448" s="3">
-[...22 lines deleted...]
-      <c r="A449" s="2" t="s">
+      <c r="B449" s="3" t="s">
         <v>859</v>
       </c>
-      <c r="B449" s="2"/>
-[...6 lines deleted...]
-      <c r="I449" s="2"/>
+      <c r="C449" s="3">
+        <v>74</v>
+      </c>
+      <c r="D449" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E449" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F449" s="3">
+        <v>10598</v>
+      </c>
+      <c r="G449" s="3">
+        <v>1</v>
+      </c>
+      <c r="H449" s="3">
+        <v>200</v>
+      </c>
+      <c r="I449" s="3">
+        <v>2</v>
+      </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
         <v>860</v>
       </c>
       <c r="B450" s="3" t="s">
         <v>861</v>
       </c>
       <c r="C450" s="3">
-        <v>400</v>
+        <v>280</v>
       </c>
       <c r="D450" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>173</v>
+        <v>30</v>
       </c>
       <c r="F450" s="3">
-        <v>685</v>
+        <v>4475</v>
       </c>
       <c r="G450" s="3">
         <v>1</v>
       </c>
       <c r="H450" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I450" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
         <v>862</v>
       </c>
       <c r="B451" s="3" t="s">
         <v>863</v>
       </c>
       <c r="C451" s="3">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="D451" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>173</v>
+        <v>30</v>
       </c>
       <c r="F451" s="3">
-        <v>881</v>
+        <v>1934</v>
       </c>
       <c r="G451" s="3">
         <v>1</v>
       </c>
       <c r="H451" s="3">
         <v>50</v>
       </c>
       <c r="I451" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
         <v>864</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>865</v>
       </c>
       <c r="C452" s="3">
-        <v>485</v>
+        <v>49.5</v>
       </c>
       <c r="D452" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>173</v>
+        <v>849</v>
       </c>
       <c r="F452" s="3">
-        <v>699</v>
+        <v>398</v>
       </c>
       <c r="G452" s="3">
         <v>1</v>
       </c>
       <c r="H452" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I452" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
         <v>866</v>
       </c>
       <c r="B453" s="3" t="s">
         <v>867</v>
       </c>
       <c r="C453" s="3">
-        <v>455</v>
+        <v>50.14</v>
       </c>
       <c r="D453" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>173</v>
+        <v>849</v>
       </c>
       <c r="F453" s="3">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="G453" s="3">
         <v>1</v>
       </c>
       <c r="H453" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I453" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
         <v>868</v>
       </c>
       <c r="B454" s="3" t="s">
         <v>869</v>
       </c>
       <c r="C454" s="3">
-        <v>400</v>
+        <v>78</v>
       </c>
       <c r="D454" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>173</v>
+        <v>849</v>
       </c>
       <c r="F454" s="3">
-        <v>702</v>
+        <v>430</v>
       </c>
       <c r="G454" s="3">
         <v>1</v>
       </c>
       <c r="H454" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I454" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
         <v>870</v>
       </c>
       <c r="B455" s="3" t="s">
         <v>871</v>
       </c>
       <c r="C455" s="3">
-        <v>462</v>
+        <v>30</v>
       </c>
       <c r="D455" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>173</v>
+        <v>30</v>
       </c>
       <c r="F455" s="3">
-        <v>750</v>
+        <v>18965</v>
       </c>
       <c r="G455" s="3">
         <v>1</v>
       </c>
       <c r="H455" s="3">
-        <v>50</v>
+        <v>1250</v>
       </c>
       <c r="I455" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A456" s="3" t="s">
+      <c r="A456" s="2" t="s">
         <v>872</v>
       </c>
-      <c r="B456" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B456" s="2"/>
+      <c r="C456" s="2"/>
+      <c r="D456" s="2"/>
+      <c r="E456" s="2"/>
+      <c r="F456" s="2"/>
+      <c r="G456" s="2"/>
+      <c r="H456" s="2"/>
+      <c r="I456" s="2"/>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
+        <v>873</v>
+      </c>
+      <c r="B457" s="3" t="s">
         <v>874</v>
       </c>
-      <c r="B457" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C457" s="3">
-        <v>400</v>
+        <v>95</v>
       </c>
       <c r="D457" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F457" s="3">
-        <v>778</v>
+        <v>0</v>
       </c>
       <c r="G457" s="3">
         <v>1</v>
       </c>
       <c r="H457" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I457" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="B458" s="3" t="s">
         <v>876</v>
       </c>
-      <c r="B458" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C458" s="3">
-        <v>450</v>
+        <v>100</v>
       </c>
       <c r="D458" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>173</v>
+        <v>15</v>
       </c>
       <c r="F458" s="3">
-        <v>678</v>
+        <v>8</v>
       </c>
       <c r="G458" s="3">
         <v>1</v>
       </c>
       <c r="H458" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I458" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="2" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="B459" s="2"/>
       <c r="C459" s="2"/>
       <c r="D459" s="2"/>
       <c r="E459" s="2"/>
       <c r="F459" s="2"/>
       <c r="G459" s="2"/>
       <c r="H459" s="2"/>
       <c r="I459" s="2"/>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="B460" s="3" t="s">
         <v>879</v>
       </c>
-      <c r="B460" s="3" t="s">
+      <c r="C460" s="3">
+        <v>204.12</v>
+      </c>
+      <c r="D460" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E460" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F460" s="3">
+        <v>255</v>
+      </c>
+      <c r="G460" s="3">
+        <v>10</v>
+      </c>
+      <c r="H460" s="3">
+        <v>10</v>
+      </c>
+      <c r="I460" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="461" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A461" s="3" t="s">
         <v>880</v>
       </c>
-      <c r="C460" s="3">
-[...18 lines deleted...]
-        <v>0</v>
+      <c r="B461" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="C461" s="3">
+        <v>226.8</v>
+      </c>
+      <c r="D461" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E461" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F461" s="3">
+        <v>151</v>
+      </c>
+      <c r="G461" s="3">
+        <v>1</v>
+      </c>
+      <c r="H461" s="3">
+        <v>10</v>
+      </c>
+      <c r="I461" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="462" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A462" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="B462" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="C462" s="3">
+        <v>215.46</v>
+      </c>
+      <c r="D462" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E462" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F462" s="3">
+        <v>502</v>
+      </c>
+      <c r="G462" s="3">
+        <v>1</v>
+      </c>
+      <c r="H462" s="3">
+        <v>10</v>
+      </c>
+      <c r="I462" s="3">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="54">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A5:I5"/>
-[...18 lines deleted...]
-    <mergeCell ref="A260:I260"/>
+    <mergeCell ref="A21:I21"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A27:I27"/>
+    <mergeCell ref="A37:I37"/>
+    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="A50:I50"/>
+    <mergeCell ref="A51:I51"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A70:I70"/>
+    <mergeCell ref="A72:I72"/>
+    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A76:I76"/>
+    <mergeCell ref="A86:I86"/>
+    <mergeCell ref="A96:I96"/>
+    <mergeCell ref="A106:I106"/>
+    <mergeCell ref="A108:I108"/>
+    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A111:I111"/>
+    <mergeCell ref="A113:I113"/>
+    <mergeCell ref="A115:I115"/>
+    <mergeCell ref="A123:I123"/>
+    <mergeCell ref="A156:I156"/>
+    <mergeCell ref="A157:I157"/>
+    <mergeCell ref="A158:I158"/>
+    <mergeCell ref="A189:I189"/>
+    <mergeCell ref="A208:I208"/>
+    <mergeCell ref="A216:I216"/>
+    <mergeCell ref="A237:I237"/>
+    <mergeCell ref="A256:I256"/>
     <mergeCell ref="A281:I281"/>
-    <mergeCell ref="A291:I291"/>
-[...11 lines deleted...]
-    <mergeCell ref="A360:I360"/>
+    <mergeCell ref="A306:I306"/>
+    <mergeCell ref="A307:I307"/>
+    <mergeCell ref="A315:I315"/>
+    <mergeCell ref="A327:I327"/>
+    <mergeCell ref="A336:I336"/>
+    <mergeCell ref="A357:I357"/>
+    <mergeCell ref="A367:I367"/>
     <mergeCell ref="A370:I370"/>
-    <mergeCell ref="A373:I373"/>
     <mergeCell ref="A374:I374"/>
-    <mergeCell ref="A377:I377"/>
-[...2 lines deleted...]
-    <mergeCell ref="A399:I399"/>
+    <mergeCell ref="A389:I389"/>
     <mergeCell ref="A403:I403"/>
-    <mergeCell ref="A404:I404"/>
-    <mergeCell ref="A406:I406"/>
     <mergeCell ref="A423:I423"/>
+    <mergeCell ref="A425:I425"/>
     <mergeCell ref="A426:I426"/>
-    <mergeCell ref="A428:I428"/>
-[...2 lines deleted...]
-    <mergeCell ref="A449:I449"/>
+    <mergeCell ref="A433:I433"/>
+    <mergeCell ref="A434:I434"/>
+    <mergeCell ref="A437:I437"/>
+    <mergeCell ref="A440:I440"/>
+    <mergeCell ref="A456:I456"/>
     <mergeCell ref="A459:I459"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D6" r:id="rId1"/>
-[...14 lines deleted...]
-    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D5" r:id="rId1"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
-    <hyperlink ref="D26" r:id="rId21"/>
-[...332 lines deleted...]
-    <hyperlink ref="D398" r:id="rId354"/>
+    <hyperlink ref="D28" r:id="rId21"/>
+    <hyperlink ref="D29" r:id="rId22"/>
+    <hyperlink ref="D30" r:id="rId23"/>
+    <hyperlink ref="D31" r:id="rId24"/>
+    <hyperlink ref="D32" r:id="rId25"/>
+    <hyperlink ref="D33" r:id="rId26"/>
+    <hyperlink ref="D34" r:id="rId27"/>
+    <hyperlink ref="D35" r:id="rId28"/>
+    <hyperlink ref="D36" r:id="rId29"/>
+    <hyperlink ref="D38" r:id="rId30"/>
+    <hyperlink ref="D39" r:id="rId31"/>
+    <hyperlink ref="D41" r:id="rId32"/>
+    <hyperlink ref="D42" r:id="rId33"/>
+    <hyperlink ref="D43" r:id="rId34"/>
+    <hyperlink ref="D45" r:id="rId35"/>
+    <hyperlink ref="D46" r:id="rId36"/>
+    <hyperlink ref="D47" r:id="rId37"/>
+    <hyperlink ref="D48" r:id="rId38"/>
+    <hyperlink ref="D49" r:id="rId39"/>
+    <hyperlink ref="D52" r:id="rId40"/>
+    <hyperlink ref="D54" r:id="rId41"/>
+    <hyperlink ref="D55" r:id="rId42"/>
+    <hyperlink ref="D56" r:id="rId43"/>
+    <hyperlink ref="D57" r:id="rId44"/>
+    <hyperlink ref="D58" r:id="rId45"/>
+    <hyperlink ref="D59" r:id="rId46"/>
+    <hyperlink ref="D60" r:id="rId47"/>
+    <hyperlink ref="D61" r:id="rId48"/>
+    <hyperlink ref="D62" r:id="rId49"/>
+    <hyperlink ref="D63" r:id="rId50"/>
+    <hyperlink ref="D64" r:id="rId51"/>
+    <hyperlink ref="D65" r:id="rId52"/>
+    <hyperlink ref="D66" r:id="rId53"/>
+    <hyperlink ref="D67" r:id="rId54"/>
+    <hyperlink ref="D68" r:id="rId55"/>
+    <hyperlink ref="D69" r:id="rId56"/>
+    <hyperlink ref="D71" r:id="rId57"/>
+    <hyperlink ref="D73" r:id="rId58"/>
+    <hyperlink ref="D74" r:id="rId59"/>
+    <hyperlink ref="D77" r:id="rId60"/>
+    <hyperlink ref="D78" r:id="rId61"/>
+    <hyperlink ref="D79" r:id="rId62"/>
+    <hyperlink ref="D80" r:id="rId63"/>
+    <hyperlink ref="D81" r:id="rId64"/>
+    <hyperlink ref="D82" r:id="rId65"/>
+    <hyperlink ref="D83" r:id="rId66"/>
+    <hyperlink ref="D84" r:id="rId67"/>
+    <hyperlink ref="D85" r:id="rId68"/>
+    <hyperlink ref="D87" r:id="rId69"/>
+    <hyperlink ref="D88" r:id="rId70"/>
+    <hyperlink ref="D89" r:id="rId71"/>
+    <hyperlink ref="D90" r:id="rId72"/>
+    <hyperlink ref="D91" r:id="rId73"/>
+    <hyperlink ref="D92" r:id="rId74"/>
+    <hyperlink ref="D93" r:id="rId75"/>
+    <hyperlink ref="D94" r:id="rId76"/>
+    <hyperlink ref="D95" r:id="rId77"/>
+    <hyperlink ref="D97" r:id="rId78"/>
+    <hyperlink ref="D98" r:id="rId79"/>
+    <hyperlink ref="D99" r:id="rId80"/>
+    <hyperlink ref="D100" r:id="rId81"/>
+    <hyperlink ref="D101" r:id="rId82"/>
+    <hyperlink ref="D102" r:id="rId83"/>
+    <hyperlink ref="D103" r:id="rId84"/>
+    <hyperlink ref="D104" r:id="rId85"/>
+    <hyperlink ref="D105" r:id="rId86"/>
+    <hyperlink ref="D107" r:id="rId87"/>
+    <hyperlink ref="D110" r:id="rId88"/>
+    <hyperlink ref="D112" r:id="rId89"/>
+    <hyperlink ref="D114" r:id="rId90"/>
+    <hyperlink ref="D116" r:id="rId91"/>
+    <hyperlink ref="D117" r:id="rId92"/>
+    <hyperlink ref="D118" r:id="rId93"/>
+    <hyperlink ref="D119" r:id="rId94"/>
+    <hyperlink ref="D120" r:id="rId95"/>
+    <hyperlink ref="D121" r:id="rId96"/>
+    <hyperlink ref="D122" r:id="rId97"/>
+    <hyperlink ref="D124" r:id="rId98"/>
+    <hyperlink ref="D125" r:id="rId99"/>
+    <hyperlink ref="D126" r:id="rId100"/>
+    <hyperlink ref="D127" r:id="rId101"/>
+    <hyperlink ref="D128" r:id="rId102"/>
+    <hyperlink ref="D129" r:id="rId103"/>
+    <hyperlink ref="D130" r:id="rId104"/>
+    <hyperlink ref="D131" r:id="rId105"/>
+    <hyperlink ref="D132" r:id="rId106"/>
+    <hyperlink ref="D133" r:id="rId107"/>
+    <hyperlink ref="D134" r:id="rId108"/>
+    <hyperlink ref="D135" r:id="rId109"/>
+    <hyperlink ref="D136" r:id="rId110"/>
+    <hyperlink ref="D137" r:id="rId111"/>
+    <hyperlink ref="D138" r:id="rId112"/>
+    <hyperlink ref="D139" r:id="rId113"/>
+    <hyperlink ref="D140" r:id="rId114"/>
+    <hyperlink ref="D141" r:id="rId115"/>
+    <hyperlink ref="D142" r:id="rId116"/>
+    <hyperlink ref="D143" r:id="rId117"/>
+    <hyperlink ref="D144" r:id="rId118"/>
+    <hyperlink ref="D145" r:id="rId119"/>
+    <hyperlink ref="D146" r:id="rId120"/>
+    <hyperlink ref="D147" r:id="rId121"/>
+    <hyperlink ref="D148" r:id="rId122"/>
+    <hyperlink ref="D149" r:id="rId123"/>
+    <hyperlink ref="D150" r:id="rId124"/>
+    <hyperlink ref="D151" r:id="rId125"/>
+    <hyperlink ref="D152" r:id="rId126"/>
+    <hyperlink ref="D153" r:id="rId127"/>
+    <hyperlink ref="D154" r:id="rId128"/>
+    <hyperlink ref="D155" r:id="rId129"/>
+    <hyperlink ref="D159" r:id="rId130"/>
+    <hyperlink ref="D160" r:id="rId131"/>
+    <hyperlink ref="D161" r:id="rId132"/>
+    <hyperlink ref="D162" r:id="rId133"/>
+    <hyperlink ref="D163" r:id="rId134"/>
+    <hyperlink ref="D164" r:id="rId135"/>
+    <hyperlink ref="D165" r:id="rId136"/>
+    <hyperlink ref="D166" r:id="rId137"/>
+    <hyperlink ref="D167" r:id="rId138"/>
+    <hyperlink ref="D168" r:id="rId139"/>
+    <hyperlink ref="D169" r:id="rId140"/>
+    <hyperlink ref="D170" r:id="rId141"/>
+    <hyperlink ref="D171" r:id="rId142"/>
+    <hyperlink ref="D172" r:id="rId143"/>
+    <hyperlink ref="D173" r:id="rId144"/>
+    <hyperlink ref="D174" r:id="rId145"/>
+    <hyperlink ref="D175" r:id="rId146"/>
+    <hyperlink ref="D176" r:id="rId147"/>
+    <hyperlink ref="D177" r:id="rId148"/>
+    <hyperlink ref="D178" r:id="rId149"/>
+    <hyperlink ref="D179" r:id="rId150"/>
+    <hyperlink ref="D180" r:id="rId151"/>
+    <hyperlink ref="D181" r:id="rId152"/>
+    <hyperlink ref="D182" r:id="rId153"/>
+    <hyperlink ref="D183" r:id="rId154"/>
+    <hyperlink ref="D184" r:id="rId155"/>
+    <hyperlink ref="D185" r:id="rId156"/>
+    <hyperlink ref="D186" r:id="rId157"/>
+    <hyperlink ref="D187" r:id="rId158"/>
+    <hyperlink ref="D188" r:id="rId159"/>
+    <hyperlink ref="D190" r:id="rId160"/>
+    <hyperlink ref="D191" r:id="rId161"/>
+    <hyperlink ref="D192" r:id="rId162"/>
+    <hyperlink ref="D193" r:id="rId163"/>
+    <hyperlink ref="D194" r:id="rId164"/>
+    <hyperlink ref="D195" r:id="rId165"/>
+    <hyperlink ref="D196" r:id="rId166"/>
+    <hyperlink ref="D197" r:id="rId167"/>
+    <hyperlink ref="D198" r:id="rId168"/>
+    <hyperlink ref="D199" r:id="rId169"/>
+    <hyperlink ref="D200" r:id="rId170"/>
+    <hyperlink ref="D201" r:id="rId171"/>
+    <hyperlink ref="D202" r:id="rId172"/>
+    <hyperlink ref="D203" r:id="rId173"/>
+    <hyperlink ref="D204" r:id="rId174"/>
+    <hyperlink ref="D205" r:id="rId175"/>
+    <hyperlink ref="D206" r:id="rId176"/>
+    <hyperlink ref="D207" r:id="rId177"/>
+    <hyperlink ref="D209" r:id="rId178"/>
+    <hyperlink ref="D210" r:id="rId179"/>
+    <hyperlink ref="D211" r:id="rId180"/>
+    <hyperlink ref="D212" r:id="rId181"/>
+    <hyperlink ref="D213" r:id="rId182"/>
+    <hyperlink ref="D214" r:id="rId183"/>
+    <hyperlink ref="D215" r:id="rId184"/>
+    <hyperlink ref="D217" r:id="rId185"/>
+    <hyperlink ref="D218" r:id="rId186"/>
+    <hyperlink ref="D219" r:id="rId187"/>
+    <hyperlink ref="D220" r:id="rId188"/>
+    <hyperlink ref="D221" r:id="rId189"/>
+    <hyperlink ref="D222" r:id="rId190"/>
+    <hyperlink ref="D223" r:id="rId191"/>
+    <hyperlink ref="D224" r:id="rId192"/>
+    <hyperlink ref="D225" r:id="rId193"/>
+    <hyperlink ref="D226" r:id="rId194"/>
+    <hyperlink ref="D227" r:id="rId195"/>
+    <hyperlink ref="D228" r:id="rId196"/>
+    <hyperlink ref="D229" r:id="rId197"/>
+    <hyperlink ref="D230" r:id="rId198"/>
+    <hyperlink ref="D231" r:id="rId199"/>
+    <hyperlink ref="D232" r:id="rId200"/>
+    <hyperlink ref="D233" r:id="rId201"/>
+    <hyperlink ref="D234" r:id="rId202"/>
+    <hyperlink ref="D235" r:id="rId203"/>
+    <hyperlink ref="D236" r:id="rId204"/>
+    <hyperlink ref="D238" r:id="rId205"/>
+    <hyperlink ref="D239" r:id="rId206"/>
+    <hyperlink ref="D240" r:id="rId207"/>
+    <hyperlink ref="D241" r:id="rId208"/>
+    <hyperlink ref="D242" r:id="rId209"/>
+    <hyperlink ref="D243" r:id="rId210"/>
+    <hyperlink ref="D244" r:id="rId211"/>
+    <hyperlink ref="D245" r:id="rId212"/>
+    <hyperlink ref="D246" r:id="rId213"/>
+    <hyperlink ref="D247" r:id="rId214"/>
+    <hyperlink ref="D248" r:id="rId215"/>
+    <hyperlink ref="D249" r:id="rId216"/>
+    <hyperlink ref="D250" r:id="rId217"/>
+    <hyperlink ref="D251" r:id="rId218"/>
+    <hyperlink ref="D252" r:id="rId219"/>
+    <hyperlink ref="D253" r:id="rId220"/>
+    <hyperlink ref="D254" r:id="rId221"/>
+    <hyperlink ref="D255" r:id="rId222"/>
+    <hyperlink ref="D257" r:id="rId223"/>
+    <hyperlink ref="D258" r:id="rId224"/>
+    <hyperlink ref="D259" r:id="rId225"/>
+    <hyperlink ref="D260" r:id="rId226"/>
+    <hyperlink ref="D261" r:id="rId227"/>
+    <hyperlink ref="D262" r:id="rId228"/>
+    <hyperlink ref="D263" r:id="rId229"/>
+    <hyperlink ref="D264" r:id="rId230"/>
+    <hyperlink ref="D265" r:id="rId231"/>
+    <hyperlink ref="D266" r:id="rId232"/>
+    <hyperlink ref="D267" r:id="rId233"/>
+    <hyperlink ref="D268" r:id="rId234"/>
+    <hyperlink ref="D269" r:id="rId235"/>
+    <hyperlink ref="D270" r:id="rId236"/>
+    <hyperlink ref="D271" r:id="rId237"/>
+    <hyperlink ref="D272" r:id="rId238"/>
+    <hyperlink ref="D273" r:id="rId239"/>
+    <hyperlink ref="D274" r:id="rId240"/>
+    <hyperlink ref="D275" r:id="rId241"/>
+    <hyperlink ref="D276" r:id="rId242"/>
+    <hyperlink ref="D277" r:id="rId243"/>
+    <hyperlink ref="D278" r:id="rId244"/>
+    <hyperlink ref="D279" r:id="rId245"/>
+    <hyperlink ref="D280" r:id="rId246"/>
+    <hyperlink ref="D282" r:id="rId247"/>
+    <hyperlink ref="D283" r:id="rId248"/>
+    <hyperlink ref="D284" r:id="rId249"/>
+    <hyperlink ref="D285" r:id="rId250"/>
+    <hyperlink ref="D286" r:id="rId251"/>
+    <hyperlink ref="D287" r:id="rId252"/>
+    <hyperlink ref="D288" r:id="rId253"/>
+    <hyperlink ref="D289" r:id="rId254"/>
+    <hyperlink ref="D290" r:id="rId255"/>
+    <hyperlink ref="D291" r:id="rId256"/>
+    <hyperlink ref="D292" r:id="rId257"/>
+    <hyperlink ref="D293" r:id="rId258"/>
+    <hyperlink ref="D294" r:id="rId259"/>
+    <hyperlink ref="D295" r:id="rId260"/>
+    <hyperlink ref="D296" r:id="rId261"/>
+    <hyperlink ref="D297" r:id="rId262"/>
+    <hyperlink ref="D298" r:id="rId263"/>
+    <hyperlink ref="D299" r:id="rId264"/>
+    <hyperlink ref="D300" r:id="rId265"/>
+    <hyperlink ref="D301" r:id="rId266"/>
+    <hyperlink ref="D302" r:id="rId267"/>
+    <hyperlink ref="D303" r:id="rId268"/>
+    <hyperlink ref="D304" r:id="rId269"/>
+    <hyperlink ref="D305" r:id="rId270"/>
+    <hyperlink ref="D308" r:id="rId271"/>
+    <hyperlink ref="D309" r:id="rId272"/>
+    <hyperlink ref="D310" r:id="rId273"/>
+    <hyperlink ref="D311" r:id="rId274"/>
+    <hyperlink ref="D312" r:id="rId275"/>
+    <hyperlink ref="D313" r:id="rId276"/>
+    <hyperlink ref="D314" r:id="rId277"/>
+    <hyperlink ref="D316" r:id="rId278"/>
+    <hyperlink ref="D317" r:id="rId279"/>
+    <hyperlink ref="D318" r:id="rId280"/>
+    <hyperlink ref="D319" r:id="rId281"/>
+    <hyperlink ref="D320" r:id="rId282"/>
+    <hyperlink ref="D321" r:id="rId283"/>
+    <hyperlink ref="D322" r:id="rId284"/>
+    <hyperlink ref="D323" r:id="rId285"/>
+    <hyperlink ref="D324" r:id="rId286"/>
+    <hyperlink ref="D325" r:id="rId287"/>
+    <hyperlink ref="D326" r:id="rId288"/>
+    <hyperlink ref="D328" r:id="rId289"/>
+    <hyperlink ref="D329" r:id="rId290"/>
+    <hyperlink ref="D330" r:id="rId291"/>
+    <hyperlink ref="D331" r:id="rId292"/>
+    <hyperlink ref="D332" r:id="rId293"/>
+    <hyperlink ref="D333" r:id="rId294"/>
+    <hyperlink ref="D334" r:id="rId295"/>
+    <hyperlink ref="D335" r:id="rId296"/>
+    <hyperlink ref="D337" r:id="rId297"/>
+    <hyperlink ref="D338" r:id="rId298"/>
+    <hyperlink ref="D339" r:id="rId299"/>
+    <hyperlink ref="D340" r:id="rId300"/>
+    <hyperlink ref="D341" r:id="rId301"/>
+    <hyperlink ref="D342" r:id="rId302"/>
+    <hyperlink ref="D343" r:id="rId303"/>
+    <hyperlink ref="D344" r:id="rId304"/>
+    <hyperlink ref="D345" r:id="rId305"/>
+    <hyperlink ref="D346" r:id="rId306"/>
+    <hyperlink ref="D347" r:id="rId307"/>
+    <hyperlink ref="D348" r:id="rId308"/>
+    <hyperlink ref="D349" r:id="rId309"/>
+    <hyperlink ref="D350" r:id="rId310"/>
+    <hyperlink ref="D351" r:id="rId311"/>
+    <hyperlink ref="D352" r:id="rId312"/>
+    <hyperlink ref="D353" r:id="rId313"/>
+    <hyperlink ref="D354" r:id="rId314"/>
+    <hyperlink ref="D355" r:id="rId315"/>
+    <hyperlink ref="D356" r:id="rId316"/>
+    <hyperlink ref="D358" r:id="rId317"/>
+    <hyperlink ref="D359" r:id="rId318"/>
+    <hyperlink ref="D360" r:id="rId319"/>
+    <hyperlink ref="D361" r:id="rId320"/>
+    <hyperlink ref="D362" r:id="rId321"/>
+    <hyperlink ref="D363" r:id="rId322"/>
+    <hyperlink ref="D364" r:id="rId323"/>
+    <hyperlink ref="D365" r:id="rId324"/>
+    <hyperlink ref="D366" r:id="rId325"/>
+    <hyperlink ref="D368" r:id="rId326"/>
+    <hyperlink ref="D369" r:id="rId327"/>
+    <hyperlink ref="D371" r:id="rId328"/>
+    <hyperlink ref="D372" r:id="rId329"/>
+    <hyperlink ref="D373" r:id="rId330"/>
+    <hyperlink ref="D375" r:id="rId331"/>
+    <hyperlink ref="D376" r:id="rId332"/>
+    <hyperlink ref="D377" r:id="rId333"/>
+    <hyperlink ref="D378" r:id="rId334"/>
+    <hyperlink ref="D379" r:id="rId335"/>
+    <hyperlink ref="D380" r:id="rId336"/>
+    <hyperlink ref="D381" r:id="rId337"/>
+    <hyperlink ref="D382" r:id="rId338"/>
+    <hyperlink ref="D383" r:id="rId339"/>
+    <hyperlink ref="D384" r:id="rId340"/>
+    <hyperlink ref="D385" r:id="rId341"/>
+    <hyperlink ref="D386" r:id="rId342"/>
+    <hyperlink ref="D387" r:id="rId343"/>
+    <hyperlink ref="D388" r:id="rId344"/>
+    <hyperlink ref="D390" r:id="rId345"/>
+    <hyperlink ref="D391" r:id="rId346"/>
+    <hyperlink ref="D392" r:id="rId347"/>
+    <hyperlink ref="D393" r:id="rId348"/>
+    <hyperlink ref="D394" r:id="rId349"/>
+    <hyperlink ref="D395" r:id="rId350"/>
+    <hyperlink ref="D396" r:id="rId351"/>
+    <hyperlink ref="D397" r:id="rId352"/>
+    <hyperlink ref="D398" r:id="rId353"/>
+    <hyperlink ref="D399" r:id="rId354"/>
     <hyperlink ref="D400" r:id="rId355"/>
     <hyperlink ref="D401" r:id="rId356"/>
     <hyperlink ref="D402" r:id="rId357"/>
-    <hyperlink ref="D405" r:id="rId358"/>
-[...26 lines deleted...]
-    <hyperlink ref="D437" r:id="rId385"/>
+    <hyperlink ref="D404" r:id="rId358"/>
+    <hyperlink ref="D405" r:id="rId359"/>
+    <hyperlink ref="D406" r:id="rId360"/>
+    <hyperlink ref="D407" r:id="rId361"/>
+    <hyperlink ref="D408" r:id="rId362"/>
+    <hyperlink ref="D409" r:id="rId363"/>
+    <hyperlink ref="D410" r:id="rId364"/>
+    <hyperlink ref="D411" r:id="rId365"/>
+    <hyperlink ref="D412" r:id="rId366"/>
+    <hyperlink ref="D413" r:id="rId367"/>
+    <hyperlink ref="D414" r:id="rId368"/>
+    <hyperlink ref="D415" r:id="rId369"/>
+    <hyperlink ref="D416" r:id="rId370"/>
+    <hyperlink ref="D417" r:id="rId371"/>
+    <hyperlink ref="D418" r:id="rId372"/>
+    <hyperlink ref="D419" r:id="rId373"/>
+    <hyperlink ref="D420" r:id="rId374"/>
+    <hyperlink ref="D421" r:id="rId375"/>
+    <hyperlink ref="D422" r:id="rId376"/>
+    <hyperlink ref="D424" r:id="rId377"/>
+    <hyperlink ref="D427" r:id="rId378"/>
+    <hyperlink ref="D428" r:id="rId379"/>
+    <hyperlink ref="D429" r:id="rId380"/>
+    <hyperlink ref="D430" r:id="rId381"/>
+    <hyperlink ref="D431" r:id="rId382"/>
+    <hyperlink ref="D432" r:id="rId383"/>
+    <hyperlink ref="D435" r:id="rId384"/>
+    <hyperlink ref="D436" r:id="rId385"/>
     <hyperlink ref="D438" r:id="rId386"/>
-    <hyperlink ref="D440" r:id="rId387"/>
+    <hyperlink ref="D439" r:id="rId387"/>
     <hyperlink ref="D441" r:id="rId388"/>
     <hyperlink ref="D442" r:id="rId389"/>
     <hyperlink ref="D443" r:id="rId390"/>
     <hyperlink ref="D444" r:id="rId391"/>
     <hyperlink ref="D445" r:id="rId392"/>
     <hyperlink ref="D446" r:id="rId393"/>
     <hyperlink ref="D447" r:id="rId394"/>
     <hyperlink ref="D448" r:id="rId395"/>
-    <hyperlink ref="D450" r:id="rId396"/>
-[...5 lines deleted...]
-    <hyperlink ref="D456" r:id="rId402"/>
+    <hyperlink ref="D449" r:id="rId396"/>
+    <hyperlink ref="D450" r:id="rId397"/>
+    <hyperlink ref="D451" r:id="rId398"/>
+    <hyperlink ref="D452" r:id="rId399"/>
+    <hyperlink ref="D453" r:id="rId400"/>
+    <hyperlink ref="D454" r:id="rId401"/>
+    <hyperlink ref="D455" r:id="rId402"/>
     <hyperlink ref="D457" r:id="rId403"/>
     <hyperlink ref="D458" r:id="rId404"/>
     <hyperlink ref="D460" r:id="rId405"/>
+    <hyperlink ref="D461" r:id="rId406"/>
+    <hyperlink ref="D462" r:id="rId407"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>