--- v1 (2025-12-11)
+++ v2 (2026-02-27)
@@ -8,2704 +8,2698 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1691" uniqueCount="884">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1687" uniqueCount="882">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Авто</t>
   </si>
   <si>
-    <t>1.1 Аксессуары в салон</t>
-[...2 lines deleted...]
-    <t>1.1.1 Для прикуривателя</t>
+    <t>1.1 Автоэлектрика</t>
+  </si>
+  <si>
+    <t>1.1.1 Провода</t>
+  </si>
+  <si>
+    <t>1.1.1.1 Провод ПГВА / ПВАМ – CCA -</t>
+  </si>
+  <si>
+    <t>01-6506</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-6505</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6503</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6502</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6501</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6511</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6513</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6521</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6522</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6531</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6533</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6541</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6545</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6512</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6525</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6535</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6523</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6536</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6532</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6542</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6543</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>1.1.1.2 Провод ПГВА / ПВАМ – МЕДЬ -</t>
+  </si>
+  <si>
+    <t>01-6501-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, белый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-6502-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, желтый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, красный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6511-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, белый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6512-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, желтый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, синий, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6523-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, зеленый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6522-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, желтый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6505-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, синий, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, черный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6513-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, зеленый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, красный, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, черный, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6521-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, белый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, красный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6525-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, синий, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, черный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>1.1.1.3 Провод ПГВА/ПВАМ – CCA – наборы</t>
+  </si>
+  <si>
+    <t>01-6552</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1х3м/1,50х3м/2,50х2м, цвет провода красный REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>01-6547</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х0,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>01-6548</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х0,75мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>01-6550</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х1,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>01-6551</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х2,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>01-6549</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х1,00мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>01-6553</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1,50х3м/2,50х2м, цвет провода черный REXANT</t>
+  </si>
+  <si>
+    <t>1.1.1.4 Провод ПГВА / ПВАМ – CCA – мини-бухта</t>
+  </si>
+  <si>
+    <t>01-6544-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6536-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6536-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Разъёмы</t>
+  </si>
+  <si>
+    <t>16-0302-9</t>
+  </si>
+  <si>
+    <t>DJ7021-1.5-11 автомобильный разъем штекер с проводом 20см</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>16-0312-9</t>
+  </si>
+  <si>
+    <t>DJ7021-1.5-21 автомобильный разъем гнездо с проводом 20см</t>
+  </si>
+  <si>
+    <t>16-0502</t>
+  </si>
+  <si>
+    <t>Разъемы для автомагнитол Евро ISO, сдвоенное гнездо акустика+питание REXANT</t>
+  </si>
+  <si>
+    <t>16-0402</t>
+  </si>
+  <si>
+    <t>Разъем штекер антенны для автомагнитолы, тип-2 REXANT</t>
+  </si>
+  <si>
+    <t>16-0403</t>
+  </si>
+  <si>
+    <t>Разъем штекер антенны для автомагнитолы, тип-3 REXANT</t>
+  </si>
+  <si>
+    <t>16-0503</t>
+  </si>
+  <si>
+    <t>Разъемы для автомагнитол Евро ISO, сдвоенный штекер акустика+питание REXANT</t>
+  </si>
+  <si>
+    <t>16-0434</t>
+  </si>
+  <si>
+    <t>Переходник автоантенны, штекер Азия - гнездо Европа REXANT</t>
+  </si>
+  <si>
+    <t>16-0323</t>
+  </si>
+  <si>
+    <t>Вилка прицепа 12В, 7 контактов, пластик REXANT</t>
+  </si>
+  <si>
+    <t>16-0320</t>
+  </si>
+  <si>
+    <t>Розетка фаркопа 12В, 7 контактов, металл REXANT</t>
+  </si>
+  <si>
+    <t>16-0321</t>
+  </si>
+  <si>
+    <t>Розетка фаркопа 12В, 7 контактов, пластик REXANT</t>
+  </si>
+  <si>
+    <t>16-0401</t>
+  </si>
+  <si>
+    <t>Разъем штекер антенны для автомагнитолы, тип-1 REXANT</t>
+  </si>
+  <si>
+    <t>16-0433</t>
+  </si>
+  <si>
+    <t>Переходник автоантенны, штекер Европа - гнездо Азия, угловой REXANT</t>
+  </si>
+  <si>
+    <t>16-0322</t>
+  </si>
+  <si>
+    <t>Вилка прицепа 12В, 7 контактов, металл REXANT</t>
+  </si>
+  <si>
+    <t>16-0324</t>
+  </si>
+  <si>
+    <t>Набор подключения фаркопа универсальный, 7 контактов REXANT</t>
+  </si>
+  <si>
+    <t>16-0412</t>
+  </si>
+  <si>
+    <t>Разъем гнездо антенны для автомагнитолы на шнур REXANT</t>
+  </si>
+  <si>
+    <t>16-0501</t>
+  </si>
+  <si>
+    <t>Разъемы для автомагнитол Евро ISO, 2 гнезда акустика+питание REXANT</t>
+  </si>
+  <si>
+    <t>16-0313-9</t>
+  </si>
+  <si>
+    <t>DJ7031-1.5-21 автомобильный разъем гнездо с проводом 20см (3-х контактный)</t>
+  </si>
+  <si>
+    <t>16-0303-9</t>
+  </si>
+  <si>
+    <t>DJ7031-1.5-11 автомобильный разъем штекер с проводом 20см (3-х контактный)</t>
+  </si>
+  <si>
+    <t>1.1.3 Предохранители</t>
+  </si>
+  <si>
+    <t>16-0422</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя, круглый REXANT</t>
+  </si>
+  <si>
+    <t>16-0423</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя тип Мини, на проводе REXANT</t>
+  </si>
+  <si>
+    <t>80-7111</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 15А REXANT</t>
+  </si>
+  <si>
+    <t>80-7112</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 20А REXANT</t>
+  </si>
+  <si>
+    <t>80-7113</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 25А REXANT</t>
+  </si>
+  <si>
+    <t>80-7114</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 30А REXANT</t>
+  </si>
+  <si>
+    <t>80-7102</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 20А REXANT</t>
+  </si>
+  <si>
+    <t>16-0425</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа AGU, колба REXANT</t>
+  </si>
+  <si>
+    <t>80-7132</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 40А REXANT</t>
+  </si>
+  <si>
+    <t>80-7104</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 30А REXANT</t>
+  </si>
+  <si>
+    <t>16-0421</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Стандарт, прямоугольный, черный REXANT</t>
+  </si>
+  <si>
+    <t>80-7101</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 15А REXANT</t>
+  </si>
+  <si>
+    <t>80-7023</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Мини, в пластиковой коробке (100 шт) REXANT</t>
+  </si>
+  <si>
+    <t>16-0421-4</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Стандарт, прямоугольный, красный REXANT</t>
+  </si>
+  <si>
+    <t>80-7135</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 80А REXANT</t>
+  </si>
+  <si>
+    <t>80-7100</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 10А REXANT</t>
+  </si>
+  <si>
+    <t>80-7024</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Стандарт, в пластиковой коробке (100 шт) REXANT</t>
+  </si>
+  <si>
+    <t>80-7021</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Мини, в блистере REXANT</t>
+  </si>
+  <si>
+    <t>80-7022</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Стандарт, в блистере REXANT</t>
+  </si>
+  <si>
+    <t>16-0424</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Мини, влагозащищенный, на проводе REXANT</t>
+  </si>
+  <si>
+    <t>80-7110</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 10А REXANT</t>
+  </si>
+  <si>
+    <t>80-7103</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 25А REXANT</t>
+  </si>
+  <si>
+    <t>80-7136</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 100А REXANT</t>
+  </si>
+  <si>
+    <t>80-7125</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Микро Korea REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Устройства автозапуска и зарядки</t>
+  </si>
+  <si>
+    <t>16-0013</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А, 75мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0002</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 46мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>16-0033</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» для тестера 15А, 53мм, гнездо Banana REXANT</t>
+  </si>
+  <si>
+    <t>16-0032</t>
+  </si>
+  <si>
+    <t>Зажим для тестера Пинцет, 50мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0031</t>
+  </si>
+  <si>
+    <t>Зажим для тестера Крючок, 40мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0006</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 55мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0004</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 52мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 5А, 40мм, в изоляторе REXANT </t>
+  </si>
+  <si>
+    <t>16-0018</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 50А, 98мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2028</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 500А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>80-2029</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 700А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>80-2035</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 7А (PWS-150) REXANT</t>
+  </si>
+  <si>
+    <t>16-0036</t>
+  </si>
+  <si>
+    <t>Зажимы «Крокодил» 5А, 40мм, с проводом, 10 пар REXANT</t>
+  </si>
+  <si>
+    <t>16-0003</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 56мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>16-0015</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0016</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>80-2036</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 0,4-7А (PWS-265) REXANT</t>
+  </si>
+  <si>
+    <t>16-0012</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 10А 50мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0019-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 100А, 105мм REXANT </t>
+  </si>
+  <si>
+    <t>16-0009</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А 53мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0020</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 250А, 150мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2026</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 100А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>80-2027</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 200А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>16-0025</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 500А, 200мм REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Аксессуары в салон</t>
+  </si>
+  <si>
+    <t>1.2.1 Для прикуривателя</t>
+  </si>
+  <si>
+    <t>16-0221</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя, 3 гнезда, шнур REXANT</t>
+  </si>
+  <si>
+    <t>16-0222</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя, 2 гнезда, шнур REXANT</t>
+  </si>
+  <si>
+    <t>16-0238</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя, 2 гнезда, 1хUSB (5В, 1000мА) REXANT</t>
+  </si>
+  <si>
+    <t>16-0203</t>
+  </si>
+  <si>
+    <t>Штекер автоприкуривателя с индикатором REXANT</t>
+  </si>
+  <si>
+    <t>16-0204</t>
+  </si>
+  <si>
+    <t>Штекер автоприкуривателя под винт REXANT</t>
+  </si>
+  <si>
+    <t>16-0216</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель автоприкуривателя от аккумулятора 3м REXANT </t>
+  </si>
+  <si>
+    <t>16-0217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель автоприкуривателя от аккумулятора 5м REXANT </t>
   </si>
   <si>
     <t>16-0218</t>
   </si>
   <si>
     <t xml:space="preserve">Удлинитель автоприкуривателя штекер – гнездо 1,5м REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Штекер автоприкуривателя под винт REXANT</t>
+    <t>16-0201</t>
+  </si>
+  <si>
+    <t>Штекер автоприкуривателя REXANT</t>
   </si>
   <si>
     <t>16-0215</t>
   </si>
   <si>
     <t xml:space="preserve">Удлинитель автоприкуривателя от аккумулятора 1,5м REXANT </t>
   </si>
   <si>
+    <t>16-0220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель автоприкуривателя штекер – гнездо 5м REXANT </t>
+  </si>
+  <si>
+    <t>16-0205</t>
+  </si>
+  <si>
+    <t>Штекер автоприкуривателя с кнопкой REXANT</t>
+  </si>
+  <si>
+    <t>16-0202</t>
+  </si>
+  <si>
+    <t>16-0211</t>
+  </si>
+  <si>
+    <t>Гнездо автоприкуривателя REXANT</t>
+  </si>
+  <si>
     <t>16-0219</t>
   </si>
   <si>
     <t xml:space="preserve">Удлинитель автоприкуривателя штекер – гнездо 3м REXANT </t>
   </si>
   <si>
-    <t>16-0216</t>
-[...16 lines deleted...]
-  <si>
     <t>16-0203-9</t>
   </si>
   <si>
     <t>Штекер автоприкуривателя с индикатором (1 шт), пакет PROconnect</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
-    <t>16-0211</t>
-[...44 lines deleted...]
-    <t>1.1.2 Антенны автомобильные</t>
+    <t>1.2.2 Антенны автомобильные</t>
   </si>
   <si>
     <t>34-0504</t>
   </si>
   <si>
     <t>Антенна автомобильная внутрисалонная (радио + ТВ), активная, модель RX-504 REXANT</t>
   </si>
   <si>
+    <t>34-0503</t>
+  </si>
+  <si>
+    <t>Антенна автомобильная внутрисалонная (радио), активная, модель RX-503 REXANT</t>
+  </si>
+  <si>
     <t>34-0501</t>
   </si>
   <si>
     <t>Антенна автомобильная внутрисалонная (радио), пассивная, модель RX-501 REXANT</t>
   </si>
   <si>
-    <t>34-0503</t>
-[...4 lines deleted...]
-  <si>
     <t>34-0502</t>
   </si>
   <si>
     <t>Антенна автомобильная внутрисалонная (радио + ТВ), активная, модель RX-502 REXANT</t>
   </si>
   <si>
-    <t>1.2 Домкраты и подставки</t>
-[...2 lines deleted...]
-    <t>1.2.1 Домкраты гидравлические бутылочные</t>
+    <t>1.3 Доп оборудование</t>
+  </si>
+  <si>
+    <t>1.3.1 Концевики</t>
+  </si>
+  <si>
+    <t>16-0512</t>
+  </si>
+  <si>
+    <t>Концевик AUTO-2 металл REXANT</t>
+  </si>
+  <si>
+    <t>16-0511</t>
+  </si>
+  <si>
+    <t>Концевик AUTO-1 пластик REXANT</t>
+  </si>
+  <si>
+    <t>16-0513</t>
+  </si>
+  <si>
+    <t>Концевик AUTO-3 угловой REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Системы противоскольжения</t>
+  </si>
+  <si>
+    <t>07-7022-1</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для кроссоверов (колеса 205-225 мм), 6 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7021</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для легковых автомобилей (колеса 165-205 мм), 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7024</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для легковых автомобилей, однорядные, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7024-2</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для легковых автомобилей, однорядные, 6 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7025</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для кроссоверов, однорядные, 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7025-1</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для кроссоверов, однорядные, 6 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7020</t>
+  </si>
+  <si>
+    <t>Хомут противоскольжения 900x9мм, оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>07-7022</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для кроссоверов (колеса 205-225 мм), 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7021-1</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для легковых автомобилей (колеса 165-205 мм), 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7024-1</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для легковых автомобилей, однорядные, 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7021-2</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для легковых автомобилей (колеса 165-205 мм), 6 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Цепи (браслеты) противоскольжения для внедорожников (колеса 235-285 мм), усиленные, 4 шт. REXANT </t>
+  </si>
+  <si>
+    <t>07-7023-1</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для внедорожников (колеса 235-285 мм), усиленные, 6 шт. REXANT</t>
+  </si>
+  <si>
+    <t>1.3.3 Буксировочные тросы</t>
+  </si>
+  <si>
+    <t>80-0239</t>
+  </si>
+  <si>
+    <t>Трос динамический (стропа) 7т, 6м, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>80-0228</t>
+  </si>
+  <si>
+    <t>Трос буксировочный со светоотражающей лентой, 5т, 4м, с двумя крюками, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>80-0221</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 2,5т, 5м, с двумя петлями REXANT</t>
+  </si>
+  <si>
+    <t>80-0222</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 2,5т, 5м, с двумя крюками REXANT</t>
+  </si>
+  <si>
+    <t>80-0226</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 2,5т, 5м, с двумя крюками, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>80-0227</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 3,5т, 5м, с двумя крюками, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>80-0229</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 7т, 5м, с двумя крюками, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>80-0230</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 10т, 5м, с двумя крюками, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>80-0223</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 3,5т, 5м, с двумя крюками REXANT</t>
+  </si>
+  <si>
+    <t>80-0224</t>
+  </si>
+  <si>
+    <t>Трос буксировочный со светоотражающей лентой, 5т, 4м, с двумя крюками REXANT</t>
+  </si>
+  <si>
+    <t>80-0225</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 10т, 5м, с двумя крюками REXANT</t>
+  </si>
+  <si>
+    <t>80-0240</t>
+  </si>
+  <si>
+    <t>Трос динамический (стропа) 10т, 9м, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>80-0238</t>
+  </si>
+  <si>
+    <t>Трос динамический (стропа) 5т, 6м, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>1.3.4 Заправочное оборудование</t>
+  </si>
+  <si>
+    <t>80-0214</t>
+  </si>
+  <si>
+    <t>Насос перекачки топлива погружной 12В, 35л/мин, с фильтром, 51мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0215</t>
+  </si>
+  <si>
+    <t>Насос перекачки топлива погружной 12В, 35л/мин, без фильтра, 51мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0217</t>
+  </si>
+  <si>
+    <t>Канистра для топлива, металлическая, 10л REXANT</t>
+  </si>
+  <si>
+    <t>80-0218</t>
+  </si>
+  <si>
+    <t>Канистра для топлива, металлическая, 20л REXANT</t>
+  </si>
+  <si>
+    <t>80-0216</t>
+  </si>
+  <si>
+    <t>Канистра для топлива, металлическая, 5л REXANT</t>
+  </si>
+  <si>
+    <t>80-0213</t>
+  </si>
+  <si>
+    <t>Насос перекачки топлива погружной 12В, 12,5л/мин, без фильтра, 38мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0208</t>
+  </si>
+  <si>
+    <t>Канистра Дизель для дизельного топлива и технических жидкостей, пластиковая, 10л REXANT</t>
+  </si>
+  <si>
+    <t>80-0198</t>
+  </si>
+  <si>
+    <t>Канистра металлическая горизонтальная 5л REXANT</t>
+  </si>
+  <si>
+    <t>80-0199</t>
+  </si>
+  <si>
+    <t>Канистра металлическая горизонтальная 10л REXANT</t>
+  </si>
+  <si>
+    <t>80-0200</t>
+  </si>
+  <si>
+    <t>Канистра металлическая горизонтальная 20л REXANT</t>
+  </si>
+  <si>
+    <t>80-0203</t>
+  </si>
+  <si>
+    <t>Канистра Classic для ГСМ и технических жидкостей, пластиковая, 20л REXANT</t>
+  </si>
+  <si>
+    <t>80-0210</t>
+  </si>
+  <si>
+    <t>Воронка техническая для ГСМ, 135мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0205</t>
+  </si>
+  <si>
+    <t>Канистра для ГСМ и технических жидкостей, вертикальная, 10л, пластиковая, усиленная REXANT</t>
+  </si>
+  <si>
+    <t>80-0209</t>
+  </si>
+  <si>
+    <t>Канистра Дизель для дизельного топлива и технических жидкостей, пластиковая, 20л REXANT</t>
+  </si>
+  <si>
+    <t>80-0204</t>
+  </si>
+  <si>
+    <t>Канистра для ГСМ и технических жидкостей, вертикальная, 5л, пластиковая, усиленная REXANT</t>
+  </si>
+  <si>
+    <t>80-0201</t>
+  </si>
+  <si>
+    <t>Канистра Classic для ГСМ и технических жидкостей, пластиковая, 5л REXANT</t>
+  </si>
+  <si>
+    <t>80-0202</t>
+  </si>
+  <si>
+    <t>Канистра Classic для ГСМ и технических жидкостей, пластиковая, 10л REXANT</t>
+  </si>
+  <si>
+    <t>80-0207</t>
+  </si>
+  <si>
+    <t>Канистра Дизель для дизельного топлива и технических жидкостей, пластиковая, 5л REXANT</t>
+  </si>
+  <si>
+    <t>80-0206</t>
+  </si>
+  <si>
+    <t>Канистра для ГСМ и технических жидкостей, вертикальная, 20л, пластиковая, усиленная REXANT</t>
+  </si>
+  <si>
+    <t>1.3.5 Пакеты для хранения шин</t>
+  </si>
+  <si>
+    <t>80-0250</t>
+  </si>
+  <si>
+    <t>Пакеты для шин 1000х1150мм, 30мкр, для R 18-19 (5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.6 Ремни для крепления груза</t>
+  </si>
+  <si>
+    <t>80-0245</t>
+  </si>
+  <si>
+    <t>Ремень для крепления груза, с фиксатором, 3,5м REXANT</t>
+  </si>
+  <si>
+    <t>80-0244</t>
+  </si>
+  <si>
+    <t>Ремень для крепления груза, с фиксатором, 2,5м REXANT</t>
+  </si>
+  <si>
+    <t>80-0246</t>
+  </si>
+  <si>
+    <t>Ремень для крепления груза, с фиксатором, 5м REXANT</t>
+  </si>
+  <si>
+    <t>80-0242</t>
+  </si>
+  <si>
+    <t>Ремень стяжной для груза, багажный, с крюками и храповым механизмом, 8х0,038м REXANT</t>
+  </si>
+  <si>
+    <t>80-0247</t>
+  </si>
+  <si>
+    <t>Ремень для крепления груза, с фиксатором, 6м REXANT</t>
+  </si>
+  <si>
+    <t>80-0241</t>
+  </si>
+  <si>
+    <t>Ремень стяжной для груза, багажный, с крюками и храповым механизмом, 5х0,038м REXANT</t>
+  </si>
+  <si>
+    <t>80-0243</t>
+  </si>
+  <si>
+    <t>Ремень стяжной для груза, багажный, с крюками и храповым механизмом, 10х0,038м REXANT</t>
+  </si>
+  <si>
+    <t>1.3.7 Хранение и порядок</t>
+  </si>
+  <si>
+    <t>80-0267</t>
+  </si>
+  <si>
+    <t>Накидка защитная под детское автокресло с карманом REXANT</t>
+  </si>
+  <si>
+    <t>80-0270</t>
+  </si>
+  <si>
+    <t>Накидка защитная на бампер, 100х75см REXANT</t>
+  </si>
+  <si>
+    <t>80-0263</t>
+  </si>
+  <si>
+    <t>Органайзер на спинку заднего сиденья, малый REXANT</t>
+  </si>
+  <si>
+    <t>80-0262</t>
+  </si>
+  <si>
+    <t>Органайзер на спинку заднего сиденья, большой REXANT</t>
+  </si>
+  <si>
+    <t>80-0264</t>
+  </si>
+  <si>
+    <t>Карман в багажник на липучке, универсальный, 25х20см REXANT</t>
+  </si>
+  <si>
+    <t>80-0265</t>
+  </si>
+  <si>
+    <t>Карман в багажник на липучке, универсальный, 40х30см REXANT</t>
+  </si>
+  <si>
+    <t>80-0266</t>
+  </si>
+  <si>
+    <t>Накидка защитная под детское автокресло со спинкой и карманом REXANT</t>
+  </si>
+  <si>
+    <t>80-0269</t>
+  </si>
+  <si>
+    <t>Накидка защитная на спинку переднего сиденья, 60х50см, ткань Оксфорд, черная REXANT</t>
+  </si>
+  <si>
+    <t>80-0261</t>
+  </si>
+  <si>
+    <t>Органайзер в багажник, 1 отделение, 23 литра REXANT</t>
+  </si>
+  <si>
+    <t>80-0268</t>
+  </si>
+  <si>
+    <t>Накидка защитная на спинку переднего сиденья, 60х50см, ПВХ, прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>80-0260</t>
+  </si>
+  <si>
+    <t>Органайзер в багажник, 3 отделения, 65 литров REXANT</t>
+  </si>
+  <si>
+    <t>1.3.8 Изотермические сумки</t>
+  </si>
+  <si>
+    <t>80-0281</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 6л, 2 слоя утепления ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0283</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 15л, 2 слоя утепления ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0284</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 20л, 2 слоя утепления ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0286</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 15л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0287</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 20л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0288</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 40л, ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0282</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 10л, 2 слоя утепления, с карманами ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>80-0285</t>
+  </si>
+  <si>
+    <t>Сумка-холодильник (термосумка) 45л, 2 слоя утепления ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.3.9 Уход за автомобилем</t>
+  </si>
+  <si>
+    <t>80-0400</t>
+  </si>
+  <si>
+    <t>Разборная автомобильная лопата, оранжевая REXANT</t>
+  </si>
+  <si>
+    <t>80-0401</t>
+  </si>
+  <si>
+    <t>Разборная автомобильная лопата, черная REXANT</t>
+  </si>
+  <si>
+    <t>80-0402</t>
+  </si>
+  <si>
+    <t>Лопата автомобильная REXANT</t>
+  </si>
+  <si>
+    <t>80-0804</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 35х40см, 300 гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0806</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 40х60см, 600 гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0808</t>
+  </si>
+  <si>
+    <t>Микрофибра в картонной коробке, 25х25см, 200 гр/м2, 30 шт. в коробке REXANT</t>
+  </si>
+  <si>
+    <t>80-0291</t>
+  </si>
+  <si>
+    <t>Щетка со скребком, 540мм, мягкая ручка REXANT</t>
+  </si>
+  <si>
+    <t>80-0292</t>
+  </si>
+  <si>
+    <t>Щетка со скребком, 635мм, мягкая ручка REXANT</t>
+  </si>
+  <si>
+    <t>80-0297</t>
+  </si>
+  <si>
+    <t>Распылитель (опрыскиватель) 1,5л REXANT</t>
+  </si>
+  <si>
+    <t>80-0810</t>
+  </si>
+  <si>
+    <t>Замша искусственная в тубе, 64х43см REXANT</t>
+  </si>
+  <si>
+    <t>80-0800</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, плотность  25х25см, 200 гр/м2, 6 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0801</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 30х30см, 200 гр/м2, 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0802</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 30х30см, 250 гр/м2, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0803</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 35х40 см, 250гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0805</t>
+  </si>
+  <si>
+    <t>Микрофибра автомобильная, 40х40см, 600 гр/м2, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0807</t>
+  </si>
+  <si>
+    <t>Микрофибра отрывная, 25х25см, 200 гр/м2, 30 шт. в рулоне REXANT</t>
+  </si>
+  <si>
+    <t>80-0809</t>
+  </si>
+  <si>
+    <t>Замша искусственная в тубе, 43х32см REXANT</t>
+  </si>
+  <si>
+    <t>80-0290</t>
+  </si>
+  <si>
+    <t>Щетка со скребком, 500мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0299</t>
+  </si>
+  <si>
+    <t>Водосгон 270мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0298</t>
+  </si>
+  <si>
+    <t>Распылитель (опрыскиватель) 2л REXANT</t>
+  </si>
+  <si>
+    <t>1.3.10 Чехлы-тенты на авто/мото</t>
+  </si>
+  <si>
+    <t>80-0311</t>
+  </si>
+  <si>
+    <t>Чехол-тент на мотоцикл, размер L REXANT</t>
+  </si>
+  <si>
+    <t>80-0313</t>
+  </si>
+  <si>
+    <t>Чехол-тент на квадроцикл, размер M REXANT</t>
+  </si>
+  <si>
+    <t>80-0316</t>
+  </si>
+  <si>
+    <t>Чехол-тент на автомобиль, размер M REXANT</t>
+  </si>
+  <si>
+    <t>80-0318</t>
+  </si>
+  <si>
+    <t>Чехол-тент на автомобиль, размер XL REXANT</t>
+  </si>
+  <si>
+    <t>80-0315</t>
+  </si>
+  <si>
+    <t>Чехол-тент на квадроцикл, размер XL REXANT</t>
+  </si>
+  <si>
+    <t>80-0310</t>
+  </si>
+  <si>
+    <t>Чехол-тент на мотоцикл, размер M REXANT</t>
+  </si>
+  <si>
+    <t>80-0312</t>
+  </si>
+  <si>
+    <t>Чехол-тент на мотоцикл, размер XL REXANT</t>
+  </si>
+  <si>
+    <t>80-0314</t>
+  </si>
+  <si>
+    <t>Чехол-тент на квадроцикл, размер L REXANT</t>
+  </si>
+  <si>
+    <t>80-0317</t>
+  </si>
+  <si>
+    <t>Чехол-тент на автомобиль, размер L REXANT</t>
+  </si>
+  <si>
+    <t>1.3.11 Утеплители двигателя</t>
+  </si>
+  <si>
+    <t>80-0330</t>
+  </si>
+  <si>
+    <t>Утеплитель двигателя Black Premium, двойной слой, размер M, 140х90см REXANT</t>
+  </si>
+  <si>
+    <t>80-0331</t>
+  </si>
+  <si>
+    <t>Утеплитель двигателя Вlack Premium, двойной слой, размер L, 160х90см REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Автохимия</t>
+  </si>
+  <si>
+    <t>1.4.1 Защитные покрытия</t>
+  </si>
+  <si>
+    <t>NPBW0041</t>
+  </si>
+  <si>
+    <t>Чернитель резины 400мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>1.4.2 Химчистка салона</t>
+  </si>
+  <si>
+    <t>NPXS0035</t>
+  </si>
+  <si>
+    <t>Химчистка салона автомобиля 650мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>1.4.3 Защита пластика</t>
+  </si>
+  <si>
+    <t>NPPP0040</t>
+  </si>
+  <si>
+    <t>Полироль для пластика 400мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>1.4.4 Обслуживание устройств</t>
+  </si>
+  <si>
+    <t>NPSS0001</t>
+  </si>
+  <si>
+    <t>Супер Смазка 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPOE0031</t>
+  </si>
+  <si>
+    <t>Очиститель электроконтактов 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPSA0002</t>
+  </si>
+  <si>
+    <t>Супер Антикор 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPSI0003</t>
+  </si>
+  <si>
+    <t>Супер Изоляция 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPSI0025</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPJK0027</t>
+  </si>
+  <si>
+    <t>Жидкий ключ 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPVS0010</t>
+  </si>
+  <si>
+    <t>Смазка подвижных деталей для велосипеда 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>1.4.5 Автохимия REXANT</t>
+  </si>
+  <si>
+    <t>85-0079</t>
+  </si>
+  <si>
+    <t>Термоключ с эффектом заморозки 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0076</t>
+  </si>
+  <si>
+    <t>Смазка универсальная литиевая 520мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0062</t>
+  </si>
+  <si>
+    <t>Очиститель битумных пятен и следов насекомых 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0056</t>
+  </si>
+  <si>
+    <t>Преобразователь ржавчины 500мл с триггером REXANT</t>
+  </si>
+  <si>
+    <t>85-0054</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0065</t>
+  </si>
+  <si>
+    <t>Антизапотеватель, 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0066</t>
+  </si>
+  <si>
+    <t>Чернитель шин 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0068</t>
+  </si>
+  <si>
+    <t>Очиститель стекол универсальный, 500мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0072</t>
+  </si>
+  <si>
+    <t>Паста для рук очищающая 550мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0077</t>
+  </si>
+  <si>
+    <t>Смывка краски 520мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0054-2</t>
+  </si>
+  <si>
+    <t>Смазка универсальная силиконовая 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0053-2</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0071</t>
+  </si>
+  <si>
+    <t>Полироль фар 100мл, туба REXANT</t>
+  </si>
+  <si>
+    <t>85-0064</t>
+  </si>
+  <si>
+    <t>Антидождь 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0052</t>
+  </si>
+  <si>
+    <t>Антискотч 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0054-1</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0057</t>
+  </si>
+  <si>
+    <t>Быстрый старт 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0053</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0060</t>
+  </si>
+  <si>
+    <t>Медная смазка 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0052-1</t>
+  </si>
+  <si>
+    <t>Удалитель следов наклеек и тонировочной пленки (антискотч), аэрозоль 335мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0064-1</t>
+  </si>
+  <si>
+    <t>Антидождь 500мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0060-1</t>
+  </si>
+  <si>
+    <t>Смазка высокотемпературная медная 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0075</t>
+  </si>
+  <si>
+    <t>Смазка алюминиевая 210мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0070</t>
+  </si>
+  <si>
+    <t>Паста для удаления царапин (антицарапин) 100мл, туба REXANT</t>
+  </si>
+  <si>
+    <t>85-0073</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая 50мл, флакон roll-on REXANT</t>
+  </si>
+  <si>
+    <t>85-0055</t>
+  </si>
+  <si>
+    <t>Чернитель шин 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0059</t>
+  </si>
+  <si>
+    <t>Очиститель контактов 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0050</t>
+  </si>
+  <si>
+    <t>Очиститель тормозов 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0051</t>
+  </si>
+  <si>
+    <t>Очиститель карбюратора аэро 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0053-1</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0058</t>
+  </si>
+  <si>
+    <t>Смазка для контактов 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0063</t>
+  </si>
+  <si>
+    <t>Мовиль Автоконсервант 520 мл REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Компрессоры и насосы</t>
+  </si>
+  <si>
+    <t>1.5.1 Компрессоры автомобильные</t>
+  </si>
+  <si>
+    <t>80-0524</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный усиленный двухпоршневой в кейсе с набором инструментов, 60 л/мин, 10 АТМ REXANT</t>
+  </si>
+  <si>
+    <t>80-0520</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный 40 л/мин, 7 АТМ REXANT</t>
+  </si>
+  <si>
+    <t>80-0521</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный усиленный двухпоршневой, 60 л/мин, 10 АТМ REXANT</t>
+  </si>
+  <si>
+    <t>80-0523</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный усиленный двухпоршневой, 75 л/мин, 10 АТМ REXANT</t>
+  </si>
+  <si>
+    <t>80-0525</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный 35 л/мин, 9,4 АТМ, 220В REXANT</t>
+  </si>
+  <si>
+    <t>80-0522</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный усиленный двухпоршневой с цифровым манометром и функцией автостоп, 60 л/мин, 10 АТМ REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Домкраты и подставки</t>
+  </si>
+  <si>
+    <t>1.6.1 Домкраты гидравлические бутылочные</t>
+  </si>
+  <si>
+    <t>80-0616</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 20т REXANT</t>
+  </si>
+  <si>
+    <t>80-0612</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 8т REXANT</t>
+  </si>
+  <si>
+    <t>80-0615</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 15т REXANT</t>
+  </si>
+  <si>
+    <t>80-0613</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 10т REXANT</t>
+  </si>
+  <si>
+    <t>80-0614</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 12т REXANT</t>
   </si>
   <si>
     <t>80-0618</t>
   </si>
   <si>
     <t>Домкрат гидравлический бутылочный 50т REXANT</t>
   </si>
   <si>
+    <t>80-0609</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический бутылочный 3т REXANT</t>
+  </si>
+  <si>
     <t>80-0611</t>
   </si>
   <si>
     <t>Домкрат гидравлический бутылочный 5т в пластиковом кейсе REXANT</t>
   </si>
   <si>
-    <t>80-0612</t>
-[...34 lines deleted...]
-  <si>
     <t>80-0617</t>
   </si>
   <si>
     <t>Домкрат гидравлический бутылочный 25т REXANT</t>
   </si>
   <si>
-    <t>1.2.2 Подставки страховочные</t>
+    <t>1.6.2 Подставки страховочные</t>
   </si>
   <si>
     <t>80-0619</t>
   </si>
   <si>
     <t>Подставки под машину регулируемые 2т, 2 шт. REXANT</t>
   </si>
   <si>
-    <t>комплект</t>
-[...1 lines deleted...]
-  <si>
     <t>80-0620</t>
   </si>
   <si>
     <t>Подставки под машину регулируемые 3т, 2 шт. REXANT</t>
   </si>
   <si>
-    <t>1.2.3 Домкраты механические</t>
+    <t>1.6.3 Домкраты механические</t>
   </si>
   <si>
     <t>80-0602</t>
   </si>
   <si>
     <t>Домкрат ромбический 1,5т REXANT</t>
   </si>
   <si>
     <t>80-0601</t>
   </si>
   <si>
     <t>Домкрат ромбический 1т REXANT</t>
   </si>
   <si>
     <t>80-0603</t>
   </si>
   <si>
     <t>Домкрат ромбический 2т REXANT</t>
   </si>
   <si>
-    <t>1.2.4 Домкраты гидравлические подкатные</t>
+    <t>1.6.4 Домкраты гидравлические подкатные</t>
+  </si>
+  <si>
+    <t>80-0608</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический подкатной 3т профессиональный REXANT</t>
+  </si>
+  <si>
+    <t>80-0606</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический подкатной 3т с высоким подъемом, SUV REXANT</t>
+  </si>
+  <si>
+    <t>80-0605</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический подкатной 2,5т с фиксатором REXANT</t>
+  </si>
+  <si>
+    <t>80-0604</t>
+  </si>
+  <si>
+    <t>Домкрат гидравлический подкатной 2т в кейсе REXANT</t>
   </si>
   <si>
     <t>80-0607</t>
   </si>
   <si>
     <t>Домкрат гидравлический подкатной 3т шиномонтажный REXANT</t>
   </si>
   <si>
-    <t>80-0605</t>
-[...26 lines deleted...]
-    <t>1.3.1 Подкатные лежаки и сидения</t>
+    <t>1.7 Автомобильные аксессуары в розничной упаковке</t>
+  </si>
+  <si>
+    <t>1.7.1 Автоприкуриватели</t>
+  </si>
+  <si>
+    <t>06-0121-C</t>
+  </si>
+  <si>
+    <t>Штекер в прикуриватель с предохранителем под винт, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>16-0204-9</t>
+  </si>
+  <si>
+    <t>Штекер в прикуриватель с предохранителем под винт, 1 шт., пакет БОПП PROconnect</t>
+  </si>
+  <si>
+    <t>1.7.2 Дeржатель предохранителя</t>
+  </si>
+  <si>
+    <t>16-0421-4-9</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя, тип вилочный, красный, 1 шт., пакет БОПП PROconnect</t>
+  </si>
+  <si>
+    <t>16-0421-9</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя, тип вилочный, черный, 1 шт., пакет БОПП PROconnect</t>
+  </si>
+  <si>
+    <t>1.7.3 Зажим Крокодил</t>
+  </si>
+  <si>
+    <t>16-0016-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил в изоляторе, длина 75мм, ток 30A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0019-1-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 105мм, ток 100A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0003-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил в изоляторе, длина 56мм, ток 5A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>06-0141-A2</t>
+  </si>
+  <si>
+    <t>Зажим крокодил в изоляторе, длина 56мм, ток 5A, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>16-0020-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 150мм, ток 250A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>06-0145-B2</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 50мм, ток 10A, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0142-A2</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 52мм, ток 5A, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>16-0009-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 53мм, ток 15A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0015-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 75мм, ток 30A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0001-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил в изоляторе, длина 40мм, ток 5A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0012-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 50мм, ток 10A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0002-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил в изоляторе, длина 46мм, ток 5A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0018-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 98мм, ток 50A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>06-0144-A2</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 53мм, ток 15A, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>1.7.4 Концевик</t>
+  </si>
+  <si>
+    <t>06-0130-A</t>
+  </si>
+  <si>
+    <t>Концевик автомобильный, пластик, угловой, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0129-A</t>
+  </si>
+  <si>
+    <t>Концевик автомобильный, пластик, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>1.7.5 Разъем ЕВРО</t>
+  </si>
+  <si>
+    <t>06-0126-C</t>
+  </si>
+  <si>
+    <t>Разъем для автомагнитолы "Евро" ISO, гнездо сдвоенное, 1шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0127-C</t>
+  </si>
+  <si>
+    <t>Разъем для автомагнитолы "Евро" ISO, 2 гнезда, 1шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0128-C</t>
+  </si>
+  <si>
+    <t>Разъем для автомагнитолы "Евро" ISO, штекер сдвоенный, 1шт. REXANT</t>
+  </si>
+  <si>
+    <t>1.8 Гаражное оборудование</t>
+  </si>
+  <si>
+    <t>1.8.1 Подкатные лежаки и сидения</t>
+  </si>
+  <si>
+    <t>80-0661</t>
+  </si>
+  <si>
+    <t>Сиденье механика REXANT</t>
   </si>
   <si>
     <t>80-0660</t>
   </si>
   <si>
     <t>Лежак подкатной ремонтный REXANT</t>
   </si>
   <si>
-    <t>1.3.2 Специальный инструмент</t>
+    <t>1.8.2 Специальный инструмент</t>
+  </si>
+  <si>
+    <t>80-0720</t>
+  </si>
+  <si>
+    <t>Стяжки пружин, 380 мм, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0719</t>
+  </si>
+  <si>
+    <t>Стяжки пружин, 270 мм, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>80-0731</t>
+  </si>
+  <si>
+    <t>Ключ динамометрический 1/2" 28-210 Нм REXANT</t>
+  </si>
+  <si>
+    <t>80-0725</t>
+  </si>
+  <si>
+    <t>Ключ свечной Т-образный, 250мм, с головками 16мм и 21мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0710</t>
+  </si>
+  <si>
+    <t>Набор пластиковых съемников, 11 предметов REXANT</t>
+  </si>
+  <si>
+    <t>80-0703</t>
+  </si>
+  <si>
+    <t>Съемник масляного фильтра, ременной, 60-140мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0711</t>
+  </si>
+  <si>
+    <t>Съемник пистонов 9мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0700</t>
+  </si>
+  <si>
+    <t>Съемник масляного фильтра Краб, 56-110мм, плоские захваты REXANT</t>
+  </si>
+  <si>
+    <t>80-0701</t>
+  </si>
+  <si>
+    <t>Съемник масляного фильтра Краб, 65-110мм, прямые захваты REXANT</t>
+  </si>
+  <si>
+    <t>80-0704</t>
+  </si>
+  <si>
+    <t>Съемник масляного фильтра, цепной, 120мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0726</t>
+  </si>
+  <si>
+    <t>Ключ свечной Т-образный с карданным шарниром, 16х250мм REXANT</t>
   </si>
   <si>
     <t>80-0727</t>
   </si>
   <si>
     <t>Ключ свечной Т-образный с карданным шарниром, 21х250мм REXANT</t>
   </si>
   <si>
-    <t>80-0700</t>
-[...8 lines deleted...]
-    <t>Съемник масляного фильтра Краб, 65-110мм, прямые захваты REXANT</t>
+    <t>80-0730</t>
+  </si>
+  <si>
+    <t>Ключ динамометрический 1/4" 2-24 Нм REXANT</t>
   </si>
   <si>
     <t>80-0715</t>
   </si>
   <si>
     <t>Приспособление для утапливания тормозных цилиндров REXANT</t>
   </si>
   <si>
+    <t>80-0716</t>
+  </si>
+  <si>
+    <t>Приспособление для утапливания тормозных цилиндров (AUDI, VW, SKODA) REXANT</t>
+  </si>
+  <si>
+    <t>80-0702</t>
+  </si>
+  <si>
+    <t>Съемник масляного фильтра Краб, 43-102мм, изогнутые захваты REXANT</t>
+  </si>
+  <si>
     <t>80-0705</t>
   </si>
   <si>
     <t>Съемник масляного фильтра, ленточный, 55-110мм REXANT</t>
   </si>
   <si>
-    <t>80-0704</t>
-[...65 lines deleted...]
-    <t>1.3.3 Расходные материалы для авто</t>
+    <t>1.8.3 Лебедки и тали</t>
+  </si>
+  <si>
+    <t>80-0740</t>
+  </si>
+  <si>
+    <t>Лебедка ручная 2т REXANT</t>
+  </si>
+  <si>
+    <t>80-0741</t>
+  </si>
+  <si>
+    <t>Лебедка ручная 4т REXANT</t>
+  </si>
+  <si>
+    <t>1.8.4 Расходные материалы для авто</t>
   </si>
   <si>
     <t>80-0780</t>
   </si>
   <si>
     <t>Набор резиновых колец, 419 предметов REXANT</t>
   </si>
   <si>
-    <t>1.3.4 Лебедки и тали</t>
-[...17 lines deleted...]
-    <t>1.4.1 Щетки стеклоочистителя каркасные Rexant Classic</t>
+    <t>1.9 Щетки стеклоочистителей</t>
+  </si>
+  <si>
+    <t>1.9.1 Щетки стеклоочистителя каркасные Rexant Classic</t>
+  </si>
+  <si>
+    <t>80-0901</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 350мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0903</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 450мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0907</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 600мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0900</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 330мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0905</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 530мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0908</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 650мм REXANT</t>
   </si>
   <si>
     <t>80-0902</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя каркасная Classic, 400мм REXANT</t>
   </si>
   <si>
-    <t>80-0907</t>
-[...26 lines deleted...]
-    <t>Щетка стеклоочистителя каркасная Classic, 350мм REXANT</t>
+    <t>80-0904</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 500мм REXANT</t>
   </si>
   <si>
     <t>80-0906</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя каркасная Classic, 550мм REXANT</t>
   </si>
   <si>
-    <t>80-0904</t>
-[...11 lines deleted...]
-    <t>1.4.2 Щетки стеклоочистителя бескаркасные Rexant Optimal</t>
+    <t>1.9.2 Щетки стеклоочистителя бескаркасные Rexant Optimal</t>
+  </si>
+  <si>
+    <t>80-0911</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 350мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0910</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 330мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0914</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 500мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0915</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 530мм REXANT</t>
   </si>
   <si>
     <t>80-0912</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Optimal, 400мм REXANT</t>
   </si>
   <si>
+    <t>80-0913</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 450мм REXANT</t>
+  </si>
+  <si>
     <t>80-0916</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Optimal, 550мм REXANT</t>
   </si>
   <si>
-    <t>80-0914</t>
-[...2 lines deleted...]
-    <t>Щетка стеклоочистителя бескаркасная Optimal, 500мм REXANT</t>
+    <t>80-0917</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 600мм REXANT</t>
   </si>
   <si>
     <t>80-0918</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Optimal, 650мм REXANT</t>
   </si>
   <si>
-    <t>80-0917</t>
-[...29 lines deleted...]
-    <t>1.4.3 Щетки стеклоочистителя бескаркасные Rexant Multi Clamp</t>
+    <t>1.9.3 Щетки стеклоочистителя бескаркасные Rexant Multi Clamp</t>
+  </si>
+  <si>
+    <t>80-0928</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 650мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0920</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 330мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0922</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 400мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0925</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 530мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0926</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 550мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0927</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 600мм REXANT</t>
   </si>
   <si>
     <t>80-0921</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 350мм REXANT</t>
   </si>
   <si>
-    <t>80-0925</t>
-[...22 lines deleted...]
-  <si>
     <t>80-0923</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 450мм REXANT</t>
   </si>
   <si>
     <t>80-0924</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 500мм REXANT</t>
   </si>
   <si>
-    <t>80-0928</t>
-[...11 lines deleted...]
-    <t>1.5 Автоаксессуары</t>
+    <t>1.10 Автоаксессуары</t>
   </si>
   <si>
     <t>80-1001</t>
   </si>
   <si>
     <t>Автовизитка парковочная с номером телефона REXANT</t>
-  </si>
-[...2035 lines deleted...]
-    <t>Разъем для автомагнитолы "Евро" ISO, штекер сдвоенный, 1шт. REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -3090,56 +3084,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-1-5-m-rexant-9085" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-predohranitelem-universalniy-pod-vint-rexant-4516" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-1-5-m-rexant-9082" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-3-m-rexant-9086" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-3-m-rexant-9083" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-5-m-rexant-9087" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-5-m-rexant-9084" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-proconnect-s-predohranitelem-i-led-indikatorom-1-sht-paket-bopp-11735" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnezdo-avtoprikurivatelya-rexant-938" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-rexant-57" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-2-gnezda-1husb-5-v-1000-ma-rexant-3867" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-knopkoy-i-3a-rexant-6552" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-3-gnezda-shnur-rexant-2318" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-indikatorom-rexant-937" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-predohranitelem-rexant-936" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-2-gnezda-shnur-rexant-2319" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-tv-aktivnaya-model-rx-504-rexant-14101" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-passivnaya-model-rx-501-rexant-14111" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-aktivnaya-model-rx-503-rexant-14103" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-tv-aktivnaya-model-rx-502-rexant-14114" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-50t-rexant-29832" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-5t-v-plastikovom-keyse-rexant-29825" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-8t-rexant-29826" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-15t-rexant-29829" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-20t-rexant-29830" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-3t-rexant-29824" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-10t-rexant-29827" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-12t-rexant-29828" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butilochniy-25t-rexant-29831" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavki-pod-mashinu-reguliruemie-2t-2-sht-rexant-29833" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavki-pod-mashinu-reguliruemie-3t-2-sht-rexant-29877" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-1-5t-rexant-29817" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-1t-rexant-29816" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-2t-rexant-29818" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-shinomontajniy-rexant-29822" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-2-5t-s-fiksatorom-rexant-29820" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-2t-v-keyse-rexant-29819" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-professionalniy-rexant-29823" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-s-visokim-podemom-suv-rexant-29821" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lejak-podkatnoy-remontniy-rexant-31713" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obrazniy-s-kardannim-sharnirom-21h250mm-rexant-31726" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-56-110mm-ploskie-zahvati-rexant-31715" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-65-110mm-pryamie-zahvati-rexant-31716" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisposoblenie-dlya-utaplivaniya-tormoznih-tsilindrov-rexant-31721" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-lentochniy-55-110mm-rexant-31719" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-tsepnoy-120mm-rexant-31718" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajki-prujin-380-mm-2-sht-rexant-31724" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajki-prujin-270-mm-2-sht-rexant-31723" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plastikovih-semnikov-11-predmetov-rexant-31720" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-43-102mm-izognutie-zahvati-rexant-31717" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisposoblenie-dlya-utaplivaniya-tormoznih-tsilindrov-audi-vw-skoda-rexant-31722" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obrazniy-s-kardannim-sharnirom-16h250mm-rexant-31725" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-dinamometricheskiy-1-2-28-210-nm-rexant-31727" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-pistonov-9mm-rexant-31769" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obrazniy-250mm-s-golovkami-16mm-i-21mm-rexant-31770" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-dinamometricheskiy-1-4-2-24-nm-rexant-31771" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-rezinovih-kolets-419-predmetov-rexant-31714" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lebedka-ruchnaya-4t-rexant-31729" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lebedka-ruchnaya-2t-rexant-31728" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-400mm-rexant-31131" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-600mm-rexant-31110" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-650mm-rexant-31111" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-330mm-rexant-31146" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-450mm-rexant-31132" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-350mm-rexant-31130" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-550mm-rexant-31135" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-500mm-rexant-31133" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-530mm-rexant-31134" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-400mm-rexant-31114" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-550mm-rexant-31118" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-500mm-rexant-31116" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-650mm-rexant-31120" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-600mm-rexant-31119" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-450mm-rexant-31115" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-530mm-rexant-31117" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-330mm-rexant-31112" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-350mm-rexant-31113" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-350mm-rexant-31122" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-530mm-rexant-31126" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-400mm-rexant-31123" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-550mm-rexant-31127" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-600mm-rexant-31128" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-450mm-rexant-31124" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-500mm-rexant-31125" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-650mm-rexant-31129" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-330mm-rexant-31121" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtovizitka-parkovochnaya-s-nomerom-telefona-rexant-31331" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-rezini-nanoprotech-400-ml-17519" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/himchistka-salona-avtomobilya-nanoprotech-650-ml-15542" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-dlya-plastika-nanoprotech-400-ml-15540" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-antikor-nanoprotech-210-ml-12926" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-nanoprotech-210-ml-15539" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jidkiy-klyuch-nanoprotech-210-ml-15541" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-elektrokontaktov-nanoprotech-210-ml-15543" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-podvijnih-detaley-nanoprotech-dlya-velosipeda-210-ml-17526" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-smazka-nanoprotech-210-ml-12928" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-izolyatsiya-nanoprotech-210-ml-12932" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-far-100ml-tuba-rexant-30550" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-alyuminievaya-210ml-aerozol-rexant-30274" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antiskotch-210-ml-28117" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-520-ml-28737" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-stekol-universalniy-500ml-trigger-rexant-30271" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-520-ml-28155" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-520-ml-28157" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-210-ml-28118" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-karbyuratora-aero-520-ml-28154" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-tormozov-520-ml-28153" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kontaktov-210-ml-28119" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-kontaktov-520-ml-28151" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/preobrazovatel-rjavchini-500-ml-s-triggerom-28158" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bistriy-start-520-ml-28159" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210-ml-28156" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mednaya-smazka-520-ml-28152" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-udaleniya-tsarapin-antitsarapin-100ml-tuba-rexant-30554" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-silikonovaya-335ml-aerozol-rexant-30279" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smivka-kraski-520ml-aerozol-rexant-30276" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoklyuch-s-effektom-zamorozki-335ml-aerozol-rexant-30277" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-bitumnih-pyaten-i-sledov-nasekomih-520-ml-rexant-29366" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidojd-250ml-trigger-rexant-30267" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidojd-500ml-trigger-rexant-30268" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antizapotevatel-250ml-trigger-rexant-30269" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-ruk-ochischayuschaya-550ml-rexant-30272" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-50ml-flakon-roll-on-rexant-30273" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-litievaya-520ml-aerozol-rexant-30275" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udalitel-sledov-nakleek-i-tonirovochnoy-plenki-antiskotch-aerozol-335ml-rexant-30278" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-335ml-aerozol-rexant-30281" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-visokotemperaturnaya-mednaya-335ml-aerozol-rexant-30280" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/movil-avtokonservant-520-ml-rexant-28890" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-250ml-trigger-rexant-30270" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-siniy-buhta-100-m-2123" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-zeleniy-buhta-100-m-3739" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-jeltiy-buhta-100-m-3744" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-beliy-buhta-100-m-3725" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-jeltiy-buhta-100-m-3726" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-siniy-buhta-100-m-3729" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cherniy-buhta-100-m-3742" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-krasniy-buhta-100-m-3734" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-jeltiy-buhta-100-m-3732" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-siniy-buhta-100-m-3747" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-siniy-buhta-100-m-3741" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-krasniy-buhta-100-m-2122" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cherniy-buhta-100-m-2124" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-zeleniy-buhta-100-m-2121" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-jeltiy-buhta-100-m-2120" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-beliy-buhta-100-m-2119" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-krasniy-buhta-100-m-3728" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cherniy-buhta-100-m-3730" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-zeleniy-buhta-100-m-3727" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-krasniy-buhta-100-m-3740" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-beliy-buhta-100-m-3737" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-jeltiy-buhta-100-m-3738" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-cherniy-buhta-100-m-3736" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-beliy-buhta-100-m-3731" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-siniy-buhta-100-m-3735" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-zeleniy-buhta-100-m-3733" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-krasniy-buhta-100-m-3746" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-cherniy-buhta-100-m-3748" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-beliy-buhta-100-m-3743" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-zeleniy-buhta-100-m-3745" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-krasniy-buhta-200-m-19578" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-jeltiy-buhta-200-m-19576" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-krasniy-buhta-500-m-19571" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-cherniy-buhta-200-m-19566" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-zeleniy-buhta-500-m-19570" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-siniy-buhta-500-m-19572" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-zeleniy-buhta-200-m-19567" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-jeltiy-buhta-200-m-19580" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-zeleniy-buhta-200-m-19575" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-siniy-buhta-200-m-19579" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-beliy-buhta-200-m-19573" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-krasniy-buhta-200-m-19581" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-cherniy-buhta-200-m-19582" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-beliy-buhta-500-m-19568" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-jeltiy-buhta-500-m-19569" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-cherniy-buhta-500-m-19583" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-beliy-buhta-200-m-19574" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-siniy-buhta-200-m-19577" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h0-75-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28441" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h0-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28440" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-assorti-0-50h5-m-0-75h5-m-1-50h3-m-2-50h2-m-tsvet-provoda-cherniy-28446" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h2-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28444" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h1-00-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28442" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h1-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28443" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-assorti-0-50h5-m-0-75h5-m-1h3-m-1-50h3-m-2-50h2-m-tsvet-provoda-krasniy-28445" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-cherniy-mini-buhta-10-metrov-28423" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-krasniy-mini-buhta-10-metrov-28429" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-cherniy-mini-buhta-10-metrov-28431" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-krasniy-mini-buhta-5-metrov-28428" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-cherniy-mini-buhta-10-metrov-28427" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-cherniy-mini-buhta-10-metrov-28435" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-cherniy-mini-buhta-5-metrov-28422" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-krasniy-mini-buhta-10-metrov-28437" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-krasniy-mini-buhta-5-metrov-28420" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-krasniy-mini-buhta-10-metrov-28425" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-cherniy-mini-buhta-5-metrov-28430" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-krasniy-mini-buhta-10-metrov-28433" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-krasniy-mini-buhta-5-metrov-28436" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-cherniy-mini-buhta-10-metrov-28439" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-cherniy-mini-buhta-5-metrov-28438" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-krasniy-mini-buhta-10-metrov-28421" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-krasniy-mini-buhta-5-metrov-28432" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-krasniy-mini-buhta-5-metrov-28424" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-cherniy-mini-buhta-5-metrov-28434" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-cherniy-mini-buhta-5-metrov-28426" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-metall-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenni-dlya-avtomagnitoli-tip-2-rexant-3913" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-dlya-avtomagnitol-evro-iso-2-gnezda-akustika-pitanie-rexant-1976" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-podklyucheniya-farkopa-universalnyy-7-kontaktov-rexant.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-11-avtomobilniy-razem-shteker-s-provodom-20-sm-3-kontaktniy-14798" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-21-avtomobilniy-razem-gnezdo-s-provodom-20-sm-13488" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-dlya-avtomagnitol-evro-iso-sdvoenniy-shteker-akustika-pitanie-rexant-3873" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenni-shteker-evropa-gnezdo-aziya-uglovoy-rexant-3862" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-21-avtomobilniy-razem-gnezdo-s-provodom-20-sm-3-kontaktniy-14797" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenni-dlya-avtomagnitoli-tip-1-rexant-60" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-11-avtomobilniy-razem-shteker-s-provodom-20-sm-13489" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenni-dlya-avtomagnitoli-tip-3-rexant-3914" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-gnezdo-antenni-dlya-avtomagnitoli-na-shnur-rexant-3791" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenni-shteker-aziya-gnezdo-evropa-rexant-3861" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-dlya-avtomagnitol-evro-iso-sdvoennoe-gnezdo-akustika-pitanie-rexant-1975" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-metall-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-standart-pryamougolniy-krasniy-rexant-3765" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-standart-v-plastikovoy-korobke-100sht-rexant-9283" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mikro-korea-rexant-15292" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mini-v-blistere-rexant-9280" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-10a-rexant-14673" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-standart-pryamougolniy-cherniy-rexant-58" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-krugliy-rexant-59" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mini-v-plastikovoy-korobke-100sht-rexant-9282" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-mini-vlagozaschitniy-na-provode-rexant-14557" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-15a-rexant-14702" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-standart-v-blistere-rexant-9281" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant-15293" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-mini-na-provode-rexant-14560" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-30a-rexant-14749" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-10a-rexant-14779" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant-15294" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-20a-rexant-14703" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-15a-rexant-14729" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-25a-rexant-14709" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-30a-rexant-14710" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-agu-kolba-rexant-14823" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant-15295" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-25a-rexant-14790" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-20a-rexant-14660" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajimi-krokodil-5-a-40-mm-s-provodom-10-par-rexant-2315" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100-amper-v-chehle-na-molnii-rexant-9417" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-15-a-53-mm-rexant-1652" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-56-mm-v-izolyatore-rexant-43" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-10-a-50-mm-rexant-47" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-55-mm-rexant-48" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700-amper-v-chehle-na-molnii-rexant-9420" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-dlya-testera-15-a-53-mm-gnezdo-banana-rexant-17302" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7-a-pws-150-rexant-15439" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-testera-kryuchok-40-mm-rexant-17300" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-testera-pintset-50-mm-rexant-17301" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-46-mm-v-izolyatore-rexant-41" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-15-a-75-mm-rexant-2310" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-30-a-75-mm-v-izolyatore-rexant-2311" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-52-mm-rexant-44" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-100-a-105-mm-rexant-2313" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-40-mm-v-izolyatore-rexant-42" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-30-a-75-mm-rexant-50" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-50-a-98-mm-rexant-52" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-500-a-200-mm-rexant-14556" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-s-metallicheskimi-zubtsami-dlya-fiksatsii-provodov-250-a-150-mm-rexant-53" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7-a-pws-265-rexant-15438" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200-amper-v-chehle-na-molnii-rexant-9418" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500-amper-v-chehle-na-molnii-rexant-9419" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-dlya-gruza-rexant-bagajnaya-s-kryukami-s-hrapovim-mehanizmom-10h0-038-m-26834" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-dlya-gruza-rexant-bagajnaya-s-kryukami-s-hrapovim-mehanizmom-5h0-038-m-26832" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-dlya-gruza-rexant-bagajnaya-s-kryukami-s-hrapovim-mehanizmom-8h0-038-m-26833" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-rexant-dlya-krepleniya-gruza-s-fiksatorom-3-5-m-26836" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-rexant-dlya-krepleniya-gruza-s-fiksatorom-2-5-m-26835" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-rexant-dlya-krepleniya-gruza-s-fiksatorom-5-m-26837" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-6m-rexant-31549" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-na-spinku-perednego-sidenya-60h50-sm-pvh-prozrachnaya-28519" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karman-v-bagajnik-na-lipuchke-universalniy-40h30-sm-28516" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-na-spinku-perednego-sidenya-60h50-sm-tkan-oksford-chernogo-tsveta-28520" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-na-bamper-100h75-sm-28521" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-na-spinku-zadnego-sidenya-maliy-28514" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-na-spinku-zadnego-sidenya-bolshoy-28513" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-pod-detskoe-avtokreslo-so-spinkoy-i-karmanom-28517" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karman-v-bagajnik-na-lipuchke-universalniy-25h20-sm-28515" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-v-bagajnik-1-otdelenie-23-litra-28523" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-v-bagajnik-3-otdeleniya-65-litrov-28522" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zaschitnaya-pod-detskoe-avtokreslo-s-karmanom-28518" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-20-l-2-sloya-utepleniya-28637" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-6-l-2-sloya-utepleniya-28634" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-15-l-28639" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-10-l-2-sloya-utepleniya-s-karmanami-28635" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-20-l-28640" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-45-l-2-sloya-utepleniya-28638" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-15-l-2-sloya-utepleniya-28636" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-obemom-40-l-28641" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40-sm-250gr-m2-1-sht-rexant-31849" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h60sm-600-gr-m2-1-sht-rexant-31852" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-43h32sm-rexant-31547" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-200-gr-m2-10-sht-rexant-31847" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-otrivnaya-25h25sm-200-gr-m2-30-sht-v-rulone-rexant-31853" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40sm-300-gr-m2-1-sht-rexant-31850" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-opriskivatel-2-litra-rexant-28820" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-250-gr-m2-2-sht-rexant-31848" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopata-avtomobilnaya-rexant-28864" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-64h43sm-rexant-31548" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-rexant-635-mm-myagkaya-ruchka-28713" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-chernaya-rexant-28800" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-oranjevaya-rexant-28799" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-plotnost-25h25sm-200-gr-m2-6-sht-rexant-31846" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-rexant-540-mm-myagkaya-ruchka-28712" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h40sm-600-gr-m2-1-sht-rexant-31851" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-v-kartonnoy-korobke-25h25sm-200-gr-m2-30-sht-v-korobke-rexant-31854" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-so-skrebkom-rexant-500-mm-28711" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-opriskivatel-1-5-litra-rexant-28819" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vodosgon-rexant-270-mm-28714" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-l-rexant-30637" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-m-rexant-30639" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-l-rexant-30640" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-l-rexant-30643" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-xl-rexant-30641" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-xl-rexant-30638" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-m-rexant-30636" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-m-rexant-30642" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-xl-rexant-30644" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uteplitel-dvigatelya-vlack-premium-dvoynoy-sloy-razmer-l-160h90sm-rexant-31414" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uteplitel-dvigatelya-black-premium-dvoynoy-sloy-razmer-m-140h90sm-rexant-31413" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-1-plastik-rexant-3552" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-2-metall-rexant-3553" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-3-uglovoy-rexant-3554" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-krossoverov-kolesa-205-225-mm-k-t-4-sht-28096" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-legkovih-avto-kolesa-165-205-mm-k-t-4-sht-28099" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-legkovih-avtomobiley-odnoryadnie-k-t-4-sht-28102" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-legkovih-avtomobiley-odnoryadnie-k-t-2-sht-28101" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-vnedorojnikov-kolesa-235-285-mm-usilennie-k-t-6-sht-28095" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-krossoverov-kolesa-205-225-mm-k-t-6-sht-28097" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-krossoverov-odnoryadnie-k-t-6-sht-28105" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-protivoskoljeniya-900x9mm-cherniy-rexant-13965" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-protivoskoljeniya-900x9mm-oranjeviy-rexant-13966" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-vnedorojnikov-kolesa-235-285-mm-usilennie-k-t-4-sht-28094" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-legkovih-avto-kolesa-165-205-mm-k-t-6-sht-28100" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-krossoverov-odnoryadnie-k-t-4-sht-28104" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-legkovih-avto-kolesa-165-205-mm-k-t-2-sht-28098" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-brasleti-protivoskoljeniya-rexant-dlya-legkovih-avtomobiley-odnoryadnie-k-t-6-sht-28103" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-2-5-t-5-m-s-dvumya-petlyami-26840" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-10-t-5-m-s-dvumya-kryukami-v-chehle-26849" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-2-5-t-5-m-s-dvumya-kryukami-26841" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-2-5-t-5-m-s-dvumya-kryukami-v-chehle-26845" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-7-t-5-m-s-dvumya-kryukami-v-chehle-26848" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-3-5-t-5-m-s-dvumya-kryukami-v-chehle-26846" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-10-t-5-m-s-dvumya-kryukami-26844" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-so-svetootrajayuschey-lentoy-5-t-4-m-s-dvumya-kryukami-v-chehle-26847" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-5t-6m-v-chehle-rexant-31550" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-7t-6m-v-chehle-rexant-31551" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-10t-9m-v-chehle-rexant-31552" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-3-5-t-5-m-s-dvumya-kryukami-26842" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochniy-rexant-so-svetootrajayuschey-lentoy-5-t-4-m-s-dvumya-kryukami-26843" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogrujnoy-12v-35l-min-s-filtrom-51mm-rexant-30378" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-10l-rexant-30548" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-5l-rexant-30553" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-20l-rexant-31599" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-classic-dlya-gsm-i-tehnicheskih-jidkostey-plastikovaya-20-l-26824" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-jidkostey-plastikovaya-20-l-26830" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tehnicheskaya-voronka-rexant-dlya-gsm-135-mm-26831" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-dlya-gsm-i-tehnicheskih-jidkostey-vertikalnaya-5-l-plastikovaya-usilennaya-26825" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-dlya-gsm-i-tehnicheskih-jidkostey-vertikalnaya-10-l-plastikovaya-usilennaya-26826" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogrujnoy-12v-20l-min-bez-filtra-38mm-rexant-30377" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-jidkostey-plastikovaya-10-l-26829" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-dlya-gsm-i-tehnicheskih-jidkostey-vertikalnaya-20-l-plastikovaya-usilennaya-26827" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-5l-rexant-31597" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-classic-dlya-gsm-i-tehnicheskih-jidkostey-plastikovaya-10-l-26823" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogrujnoy-12v-35l-min-bez-filtra-51mm-rexant-30379" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-20l-rexant-30547" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-classic-dlya-gsm-i-tehnicheskih-jidkostey-plastikovaya-5-l-26822" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-rexant-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-jidkostey-plastikovaya-5-l-26828" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-10l-rexant-31598" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/paketi-dlya-shin-rexant-1000h1150-mm-30-mkr-dlya-r-18-19-5-sht-up-26838" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilniy-usilenniy-dvuhporshnevoy-75l-min-10-atm-rexant-29365" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilniy-usilenniy-dvuhporshnevoy-60l-min-10-atm-rexant-29363" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilniy-40l-min-7-atm-rexant-29362" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilniy-usilenniy-dvuhporshnevoy-s-tsifrovim-manometrom-i-funktsiey-avtostop-60l-min-10-atm-rexant-29364" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilniy-usilenniy-dvuhporshnevoy-v-keyse-s-naborom-instrumentov-60l-min-10-atm-rexant-29361" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-35-l-min-9-4-atm-220v-rexant.html" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-proconnect-s-predohranitelem-pod-vint-1-sht-paket-bopp-11736" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-rexant-s-predohranitelem-pod-vint-1-sht-17859" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-proconnect-tip-vilochniy-cherniy-1-sht-paket-bopp-15784" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-proconnect-tip-vilochniy-krasniy-1-sht-paket-bopp-15785" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-50-mm-tok-10a-2-sht-paket-bopp-11456" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-v-izolyatore-rexant-dlina-75-mm-tok-30a-2-sht-paket-bopp-13076" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-75-mm-tok-30a-2-sht-paket-bopp-11740" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-v-izolyatore-rexant-dlina-40-mm-tok-5a-2-sht-17843" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-105-mm-tok-100a-2-sht-paket-bopp-13095" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-v-izolyatore-rexant-dlina-56-mm-tok-5a-2-sht-17841" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-v-izolyatore-rexant-dlina-46-mm-tok-5a-2-sht-paket-bopp-11455" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-v-izolyatore-rexant-dlina-40-mm-tok-5a-2-sht-paket-bopp-11453" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-98-mm-tok-50a-2-sht-paket-bopp-13077" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-150-mm-tok-250a-2-sht-paket-bopp-13096" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-v-izolyatore-rexant-dlina-56-mm-tok-5a-2-sht-paket-bopp-11465" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-52-mm-tok-5a-2-sht-17842" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-53-mm-tok-15a-2-sht-17845" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-50-mm-tok-10a-2-sht-17844" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-rexant-dlina-53-mm-tok-15a-2-sht-paket-bopp-11454" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-avtomobilniy-plastik-1sht-rexant-17865" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-avtomobilniy-plastik-uglovoy-1sht-rexant-17861" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoli-evro-iso-gnezdo-sdvoennoe-1sht-rexant-17867" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoli-evro-iso-2-gnezda-1sht-rexant-17863" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoli-evro-iso-shteker-sdvoenniy-1sht-rexant-17855" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-belyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zheltyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-siniy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zelenyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zelenyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-krasnyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-chernyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m0-75h5m1h3m1-50h3m2-50h2m-tsvet-provoda-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-75mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h2-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-00mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m0-75h5m1-50h3m2-50h2m-tsvet-provoda-chernyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-11-avtomobilnyy-razem-shteker-s-provodom-20sm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-21-avtomobilnyy-razem-gnezdo-s-provodom-20sm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-sdvoennoe-gnezdo-akustika-pitanie-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-2-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-3-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-sdvoennyy-shteker-akustika-pitanie-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenny-shteker-aziya-gnezdo-evropa-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-plastik-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-metall-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-plastik-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-1-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenny-shteker-evropa-gnezdo-aziya-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-metall-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-podklyucheniya-farkopa-universalnyy-7-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-gnezdo-antenny-dlya-avtomagnitoly-na-shnur-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-2-gnezda-akustika-pitanie-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-21-avtomobilnyy-razem-gnezdo-s-provodom-20sm-3-h-kontaktnyy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-11-avtomobilnyy-razem-shteker-s-provodom-20sm-3-h-kontaktnyy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-kruglyy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-mini-na-provode-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-15a-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-20a-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-25a-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-30a-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-20a-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-agu-kolba-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-30a-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-15a-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-plastikovoy-korobke-100-sht-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-10a-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-plastikovoy-korobke-100-sht-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-blistere-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-blistere-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-mini-vlagozashchishchennyy-na-provode-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-10a-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-25a-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mikro-korea-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-75mm-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-46mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlya-testera-15a-53mm-gnezdo-banana-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-pintset-50mm-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-kryuchok-40mm-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-55mm-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-52mm-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-40mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-50a-98mm-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7a-pws-150-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhimy-krokodil-5a-40mm-s-provodom-10-par-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-56mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7a-pws-265-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-10a-50mm-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-100a-105mm-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-53mm-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-250a-150mm-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-500a-200mm-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-3-gnezda-shnur-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-2-gnezda-shnur-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-2-gnezda-1husb-5v-1000ma-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-indikatorom-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-pod-vint-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-3m-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-5m-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-1-5m-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-1-5m-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-5m-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-knopkoy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-rexant-2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnezdo-avtoprikurivatelya-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-3m-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-indikatorom-1-sht-paket-proconnect" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-tv-aktivnaya-model-rx-504-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-aktivnaya-model-rx-503-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-passivnaya-model-rx-501-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-tv-aktivnaya-model-rx-502-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-2-metall-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-1-plastik-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-3-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-kolesa-205-225-mm-6-sht-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-kolesa-165-205-mm-2-sht-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-odnoryadnye-2-sht-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-odnoryadnye-6-sht-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-odnoryadnye-4-sht-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-odnoryadnye-6-sht-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-protivoskolzheniya-900x9mm-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-kolesa-205-225-mm-4-sht-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-kolesa-165-205-mm-4-sht-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-odnoryadnye-4-sht-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-kolesa-165-205-mm-6-sht-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-vnedorozhnikov-kolesa-235-285-mm-usilennye-4-sht-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-vnedorozhnikov-kolesa-235-285-mm-usilennye-6-sht-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-7t-6m-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-so-svetootrazhayushchey-lentoy-5t-4m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-2-5t-5m-s-dvumya-petlyami-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-2-5t-5m-s-dvumya-kryukami-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-2-5t-5m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-3-5t-5m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-7t-5m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-10t-5m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-3-5t-5m-s-dvumya-kryukami-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-so-svetootrazhayushchey-lentoy-5t-4m-s-dvumya-kryukami-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-10t-5m-s-dvumya-kryukami-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-10t-9m-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-5t-6m-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogruzhnoy-12v-35l-min-s-filtrom-51mm-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogruzhnoy-12v-35l-min-bez-filtra-51mm-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-10l-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-20l-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-5l-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogruzhnoy-12v-12-5l-min-bez-filtra-38mm-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-zhidkostey-plastikovaya-10l-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-5l-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-10l-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-20l-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-classic-dlya-gsm-i-tehnicheskih-zhidkostey-plastikovaya-20l-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/voronka-tehnicheskaya-dlya-gsm-135mm-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-gsm-i-tehnicheskih-zhidkostey-vertikalnaya-10l-plastikovaya-usilennaya-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-zhidkostey-plastikovaya-20l-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-gsm-i-tehnicheskih-zhidkostey-vertikalnaya-5l-plastikovaya-usilennaya-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-classic-dlya-gsm-i-tehnicheskih-zhidkostey-plastikovaya-5l-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-classic-dlya-gsm-i-tehnicheskih-zhidkostey-plastikovaya-10l-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-zhidkostey-plastikovaya-5l-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-gsm-i-tehnicheskih-zhidkostey-vertikalnaya-20l-plastikovaya-usilennaya-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-dlya-shin-1000h1150mm-30mkr-dlya-r-18-19-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-3-5m-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-2-5m-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-5m-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-styazhnoy-dlya-gruza-bagazhnyy-s-kryukami-i-hrapovym-mehanizmom-8h0-038m-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-6m-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-styazhnoy-dlya-gruza-bagazhnyy-s-kryukami-i-hrapovym-mehanizmom-5h0-038m-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-styazhnoy-dlya-gruza-bagazhnyy-s-kryukami-i-hrapovym-mehanizmom-10h0-038m-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-pod-detskoe-avtokreslo-s-karmanom-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-na-bamper-100h75sm-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-na-spinku-zadnego-sidenya-malyy-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-na-spinku-zadnego-sidenya-bolshoy-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karman-v-bagazhnik-na-lipuchke-universalnyy-25h20sm-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karman-v-bagazhnik-na-lipuchke-universalnyy-40h30sm-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-pod-detskoe-avtokreslo-so-spinkoy-i-karmanom-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-na-spinku-perednego-sidenya-60h50sm-tkan-oksford-chernaya-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-v-bagazhnik-1-otdelenie-23-litra-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-na-spinku-perednego-sidenya-60h50sm-pvh-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-v-bagazhnik-3-otdeleniya-65-litrov-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-6l-2-sloya-utepleniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-15l-2-sloya-utepleniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-20l-2-sloya-utepleniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-15l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-20l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-40l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-10l-2-sloya-utepleniya-s-karmanami-chetyre-sezona" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-45l-2-sloya-utepleniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-oranzhevaya-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-chernaya-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopata-avtomobilnaya-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40sm-300-grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h60sm-600-grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-v-kartonnoy-korobke-25h25sm-200-grm2-30-sht-v-korobke-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-so-skrebkom-540mm-myagkaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-so-skrebkom-635mm-myagkaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-opryskivatel-1-5l-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-64h43sm-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-plotnost-25h25sm-200-grm2-6-sht-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-200-grm2-10-sht-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-250-grm2-2-sht-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40-sm-250grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h40sm-600-grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-otryvnaya-25h25sm-200-grm2-30-sht-v-rulone-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-43h32sm-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-so-skrebkom-500mm-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vodosgon-270mm-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-opryskivatel-2l-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-l-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-m-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-m-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-xl-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-xl-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-m-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-xl-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-l-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-l-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uteplitel-dvigatelya-black-premium-dvoynoy-sloy-razmer-m-140h90sm-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uteplitel-dvigatelya-vlack-premium-dvoynoy-sloy-razmer-l-160h90sm-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-reziny-400ml-nanoprotech" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/himchistka-salona-avtomobilya-650ml-nanoprotech" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-dlya-plastika-400ml-nanoprotech" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-smazka-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-elektrokontaktov-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-antikor-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-izolyatsiya-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkiy-klyuch-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-podvizhnyh-detaley-dlya-velosipeda-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoklyuch-s-effektom-zamorozki-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-litievaya-520ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-bitumnyh-pyaten-i-sledov-nasekomyh-520ml-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/preobrazovatel-rzhavchiny-500ml-s-triggerom-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antizapotevatel-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-stekol-universalnyy-500ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-ruk-ochischayuschaya-550ml-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smyvka-kraski-520ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-silikonovaya-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-far-100ml-tuba-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antiskotch-210ml-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-520ml-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bystryy-start-520ml-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-210ml-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mednaya-smazka-520ml-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udalitel-sledov-nakleek-i-tonirovochnoy-plenki-antiskotch-aerozol-335ml-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-500ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-vysokotemperaturnaya-mednaya-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-alyuminievaya-210ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-udaleniya-tsarapin-antitsarapin-100ml-tuba-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-50ml-flakon-roll-on-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-520ml-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-kontaktov-520ml-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-tormozov-520ml-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-karbyuratora-aero-520ml-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-520ml-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kontaktov-210ml-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/movil-avtokonservant-520-ml-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-v-keyse-s-naborom-instrumentov-60-lmin-10-atm-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-40-lmin-7-atm-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-60-lmin-10-atm-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-75-lmin-10-atm-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-35-lmin-9-4-atm-220v-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-s-tsifrovym-manometrom-i-funktsiey-avtostop-60-lmin-10-atm-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-20t-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-8t-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-15t-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-10t-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-12t-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-50t-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-3t-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-5t-v-plastikovom-keyse-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-25t-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavki-pod-mashinu-reguliruemye-2t-2-sht-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavki-pod-mashinu-reguliruemye-3t-2-sht-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-1-5t-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-1t-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-2t-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-professionalnyy-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-s-vysokim-podemom-suv-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-2-5t-s-fiksatorom-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-2t-v-keyse-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-shinomontazhnyy-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-s-predohranitelem-pod-vint-1-sht-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-s-predohranitelem-pod-vint-1-sht-paket-bopp-proconnect" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-vilochnyy-krasnyy-1-sht-paket-bopp-proconnect" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-vilochnyy-chernyy-1-sht-paket-bopp-proconnect" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-75mm-tok-30a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-105mm-tok-100a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-56mm-tok-5a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-56mm-tok-5a-2-sht-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-150mm-tok-250a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-50mm-tok-10a-2-sht-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-52mm-tok-5a-2-sht-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-53mm-tok-15a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-75mm-tok-30a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-40mm-tok-5a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-50mm-tok-10a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-46mm-tok-5a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-98mm-tok-50a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-53mm-tok-15a-2-sht-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-avtomobilnyy-plastik-uglovoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-avtomobilnyy-plastik-1-sht-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoly-evro-iso-gnezdo-sdvoennoe-1sht-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoly-evro-iso-2-gnezda-1sht-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoly-evro-iso-shteker-sdvoennyy-1sht-rexant" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sidene-mehanika-rexant" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezhak-podkatnoy-remontnyy-rexant" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhki-pruzhin-380-mm-2-sht-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhki-pruzhin-270-mm-2-sht-rexant" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-dinamometricheskiy-12-28-210-nm-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obraznyy-250mm-s-golovkami-16mm-i-21mm-rexant" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plastikovyh-semnikov-11-predmetov-rexant" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-remennoy-60-140mm-rexant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-pistonov-9mm-rexant" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-56-110mm-ploskie-zahvaty-rexant" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-65-110mm-pryamye-zahvaty-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-tsepnoy-120mm-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obraznyy-s-kardannym-sharnirom-16h250mm-rexant" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obraznyy-s-kardannym-sharnirom-21h250mm-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-dinamometricheskiy-14-2-24-nm-rexant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisposoblenie-dlya-utaplivaniya-tormoznyh-tsilindrov-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisposoblenie-dlya-utaplivaniya-tormoznyh-tsilindrov-audi-vw-skoda-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-43-102mm-izognutye-zahvaty-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-lentochnyy-55-110mm-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lebedka-ruchnaya-2t-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lebedka-ruchnaya-4t-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-rezinovyh-kolets-419-predmetov-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-350mm-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-450mm-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-600mm-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-330mm-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-530mm-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-650mm-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-400mm-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-500mm-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-550mm-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-350mm-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-330mm-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-500mm-rexant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-530mm-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-400mm-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-450mm-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-550mm-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-600mm-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-650mm-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-650mm-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-330mm-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-400mm-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-530mm-rexant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-550mm-rexant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-600mm-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-350mm-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-450mm-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-500mm-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtovizitka-parkovochnaya-s-nomerom-telefona-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I462"/>
+  <dimension ref="A1:I461"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -3177,12980 +3171,12950 @@
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="3" t="s">
+      <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="3">
+        <v>1291.59</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>7550</v>
+        <v>832</v>
       </c>
       <c r="G6" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>250</v>
+        <v>1291.59</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>6847</v>
+        <v>526</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
+        <v>10</v>
+      </c>
+      <c r="I7" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>330</v>
+        <v>1291.59</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>845</v>
+        <v>438</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
+        <v>10</v>
+      </c>
+      <c r="I8" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>360</v>
+        <v>1291.59</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>5443</v>
+        <v>489</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
+        <v>10</v>
+      </c>
+      <c r="I9" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>490</v>
+        <v>1291.59</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>512</v>
+        <v>679</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
+        <v>10</v>
+      </c>
+      <c r="I10" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>490</v>
+        <v>915.3</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>1953</v>
+        <v>756</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
+        <v>10</v>
+      </c>
+      <c r="I11" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>88</v>
+        <v>915.3</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>1126</v>
+        <v>903</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>39.5</v>
+        <v>915.3</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F13" s="3">
-        <v>19400</v>
+        <v>272</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>32</v>
+        <v>915.3</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>12150</v>
+        <v>279</v>
       </c>
       <c r="G14" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>540</v>
+        <v>1561.1</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>632</v>
+        <v>446</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>8</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>142</v>
+        <v>1561.1</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F16" s="3">
-        <v>4347</v>
+        <v>250</v>
       </c>
       <c r="G16" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>240</v>
+        <v>8</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>290</v>
+        <v>2034</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>959</v>
+        <v>226</v>
       </c>
       <c r="G17" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
+        <v>6</v>
+      </c>
+      <c r="I17" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>58</v>
+        <v>2034</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>44600</v>
+        <v>705</v>
       </c>
       <c r="G18" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>6</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>50</v>
+        <v>3356.1</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>14200</v>
+        <v>171</v>
       </c>
       <c r="G19" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3">
+        <v>3356.1</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F20" s="3">
+        <v>236</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>4</v>
+      </c>
+      <c r="I20" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="C20" s="3">
-[...14 lines deleted...]
-      <c r="H20" s="3">
+      <c r="B21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C21" s="3">
+        <v>3356.1</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F21" s="3">
+        <v>203</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>4</v>
+      </c>
+      <c r="I21" s="3">
         <v>100</v>
       </c>
-      <c r="I20" s="3">
-[...14 lines deleted...]
-      <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>1887.76</v>
+        <v>915.3</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F22" s="3">
-        <v>105</v>
+        <v>343</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>420.2</v>
+        <v>1561.1</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>531</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>1337.41</v>
+        <v>2034</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F24" s="3">
-        <v>31</v>
+        <v>449</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>904.61</v>
+        <v>1561.1</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F25" s="3">
-        <v>369</v>
+        <v>1010</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="2" t="s">
+      <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="2"/>
-[...6 lines deleted...]
-      <c r="I26" s="2"/>
+      <c r="B26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="3">
+        <v>1561.1</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F26" s="3">
+        <v>465</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>8</v>
+      </c>
+      <c r="I26" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A27" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I27" s="2"/>
+      <c r="A27" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C27" s="3">
+        <v>1561.1</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F27" s="3">
+        <v>348</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>8</v>
+      </c>
+      <c r="I27" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>11800</v>
+        <v>2034</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>199</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>2900</v>
+        <v>2034</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>1059</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>3100</v>
+        <v>2034</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>357</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>4400</v>
+        <v>3356.1</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F31" s="3">
-        <v>96</v>
+        <v>665</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>5750</v>
+        <v>3356.1</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F32" s="3">
-        <v>155</v>
+        <v>115</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>2080</v>
+        <v>1291.59</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>1415</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>3490</v>
+        <v>915.3</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F34" s="3">
-        <v>187</v>
+        <v>762</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>3600</v>
+        <v>3356.1</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F35" s="3">
-        <v>69</v>
+        <v>123</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>4</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A36" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A37" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I37" s="2"/>
+      <c r="A37" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C37" s="3">
+        <v>26.36</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F37" s="3">
+        <v>1800</v>
+      </c>
+      <c r="G37" s="3">
+        <v>200</v>
+      </c>
+      <c r="H37" s="3">
+        <v>200</v>
+      </c>
+      <c r="I37" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>3670</v>
+        <v>26.36</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F38" s="3">
-        <v>285</v>
+        <v>1400</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H38" s="3">
-        <v>2</v>
+        <v>200</v>
       </c>
       <c r="I38" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>4410</v>
+        <v>26.36</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F39" s="3">
-        <v>135</v>
+        <v>1600</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H39" s="3">
-        <v>2</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I40" s="2"/>
+      <c r="A40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="3">
+        <v>19.32</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F40" s="3">
+        <v>2000</v>
+      </c>
+      <c r="G40" s="3">
+        <v>500</v>
+      </c>
+      <c r="H40" s="3">
+        <v>500</v>
+      </c>
+      <c r="I40" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>1920</v>
+        <v>19.32</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>1500</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H41" s="3">
-        <v>8</v>
+        <v>500</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>1600</v>
+        <v>19.32</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H42" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>2600</v>
+        <v>35.98</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G43" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H43" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A44" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I44" s="2"/>
+      <c r="A44" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C44" s="3">
+        <v>35.98</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F44" s="3">
+        <v>200</v>
+      </c>
+      <c r="G44" s="3">
+        <v>200</v>
+      </c>
+      <c r="H44" s="3">
+        <v>200</v>
+      </c>
+      <c r="I44" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>20200</v>
+        <v>26.36</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H45" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>8700</v>
+        <v>26.36</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>2580</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H46" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>5500</v>
+        <v>19.32</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>1500</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H47" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>17100</v>
+        <v>19.32</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>3500</v>
       </c>
       <c r="G48" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H48" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>11700</v>
+        <v>19.32</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F49" s="3">
-        <v>2</v>
+        <v>1500</v>
       </c>
       <c r="G49" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H49" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A50" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I50" s="2"/>
+      <c r="A50" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C50" s="3">
+        <v>35.98</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F50" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G50" s="3">
+        <v>200</v>
+      </c>
+      <c r="H50" s="3">
+        <v>200</v>
+      </c>
+      <c r="I50" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A51" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I51" s="2"/>
+      <c r="A51" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C51" s="3">
+        <v>35.98</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F51" s="3">
+        <v>980</v>
+      </c>
+      <c r="G51" s="3">
+        <v>200</v>
+      </c>
+      <c r="H51" s="3">
+        <v>200</v>
+      </c>
+      <c r="I51" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>3750</v>
+        <v>35.98</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H52" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I53" s="2"/>
+      <c r="A53" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="C53" s="3">
+        <v>35.98</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F53" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G53" s="3">
+        <v>200</v>
+      </c>
+      <c r="H53" s="3">
+        <v>200</v>
+      </c>
+      <c r="I53" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A54" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A54" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>675</v>
+        <v>542.06</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F55" s="3">
-        <v>359</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>800</v>
+        <v>454.48</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F56" s="3">
-        <v>419</v>
+        <v>1983</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>50</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>980</v>
+        <v>488.16</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F57" s="3">
-        <v>438</v>
+        <v>93</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>400</v>
+        <v>859.36</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>109</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C59" s="3">
+        <v>1169.55</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>1900</v>
+        <v>559.35</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>1600</v>
+        <v>542.06</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F61" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A62" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A62" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>740</v>
+        <v>346.84</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F63" s="3">
-        <v>275</v>
+        <v>90</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I63" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>880</v>
+        <v>219.58</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F64" s="3">
-        <v>335</v>
+        <v>28</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I64" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>250</v>
+        <v>142.09</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F65" s="3">
         <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>2730</v>
+        <v>251.16</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
+        <v>25</v>
+      </c>
+      <c r="I66" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>170</v>
+        <v>227.24</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F67" s="3">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>450</v>
+        <v>442.52</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>81</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>2210</v>
+        <v>657.8</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F69" s="3">
-        <v>637</v>
+        <v>29</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
+        <v>25</v>
+      </c>
+      <c r="I69" s="3">
         <v>10</v>
       </c>
-      <c r="I69" s="3">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A70" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I70" s="2"/>
+      <c r="A70" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C70" s="3">
+        <v>346.84</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F70" s="3">
+        <v>100</v>
+      </c>
+      <c r="G70" s="3">
+        <v>1</v>
+      </c>
+      <c r="H70" s="3">
+        <v>25</v>
+      </c>
+      <c r="I70" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>1050</v>
+        <v>251.16</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I71" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A72" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I72" s="2"/>
+      <c r="A72" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C72" s="3">
+        <v>657.8</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F72" s="3">
+        <v>21</v>
+      </c>
+      <c r="G72" s="3">
+        <v>1</v>
+      </c>
+      <c r="H72" s="3">
+        <v>5</v>
+      </c>
+      <c r="I72" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>2700</v>
+        <v>116.25</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F73" s="3">
-        <v>362</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I73" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>1500</v>
+        <v>165.05</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F74" s="3">
-        <v>458</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
+        <v>20</v>
+      </c>
+      <c r="I74" s="3">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C75" s="3">
+        <v>116.25</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F75" s="3">
+        <v>0</v>
+      </c>
+      <c r="G75" s="3">
+        <v>1</v>
+      </c>
+      <c r="H75" s="3">
+        <v>20</v>
+      </c>
+      <c r="I75" s="3">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="C76" s="3">
+        <v>219.58</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F76" s="3">
+        <v>0</v>
+      </c>
+      <c r="G76" s="3">
+        <v>1</v>
+      </c>
+      <c r="H76" s="3">
+        <v>25</v>
+      </c>
+      <c r="I76" s="3">
         <v>10</v>
       </c>
-      <c r="I74" s="3">
-[...27 lines deleted...]
-      <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>195</v>
+        <v>142.09</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F77" s="3">
-        <v>736</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>250</v>
+        <v>165.05</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F78" s="3">
-        <v>827</v>
+        <v>157</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>279</v>
+        <v>322.92</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F79" s="3">
-        <v>442</v>
+        <v>13</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I79" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>195</v>
+        <v>322.92</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F80" s="3">
-        <v>315</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I80" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>218.5</v>
+        <v>227.24</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F81" s="3">
-        <v>895</v>
+        <v>196</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I81" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>195</v>
+        <v>442.52</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F82" s="3">
-        <v>813</v>
+        <v>92</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I82" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A83" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A83" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" s="2"/>
+      <c r="C83" s="2"/>
+      <c r="D83" s="2"/>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2"/>
+      <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="C84" s="3">
-        <v>230</v>
+        <v>181.26</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F84" s="3">
-        <v>586</v>
+        <v>630</v>
       </c>
       <c r="G84" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H84" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I84" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="C85" s="3">
-        <v>245</v>
+        <v>181.03</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F85" s="3">
-        <v>212</v>
+        <v>460</v>
       </c>
       <c r="G85" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H85" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I85" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A86" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I86" s="2"/>
+      <c r="A86" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C86" s="3">
+        <v>157.64</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F86" s="3">
+        <v>5170</v>
+      </c>
+      <c r="G86" s="3">
+        <v>10</v>
+      </c>
+      <c r="H86" s="3">
+        <v>250</v>
+      </c>
+      <c r="I86" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="C87" s="3">
-        <v>213</v>
+        <v>27.46</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F87" s="3">
-        <v>1954</v>
+        <v>2200</v>
       </c>
       <c r="G87" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H87" s="3">
-        <v>50</v>
+        <v>2500</v>
       </c>
       <c r="I87" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="C88" s="3">
-        <v>247</v>
+        <v>8.66</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F88" s="3">
-        <v>640</v>
+        <v>28600</v>
       </c>
       <c r="G88" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H88" s="3">
-        <v>50</v>
+        <v>5000</v>
       </c>
       <c r="I88" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>170</v>
+        <v>181</v>
       </c>
       <c r="C89" s="3">
-        <v>237</v>
+        <v>157.64</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F89" s="3">
-        <v>742</v>
+        <v>5590</v>
       </c>
       <c r="G89" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I89" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>172</v>
+        <v>183</v>
       </c>
       <c r="C90" s="3">
-        <v>280</v>
+        <v>29.49</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F90" s="3">
-        <v>1053</v>
+        <v>3300</v>
       </c>
       <c r="G90" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H90" s="3">
-        <v>50</v>
+        <v>2500</v>
       </c>
       <c r="I90" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>256</v>
+        <v>294.93</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F91" s="3">
-        <v>2695</v>
+        <v>2340</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="C92" s="3">
-        <v>237</v>
+        <v>594.94</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F92" s="3">
-        <v>2221</v>
+        <v>2593</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>237</v>
+        <v>340.7</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F93" s="3">
-        <v>191</v>
+        <v>1763</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C94" s="3">
-        <v>213</v>
+        <v>20.34</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F94" s="3">
-        <v>1</v>
+        <v>17900</v>
       </c>
       <c r="G94" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H94" s="3">
-        <v>50</v>
+        <v>5000</v>
       </c>
       <c r="I94" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>213</v>
+        <v>25.21</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F95" s="3">
-        <v>340</v>
+        <v>2000</v>
       </c>
       <c r="G95" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H95" s="3">
-        <v>50</v>
+        <v>2500</v>
       </c>
       <c r="I95" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A96" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I96" s="2"/>
+      <c r="A96" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C96" s="3">
+        <v>381.37</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F96" s="3">
+        <v>1814</v>
+      </c>
+      <c r="G96" s="3">
+        <v>1</v>
+      </c>
+      <c r="H96" s="3">
+        <v>100</v>
+      </c>
+      <c r="I96" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>184</v>
+        <v>196</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>185</v>
+        <v>197</v>
       </c>
       <c r="C97" s="3">
-        <v>400</v>
+        <v>1174.64</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F97" s="3">
-        <v>499</v>
+        <v>1147</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>50</v>
       </c>
       <c r="I97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>186</v>
+        <v>198</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="C98" s="3">
-        <v>455</v>
+        <v>28.01</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F98" s="3">
-        <v>373</v>
+        <v>18350</v>
       </c>
       <c r="G98" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H98" s="3">
-        <v>50</v>
+        <v>2500</v>
       </c>
       <c r="I98" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>189</v>
+        <v>201</v>
       </c>
       <c r="C99" s="3">
-        <v>400</v>
+        <v>152.55</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F99" s="3">
-        <v>1086</v>
+        <v>9990</v>
       </c>
       <c r="G99" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I99" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>190</v>
+        <v>202</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>191</v>
+        <v>203</v>
       </c>
       <c r="C100" s="3">
-        <v>455</v>
+        <v>239</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F100" s="3">
-        <v>358</v>
+        <v>60</v>
       </c>
       <c r="G100" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>193</v>
+        <v>205</v>
       </c>
       <c r="C101" s="3">
-        <v>462</v>
+        <v>231.88</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F101" s="3">
-        <v>894</v>
+        <v>70</v>
       </c>
       <c r="G101" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I101" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A102" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A102" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="B102" s="2"/>
+      <c r="C102" s="2"/>
+      <c r="D102" s="2"/>
+      <c r="E102" s="2"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="2"/>
+      <c r="H102" s="2"/>
+      <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>197</v>
+        <v>208</v>
       </c>
       <c r="C103" s="3">
-        <v>450</v>
+        <v>30.46</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F103" s="3">
-        <v>1089</v>
+        <v>15550</v>
       </c>
       <c r="G103" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H103" s="3">
-        <v>50</v>
+        <v>1200</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>199</v>
+        <v>210</v>
       </c>
       <c r="C104" s="3">
-        <v>485</v>
+        <v>81.36</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F104" s="3">
-        <v>789</v>
+        <v>17072</v>
       </c>
       <c r="G104" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H104" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="C105" s="3">
-        <v>400</v>
+        <v>4.03</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F105" s="3">
-        <v>589</v>
+        <v>3100</v>
       </c>
       <c r="G105" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H105" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I105" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="C106" s="3">
+        <v>4.03</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F106" s="3">
+        <v>27300</v>
+      </c>
+      <c r="G106" s="3">
         <v>50</v>
       </c>
-      <c r="I105" s="3">
-[...14 lines deleted...]
-      <c r="I106" s="2"/>
+      <c r="H106" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I106" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>204</v>
+        <v>216</v>
       </c>
       <c r="C107" s="3">
-        <v>140</v>
+        <v>1.92</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F107" s="3">
-        <v>0</v>
+        <v>39150</v>
       </c>
       <c r="G107" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H107" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A108" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I108" s="2"/>
+      <c r="A108" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="C108" s="3">
+        <v>2.14</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F108" s="3">
+        <v>31350</v>
+      </c>
+      <c r="G108" s="3">
+        <v>50</v>
+      </c>
+      <c r="H108" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I108" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I109" s="2"/>
+      <c r="A109" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="C109" s="3">
+        <v>4.39</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F109" s="3">
+        <v>17600</v>
+      </c>
+      <c r="G109" s="3">
+        <v>50</v>
+      </c>
+      <c r="H109" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I109" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>207</v>
+        <v>221</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="C110" s="3">
-        <v>590</v>
+        <v>249.17</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F110" s="3">
-        <v>0</v>
+        <v>1719</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I110" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I111" s="2"/>
+      <c r="A111" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C111" s="3">
+        <v>208.49</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F111" s="3">
+        <v>1210</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I111" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="C112" s="3">
-        <v>805.94</v>
+        <v>4.39</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F112" s="3">
-        <v>26</v>
+        <v>19150</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H112" s="3">
-        <v>12</v>
+        <v>10000</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A113" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I113" s="2"/>
+      <c r="A113" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C113" s="3">
+        <v>73.22</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F113" s="3">
+        <v>26000</v>
+      </c>
+      <c r="G113" s="3">
+        <v>50</v>
+      </c>
+      <c r="H113" s="3">
+        <v>500</v>
+      </c>
+      <c r="I113" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>213</v>
+        <v>229</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="C114" s="3">
-        <v>580</v>
+        <v>4.39</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>69300</v>
       </c>
       <c r="G114" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H114" s="3">
-        <v>12</v>
+        <v>10000</v>
       </c>
       <c r="I114" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A115" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I115" s="2"/>
+      <c r="A115" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C115" s="3">
+        <v>559.35</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F115" s="3">
+        <v>424</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1</v>
+      </c>
+      <c r="H115" s="3">
+        <v>100</v>
+      </c>
+      <c r="I115" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>216</v>
+        <v>233</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>217</v>
+        <v>234</v>
       </c>
       <c r="C116" s="3">
-        <v>480</v>
+        <v>73.22</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F116" s="3">
-        <v>12</v>
+        <v>19950</v>
       </c>
       <c r="G116" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H116" s="3">
-        <v>12</v>
+        <v>500</v>
       </c>
       <c r="I116" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>218</v>
+        <v>235</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>219</v>
+        <v>236</v>
       </c>
       <c r="C117" s="3">
-        <v>500</v>
+        <v>208.49</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F117" s="3">
-        <v>0</v>
+        <v>352</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>12</v>
+        <v>5000</v>
       </c>
       <c r="I117" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>220</v>
+        <v>237</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>221</v>
+        <v>238</v>
       </c>
       <c r="C118" s="3">
-        <v>467.21</v>
+        <v>4.39</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F118" s="3">
-        <v>0</v>
+        <v>22249</v>
       </c>
       <c r="G118" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H118" s="3">
-        <v>12</v>
+        <v>10000</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>222</v>
+        <v>239</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>223</v>
+        <v>240</v>
       </c>
       <c r="C119" s="3">
-        <v>502.25</v>
+        <v>589.86</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F119" s="3">
-        <v>89</v>
+        <v>685</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I119" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>224</v>
+        <v>241</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>225</v>
+        <v>242</v>
       </c>
       <c r="C120" s="3">
-        <v>546.9</v>
+        <v>74.24</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F120" s="3">
-        <v>214</v>
+        <v>8985</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>12</v>
+        <v>500</v>
       </c>
       <c r="I120" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>226</v>
+        <v>243</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>227</v>
+        <v>244</v>
       </c>
       <c r="C121" s="3">
-        <v>467.21</v>
+        <v>73.22</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F121" s="3">
-        <v>22</v>
+        <v>9912</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>12</v>
+        <v>500</v>
       </c>
       <c r="I121" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="C122" s="3">
-        <v>550</v>
+        <v>147.47</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F122" s="3">
-        <v>86</v>
+        <v>1765</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>12</v>
+        <v>500</v>
       </c>
       <c r="I122" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A123" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I123" s="2"/>
+      <c r="A123" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="C123" s="3">
+        <v>4.03</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F123" s="3">
+        <v>34250</v>
+      </c>
+      <c r="G123" s="3">
+        <v>50</v>
+      </c>
+      <c r="H123" s="3">
+        <v>12000</v>
+      </c>
+      <c r="I123" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>231</v>
+        <v>249</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>232</v>
+        <v>250</v>
       </c>
       <c r="C124" s="3">
-        <v>345.6</v>
+        <v>4.39</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F124" s="3">
-        <v>745</v>
+        <v>17300</v>
       </c>
       <c r="G124" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H124" s="3">
-        <v>18</v>
+        <v>10000</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>233</v>
+        <v>251</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>234</v>
+        <v>252</v>
       </c>
       <c r="C125" s="3">
-        <v>300</v>
+        <v>208.49</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F125" s="3">
-        <v>953</v>
+        <v>387</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>20</v>
+        <v>5000</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>235</v>
+        <v>253</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>236</v>
+        <v>254</v>
       </c>
       <c r="C126" s="3">
-        <v>250</v>
+        <v>89.5</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F126" s="3">
-        <v>1998</v>
+        <v>1418</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>12</v>
+        <v>300</v>
       </c>
       <c r="I126" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A127" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A127" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="B127" s="2"/>
+      <c r="C127" s="2"/>
+      <c r="D127" s="2"/>
+      <c r="E127" s="2"/>
+      <c r="F127" s="2"/>
+      <c r="G127" s="2"/>
+      <c r="H127" s="2"/>
+      <c r="I127" s="2"/>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>240</v>
+        <v>257</v>
       </c>
       <c r="C128" s="3">
-        <v>160</v>
+        <v>12.31</v>
       </c>
       <c r="D128" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F128" s="3">
-        <v>1515</v>
+        <v>109950</v>
       </c>
       <c r="G128" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H128" s="3">
-        <v>6</v>
+        <v>2000</v>
       </c>
       <c r="I128" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>241</v>
+        <v>258</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>242</v>
+        <v>259</v>
       </c>
       <c r="C129" s="3">
-        <v>385</v>
+        <v>5.39</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F129" s="3">
-        <v>1004</v>
+        <v>30800</v>
       </c>
       <c r="G129" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H129" s="3">
-        <v>12</v>
+        <v>5000</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>243</v>
+        <v>260</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>244</v>
+        <v>261</v>
       </c>
       <c r="C130" s="3">
-        <v>415</v>
+        <v>109.84</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F130" s="3">
-        <v>0</v>
+        <v>4504</v>
       </c>
       <c r="G130" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H130" s="3">
-        <v>12</v>
+        <v>2000</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>245</v>
+        <v>262</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>246</v>
+        <v>263</v>
       </c>
       <c r="C131" s="3">
-        <v>241.5</v>
+        <v>46.27</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F131" s="3">
-        <v>1930</v>
+        <v>3240</v>
       </c>
       <c r="G131" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H131" s="3">
-        <v>12</v>
+        <v>4000</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>247</v>
+        <v>264</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>248</v>
+        <v>265</v>
       </c>
       <c r="C132" s="3">
-        <v>375</v>
+        <v>46.27</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F132" s="3">
-        <v>1197</v>
+        <v>6030</v>
       </c>
       <c r="G132" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H132" s="3">
-        <v>12</v>
+        <v>2000</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>249</v>
+        <v>266</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>250</v>
+        <v>267</v>
       </c>
       <c r="C133" s="3">
-        <v>345</v>
+        <v>9.36</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F133" s="3">
-        <v>833</v>
+        <v>81800</v>
       </c>
       <c r="G133" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H133" s="3">
-        <v>12</v>
+        <v>5000</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>251</v>
+        <v>268</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>252</v>
+        <v>269</v>
       </c>
       <c r="C134" s="3">
-        <v>250</v>
+        <v>7.32</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F134" s="3">
-        <v>861</v>
+        <v>95200</v>
       </c>
       <c r="G134" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H134" s="3">
-        <v>12</v>
+        <v>5000</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>253</v>
+        <v>270</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>254</v>
+        <v>271</v>
       </c>
       <c r="C135" s="3">
-        <v>390</v>
+        <v>5.08</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F135" s="3">
-        <v>2893</v>
+        <v>74100</v>
       </c>
       <c r="G135" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H135" s="3">
-        <v>12</v>
+        <v>5000</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>255</v>
+        <v>272</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>256</v>
+        <v>273</v>
       </c>
       <c r="C136" s="3">
-        <v>252</v>
+        <v>32.54</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F136" s="3">
-        <v>1510</v>
+        <v>57799</v>
       </c>
       <c r="G136" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H136" s="3">
-        <v>12</v>
+        <v>500</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>257</v>
+        <v>274</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="C137" s="3">
-        <v>540</v>
+        <v>1667.88</v>
       </c>
       <c r="D137" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>15</v>
+        <v>276</v>
       </c>
       <c r="F137" s="3">
-        <v>998</v>
+        <v>95</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>259</v>
+        <v>277</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>260</v>
+        <v>278</v>
       </c>
       <c r="C138" s="3">
-        <v>262.5</v>
+        <v>2034</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>15</v>
+        <v>276</v>
       </c>
       <c r="F138" s="3">
-        <v>552</v>
+        <v>15</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>261</v>
+        <v>279</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>262</v>
+        <v>280</v>
       </c>
       <c r="C139" s="3">
-        <v>459</v>
+        <v>3519.81</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F139" s="3">
-        <v>364</v>
+        <v>27</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>263</v>
+        <v>281</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>264</v>
+        <v>282</v>
       </c>
       <c r="C140" s="3">
-        <v>345.6</v>
+        <v>233.91</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F140" s="3">
-        <v>943</v>
+        <v>9540</v>
       </c>
       <c r="G140" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H140" s="3">
-        <v>18</v>
+        <v>250</v>
       </c>
       <c r="I140" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>265</v>
+        <v>283</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>266</v>
+        <v>284</v>
       </c>
       <c r="C141" s="3">
-        <v>340</v>
+        <v>7.73</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F141" s="3">
-        <v>660</v>
+        <v>23000</v>
       </c>
       <c r="G141" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H141" s="3">
-        <v>12</v>
+        <v>5000</v>
       </c>
       <c r="I141" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>267</v>
+        <v>285</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>268</v>
+        <v>286</v>
       </c>
       <c r="C142" s="3">
-        <v>410</v>
+        <v>14.64</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F142" s="3">
-        <v>1920</v>
+        <v>235999</v>
       </c>
       <c r="G142" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H142" s="3">
-        <v>12</v>
+        <v>1000</v>
       </c>
       <c r="I142" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>269</v>
+        <v>287</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>270</v>
+        <v>288</v>
       </c>
       <c r="C143" s="3">
-        <v>312</v>
+        <v>32.04</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F143" s="3">
-        <v>442</v>
+        <v>20900</v>
       </c>
       <c r="G143" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H143" s="3">
-        <v>12</v>
+        <v>1000</v>
       </c>
       <c r="I143" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>271</v>
+        <v>289</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>272</v>
+        <v>290</v>
       </c>
       <c r="C144" s="3">
-        <v>370</v>
+        <v>5028.29</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F144" s="3">
-        <v>649</v>
+        <v>25</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="C145" s="3">
-        <v>247</v>
+        <v>11.39</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F145" s="3">
-        <v>1787</v>
+        <v>77800</v>
       </c>
       <c r="G145" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H145" s="3">
-        <v>15</v>
+        <v>2000</v>
       </c>
       <c r="I145" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="C146" s="3">
-        <v>400</v>
+        <v>55.94</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F146" s="3">
-        <v>896</v>
+        <v>42650</v>
       </c>
       <c r="G146" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H146" s="3">
-        <v>6</v>
+        <v>500</v>
       </c>
       <c r="I146" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>278</v>
+        <v>296</v>
       </c>
       <c r="C147" s="3">
-        <v>160</v>
+        <v>8.64</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F147" s="3">
-        <v>0</v>
+        <v>59800</v>
       </c>
       <c r="G147" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H147" s="3">
-        <v>15</v>
+        <v>5000</v>
       </c>
       <c r="I147" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>279</v>
+        <v>297</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>280</v>
+        <v>298</v>
       </c>
       <c r="C148" s="3">
-        <v>198</v>
+        <v>106.79</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F148" s="3">
-        <v>885</v>
+        <v>26430</v>
       </c>
       <c r="G148" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H148" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I148" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>282</v>
+        <v>300</v>
       </c>
       <c r="C149" s="3">
-        <v>250</v>
+        <v>813.6</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>15</v>
+        <v>276</v>
       </c>
       <c r="F149" s="3">
-        <v>1069</v>
+        <v>165</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I149" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>283</v>
+        <v>301</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>284</v>
+        <v>302</v>
       </c>
       <c r="C150" s="3">
-        <v>425</v>
+        <v>1037.34</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>15</v>
+        <v>276</v>
       </c>
       <c r="F150" s="3">
-        <v>783</v>
+        <v>595</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I150" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>285</v>
+        <v>303</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>286</v>
+        <v>304</v>
       </c>
       <c r="C151" s="3">
-        <v>330</v>
+        <v>310.19</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F151" s="3">
-        <v>0</v>
+        <v>2124</v>
       </c>
       <c r="G151" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H151" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I151" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A152" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A152" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="B152" s="2"/>
+      <c r="C152" s="2"/>
+      <c r="D152" s="2"/>
+      <c r="E152" s="2"/>
+      <c r="F152" s="2"/>
+      <c r="G152" s="2"/>
+      <c r="H152" s="2"/>
+      <c r="I152" s="2"/>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A153" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A153" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="B153" s="2"/>
+      <c r="C153" s="2"/>
+      <c r="D153" s="2"/>
+      <c r="E153" s="2"/>
+      <c r="F153" s="2"/>
+      <c r="G153" s="2"/>
+      <c r="H153" s="2"/>
+      <c r="I153" s="2"/>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>291</v>
+        <v>307</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>292</v>
+        <v>308</v>
       </c>
       <c r="C154" s="3">
-        <v>470</v>
+        <v>294.93</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F154" s="3">
-        <v>719</v>
+        <v>685</v>
       </c>
       <c r="G154" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H154" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>294</v>
+        <v>310</v>
       </c>
       <c r="C155" s="3">
-        <v>180</v>
+        <v>223.74</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F155" s="3">
-        <v>2096</v>
+        <v>440</v>
       </c>
       <c r="G155" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H155" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="I155" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A156" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I156" s="2"/>
+      <c r="A156" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B156" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="C156" s="3">
+        <v>549.18</v>
+      </c>
+      <c r="D156" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F156" s="3">
+        <v>201</v>
+      </c>
+      <c r="G156" s="3">
+        <v>10</v>
+      </c>
+      <c r="H156" s="3">
+        <v>200</v>
+      </c>
+      <c r="I156" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A157" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I157" s="2"/>
+      <c r="A157" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C157" s="3">
+        <v>58.99</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F157" s="3">
+        <v>36700</v>
+      </c>
+      <c r="G157" s="3">
+        <v>50</v>
+      </c>
+      <c r="H157" s="3">
+        <v>500</v>
+      </c>
+      <c r="I157" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A158" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I158" s="2"/>
+      <c r="A158" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B158" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="C158" s="3">
+        <v>111.87</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F158" s="3">
+        <v>7100</v>
+      </c>
+      <c r="G158" s="3">
+        <v>50</v>
+      </c>
+      <c r="H158" s="3">
+        <v>500</v>
+      </c>
+      <c r="I158" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>298</v>
+        <v>317</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>299</v>
+        <v>318</v>
       </c>
       <c r="C159" s="3">
-        <v>1270</v>
+        <v>366.12</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F159" s="3">
-        <v>1100</v>
+        <v>2718</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I159" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>301</v>
+        <v>319</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>302</v>
+        <v>320</v>
       </c>
       <c r="C160" s="3">
-        <v>1535</v>
+        <v>498.33</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F160" s="3">
-        <v>489</v>
+        <v>1561</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I160" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>303</v>
+        <v>321</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>304</v>
+        <v>322</v>
       </c>
       <c r="C161" s="3">
-        <v>3300</v>
+        <v>244.08</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F161" s="3">
-        <v>173</v>
+        <v>2960</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I161" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>305</v>
+        <v>323</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>306</v>
+        <v>324</v>
       </c>
       <c r="C162" s="3">
-        <v>900</v>
+        <v>32.54</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F162" s="3">
-        <v>830</v>
+        <v>6600</v>
       </c>
       <c r="G162" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H162" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I162" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>307</v>
+        <v>325</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>308</v>
+        <v>326</v>
       </c>
       <c r="C163" s="3">
-        <v>900</v>
+        <v>254.25</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F163" s="3">
-        <v>489</v>
+        <v>8760</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I163" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>309</v>
+        <v>327</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>310</v>
+        <v>328</v>
       </c>
       <c r="C164" s="3">
-        <v>900</v>
+        <v>498.33</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F164" s="3">
-        <v>494</v>
+        <v>1673</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I164" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>312</v>
+        <v>330</v>
       </c>
       <c r="C165" s="3">
-        <v>1535</v>
+        <v>144.41</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F165" s="3">
-        <v>1098</v>
+        <v>4327</v>
       </c>
       <c r="G165" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H165" s="3">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="I165" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>313</v>
+        <v>331</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="C166" s="3">
-        <v>2000</v>
+        <v>50.85</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F166" s="3">
-        <v>1757</v>
+        <v>6100</v>
       </c>
       <c r="G166" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H166" s="3">
-        <v>6</v>
+        <v>500</v>
       </c>
       <c r="I166" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>315</v>
+        <v>332</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="C167" s="3">
-        <v>2000</v>
+        <v>40.17</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F167" s="3">
-        <v>529</v>
+        <v>16800</v>
       </c>
       <c r="G167" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H167" s="3">
-        <v>6</v>
+        <v>1000</v>
       </c>
       <c r="I167" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>317</v>
+        <v>334</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="C168" s="3">
-        <v>3300</v>
+        <v>335.61</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F168" s="3">
-        <v>324</v>
+        <v>1458</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I168" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>319</v>
+        <v>336</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>320</v>
+        <v>337</v>
       </c>
       <c r="C169" s="3">
-        <v>1535</v>
+        <v>89.5</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>300</v>
+        <v>338</v>
       </c>
       <c r="F169" s="3">
-        <v>595</v>
+        <v>881</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I169" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A170" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A170" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="B170" s="2"/>
+      <c r="C170" s="2"/>
+      <c r="D170" s="2"/>
+      <c r="E170" s="2"/>
+      <c r="F170" s="2"/>
+      <c r="G170" s="2"/>
+      <c r="H170" s="2"/>
+      <c r="I170" s="2"/>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>323</v>
+        <v>340</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>324</v>
+        <v>341</v>
       </c>
       <c r="C171" s="3">
-        <v>1270</v>
+        <v>1919.85</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F171" s="3">
-        <v>1379</v>
+        <v>63</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I171" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>325</v>
+        <v>342</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>326</v>
+        <v>343</v>
       </c>
       <c r="C172" s="3">
-        <v>1270</v>
+        <v>1360.15</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F172" s="3">
-        <v>858</v>
+        <v>0</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I172" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>327</v>
+        <v>344</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>328</v>
+        <v>345</v>
       </c>
       <c r="C173" s="3">
-        <v>1270</v>
+        <v>427.34</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F173" s="3">
-        <v>1031</v>
+        <v>3438</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I173" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>329</v>
+        <v>346</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>330</v>
+        <v>347</v>
       </c>
       <c r="C174" s="3">
-        <v>1270</v>
+        <v>919.99</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F174" s="3">
-        <v>838</v>
+        <v>434</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I174" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A175" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A175" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="B175" s="2"/>
+      <c r="C175" s="2"/>
+      <c r="D175" s="2"/>
+      <c r="E175" s="2"/>
+      <c r="F175" s="2"/>
+      <c r="G175" s="2"/>
+      <c r="H175" s="2"/>
+      <c r="I175" s="2"/>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A176" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A176" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="B176" s="2"/>
+      <c r="C176" s="2"/>
+      <c r="D176" s="2"/>
+      <c r="E176" s="2"/>
+      <c r="F176" s="2"/>
+      <c r="G176" s="2"/>
+      <c r="H176" s="2"/>
+      <c r="I176" s="2"/>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="C177" s="3">
-        <v>900</v>
+        <v>66.1</v>
       </c>
       <c r="D177" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F177" s="3">
         <v>300</v>
       </c>
-      <c r="F177" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G177" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H177" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I177" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>337</v>
+        <v>352</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="C178" s="3">
-        <v>1535</v>
+        <v>71.19</v>
       </c>
       <c r="D178" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F178" s="3">
-        <v>1160</v>
+        <v>15450</v>
       </c>
       <c r="G178" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H178" s="3">
-        <v>8</v>
+        <v>1000</v>
       </c>
       <c r="I178" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="C179" s="3">
-        <v>1535</v>
+        <v>74.24</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F179" s="3">
-        <v>483</v>
+        <v>3450</v>
       </c>
       <c r="G179" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H179" s="3">
-        <v>8</v>
+        <v>500</v>
       </c>
       <c r="I179" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A180" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A180" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="B180" s="2"/>
+      <c r="C180" s="2"/>
+      <c r="D180" s="2"/>
+      <c r="E180" s="2"/>
+      <c r="F180" s="2"/>
+      <c r="G180" s="2"/>
+      <c r="H180" s="2"/>
+      <c r="I180" s="2"/>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>343</v>
+        <v>357</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>344</v>
+        <v>358</v>
       </c>
       <c r="C181" s="3">
-        <v>2000</v>
+        <v>3752.73</v>
       </c>
       <c r="D181" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>300</v>
+        <v>338</v>
       </c>
       <c r="F181" s="3">
-        <v>1996</v>
+        <v>0</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
+        <v>8</v>
+      </c>
+      <c r="I181" s="3">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>345</v>
+        <v>359</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>346</v>
+        <v>360</v>
       </c>
       <c r="C182" s="3">
-        <v>2000</v>
+        <v>1462.95</v>
       </c>
       <c r="D182" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>300</v>
+        <v>338</v>
       </c>
       <c r="F182" s="3">
-        <v>623</v>
+        <v>0</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="I182" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>347</v>
+        <v>361</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>348</v>
+        <v>362</v>
       </c>
       <c r="C183" s="3">
-        <v>2000</v>
+        <v>1067.85</v>
       </c>
       <c r="D183" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>300</v>
+        <v>338</v>
       </c>
       <c r="F183" s="3">
-        <v>701</v>
+        <v>0</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="I183" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>349</v>
+        <v>363</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>350</v>
+        <v>364</v>
       </c>
       <c r="C184" s="3">
-        <v>2000</v>
+        <v>2613.69</v>
       </c>
       <c r="D184" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>300</v>
+        <v>338</v>
       </c>
       <c r="F184" s="3">
-        <v>875</v>
+        <v>491</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
+        <v>24</v>
+      </c>
+      <c r="I184" s="3">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>351</v>
+        <v>365</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>352</v>
+        <v>366</v>
       </c>
       <c r="C185" s="3">
-        <v>3300</v>
+        <v>2389.95</v>
       </c>
       <c r="D185" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>300</v>
+        <v>338</v>
       </c>
       <c r="F185" s="3">
-        <v>909</v>
+        <v>73</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
+        <v>18</v>
+      </c>
+      <c r="I185" s="3">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>353</v>
+        <v>367</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>354</v>
+        <v>368</v>
       </c>
       <c r="C186" s="3">
-        <v>3300</v>
+        <v>3528.99</v>
       </c>
       <c r="D186" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="F186" s="3">
+        <v>488</v>
+      </c>
+      <c r="G186" s="3">
+        <v>1</v>
+      </c>
+      <c r="H186" s="3">
         <v>14</v>
       </c>
-      <c r="E186" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I186" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>355</v>
+        <v>369</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>356</v>
+        <v>370</v>
       </c>
       <c r="C187" s="3">
-        <v>3300</v>
+        <v>101.7</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F187" s="3">
-        <v>346</v>
+        <v>0</v>
       </c>
       <c r="G187" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H187" s="3">
-        <v>4</v>
+        <v>500</v>
       </c>
       <c r="I187" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>357</v>
+        <v>371</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="C188" s="3">
-        <v>3300</v>
+        <v>2806.92</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>300</v>
+        <v>338</v>
       </c>
       <c r="F188" s="3">
-        <v>112</v>
+        <v>1</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
+        <v>8</v>
+      </c>
+      <c r="I188" s="3">
         <v>4</v>
       </c>
-      <c r="I188" s="3">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A189" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I189" s="2"/>
+      <c r="A189" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B189" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="C189" s="3">
+        <v>2530.8</v>
+      </c>
+      <c r="D189" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="F189" s="3">
+        <v>0</v>
+      </c>
+      <c r="G189" s="3">
+        <v>1</v>
+      </c>
+      <c r="H189" s="3">
+        <v>16</v>
+      </c>
+      <c r="I189" s="3">
+        <v>4</v>
+      </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>360</v>
+        <v>375</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>361</v>
+        <v>376</v>
       </c>
       <c r="C190" s="3">
-        <v>35.38</v>
+        <v>1825.52</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>362</v>
+        <v>338</v>
       </c>
       <c r="F190" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G190" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I190" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>363</v>
+        <v>377</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>364</v>
+        <v>378</v>
       </c>
       <c r="C191" s="3">
-        <v>25.92</v>
+        <v>3331.69</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>362</v>
+        <v>338</v>
       </c>
       <c r="F191" s="3">
         <v>0</v>
       </c>
       <c r="G191" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="I191" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>365</v>
+        <v>379</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>366</v>
+        <v>380</v>
       </c>
       <c r="C192" s="3">
-        <v>19</v>
+        <v>4678.2</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>362</v>
+        <v>338</v>
       </c>
       <c r="F192" s="3">
-        <v>4500</v>
+        <v>36</v>
       </c>
       <c r="G192" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>500</v>
+        <v>6</v>
       </c>
       <c r="I192" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>367</v>
+        <v>381</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="C193" s="3">
-        <v>35.38</v>
+        <v>7017.3</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>362</v>
+        <v>338</v>
       </c>
       <c r="F193" s="3">
-        <v>1200</v>
+        <v>8</v>
       </c>
       <c r="G193" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>200</v>
+        <v>4</v>
       </c>
       <c r="I193" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A194" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A194" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="B194" s="2"/>
+      <c r="C194" s="2"/>
+      <c r="D194" s="2"/>
+      <c r="E194" s="2"/>
+      <c r="F194" s="2"/>
+      <c r="G194" s="2"/>
+      <c r="H194" s="2"/>
+      <c r="I194" s="2"/>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>371</v>
+        <v>384</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="C195" s="3">
-        <v>19</v>
+        <v>2695.05</v>
       </c>
       <c r="D195" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>362</v>
+        <v>171</v>
       </c>
       <c r="F195" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="G195" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>500</v>
+        <v>6</v>
       </c>
       <c r="I195" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
       <c r="C196" s="3">
-        <v>25.92</v>
+        <v>747.49</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>362</v>
+        <v>171</v>
       </c>
       <c r="F196" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G196" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="C197" s="3">
-        <v>35.38</v>
+        <v>181.53</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>362</v>
+        <v>171</v>
       </c>
       <c r="F197" s="3">
-        <v>800</v>
+        <v>180</v>
       </c>
       <c r="G197" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>377</v>
+        <v>390</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>378</v>
+        <v>391</v>
       </c>
       <c r="C198" s="3">
-        <v>35.38</v>
+        <v>457.04</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>362</v>
+        <v>171</v>
       </c>
       <c r="F198" s="3">
-        <v>2400</v>
+        <v>0</v>
       </c>
       <c r="G198" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>380</v>
+        <v>393</v>
       </c>
       <c r="C199" s="3">
-        <v>25.92</v>
+        <v>493.35</v>
       </c>
       <c r="D199" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>362</v>
+        <v>171</v>
       </c>
       <c r="F199" s="3">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="G199" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>381</v>
+        <v>394</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>382</v>
+        <v>395</v>
       </c>
       <c r="C200" s="3">
-        <v>25.92</v>
+        <v>558.49</v>
       </c>
       <c r="D200" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>362</v>
+        <v>171</v>
       </c>
       <c r="F200" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G200" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>383</v>
+        <v>396</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>384</v>
+        <v>397</v>
       </c>
       <c r="C201" s="3">
-        <v>25.92</v>
+        <v>665.27</v>
       </c>
       <c r="D201" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>362</v>
+        <v>171</v>
       </c>
       <c r="F201" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G201" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>385</v>
+        <v>398</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>386</v>
+        <v>399</v>
       </c>
       <c r="C202" s="3">
-        <v>25.92</v>
+        <v>860.69</v>
       </c>
       <c r="D202" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>362</v>
+        <v>171</v>
       </c>
       <c r="F202" s="3">
         <v>0</v>
       </c>
       <c r="G202" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>200</v>
+        <v>15</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
       <c r="C203" s="3">
-        <v>19</v>
+        <v>491.21</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>362</v>
+        <v>171</v>
       </c>
       <c r="F203" s="3">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="G203" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>390</v>
+        <v>403</v>
       </c>
       <c r="C204" s="3">
-        <v>19</v>
+        <v>662.07</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>362</v>
+        <v>171</v>
       </c>
       <c r="F204" s="3">
-        <v>2000</v>
+        <v>3</v>
       </c>
       <c r="G204" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>391</v>
+        <v>404</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="C205" s="3">
-        <v>19</v>
+        <v>799.82</v>
       </c>
       <c r="D205" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>362</v>
+        <v>171</v>
       </c>
       <c r="F205" s="3">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="G205" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>393</v>
+        <v>406</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="C206" s="3">
-        <v>35.38</v>
+        <v>4576.5</v>
       </c>
       <c r="D206" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>362</v>
+        <v>171</v>
       </c>
       <c r="F206" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G206" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>200</v>
+        <v>6</v>
       </c>
       <c r="I206" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>395</v>
+        <v>408</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>396</v>
+        <v>409</v>
       </c>
       <c r="C207" s="3">
-        <v>35.38</v>
+        <v>2034</v>
       </c>
       <c r="D207" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>362</v>
+        <v>171</v>
       </c>
       <c r="F207" s="3">
-        <v>2200</v>
+        <v>7</v>
       </c>
       <c r="G207" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>200</v>
+        <v>6</v>
       </c>
       <c r="I207" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="2" t="s">
-        <v>397</v>
+        <v>410</v>
       </c>
       <c r="B208" s="2"/>
       <c r="C208" s="2"/>
       <c r="D208" s="2"/>
       <c r="E208" s="2"/>
       <c r="F208" s="2"/>
       <c r="G208" s="2"/>
       <c r="H208" s="2"/>
       <c r="I208" s="2"/>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
       <c r="C209" s="3">
-        <v>480</v>
+        <v>1261.17</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F209" s="3">
-        <v>419</v>
+        <v>971</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
         <v>50</v>
       </c>
       <c r="I209" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>402</v>
+        <v>414</v>
       </c>
       <c r="C210" s="3">
-        <v>446.88</v>
+        <v>1118.7</v>
       </c>
       <c r="D210" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F210" s="3">
-        <v>2474</v>
+        <v>1170</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
         <v>50</v>
       </c>
       <c r="I210" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>403</v>
+        <v>415</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
       <c r="C211" s="3">
-        <v>533</v>
+        <v>2542.5</v>
       </c>
       <c r="D211" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F211" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I211" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="C212" s="3">
-        <v>1150</v>
+        <v>3457.8</v>
       </c>
       <c r="D212" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F212" s="3">
         <v>0</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="I212" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="C213" s="3">
-        <v>550</v>
+        <v>1932.3</v>
       </c>
       <c r="D213" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F213" s="3">
-        <v>201</v>
+        <v>427</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="I213" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>410</v>
+        <v>422</v>
       </c>
       <c r="C214" s="3">
-        <v>845</v>
+        <v>874.62</v>
       </c>
       <c r="D214" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F214" s="3">
-        <v>90</v>
+        <v>4</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I214" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>411</v>
+        <v>423</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>412</v>
+        <v>424</v>
       </c>
       <c r="C215" s="3">
-        <v>533</v>
+        <v>854.28</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F215" s="3">
         <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I215" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A216" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I216" s="2"/>
+      <c r="A216" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B216" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C216" s="3">
+        <v>2440.8</v>
+      </c>
+      <c r="D216" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F216" s="3">
+        <v>113</v>
+      </c>
+      <c r="G216" s="3">
+        <v>1</v>
+      </c>
+      <c r="H216" s="3">
+        <v>8</v>
+      </c>
+      <c r="I216" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
       <c r="C217" s="3">
-        <v>215.91</v>
+        <v>3152.7</v>
       </c>
       <c r="D217" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F217" s="3">
-        <v>26</v>
+        <v>252</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="I217" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>417</v>
+        <v>430</v>
       </c>
       <c r="C218" s="3">
-        <v>317.52</v>
+        <v>3864.6</v>
       </c>
       <c r="D218" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F218" s="3">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="I218" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>418</v>
+        <v>431</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="C219" s="3">
-        <v>317.52</v>
+        <v>1515.74</v>
       </c>
       <c r="D219" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F219" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="I219" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="C220" s="3">
-        <v>162.29</v>
+        <v>167.81</v>
       </c>
       <c r="D220" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F220" s="3">
-        <v>260</v>
+        <v>408</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="I220" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>422</v>
+        <v>435</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>423</v>
+        <v>436</v>
       </c>
       <c r="C221" s="3">
-        <v>246.96</v>
+        <v>1147.79</v>
       </c>
       <c r="D221" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F221" s="3">
-        <v>41</v>
+        <v>86</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I221" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>424</v>
+        <v>437</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>425</v>
+        <v>438</v>
       </c>
       <c r="C222" s="3">
-        <v>435.12</v>
+        <v>1559.67</v>
       </c>
       <c r="D222" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F222" s="3">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="I222" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>427</v>
+        <v>440</v>
       </c>
       <c r="C223" s="3">
-        <v>114.31</v>
+        <v>768.85</v>
       </c>
       <c r="D223" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F223" s="3">
-        <v>43</v>
+        <v>168</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I223" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>429</v>
+        <v>442</v>
       </c>
       <c r="C224" s="3">
-        <v>646.8</v>
+        <v>589.86</v>
       </c>
       <c r="D224" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F224" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I224" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>430</v>
+        <v>443</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>431</v>
+        <v>444</v>
       </c>
       <c r="C225" s="3">
-        <v>114.31</v>
+        <v>844.11</v>
       </c>
       <c r="D225" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F225" s="3">
-        <v>42</v>
+        <v>88</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I225" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>432</v>
+        <v>445</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>433</v>
+        <v>446</v>
       </c>
       <c r="C226" s="3">
-        <v>246.96</v>
+        <v>623.42</v>
       </c>
       <c r="D226" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F226" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I226" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>434</v>
+        <v>447</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
       <c r="C227" s="3">
-        <v>162.29</v>
+        <v>1977.05</v>
       </c>
       <c r="D227" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F227" s="3">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I227" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A228" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A228" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="B228" s="2"/>
+      <c r="C228" s="2"/>
+      <c r="D228" s="2"/>
+      <c r="E228" s="2"/>
+      <c r="F228" s="2"/>
+      <c r="G228" s="2"/>
+      <c r="H228" s="2"/>
+      <c r="I228" s="2"/>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>438</v>
+        <v>450</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
       <c r="C229" s="3">
-        <v>341.04</v>
+        <v>213.71</v>
       </c>
       <c r="D229" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F229" s="3">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
         <v>25</v>
       </c>
       <c r="I229" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A230" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A230" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="B230" s="2"/>
+      <c r="C230" s="2"/>
+      <c r="D230" s="2"/>
+      <c r="E230" s="2"/>
+      <c r="F230" s="2"/>
+      <c r="G230" s="2"/>
+      <c r="H230" s="2"/>
+      <c r="I230" s="2"/>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>442</v>
+        <v>453</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>443</v>
+        <v>454</v>
       </c>
       <c r="C231" s="3">
-        <v>341.04</v>
+        <v>263.76</v>
       </c>
       <c r="D231" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F231" s="3">
-        <v>87</v>
+        <v>120</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I231" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>444</v>
+        <v>455</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>445</v>
+        <v>456</v>
       </c>
       <c r="C232" s="3">
-        <v>215.91</v>
+        <v>228.52</v>
       </c>
       <c r="D232" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F232" s="3">
-        <v>48</v>
+        <v>343</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I232" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>446</v>
+        <v>457</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>447</v>
+        <v>458</v>
       </c>
       <c r="C233" s="3">
-        <v>223.44</v>
+        <v>307.54</v>
       </c>
       <c r="D233" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F233" s="3">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I233" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>448</v>
+        <v>459</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>449</v>
+        <v>460</v>
       </c>
       <c r="C234" s="3">
-        <v>139.71</v>
+        <v>1067.85</v>
       </c>
       <c r="D234" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F234" s="3">
-        <v>58</v>
+        <v>86</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I234" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>450</v>
+        <v>461</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>451</v>
+        <v>462</v>
       </c>
       <c r="C235" s="3">
-        <v>223.44</v>
+        <v>353.46</v>
       </c>
       <c r="D235" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F235" s="3">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I235" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>452</v>
+        <v>463</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>453</v>
+        <v>464</v>
       </c>
       <c r="C236" s="3">
-        <v>139.71</v>
+        <v>961.06</v>
       </c>
       <c r="D236" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="F236" s="3">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
         <v>25</v>
       </c>
       <c r="I236" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A237" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I237" s="2"/>
+      <c r="A237" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="B237" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="C237" s="3">
+        <v>1147.94</v>
+      </c>
+      <c r="D237" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F237" s="3">
+        <v>0</v>
+      </c>
+      <c r="G237" s="3">
+        <v>1</v>
+      </c>
+      <c r="H237" s="3">
+        <v>20</v>
+      </c>
+      <c r="I237" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A238" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A238" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="B238" s="2"/>
+      <c r="C238" s="2"/>
+      <c r="D238" s="2"/>
+      <c r="E238" s="2"/>
+      <c r="F238" s="2"/>
+      <c r="G238" s="2"/>
+      <c r="H238" s="2"/>
+      <c r="I238" s="2"/>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>457</v>
+        <v>468</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>458</v>
+        <v>469</v>
       </c>
       <c r="C239" s="3">
-        <v>335</v>
+        <v>807.29</v>
       </c>
       <c r="D239" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F239" s="3">
-        <v>316</v>
+        <v>31</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I239" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>459</v>
+        <v>470</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C240" s="3">
-        <v>27</v>
+        <v>1308.12</v>
       </c>
       <c r="D240" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F240" s="3">
-        <v>2550</v>
+        <v>20</v>
       </c>
       <c r="G240" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>2500</v>
+        <v>1</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>461</v>
+        <v>472</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>462</v>
+        <v>473</v>
       </c>
       <c r="C241" s="3">
-        <v>150</v>
+        <v>1313.46</v>
       </c>
       <c r="D241" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F241" s="3">
-        <v>10060</v>
+        <v>34</v>
       </c>
       <c r="G241" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>463</v>
+        <v>474</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>464</v>
+        <v>475</v>
       </c>
       <c r="C242" s="3">
-        <v>1155</v>
+        <v>1671.19</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F242" s="3">
-        <v>1131</v>
+        <v>3</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I242" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>465</v>
+        <v>476</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>466</v>
+        <v>477</v>
       </c>
       <c r="C243" s="3">
-        <v>228</v>
+        <v>261.62</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F243" s="3">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="G243" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>467</v>
+        <v>478</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>468</v>
+        <v>479</v>
       </c>
       <c r="C244" s="3">
-        <v>178</v>
+        <v>304.34</v>
       </c>
       <c r="D244" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F244" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G244" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>469</v>
+        <v>480</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>470</v>
+        <v>481</v>
       </c>
       <c r="C245" s="3">
-        <v>155</v>
+        <v>1383.93</v>
       </c>
       <c r="D245" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F245" s="3">
-        <v>3270</v>
+        <v>68</v>
       </c>
       <c r="G245" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>471</v>
+        <v>482</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>472</v>
+        <v>483</v>
       </c>
       <c r="C246" s="3">
-        <v>27.54</v>
+        <v>459.18</v>
       </c>
       <c r="D246" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F246" s="3">
-        <v>2200</v>
+        <v>52</v>
       </c>
       <c r="G246" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>2500</v>
+        <v>1</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>473</v>
+        <v>484</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>474</v>
+        <v>485</v>
       </c>
       <c r="C247" s="3">
-        <v>235</v>
+        <v>1014.46</v>
       </c>
       <c r="D247" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F247" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G247" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>475</v>
+        <v>486</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>476</v>
+        <v>487</v>
       </c>
       <c r="C248" s="3">
-        <v>20</v>
+        <v>437.82</v>
       </c>
       <c r="D248" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F248" s="3">
-        <v>36250</v>
+        <v>50</v>
       </c>
       <c r="G248" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>5000</v>
+        <v>1</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>477</v>
+        <v>488</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="C249" s="3">
-        <v>178.23</v>
+        <v>1815.35</v>
       </c>
       <c r="D249" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F249" s="3">
-        <v>460</v>
+        <v>0</v>
       </c>
       <c r="G249" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A250" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A250" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B250" s="2"/>
+      <c r="C250" s="2"/>
+      <c r="D250" s="2"/>
+      <c r="E250" s="2"/>
+      <c r="F250" s="2"/>
+      <c r="G250" s="2"/>
+      <c r="H250" s="2"/>
+      <c r="I250" s="2"/>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
       <c r="C251" s="3">
-        <v>30.6</v>
+        <v>1493.92</v>
       </c>
       <c r="D251" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F251" s="3">
-        <v>19000</v>
+        <v>62</v>
       </c>
       <c r="G251" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>2500</v>
+        <v>30</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="C252" s="3">
-        <v>29</v>
+        <v>1814.28</v>
       </c>
       <c r="D252" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F252" s="3">
-        <v>3850</v>
+        <v>48</v>
       </c>
       <c r="G252" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>2500</v>
+        <v>15</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="C253" s="3">
-        <v>155</v>
+        <v>2454.99</v>
       </c>
       <c r="D253" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F253" s="3">
+        <v>20</v>
+      </c>
+      <c r="G253" s="3">
+        <v>1</v>
+      </c>
+      <c r="H253" s="3">
         <v>14</v>
-      </c>
-[...10 lines deleted...]
-        <v>250</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>487</v>
+        <v>497</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>488</v>
+        <v>498</v>
       </c>
       <c r="C254" s="3">
-        <v>585</v>
+        <v>1601.78</v>
       </c>
       <c r="D254" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F254" s="3">
-        <v>1164</v>
+        <v>25</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>100</v>
+        <v>26</v>
       </c>
       <c r="I254" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="C255" s="3">
-        <v>290</v>
+        <v>1814.28</v>
       </c>
       <c r="D255" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F255" s="3">
-        <v>904</v>
+        <v>0</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="I255" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A256" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I256" s="2"/>
+      <c r="A256" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="B256" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="C256" s="3">
+        <v>2135.7</v>
+      </c>
+      <c r="D256" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F256" s="3">
+        <v>0</v>
+      </c>
+      <c r="G256" s="3">
+        <v>1</v>
+      </c>
+      <c r="H256" s="3">
+        <v>12</v>
+      </c>
+      <c r="I256" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>492</v>
+        <v>503</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>493</v>
+        <v>504</v>
       </c>
       <c r="C257" s="3">
-        <v>72</v>
+        <v>2028.92</v>
       </c>
       <c r="D257" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F257" s="3">
-        <v>10250</v>
+        <v>20</v>
       </c>
       <c r="G257" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I257" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>494</v>
+        <v>505</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="C258" s="3">
-        <v>580</v>
+        <v>4378.19</v>
       </c>
       <c r="D258" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F258" s="3">
-        <v>861</v>
+        <v>4</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I258" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A259" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A259" s="2" t="s">
+        <v>507</v>
+      </c>
+      <c r="B259" s="2"/>
+      <c r="C259" s="2"/>
+      <c r="D259" s="2"/>
+      <c r="E259" s="2"/>
+      <c r="F259" s="2"/>
+      <c r="G259" s="2"/>
+      <c r="H259" s="2"/>
+      <c r="I259" s="2"/>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>498</v>
+        <v>508</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
       <c r="C260" s="3">
-        <v>73</v>
+        <v>756.65</v>
       </c>
       <c r="D260" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F260" s="3">
-        <v>7896</v>
+        <v>0</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="C261" s="3">
-        <v>3.96</v>
+        <v>605.11</v>
       </c>
       <c r="D261" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F261" s="3">
-        <v>41750</v>
+        <v>0</v>
       </c>
       <c r="G261" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>12000</v>
+        <v>1</v>
       </c>
       <c r="I261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>502</v>
+        <v>512</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="C262" s="3">
-        <v>72</v>
+        <v>1698.39</v>
       </c>
       <c r="D262" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F262" s="3">
-        <v>29200</v>
+        <v>693</v>
       </c>
       <c r="G262" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>500</v>
+        <v>16</v>
       </c>
       <c r="I262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="C263" s="3">
-        <v>29.95</v>
+        <v>116.96</v>
       </c>
       <c r="D263" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F263" s="3">
-        <v>20150</v>
+        <v>3876</v>
       </c>
       <c r="G263" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>1200</v>
+        <v>300</v>
       </c>
       <c r="I263" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>506</v>
+        <v>516</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>507</v>
+        <v>517</v>
       </c>
       <c r="C264" s="3">
-        <v>550</v>
+        <v>472.91</v>
       </c>
       <c r="D264" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F264" s="3">
-        <v>537</v>
+        <v>0</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
         <v>100</v>
       </c>
       <c r="I264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>508</v>
+        <v>518</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="C265" s="3">
-        <v>145</v>
+        <v>864.45</v>
       </c>
       <c r="D265" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>15</v>
+        <v>338</v>
       </c>
       <c r="F265" s="3">
-        <v>455</v>
+        <v>642</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="C266" s="3">
-        <v>3.96</v>
+        <v>382.39</v>
       </c>
       <c r="D266" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F266" s="3">
-        <v>10750</v>
+        <v>374</v>
       </c>
       <c r="G266" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>10000</v>
+        <v>25</v>
       </c>
       <c r="I266" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>512</v>
+        <v>522</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="C267" s="3">
-        <v>72</v>
+        <v>482.06</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F267" s="3">
-        <v>5496</v>
+        <v>0</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I267" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
       <c r="C268" s="3">
-        <v>205</v>
+        <v>437.31</v>
       </c>
       <c r="D268" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F268" s="3">
-        <v>427</v>
+        <v>0</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>5000</v>
+        <v>12</v>
       </c>
       <c r="I268" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="C269" s="3">
-        <v>80</v>
+        <v>290.63</v>
       </c>
       <c r="D269" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F269" s="3">
-        <v>13202</v>
+        <v>2189</v>
       </c>
       <c r="G269" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="C270" s="3">
-        <v>2.22</v>
+        <v>244.08</v>
       </c>
       <c r="D270" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F270" s="3">
-        <v>34050</v>
+        <v>4256</v>
       </c>
       <c r="G270" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>10000</v>
+        <v>80</v>
       </c>
       <c r="I270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="C271" s="3">
-        <v>4.32</v>
+        <v>516.67</v>
       </c>
       <c r="D271" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="F271" s="3">
-        <v>73799</v>
+        <v>4379</v>
       </c>
       <c r="G271" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>10000</v>
+        <v>36</v>
       </c>
       <c r="I271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="C272" s="3">
-        <v>205</v>
+        <v>122.04</v>
       </c>
       <c r="D272" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>400</v>
+        <v>114</v>
       </c>
       <c r="F272" s="3">
-        <v>1334</v>
+        <v>3093</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>5000</v>
+        <v>320</v>
       </c>
       <c r="I272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="C273" s="3">
-        <v>3.96</v>
+        <v>100.68</v>
       </c>
       <c r="D273" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F273" s="3">
-        <v>31850</v>
+        <v>4111</v>
       </c>
       <c r="G273" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>10000</v>
+        <v>300</v>
       </c>
       <c r="I273" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="C274" s="3">
-        <v>4.32</v>
+        <v>325.44</v>
       </c>
       <c r="D274" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F274" s="3">
-        <v>14300</v>
+        <v>0</v>
       </c>
       <c r="G274" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>10000</v>
+        <v>160</v>
       </c>
       <c r="I274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="C275" s="3">
-        <v>4.32</v>
+        <v>968.75</v>
       </c>
       <c r="D275" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>15</v>
+        <v>338</v>
       </c>
       <c r="F275" s="3">
-        <v>4050</v>
+        <v>191</v>
       </c>
       <c r="G275" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>10000</v>
+        <v>36</v>
       </c>
       <c r="I275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
       <c r="C276" s="3">
-        <v>4.32</v>
+        <v>177.98</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F276" s="3">
-        <v>0</v>
+        <v>471</v>
       </c>
       <c r="G276" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>10000</v>
+        <v>100</v>
       </c>
       <c r="I276" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="C277" s="3">
-        <v>245</v>
+        <v>189.16</v>
       </c>
       <c r="D277" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F277" s="3">
-        <v>1237</v>
+        <v>258</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I277" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="C278" s="3">
-        <v>205</v>
+        <v>162.72</v>
       </c>
       <c r="D278" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F278" s="3">
-        <v>480</v>
+        <v>1900</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I278" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="C279" s="3">
-        <v>2.1</v>
+        <v>462.74</v>
       </c>
       <c r="D279" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F279" s="3">
-        <v>42200</v>
+        <v>660</v>
       </c>
       <c r="G279" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>10000</v>
+        <v>27</v>
       </c>
       <c r="I279" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A280" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A280" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="B280" s="2"/>
+      <c r="C280" s="2"/>
+      <c r="D280" s="2"/>
+      <c r="E280" s="2"/>
+      <c r="F280" s="2"/>
+      <c r="G280" s="2"/>
+      <c r="H280" s="2"/>
+      <c r="I280" s="2"/>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A281" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I281" s="2"/>
+      <c r="A281" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="B281" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="C281" s="3">
+        <v>1728.9</v>
+      </c>
+      <c r="D281" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F281" s="3">
+        <v>338</v>
+      </c>
+      <c r="G281" s="3">
+        <v>1</v>
+      </c>
+      <c r="H281" s="3">
+        <v>20</v>
+      </c>
+      <c r="I281" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="C282" s="3">
-        <v>230</v>
+        <v>2440.8</v>
       </c>
       <c r="D282" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F282" s="3">
-        <v>9130</v>
+        <v>72</v>
       </c>
       <c r="G282" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="I282" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="C283" s="3">
-        <v>800</v>
+        <v>3559.5</v>
       </c>
       <c r="D283" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="F283" s="3">
-        <v>389</v>
+        <v>157</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I283" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="C284" s="3">
-        <v>8.5</v>
+        <v>3956.13</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F284" s="3">
-        <v>81400</v>
+        <v>0</v>
       </c>
       <c r="G284" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>5000</v>
+        <v>12</v>
       </c>
       <c r="I284" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="C285" s="3">
-        <v>7.6</v>
+        <v>2440.8</v>
       </c>
       <c r="D285" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F285" s="3">
-        <v>29400</v>
+        <v>184</v>
       </c>
       <c r="G285" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>5000</v>
+        <v>20</v>
       </c>
       <c r="I285" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="C286" s="3">
-        <v>11.2</v>
+        <v>1789.92</v>
       </c>
       <c r="D286" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F286" s="3">
-        <v>67600</v>
+        <v>416</v>
       </c>
       <c r="G286" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>2000</v>
+        <v>20</v>
       </c>
       <c r="I286" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="C287" s="3">
-        <v>9.2</v>
+        <v>1932.3</v>
       </c>
       <c r="D287" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F287" s="3">
-        <v>71200</v>
+        <v>453</v>
       </c>
       <c r="G287" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>5000</v>
+        <v>20</v>
       </c>
       <c r="I287" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="C288" s="3">
-        <v>2000</v>
+        <v>2440.8</v>
       </c>
       <c r="D288" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="F288" s="3">
-        <v>516</v>
+        <v>1</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I288" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="C289" s="3">
-        <v>108</v>
+        <v>3762.9</v>
       </c>
       <c r="D289" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F289" s="3">
-        <v>5722</v>
+        <v>0</v>
       </c>
       <c r="G289" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>2000</v>
+        <v>12</v>
       </c>
       <c r="I289" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A290" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A290" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="B290" s="2"/>
+      <c r="C290" s="2"/>
+      <c r="D290" s="2"/>
+      <c r="E290" s="2"/>
+      <c r="F290" s="2"/>
+      <c r="G290" s="2"/>
+      <c r="H290" s="2"/>
+      <c r="I290" s="2"/>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>560</v>
+        <v>569</v>
       </c>
       <c r="C291" s="3">
-        <v>45.5</v>
+        <v>3456.78</v>
       </c>
       <c r="D291" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F291" s="3">
-        <v>7462</v>
+        <v>2</v>
       </c>
       <c r="G291" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>2000</v>
+        <v>5</v>
       </c>
       <c r="I291" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>561</v>
+        <v>570</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="C292" s="3">
-        <v>45.5</v>
+        <v>3875.79</v>
       </c>
       <c r="D292" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F292" s="3">
-        <v>3522</v>
+        <v>0</v>
       </c>
       <c r="G292" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>4000</v>
+        <v>5</v>
       </c>
       <c r="I292" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A293" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A293" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="B293" s="2"/>
+      <c r="C293" s="2"/>
+      <c r="D293" s="2"/>
+      <c r="E293" s="2"/>
+      <c r="F293" s="2"/>
+      <c r="G293" s="2"/>
+      <c r="H293" s="2"/>
+      <c r="I293" s="2"/>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A294" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A294" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="B294" s="2"/>
+      <c r="C294" s="2"/>
+      <c r="D294" s="2"/>
+      <c r="E294" s="2"/>
+      <c r="F294" s="2"/>
+      <c r="G294" s="2"/>
+      <c r="H294" s="2"/>
+      <c r="I294" s="2"/>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="C295" s="3">
-        <v>31.5</v>
+        <v>600.03</v>
       </c>
       <c r="D295" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F295" s="3">
-        <v>20800</v>
+        <v>0</v>
       </c>
       <c r="G295" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>1000</v>
+        <v>12</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A296" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A296" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="B296" s="2"/>
+      <c r="C296" s="2"/>
+      <c r="D296" s="2"/>
+      <c r="E296" s="2"/>
+      <c r="F296" s="2"/>
+      <c r="G296" s="2"/>
+      <c r="H296" s="2"/>
+      <c r="I296" s="2"/>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="C297" s="3">
-        <v>55</v>
+        <v>819.64</v>
       </c>
       <c r="D297" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F297" s="3">
-        <v>63300</v>
+        <v>42</v>
       </c>
       <c r="G297" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H297" s="3">
-        <v>500</v>
+        <v>12</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A298" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A298" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="B298" s="2"/>
+      <c r="C298" s="2"/>
+      <c r="D298" s="2"/>
+      <c r="E298" s="2"/>
+      <c r="F298" s="2"/>
+      <c r="G298" s="2"/>
+      <c r="H298" s="2"/>
+      <c r="I298" s="2"/>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="C299" s="3">
-        <v>14.4</v>
+        <v>589.86</v>
       </c>
       <c r="D299" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F299" s="3">
-        <v>268999</v>
+        <v>0</v>
       </c>
       <c r="G299" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>1000</v>
+        <v>12</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A300" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A300" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="B300" s="2"/>
+      <c r="C300" s="2"/>
+      <c r="D300" s="2"/>
+      <c r="E300" s="2"/>
+      <c r="F300" s="2"/>
+      <c r="G300" s="2"/>
+      <c r="H300" s="2"/>
+      <c r="I300" s="2"/>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="C301" s="3">
-        <v>305</v>
+        <v>518.67</v>
       </c>
       <c r="D301" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F301" s="3">
-        <v>14198</v>
+        <v>175</v>
       </c>
       <c r="G301" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="C302" s="3">
-        <v>105</v>
+        <v>510.79</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F302" s="3">
-        <v>39050</v>
+        <v>253</v>
       </c>
       <c r="G302" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="C303" s="3">
-        <v>4944.24</v>
+        <v>528.84</v>
       </c>
       <c r="D303" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F303" s="3">
-        <v>7</v>
+        <v>77</v>
       </c>
       <c r="G303" s="3">
         <v>1</v>
       </c>
       <c r="H303" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="C304" s="3">
-        <v>1020</v>
+        <v>559.35</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="F304" s="3">
-        <v>1103</v>
+        <v>193</v>
       </c>
       <c r="G304" s="3">
         <v>1</v>
       </c>
       <c r="H304" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="C305" s="3">
-        <v>1640</v>
+        <v>508.5</v>
       </c>
       <c r="D305" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="F305" s="3">
-        <v>576</v>
+        <v>0</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A306" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I306" s="2"/>
+      <c r="A306" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="B306" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="C306" s="3">
+        <v>475.15</v>
+      </c>
+      <c r="D306" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F306" s="3">
+        <v>76</v>
+      </c>
+      <c r="G306" s="3">
+        <v>1</v>
+      </c>
+      <c r="H306" s="3">
+        <v>12</v>
+      </c>
+      <c r="I306" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A307" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I307" s="2"/>
+      <c r="A307" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="B307" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="C307" s="3">
+        <v>556.2</v>
+      </c>
+      <c r="D307" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F307" s="3">
+        <v>190</v>
+      </c>
+      <c r="G307" s="3">
+        <v>1</v>
+      </c>
+      <c r="H307" s="3">
+        <v>12</v>
+      </c>
+      <c r="I307" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A308" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A308" s="2" t="s">
+        <v>597</v>
+      </c>
+      <c r="B308" s="2"/>
+      <c r="C308" s="2"/>
+      <c r="D308" s="2"/>
+      <c r="E308" s="2"/>
+      <c r="F308" s="2"/>
+      <c r="G308" s="2"/>
+      <c r="H308" s="2"/>
+      <c r="I308" s="2"/>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C309" s="3">
-        <v>945</v>
+        <v>317.3</v>
       </c>
       <c r="D309" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F309" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I309" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="C310" s="3">
-        <v>1050</v>
+        <v>432.23</v>
       </c>
       <c r="D310" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F310" s="3">
-        <v>143</v>
+        <v>499</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I310" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="C311" s="3">
-        <v>259.35</v>
+        <v>376.29</v>
       </c>
       <c r="D311" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F311" s="3">
-        <v>250</v>
+        <v>334</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="C312" s="3">
-        <v>224.7</v>
+        <v>256.28</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F312" s="3">
-        <v>424</v>
+        <v>306</v>
       </c>
       <c r="G312" s="3">
         <v>1</v>
       </c>
       <c r="H312" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I312" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="C313" s="3">
-        <v>302.4</v>
+        <v>266.96</v>
       </c>
       <c r="D313" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F313" s="3">
-        <v>139</v>
+        <v>365</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="C314" s="3">
-        <v>347.55</v>
+        <v>162.72</v>
       </c>
       <c r="D314" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F314" s="3">
-        <v>158</v>
+        <v>1865</v>
       </c>
       <c r="G314" s="3">
         <v>1</v>
       </c>
       <c r="H314" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I314" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A315" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I315" s="2"/>
+      <c r="A315" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="B315" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="C315" s="3">
+        <v>183.06</v>
+      </c>
+      <c r="D315" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F315" s="3">
+        <v>1834</v>
+      </c>
+      <c r="G315" s="3">
+        <v>1</v>
+      </c>
+      <c r="H315" s="3">
+        <v>15</v>
+      </c>
+      <c r="I315" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="C316" s="3">
-        <v>430.5</v>
+        <v>162.72</v>
       </c>
       <c r="D316" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F316" s="3">
-        <v>55</v>
+        <v>958</v>
       </c>
       <c r="G316" s="3">
         <v>1</v>
       </c>
       <c r="H316" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I316" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="C317" s="3">
-        <v>299.25</v>
+        <v>201.37</v>
       </c>
       <c r="D317" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F317" s="3">
-        <v>38</v>
+        <v>142</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I317" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="C318" s="3">
-        <v>451.5</v>
+        <v>416.97</v>
       </c>
       <c r="D318" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F318" s="3">
-        <v>59</v>
+        <v>1397</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I318" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="C319" s="3">
-        <v>1286.25</v>
+        <v>345.78</v>
       </c>
       <c r="D319" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F319" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I319" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="C320" s="3">
-        <v>1291.5</v>
+        <v>325.44</v>
       </c>
       <c r="D320" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F320" s="3">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I320" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="C321" s="3">
-        <v>1643.25</v>
+        <v>351.48</v>
       </c>
       <c r="D321" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F321" s="3">
-        <v>43</v>
+        <v>407</v>
       </c>
       <c r="G321" s="3">
         <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="I321" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="C322" s="3">
-        <v>1360.8</v>
+        <v>251.2</v>
       </c>
       <c r="D322" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F322" s="3">
-        <v>68</v>
+        <v>1124</v>
       </c>
       <c r="G322" s="3">
         <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I322" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="C323" s="3">
-        <v>257.25</v>
+        <v>254.25</v>
       </c>
       <c r="D323" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F323" s="3">
-        <v>53</v>
+        <v>2085</v>
       </c>
       <c r="G323" s="3">
         <v>1</v>
       </c>
       <c r="H323" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I323" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="C324" s="3">
-        <v>997.5</v>
+        <v>422.06</v>
       </c>
       <c r="D324" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F324" s="3">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="G324" s="3">
         <v>1</v>
       </c>
       <c r="H324" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="C325" s="3">
-        <v>1785</v>
+        <v>549.18</v>
       </c>
       <c r="D325" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F325" s="3">
-        <v>24</v>
+        <v>428</v>
       </c>
       <c r="G325" s="3">
         <v>1</v>
       </c>
       <c r="H325" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I325" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="C326" s="3">
-        <v>793.8</v>
+        <v>245.61</v>
       </c>
       <c r="D326" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F326" s="3">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I326" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A327" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I327" s="2"/>
+      <c r="A327" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="B327" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="C327" s="3">
+        <v>466.8</v>
+      </c>
+      <c r="D327" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F327" s="3">
+        <v>0</v>
+      </c>
+      <c r="G327" s="3">
+        <v>1</v>
+      </c>
+      <c r="H327" s="3">
+        <v>12</v>
+      </c>
+      <c r="I327" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="C328" s="3">
-        <v>2413.95</v>
+        <v>335.61</v>
       </c>
       <c r="D328" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F328" s="3">
-        <v>37</v>
+        <v>1162</v>
       </c>
       <c r="G328" s="3">
         <v>1</v>
       </c>
       <c r="H328" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="I328" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="C329" s="3">
-        <v>1468.95</v>
+        <v>406.8</v>
       </c>
       <c r="D329" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F329" s="3">
-        <v>70</v>
+        <v>783</v>
       </c>
       <c r="G329" s="3">
         <v>1</v>
       </c>
       <c r="H329" s="3">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="I329" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="C330" s="3">
-        <v>1575</v>
+        <v>427.14</v>
       </c>
       <c r="D330" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F330" s="3">
-        <v>36</v>
+        <v>1214</v>
       </c>
       <c r="G330" s="3">
         <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="I330" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="C331" s="3">
-        <v>1995</v>
+        <v>305.1</v>
       </c>
       <c r="D331" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F331" s="3">
-        <v>27</v>
+        <v>883</v>
       </c>
       <c r="G331" s="3">
         <v>1</v>
       </c>
       <c r="H331" s="3">
         <v>20</v>
       </c>
       <c r="I331" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="C332" s="3">
-        <v>1783.95</v>
+        <v>351.48</v>
       </c>
       <c r="D332" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F332" s="3">
-        <v>38</v>
+        <v>611</v>
       </c>
       <c r="G332" s="3">
         <v>1</v>
       </c>
       <c r="H332" s="3">
         <v>18</v>
       </c>
       <c r="I332" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="C333" s="3">
-        <v>4305</v>
+        <v>254.25</v>
       </c>
       <c r="D333" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F333" s="3">
-        <v>2</v>
+        <v>240</v>
       </c>
       <c r="G333" s="3">
         <v>1</v>
       </c>
       <c r="H333" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I333" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="C334" s="3">
-        <v>1783.95</v>
+        <v>401.72</v>
       </c>
       <c r="D334" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F334" s="3">
-        <v>87</v>
+        <v>1030</v>
       </c>
       <c r="G334" s="3">
         <v>1</v>
       </c>
       <c r="H334" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I334" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="C335" s="3">
-        <v>2100</v>
+        <v>396.63</v>
       </c>
       <c r="D335" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F335" s="3">
-        <v>20</v>
+        <v>2239</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
         <v>12</v>
       </c>
       <c r="I335" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A336" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I336" s="2"/>
+      <c r="A336" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="B336" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="C336" s="3">
+        <v>350.87</v>
+      </c>
+      <c r="D336" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F336" s="3">
+        <v>0</v>
+      </c>
+      <c r="G336" s="3">
+        <v>1</v>
+      </c>
+      <c r="H336" s="3">
+        <v>12</v>
+      </c>
+      <c r="I336" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="C337" s="3">
-        <v>99</v>
+        <v>381.37</v>
       </c>
       <c r="D337" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F337" s="3">
-        <v>4452</v>
+        <v>212</v>
       </c>
       <c r="G337" s="3">
         <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>300</v>
+        <v>12</v>
       </c>
       <c r="I337" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="C338" s="3">
-        <v>465</v>
+        <v>391.55</v>
       </c>
       <c r="D338" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F338" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G338" s="3">
         <v>1</v>
       </c>
       <c r="H338" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I338" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="C339" s="3">
-        <v>175</v>
+        <v>254.25</v>
       </c>
       <c r="D339" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F339" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I339" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
       <c r="C340" s="3">
-        <v>508.03</v>
+        <v>477.99</v>
       </c>
       <c r="D340" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F340" s="3">
-        <v>4528</v>
+        <v>600</v>
       </c>
       <c r="G340" s="3">
         <v>1</v>
       </c>
       <c r="H340" s="3">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I340" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A341" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A341" s="2" t="s">
+        <v>662</v>
+      </c>
+      <c r="B341" s="2"/>
+      <c r="C341" s="2"/>
+      <c r="D341" s="2"/>
+      <c r="E341" s="2"/>
+      <c r="F341" s="2"/>
+      <c r="G341" s="2"/>
+      <c r="H341" s="2"/>
+      <c r="I341" s="2"/>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A342" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A342" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="B342" s="2"/>
+      <c r="C342" s="2"/>
+      <c r="D342" s="2"/>
+      <c r="E342" s="2"/>
+      <c r="F342" s="2"/>
+      <c r="G342" s="2"/>
+      <c r="H342" s="2"/>
+      <c r="I342" s="2"/>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="C343" s="3">
-        <v>455</v>
+        <v>4474.8</v>
       </c>
       <c r="D343" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F343" s="3">
-        <v>17</v>
+        <v>323</v>
       </c>
       <c r="G343" s="3">
         <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="I343" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="C344" s="3">
-        <v>120</v>
+        <v>1881.45</v>
       </c>
       <c r="D344" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="F344" s="3">
-        <v>3569</v>
+        <v>393</v>
       </c>
       <c r="G344" s="3">
         <v>1</v>
       </c>
       <c r="H344" s="3">
-        <v>320</v>
+        <v>10</v>
       </c>
       <c r="I344" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="C345" s="3">
-        <v>1670</v>
+        <v>3762.9</v>
       </c>
       <c r="D345" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F345" s="3">
-        <v>624</v>
+        <v>513</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="C346" s="3">
-        <v>285.77</v>
+        <v>4271.4</v>
       </c>
       <c r="D346" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F346" s="3">
-        <v>2661</v>
+        <v>219</v>
       </c>
       <c r="G346" s="3">
         <v>1</v>
       </c>
       <c r="H346" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="I346" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="C347" s="3">
-        <v>474</v>
+        <v>4271.4</v>
       </c>
       <c r="D347" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F347" s="3">
-        <v>1373</v>
+        <v>1</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I347" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="C348" s="3">
-        <v>595</v>
+        <v>4881.6</v>
       </c>
       <c r="D348" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F348" s="3">
-        <v>266</v>
+        <v>430</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A349" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A349" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="B349" s="2"/>
+      <c r="C349" s="2"/>
+      <c r="D349" s="2"/>
+      <c r="E349" s="2"/>
+      <c r="F349" s="2"/>
+      <c r="G349" s="2"/>
+      <c r="H349" s="2"/>
+      <c r="I349" s="2"/>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A350" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A350" s="2" t="s">
+        <v>677</v>
+      </c>
+      <c r="B350" s="2"/>
+      <c r="C350" s="2"/>
+      <c r="D350" s="2"/>
+      <c r="E350" s="2"/>
+      <c r="F350" s="2"/>
+      <c r="G350" s="2"/>
+      <c r="H350" s="2"/>
+      <c r="I350" s="2"/>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="C351" s="3">
-        <v>376</v>
+        <v>5847.75</v>
       </c>
       <c r="D351" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F351" s="3">
-        <v>812</v>
+        <v>0</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="I351" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C352" s="3">
-        <v>320</v>
+        <v>3152.7</v>
       </c>
       <c r="D352" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F352" s="3">
-        <v>125</v>
+        <v>299</v>
       </c>
       <c r="G352" s="3">
         <v>1</v>
       </c>
       <c r="H352" s="3">
-        <v>160</v>
+        <v>4</v>
       </c>
       <c r="I352" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="C353" s="3">
-        <v>850</v>
+        <v>4474.8</v>
       </c>
       <c r="D353" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="F353" s="3">
-        <v>784</v>
+        <v>0</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="I353" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="C354" s="3">
-        <v>186</v>
+        <v>3549.33</v>
       </c>
       <c r="D354" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F354" s="3">
-        <v>1698</v>
+        <v>2</v>
       </c>
       <c r="G354" s="3">
         <v>1</v>
       </c>
       <c r="H354" s="3">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="I354" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="C355" s="3">
-        <v>430</v>
+        <v>3661.2</v>
       </c>
       <c r="D355" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F355" s="3">
-        <v>1618</v>
+        <v>10</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I355" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="C356" s="3">
-        <v>160</v>
+        <v>12000.6</v>
       </c>
       <c r="D356" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F356" s="3">
-        <v>2680</v>
+        <v>115</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I356" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A357" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I357" s="2"/>
+      <c r="A357" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="B357" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="C357" s="3">
+        <v>2115.36</v>
+      </c>
+      <c r="D357" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F357" s="3">
+        <v>854</v>
+      </c>
+      <c r="G357" s="3">
+        <v>1</v>
+      </c>
+      <c r="H357" s="3">
+        <v>5</v>
+      </c>
+      <c r="I357" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="C358" s="3">
-        <v>1700</v>
+        <v>2949.3</v>
       </c>
       <c r="D358" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F358" s="3">
-        <v>468</v>
+        <v>888</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I358" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="C359" s="3">
-        <v>2400</v>
+        <v>8644.5</v>
       </c>
       <c r="D359" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F359" s="3">
-        <v>292</v>
+        <v>20</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I359" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A360" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A360" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="B360" s="2"/>
+      <c r="C360" s="2"/>
+      <c r="D360" s="2"/>
+      <c r="E360" s="2"/>
+      <c r="F360" s="2"/>
+      <c r="G360" s="2"/>
+      <c r="H360" s="2"/>
+      <c r="I360" s="2"/>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="C361" s="3">
-        <v>3700</v>
+        <v>3732.39</v>
       </c>
       <c r="D361" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>15</v>
+        <v>276</v>
       </c>
       <c r="F361" s="3">
-        <v>0</v>
+        <v>497</v>
       </c>
       <c r="G361" s="3">
         <v>1</v>
       </c>
       <c r="H361" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I361" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="C362" s="3">
-        <v>2400</v>
+        <v>4484.97</v>
       </c>
       <c r="D362" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>15</v>
+        <v>276</v>
       </c>
       <c r="F362" s="3">
-        <v>280</v>
+        <v>257</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="I362" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A363" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A363" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="B363" s="2"/>
+      <c r="C363" s="2"/>
+      <c r="D363" s="2"/>
+      <c r="E363" s="2"/>
+      <c r="F363" s="2"/>
+      <c r="G363" s="2"/>
+      <c r="H363" s="2"/>
+      <c r="I363" s="2"/>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="C364" s="3">
-        <v>1760</v>
+        <v>1952.64</v>
       </c>
       <c r="D364" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F364" s="3">
-        <v>456</v>
+        <v>21</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="I364" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="C365" s="3">
-        <v>3500</v>
+        <v>1627.2</v>
       </c>
       <c r="D365" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F365" s="3">
-        <v>207</v>
+        <v>22</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I365" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="C366" s="3">
-        <v>3890</v>
+        <v>2644.2</v>
       </c>
       <c r="D366" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F366" s="3">
-        <v>113</v>
+        <v>69</v>
       </c>
       <c r="G366" s="3">
         <v>1</v>
       </c>
       <c r="H366" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I366" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="2" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="B367" s="2"/>
       <c r="C367" s="2"/>
       <c r="D367" s="2"/>
       <c r="E367" s="2"/>
       <c r="F367" s="2"/>
       <c r="G367" s="2"/>
       <c r="H367" s="2"/>
       <c r="I367" s="2"/>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="C368" s="3">
-        <v>3811</v>
+        <v>17390.7</v>
       </c>
       <c r="D368" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F368" s="3">
-        <v>9</v>
+        <v>78</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I368" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="C369" s="3">
-        <v>3399</v>
+        <v>11898.9</v>
       </c>
       <c r="D369" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F369" s="3">
-        <v>44</v>
+        <v>3</v>
       </c>
       <c r="G369" s="3">
         <v>1</v>
       </c>
       <c r="H369" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I369" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A370" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I370" s="2"/>
+      <c r="A370" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="B370" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="C370" s="3">
+        <v>8847.9</v>
+      </c>
+      <c r="D370" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F370" s="3">
+        <v>88</v>
+      </c>
+      <c r="G370" s="3">
+        <v>1</v>
+      </c>
+      <c r="H370" s="3">
+        <v>1</v>
+      </c>
+      <c r="I370" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="C371" s="3">
-        <v>70</v>
+        <v>5593.5</v>
       </c>
       <c r="D371" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F371" s="3">
-        <v>16000</v>
+        <v>1</v>
       </c>
       <c r="G371" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I371" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="C372" s="3">
-        <v>65</v>
+        <v>20543.4</v>
       </c>
       <c r="D372" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F372" s="3">
-        <v>0</v>
+        <v>118</v>
       </c>
       <c r="G372" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>2000</v>
+        <v>1</v>
       </c>
       <c r="I372" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A373" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A373" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="B373" s="2"/>
+      <c r="C373" s="2"/>
+      <c r="D373" s="2"/>
+      <c r="E373" s="2"/>
+      <c r="F373" s="2"/>
+      <c r="G373" s="2"/>
+      <c r="H373" s="2"/>
+      <c r="I373" s="2"/>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="2" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="B374" s="2"/>
       <c r="C374" s="2"/>
       <c r="D374" s="2"/>
       <c r="E374" s="2"/>
       <c r="F374" s="2"/>
       <c r="G374" s="2"/>
       <c r="H374" s="2"/>
       <c r="I374" s="2"/>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="C375" s="3">
-        <v>2760</v>
+        <v>186.72</v>
       </c>
       <c r="D375" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="F375" s="3">
-        <v>139</v>
+        <v>0</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I375" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="C376" s="3">
-        <v>2488.5</v>
+        <v>153.77</v>
       </c>
       <c r="D376" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>30</v>
+        <v>338</v>
       </c>
       <c r="F376" s="3">
-        <v>91</v>
+        <v>608</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I376" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A377" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A377" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="B377" s="2"/>
+      <c r="C377" s="2"/>
+      <c r="D377" s="2"/>
+      <c r="E377" s="2"/>
+      <c r="F377" s="2"/>
+      <c r="G377" s="2"/>
+      <c r="H377" s="2"/>
+      <c r="I377" s="2"/>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="C378" s="3">
-        <v>1050</v>
+        <v>89.5</v>
       </c>
       <c r="D378" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="F378" s="3">
-        <v>36</v>
+        <v>874</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>42</v>
+        <v>100</v>
       </c>
       <c r="I378" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="C379" s="3">
-        <v>6900</v>
+        <v>89.5</v>
       </c>
       <c r="D379" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="F379" s="3">
-        <v>51</v>
+        <v>653</v>
       </c>
       <c r="G379" s="3">
         <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I379" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A380" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A380" s="2" t="s">
+        <v>730</v>
+      </c>
+      <c r="B380" s="2"/>
+      <c r="C380" s="2"/>
+      <c r="D380" s="2"/>
+      <c r="E380" s="2"/>
+      <c r="F380" s="2"/>
+      <c r="G380" s="2"/>
+      <c r="H380" s="2"/>
+      <c r="I380" s="2"/>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C381" s="3">
-        <v>3470</v>
+        <v>76.27</v>
       </c>
       <c r="D381" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>30</v>
+        <v>338</v>
       </c>
       <c r="F381" s="3">
-        <v>489</v>
+        <v>6370</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
-        <v>14</v>
+        <v>500</v>
       </c>
       <c r="I381" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C382" s="3">
+        <v>132.21</v>
+      </c>
+      <c r="D382" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="F382" s="3">
+        <v>7978</v>
+      </c>
+      <c r="G382" s="3">
+        <v>1</v>
+      </c>
+      <c r="H382" s="3">
         <v>100</v>
       </c>
-      <c r="D382" s="4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I382" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C383" s="3">
-        <v>100</v>
+        <v>24.41</v>
       </c>
       <c r="D383" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>15</v>
+        <v>338</v>
       </c>
       <c r="F383" s="3">
-        <v>110</v>
+        <v>1068</v>
       </c>
       <c r="G383" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H383" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I383" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C384" s="3">
-        <v>4600</v>
+        <v>54.92</v>
       </c>
       <c r="D384" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>30</v>
+        <v>739</v>
       </c>
       <c r="F384" s="3">
-        <v>46</v>
+        <v>172</v>
       </c>
       <c r="G384" s="3">
         <v>1</v>
       </c>
       <c r="H384" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I384" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="C385" s="3">
-        <v>3276</v>
+        <v>284.76</v>
       </c>
       <c r="D385" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>30</v>
+        <v>338</v>
       </c>
       <c r="F385" s="3">
-        <v>246</v>
+        <v>1161</v>
       </c>
       <c r="G385" s="3">
         <v>1</v>
       </c>
       <c r="H385" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I385" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C386" s="3">
-        <v>2350</v>
+        <v>79.33</v>
       </c>
       <c r="D386" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>30</v>
+        <v>739</v>
       </c>
       <c r="F386" s="3">
-        <v>101</v>
+        <v>38</v>
       </c>
       <c r="G386" s="3">
         <v>1</v>
       </c>
       <c r="H386" s="3">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="I386" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="C387" s="3">
-        <v>1438.5</v>
+        <v>50.34</v>
       </c>
       <c r="D387" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>30</v>
+        <v>739</v>
       </c>
       <c r="F387" s="3">
-        <v>457</v>
+        <v>331</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="I387" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="C388" s="3">
-        <v>2570</v>
+        <v>30.51</v>
       </c>
       <c r="D388" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>30</v>
+        <v>338</v>
       </c>
       <c r="F388" s="3">
-        <v>548</v>
+        <v>17602</v>
       </c>
       <c r="G388" s="3">
         <v>1</v>
       </c>
       <c r="H388" s="3">
-        <v>24</v>
+        <v>1250</v>
       </c>
       <c r="I388" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A389" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I389" s="2"/>
+      <c r="A389" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="B389" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="C389" s="3">
+        <v>69.16</v>
+      </c>
+      <c r="D389" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E389" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="F389" s="3">
+        <v>1657</v>
+      </c>
+      <c r="G389" s="3">
+        <v>1</v>
+      </c>
+      <c r="H389" s="3">
+        <v>700</v>
+      </c>
+      <c r="I389" s="3">
+        <v>2</v>
+      </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="C390" s="3">
-        <v>178.5</v>
+        <v>17.29</v>
       </c>
       <c r="D390" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>15</v>
+        <v>338</v>
       </c>
       <c r="F390" s="3">
-        <v>1180</v>
+        <v>15632</v>
       </c>
       <c r="G390" s="3">
         <v>1</v>
       </c>
       <c r="H390" s="3">
-        <v>50</v>
+        <v>1250</v>
       </c>
       <c r="I390" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="B391" s="3" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="C391" s="3">
-        <v>846.3</v>
+        <v>39.66</v>
       </c>
       <c r="D391" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>15</v>
+        <v>338</v>
       </c>
       <c r="F391" s="3">
-        <v>94</v>
+        <v>13860</v>
       </c>
       <c r="G391" s="3">
         <v>1</v>
       </c>
       <c r="H391" s="3">
-        <v>15</v>
+        <v>1000</v>
       </c>
       <c r="I391" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="C392" s="3">
-        <v>449.4</v>
+        <v>20.34</v>
       </c>
       <c r="D392" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>15</v>
+        <v>338</v>
       </c>
       <c r="F392" s="3">
-        <v>0</v>
+        <v>5969</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>40</v>
+        <v>1250</v>
       </c>
       <c r="I392" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="C393" s="3">
-        <v>485.1</v>
+        <v>75.26</v>
       </c>
       <c r="D393" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>15</v>
+        <v>338</v>
       </c>
       <c r="F393" s="3">
-        <v>100</v>
+        <v>20794</v>
       </c>
       <c r="G393" s="3">
         <v>1</v>
       </c>
       <c r="H393" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I393" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C394" s="3">
-        <v>654.15</v>
+        <v>50.99</v>
       </c>
       <c r="D394" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>15</v>
+        <v>739</v>
       </c>
       <c r="F394" s="3">
-        <v>135</v>
+        <v>0</v>
       </c>
       <c r="G394" s="3">
         <v>1</v>
       </c>
       <c r="H394" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I394" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A395" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A395" s="2" t="s">
+        <v>760</v>
+      </c>
+      <c r="B395" s="2"/>
+      <c r="C395" s="2"/>
+      <c r="D395" s="2"/>
+      <c r="E395" s="2"/>
+      <c r="F395" s="2"/>
+      <c r="G395" s="2"/>
+      <c r="H395" s="2"/>
+      <c r="I395" s="2"/>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C396" s="3">
-        <v>786.45</v>
+        <v>101.7</v>
       </c>
       <c r="D396" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F396" s="3">
-        <v>46</v>
+        <v>251</v>
       </c>
       <c r="G396" s="3">
         <v>1</v>
       </c>
       <c r="H396" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I396" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="C397" s="3">
-        <v>735</v>
+        <v>96.62</v>
       </c>
       <c r="D397" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F397" s="3">
-        <v>105</v>
+        <v>0</v>
       </c>
       <c r="G397" s="3">
         <v>1</v>
       </c>
       <c r="H397" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I397" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A398" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A398" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="B398" s="2"/>
+      <c r="C398" s="2"/>
+      <c r="D398" s="2"/>
+      <c r="E398" s="2"/>
+      <c r="F398" s="2"/>
+      <c r="G398" s="2"/>
+      <c r="H398" s="2"/>
+      <c r="I398" s="2"/>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C399" s="3">
-        <v>2650</v>
+        <v>207.59</v>
       </c>
       <c r="D399" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F399" s="3">
-        <v>20</v>
+        <v>512</v>
       </c>
       <c r="G399" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H399" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I399" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C400" s="3">
-        <v>4500</v>
+        <v>230.66</v>
       </c>
       <c r="D400" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F400" s="3">
-        <v>13</v>
+        <v>194</v>
       </c>
       <c r="G400" s="3">
         <v>1</v>
       </c>
       <c r="H400" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I400" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C401" s="3">
-        <v>483</v>
+        <v>219.12</v>
       </c>
       <c r="D401" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F401" s="3">
-        <v>120</v>
+        <v>254</v>
       </c>
       <c r="G401" s="3">
         <v>1</v>
       </c>
       <c r="H401" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I401" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A402" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B402" s="3" t="s">
+      <c r="A402" s="2" t="s">
         <v>772</v>
       </c>
-      <c r="C402" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B402" s="2"/>
+      <c r="C402" s="2"/>
+      <c r="D402" s="2"/>
+      <c r="E402" s="2"/>
+      <c r="F402" s="2"/>
+      <c r="G402" s="2"/>
+      <c r="H402" s="2"/>
+      <c r="I402" s="2"/>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="2" t="s">
         <v>773</v>
       </c>
       <c r="B403" s="2"/>
       <c r="C403" s="2"/>
       <c r="D403" s="2"/>
       <c r="E403" s="2"/>
       <c r="F403" s="2"/>
       <c r="G403" s="2"/>
       <c r="H403" s="2"/>
       <c r="I403" s="2"/>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="3" t="s">
         <v>774</v>
       </c>
       <c r="B404" s="3" t="s">
         <v>775</v>
       </c>
       <c r="C404" s="3">
-        <v>1240.09</v>
+        <v>4576.5</v>
       </c>
       <c r="D404" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F404" s="3">
-        <v>0</v>
+        <v>188</v>
       </c>
       <c r="G404" s="3">
         <v>1</v>
       </c>
       <c r="H404" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I404" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
         <v>776</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>777</v>
       </c>
       <c r="C405" s="3">
-        <v>2500</v>
+        <v>3406.95</v>
       </c>
       <c r="D405" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F405" s="3">
-        <v>3</v>
+        <v>200</v>
       </c>
       <c r="G405" s="3">
         <v>1</v>
       </c>
       <c r="H405" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I405" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A406" s="3" t="s">
+      <c r="A406" s="2" t="s">
         <v>778</v>
       </c>
-      <c r="B406" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B406" s="2"/>
+      <c r="C406" s="2"/>
+      <c r="D406" s="2"/>
+      <c r="E406" s="2"/>
+      <c r="F406" s="2"/>
+      <c r="G406" s="2"/>
+      <c r="H406" s="2"/>
+      <c r="I406" s="2"/>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="B407" s="3" t="s">
         <v>780</v>
       </c>
-      <c r="B407" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C407" s="3">
-        <v>3800</v>
+        <v>1932.3</v>
       </c>
       <c r="D407" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F407" s="3">
-        <v>186</v>
+        <v>502</v>
       </c>
       <c r="G407" s="3">
         <v>1</v>
       </c>
       <c r="H407" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I407" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="B408" s="3" t="s">
         <v>782</v>
       </c>
-      <c r="B408" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C408" s="3">
-        <v>1490.4</v>
+        <v>1627.2</v>
       </c>
       <c r="D408" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F408" s="3">
-        <v>322</v>
+        <v>486</v>
       </c>
       <c r="G408" s="3">
         <v>1</v>
       </c>
       <c r="H408" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I408" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
+        <v>783</v>
+      </c>
+      <c r="B409" s="3" t="s">
         <v>784</v>
       </c>
-      <c r="B409" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C409" s="3">
-        <v>1533.6</v>
+        <v>2776.41</v>
       </c>
       <c r="D409" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F409" s="3">
-        <v>50</v>
+        <v>692</v>
       </c>
       <c r="G409" s="3">
         <v>1</v>
       </c>
       <c r="H409" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I409" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="B410" s="3" t="s">
         <v>786</v>
       </c>
-      <c r="B410" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C410" s="3">
-        <v>165</v>
+        <v>457.65</v>
       </c>
       <c r="D410" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F410" s="3">
-        <v>2493</v>
+        <v>617</v>
       </c>
       <c r="G410" s="3">
         <v>1</v>
       </c>
       <c r="H410" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I410" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
+        <v>787</v>
+      </c>
+      <c r="B411" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="B411" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C411" s="3">
-        <v>756</v>
+        <v>1118.7</v>
       </c>
       <c r="D411" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F411" s="3">
-        <v>184</v>
+        <v>331</v>
       </c>
       <c r="G411" s="3">
         <v>1</v>
       </c>
       <c r="H411" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I411" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="B412" s="3" t="s">
         <v>790</v>
       </c>
-      <c r="B412" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C412" s="3">
-        <v>1128.6</v>
+        <v>459.78</v>
       </c>
       <c r="D412" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F412" s="3">
-        <v>17</v>
+        <v>889</v>
       </c>
       <c r="G412" s="3">
         <v>1</v>
       </c>
       <c r="H412" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I412" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
+        <v>791</v>
+      </c>
+      <c r="B413" s="3" t="s">
         <v>792</v>
       </c>
-      <c r="B413" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C413" s="3">
-        <v>860</v>
+        <v>172.89</v>
       </c>
       <c r="D413" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F413" s="3">
-        <v>2328</v>
+        <v>365</v>
       </c>
       <c r="G413" s="3">
         <v>1</v>
       </c>
       <c r="H413" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I413" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="B414" s="3" t="s">
         <v>794</v>
       </c>
-      <c r="B414" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C414" s="3">
-        <v>840</v>
+        <v>686.47</v>
       </c>
       <c r="D414" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F414" s="3">
-        <v>17</v>
+        <v>1326</v>
       </c>
       <c r="G414" s="3">
         <v>1</v>
       </c>
       <c r="H414" s="3">
-        <v>5</v>
+        <v>60</v>
       </c>
       <c r="I414" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="3" t="s">
+        <v>795</v>
+      </c>
+      <c r="B415" s="3" t="s">
         <v>796</v>
       </c>
-      <c r="B415" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C415" s="3">
-        <v>1944</v>
+        <v>813.6</v>
       </c>
       <c r="D415" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F415" s="3">
-        <v>0</v>
+        <v>1410</v>
       </c>
       <c r="G415" s="3">
         <v>1</v>
       </c>
       <c r="H415" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="I415" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="B416" s="3" t="s">
         <v>798</v>
       </c>
-      <c r="B416" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C416" s="3">
-        <v>2400</v>
+        <v>559.35</v>
       </c>
       <c r="D416" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F416" s="3">
-        <v>92</v>
+        <v>931</v>
       </c>
       <c r="G416" s="3">
         <v>1</v>
       </c>
       <c r="H416" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I416" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="B417" s="3" t="s">
         <v>800</v>
       </c>
-      <c r="B417" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C417" s="3">
-        <v>830</v>
+        <v>254.25</v>
       </c>
       <c r="D417" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F417" s="3">
-        <v>164</v>
+        <v>5</v>
       </c>
       <c r="G417" s="3">
         <v>1</v>
       </c>
       <c r="H417" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I417" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="B418" s="3" t="s">
         <v>802</v>
       </c>
-      <c r="B418" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C418" s="3">
-        <v>1100</v>
+        <v>254.25</v>
       </c>
       <c r="D418" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F418" s="3">
-        <v>568</v>
+        <v>926</v>
       </c>
       <c r="G418" s="3">
         <v>1</v>
       </c>
       <c r="H418" s="3">
         <v>50</v>
       </c>
       <c r="I418" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
+        <v>803</v>
+      </c>
+      <c r="B419" s="3" t="s">
         <v>804</v>
       </c>
-      <c r="B419" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C419" s="3">
-        <v>3400</v>
+        <v>2247.57</v>
       </c>
       <c r="D419" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F419" s="3">
-        <v>0</v>
+        <v>606</v>
       </c>
       <c r="G419" s="3">
         <v>1</v>
       </c>
       <c r="H419" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I419" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="B420" s="3" t="s">
         <v>806</v>
       </c>
-      <c r="B420" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C420" s="3">
-        <v>580</v>
+        <v>996.66</v>
       </c>
       <c r="D420" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F420" s="3">
-        <v>170</v>
+        <v>1431</v>
       </c>
       <c r="G420" s="3">
         <v>1</v>
       </c>
       <c r="H420" s="3">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="I420" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="B421" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="B421" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C421" s="3">
-        <v>613</v>
+        <v>894.96</v>
       </c>
       <c r="D421" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F421" s="3">
-        <v>137</v>
+        <v>1221</v>
       </c>
       <c r="G421" s="3">
         <v>1</v>
       </c>
       <c r="H421" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I421" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
+        <v>809</v>
+      </c>
+      <c r="B422" s="3" t="s">
         <v>810</v>
       </c>
-      <c r="B422" s="3" t="s">
+      <c r="C422" s="3">
+        <v>752.58</v>
+      </c>
+      <c r="D422" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F422" s="3">
+        <v>1240</v>
+      </c>
+      <c r="G422" s="3">
+        <v>1</v>
+      </c>
+      <c r="H422" s="3">
+        <v>50</v>
+      </c>
+      <c r="I422" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="423" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A423" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="C422" s="3">
-[...14 lines deleted...]
-      <c r="H422" s="3">
+      <c r="B423" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="C423" s="3">
+        <v>406.8</v>
+      </c>
+      <c r="D423" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F423" s="3">
+        <v>310</v>
+      </c>
+      <c r="G423" s="3">
+        <v>1</v>
+      </c>
+      <c r="H423" s="3">
+        <v>50</v>
+      </c>
+      <c r="I423" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="424" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A424" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="B424" s="2"/>
+      <c r="C424" s="2"/>
+      <c r="D424" s="2"/>
+      <c r="E424" s="2"/>
+      <c r="F424" s="2"/>
+      <c r="G424" s="2"/>
+      <c r="H424" s="2"/>
+      <c r="I424" s="2"/>
+    </row>
+    <row r="425" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A425" s="3" t="s">
+        <v>814</v>
+      </c>
+      <c r="B425" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="C425" s="3">
+        <v>1525.5</v>
+      </c>
+      <c r="D425" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F425" s="3">
+        <v>410</v>
+      </c>
+      <c r="G425" s="3">
+        <v>1</v>
+      </c>
+      <c r="H425" s="3">
+        <v>10</v>
+      </c>
+      <c r="I425" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="426" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A426" s="3" t="s">
+        <v>816</v>
+      </c>
+      <c r="B426" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="C426" s="3">
+        <v>2745.9</v>
+      </c>
+      <c r="D426" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E426" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F426" s="3">
+        <v>296</v>
+      </c>
+      <c r="G426" s="3">
+        <v>1</v>
+      </c>
+      <c r="H426" s="3">
         <v>6</v>
       </c>
-      <c r="I422" s="3">
-[...69 lines deleted...]
-      <c r="I426" s="2"/>
+      <c r="I426" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A427" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B427" s="3" t="s">
+      <c r="A427" s="2" t="s">
         <v>818</v>
       </c>
-      <c r="C427" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B427" s="2"/>
+      <c r="C427" s="2"/>
+      <c r="D427" s="2"/>
+      <c r="E427" s="2"/>
+      <c r="F427" s="2"/>
+      <c r="G427" s="2"/>
+      <c r="H427" s="2"/>
+      <c r="I427" s="2"/>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
         <v>819</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>820</v>
       </c>
       <c r="C428" s="3">
-        <v>3700</v>
+        <v>1067.85</v>
       </c>
       <c r="D428" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F428" s="3">
         <v>0</v>
       </c>
       <c r="G428" s="3">
         <v>1</v>
       </c>
       <c r="H428" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I428" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A429" s="3" t="s">
+      <c r="A429" s="2" t="s">
         <v>821</v>
       </c>
-      <c r="B429" s="3" t="s">
+      <c r="B429" s="2"/>
+      <c r="C429" s="2"/>
+      <c r="D429" s="2"/>
+      <c r="E429" s="2"/>
+      <c r="F429" s="2"/>
+      <c r="G429" s="2"/>
+      <c r="H429" s="2"/>
+      <c r="I429" s="2"/>
+    </row>
+    <row r="430" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A430" s="2" t="s">
         <v>822</v>
       </c>
-      <c r="C429" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B430" s="2"/>
+      <c r="C430" s="2"/>
+      <c r="D430" s="2"/>
+      <c r="E430" s="2"/>
+      <c r="F430" s="2"/>
+      <c r="G430" s="2"/>
+      <c r="H430" s="2"/>
+      <c r="I430" s="2"/>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="3" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="B431" s="3" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="C431" s="3">
-        <v>4400</v>
+        <v>198.32</v>
       </c>
       <c r="D431" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F431" s="3">
-        <v>0</v>
+        <v>1035</v>
       </c>
       <c r="G431" s="3">
         <v>1</v>
       </c>
       <c r="H431" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="I431" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="B432" s="3" t="s">
+        <v>826</v>
+      </c>
+      <c r="C432" s="3">
+        <v>222.21</v>
+      </c>
+      <c r="D432" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F432" s="3">
+        <v>1374</v>
+      </c>
+      <c r="G432" s="3">
+        <v>1</v>
+      </c>
+      <c r="H432" s="3">
+        <v>50</v>
+      </c>
+      <c r="I432" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="433" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A433" s="3" t="s">
         <v>827</v>
       </c>
-      <c r="B432" s="3" t="s">
+      <c r="B433" s="3" t="s">
         <v>828</v>
       </c>
-      <c r="C432" s="3">
-[...22 lines deleted...]
-      <c r="A433" s="2" t="s">
+      <c r="C433" s="3">
+        <v>254.25</v>
+      </c>
+      <c r="D433" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E433" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F433" s="3">
+        <v>1673</v>
+      </c>
+      <c r="G433" s="3">
+        <v>1</v>
+      </c>
+      <c r="H433" s="3">
+        <v>50</v>
+      </c>
+      <c r="I433" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="434" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A434" s="3" t="s">
         <v>829</v>
       </c>
-      <c r="B433" s="2"/>
-[...9 lines deleted...]
-      <c r="A434" s="2" t="s">
+      <c r="B434" s="3" t="s">
         <v>830</v>
       </c>
-      <c r="B434" s="2"/>
-[...6 lines deleted...]
-      <c r="I434" s="2"/>
+      <c r="C434" s="3">
+        <v>198.32</v>
+      </c>
+      <c r="D434" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F434" s="3">
+        <v>519</v>
+      </c>
+      <c r="G434" s="3">
+        <v>1</v>
+      </c>
+      <c r="H434" s="3">
+        <v>50</v>
+      </c>
+      <c r="I434" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="3" t="s">
         <v>831</v>
       </c>
       <c r="B435" s="3" t="s">
         <v>832</v>
       </c>
       <c r="C435" s="3">
-        <v>151.2</v>
+        <v>249.17</v>
       </c>
       <c r="D435" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="F435" s="3">
-        <v>494</v>
+        <v>1314</v>
       </c>
       <c r="G435" s="3">
         <v>1</v>
       </c>
       <c r="H435" s="3">
         <v>50</v>
       </c>
       <c r="I435" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="3" t="s">
         <v>833</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>834</v>
       </c>
       <c r="C436" s="3">
-        <v>183.6</v>
+        <v>283.74</v>
       </c>
       <c r="D436" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F436" s="3">
-        <v>0</v>
+        <v>1364</v>
       </c>
       <c r="G436" s="3">
         <v>1</v>
       </c>
       <c r="H436" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I436" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A437" s="2" t="s">
+      <c r="A437" s="3" t="s">
         <v>835</v>
       </c>
-      <c r="B437" s="2"/>
-[...6 lines deleted...]
-      <c r="I437" s="2"/>
+      <c r="B437" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="C437" s="3">
+        <v>198.32</v>
+      </c>
+      <c r="D437" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F437" s="3">
+        <v>1622</v>
+      </c>
+      <c r="G437" s="3">
+        <v>1</v>
+      </c>
+      <c r="H437" s="3">
+        <v>50</v>
+      </c>
+      <c r="I437" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B438" s="3" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C438" s="3">
-        <v>100</v>
+        <v>233.91</v>
       </c>
       <c r="D438" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F438" s="3">
-        <v>522</v>
+        <v>2295</v>
       </c>
       <c r="G438" s="3">
         <v>1</v>
       </c>
       <c r="H438" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I438" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="3" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B439" s="3" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C439" s="3">
-        <v>100</v>
+        <v>249.17</v>
       </c>
       <c r="D439" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F439" s="3">
-        <v>536</v>
+        <v>1543</v>
       </c>
       <c r="G439" s="3">
         <v>1</v>
       </c>
       <c r="H439" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I439" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A440" s="2" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B440" s="2"/>
       <c r="C440" s="2"/>
       <c r="D440" s="2"/>
       <c r="E440" s="2"/>
       <c r="F440" s="2"/>
       <c r="G440" s="2"/>
       <c r="H440" s="2"/>
       <c r="I440" s="2"/>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="B441" s="3" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C441" s="3">
-        <v>39</v>
+        <v>216.62</v>
       </c>
       <c r="D441" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="F441" s="3">
-        <v>15370</v>
+        <v>770</v>
       </c>
       <c r="G441" s="3">
         <v>1</v>
       </c>
       <c r="H441" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I441" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B442" s="3" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C442" s="3">
-        <v>75</v>
+        <v>216.62</v>
       </c>
       <c r="D442" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="F442" s="3">
-        <v>8778</v>
+        <v>447</v>
       </c>
       <c r="G442" s="3">
         <v>1</v>
       </c>
       <c r="H442" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I442" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="3" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B443" s="3" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C443" s="3">
-        <v>68</v>
+        <v>241.03</v>
       </c>
       <c r="D443" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="F443" s="3">
-        <v>13404</v>
+        <v>0</v>
       </c>
       <c r="G443" s="3">
         <v>1</v>
       </c>
       <c r="H443" s="3">
-        <v>700</v>
+        <v>50</v>
       </c>
       <c r="I443" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="B444" s="3" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C444" s="3">
-        <v>47</v>
+        <v>241.03</v>
       </c>
       <c r="D444" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>849</v>
+        <v>171</v>
       </c>
       <c r="F444" s="3">
-        <v>0</v>
+        <v>807</v>
       </c>
       <c r="G444" s="3">
         <v>1</v>
       </c>
       <c r="H444" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I444" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="3" t="s">
         <v>850</v>
       </c>
       <c r="B445" s="3" t="s">
         <v>851</v>
       </c>
       <c r="C445" s="3">
-        <v>130</v>
+        <v>216.62</v>
       </c>
       <c r="D445" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="F445" s="3">
-        <v>4768</v>
+        <v>430</v>
       </c>
       <c r="G445" s="3">
         <v>1</v>
       </c>
       <c r="H445" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I445" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
         <v>852</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>853</v>
       </c>
       <c r="C446" s="3">
-        <v>54</v>
+        <v>241.03</v>
       </c>
       <c r="D446" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>849</v>
+        <v>171</v>
       </c>
       <c r="F446" s="3">
-        <v>244</v>
+        <v>1102</v>
       </c>
       <c r="G446" s="3">
         <v>1</v>
       </c>
       <c r="H446" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I446" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="3" t="s">
         <v>854</v>
       </c>
       <c r="B447" s="3" t="s">
         <v>855</v>
       </c>
       <c r="C447" s="3">
-        <v>20</v>
+        <v>251.2</v>
       </c>
       <c r="D447" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="F447" s="3">
-        <v>7055</v>
+        <v>1224</v>
       </c>
       <c r="G447" s="3">
         <v>1</v>
       </c>
       <c r="H447" s="3">
-        <v>1250</v>
+        <v>50</v>
       </c>
       <c r="I447" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="3" t="s">
         <v>856</v>
       </c>
       <c r="B448" s="3" t="s">
         <v>857</v>
       </c>
       <c r="C448" s="3">
-        <v>17</v>
+        <v>260.35</v>
       </c>
       <c r="D448" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="F448" s="3">
-        <v>18684</v>
+        <v>1632</v>
       </c>
       <c r="G448" s="3">
         <v>1</v>
       </c>
       <c r="H448" s="3">
-        <v>1250</v>
+        <v>50</v>
       </c>
       <c r="I448" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
         <v>858</v>
       </c>
       <c r="B449" s="3" t="s">
         <v>859</v>
       </c>
       <c r="C449" s="3">
-        <v>74</v>
+        <v>284.76</v>
       </c>
       <c r="D449" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="F449" s="3">
-        <v>10598</v>
+        <v>1340</v>
       </c>
       <c r="G449" s="3">
         <v>1</v>
       </c>
       <c r="H449" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I449" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A450" s="3" t="s">
+      <c r="A450" s="2" t="s">
         <v>860</v>
       </c>
-      <c r="B450" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B450" s="2"/>
+      <c r="C450" s="2"/>
+      <c r="D450" s="2"/>
+      <c r="E450" s="2"/>
+      <c r="F450" s="2"/>
+      <c r="G450" s="2"/>
+      <c r="H450" s="2"/>
+      <c r="I450" s="2"/>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="B451" s="3" t="s">
         <v>862</v>
       </c>
-      <c r="B451" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C451" s="3">
-        <v>24</v>
+        <v>493.25</v>
       </c>
       <c r="D451" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="F451" s="3">
-        <v>1934</v>
+        <v>371</v>
       </c>
       <c r="G451" s="3">
         <v>1</v>
       </c>
       <c r="H451" s="3">
         <v>50</v>
       </c>
       <c r="I451" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="B452" s="3" t="s">
         <v>864</v>
       </c>
-      <c r="B452" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C452" s="3">
-        <v>49.5</v>
+        <v>406.8</v>
       </c>
       <c r="D452" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>849</v>
+        <v>171</v>
       </c>
       <c r="F452" s="3">
-        <v>398</v>
+        <v>260</v>
       </c>
       <c r="G452" s="3">
         <v>1</v>
       </c>
       <c r="H452" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I452" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="B453" s="3" t="s">
         <v>866</v>
       </c>
-      <c r="B453" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C453" s="3">
-        <v>50.14</v>
+        <v>406.8</v>
       </c>
       <c r="D453" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>849</v>
+        <v>171</v>
       </c>
       <c r="F453" s="3">
-        <v>0</v>
+        <v>263</v>
       </c>
       <c r="G453" s="3">
         <v>1</v>
       </c>
       <c r="H453" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I453" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="B454" s="3" t="s">
         <v>868</v>
       </c>
-      <c r="B454" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C454" s="3">
-        <v>78</v>
+        <v>462.74</v>
       </c>
       <c r="D454" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>849</v>
+        <v>171</v>
       </c>
       <c r="F454" s="3">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="G454" s="3">
         <v>1</v>
       </c>
       <c r="H454" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I454" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="B455" s="3" t="s">
         <v>870</v>
       </c>
-      <c r="B455" s="3" t="s">
+      <c r="C455" s="3">
+        <v>462.74</v>
+      </c>
+      <c r="D455" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E455" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F455" s="3">
+        <v>937</v>
+      </c>
+      <c r="G455" s="3">
+        <v>1</v>
+      </c>
+      <c r="H455" s="3">
+        <v>50</v>
+      </c>
+      <c r="I455" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="456" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A456" s="3" t="s">
         <v>871</v>
       </c>
-      <c r="C455" s="3">
-[...22 lines deleted...]
-      <c r="A456" s="2" t="s">
+      <c r="B456" s="3" t="s">
         <v>872</v>
       </c>
-      <c r="B456" s="2"/>
-[...6 lines deleted...]
-      <c r="I456" s="2"/>
+      <c r="C456" s="3">
+        <v>469.85</v>
+      </c>
+      <c r="D456" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E456" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F456" s="3">
+        <v>172</v>
+      </c>
+      <c r="G456" s="3">
+        <v>1</v>
+      </c>
+      <c r="H456" s="3">
+        <v>50</v>
+      </c>
+      <c r="I456" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
         <v>873</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>874</v>
       </c>
       <c r="C457" s="3">
-        <v>95</v>
+        <v>406.8</v>
       </c>
       <c r="D457" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F457" s="3">
-        <v>0</v>
+        <v>132</v>
       </c>
       <c r="G457" s="3">
         <v>1</v>
       </c>
       <c r="H457" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I457" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="3" t="s">
         <v>875</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>876</v>
       </c>
       <c r="C458" s="3">
-        <v>100</v>
+        <v>457.65</v>
       </c>
       <c r="D458" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F458" s="3">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="G458" s="3">
         <v>1</v>
       </c>
       <c r="H458" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I458" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A459" s="2" t="s">
+      <c r="A459" s="3" t="s">
         <v>877</v>
       </c>
-      <c r="B459" s="2"/>
-[...6 lines deleted...]
-      <c r="I459" s="2"/>
+      <c r="B459" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="C459" s="3">
+        <v>457.65</v>
+      </c>
+      <c r="D459" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E459" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F459" s="3">
+        <v>271</v>
+      </c>
+      <c r="G459" s="3">
+        <v>1</v>
+      </c>
+      <c r="H459" s="3">
+        <v>50</v>
+      </c>
+      <c r="I459" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A460" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B460" s="3" t="s">
+      <c r="A460" s="2" t="s">
         <v>879</v>
       </c>
-      <c r="C460" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B460" s="2"/>
+      <c r="C460" s="2"/>
+      <c r="D460" s="2"/>
+      <c r="E460" s="2"/>
+      <c r="F460" s="2"/>
+      <c r="G460" s="2"/>
+      <c r="H460" s="2"/>
+      <c r="I460" s="2"/>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
         <v>880</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>881</v>
       </c>
       <c r="C461" s="3">
-        <v>226.8</v>
+        <v>142.38</v>
       </c>
       <c r="D461" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="F461" s="3">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="G461" s="3">
         <v>1</v>
       </c>
       <c r="H461" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I461" s="3">
-        <v>1</v>
-[...28 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="54">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A21:I21"/>
-[...24 lines deleted...]
-    <mergeCell ref="A189:I189"/>
+    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A54:I54"/>
+    <mergeCell ref="A62:I62"/>
+    <mergeCell ref="A83:I83"/>
+    <mergeCell ref="A102:I102"/>
+    <mergeCell ref="A127:I127"/>
+    <mergeCell ref="A152:I152"/>
+    <mergeCell ref="A153:I153"/>
+    <mergeCell ref="A170:I170"/>
+    <mergeCell ref="A175:I175"/>
+    <mergeCell ref="A176:I176"/>
+    <mergeCell ref="A180:I180"/>
+    <mergeCell ref="A194:I194"/>
     <mergeCell ref="A208:I208"/>
-    <mergeCell ref="A216:I216"/>
-[...8 lines deleted...]
-    <mergeCell ref="A357:I357"/>
+    <mergeCell ref="A228:I228"/>
+    <mergeCell ref="A230:I230"/>
+    <mergeCell ref="A238:I238"/>
+    <mergeCell ref="A250:I250"/>
+    <mergeCell ref="A259:I259"/>
+    <mergeCell ref="A280:I280"/>
+    <mergeCell ref="A290:I290"/>
+    <mergeCell ref="A293:I293"/>
+    <mergeCell ref="A294:I294"/>
+    <mergeCell ref="A296:I296"/>
+    <mergeCell ref="A298:I298"/>
+    <mergeCell ref="A300:I300"/>
+    <mergeCell ref="A308:I308"/>
+    <mergeCell ref="A341:I341"/>
+    <mergeCell ref="A342:I342"/>
+    <mergeCell ref="A349:I349"/>
+    <mergeCell ref="A350:I350"/>
+    <mergeCell ref="A360:I360"/>
+    <mergeCell ref="A363:I363"/>
     <mergeCell ref="A367:I367"/>
-    <mergeCell ref="A370:I370"/>
+    <mergeCell ref="A373:I373"/>
     <mergeCell ref="A374:I374"/>
-    <mergeCell ref="A389:I389"/>
+    <mergeCell ref="A377:I377"/>
+    <mergeCell ref="A380:I380"/>
+    <mergeCell ref="A395:I395"/>
+    <mergeCell ref="A398:I398"/>
+    <mergeCell ref="A402:I402"/>
     <mergeCell ref="A403:I403"/>
-    <mergeCell ref="A423:I423"/>
-[...4 lines deleted...]
-    <mergeCell ref="A437:I437"/>
+    <mergeCell ref="A406:I406"/>
+    <mergeCell ref="A424:I424"/>
+    <mergeCell ref="A427:I427"/>
+    <mergeCell ref="A429:I429"/>
+    <mergeCell ref="A430:I430"/>
     <mergeCell ref="A440:I440"/>
-    <mergeCell ref="A456:I456"/>
-    <mergeCell ref="A459:I459"/>
+    <mergeCell ref="A450:I450"/>
+    <mergeCell ref="A460:I460"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D5" r:id="rId1"/>
-[...14 lines deleted...]
-    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D6" r:id="rId1"/>
+    <hyperlink ref="D7" r:id="rId2"/>
+    <hyperlink ref="D8" r:id="rId3"/>
+    <hyperlink ref="D9" r:id="rId4"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
-    <hyperlink ref="D28" r:id="rId21"/>
-[...331 lines deleted...]
-    <hyperlink ref="D398" r:id="rId353"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D37" r:id="rId31"/>
+    <hyperlink ref="D38" r:id="rId32"/>
+    <hyperlink ref="D39" r:id="rId33"/>
+    <hyperlink ref="D40" r:id="rId34"/>
+    <hyperlink ref="D41" r:id="rId35"/>
+    <hyperlink ref="D42" r:id="rId36"/>
+    <hyperlink ref="D43" r:id="rId37"/>
+    <hyperlink ref="D44" r:id="rId38"/>
+    <hyperlink ref="D45" r:id="rId39"/>
+    <hyperlink ref="D46" r:id="rId40"/>
+    <hyperlink ref="D47" r:id="rId41"/>
+    <hyperlink ref="D48" r:id="rId42"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D55" r:id="rId48"/>
+    <hyperlink ref="D56" r:id="rId49"/>
+    <hyperlink ref="D57" r:id="rId50"/>
+    <hyperlink ref="D58" r:id="rId51"/>
+    <hyperlink ref="D59" r:id="rId52"/>
+    <hyperlink ref="D60" r:id="rId53"/>
+    <hyperlink ref="D61" r:id="rId54"/>
+    <hyperlink ref="D63" r:id="rId55"/>
+    <hyperlink ref="D64" r:id="rId56"/>
+    <hyperlink ref="D65" r:id="rId57"/>
+    <hyperlink ref="D66" r:id="rId58"/>
+    <hyperlink ref="D67" r:id="rId59"/>
+    <hyperlink ref="D68" r:id="rId60"/>
+    <hyperlink ref="D69" r:id="rId61"/>
+    <hyperlink ref="D70" r:id="rId62"/>
+    <hyperlink ref="D71" r:id="rId63"/>
+    <hyperlink ref="D72" r:id="rId64"/>
+    <hyperlink ref="D73" r:id="rId65"/>
+    <hyperlink ref="D74" r:id="rId66"/>
+    <hyperlink ref="D75" r:id="rId67"/>
+    <hyperlink ref="D76" r:id="rId68"/>
+    <hyperlink ref="D77" r:id="rId69"/>
+    <hyperlink ref="D78" r:id="rId70"/>
+    <hyperlink ref="D79" r:id="rId71"/>
+    <hyperlink ref="D80" r:id="rId72"/>
+    <hyperlink ref="D81" r:id="rId73"/>
+    <hyperlink ref="D82" r:id="rId74"/>
+    <hyperlink ref="D84" r:id="rId75"/>
+    <hyperlink ref="D85" r:id="rId76"/>
+    <hyperlink ref="D86" r:id="rId77"/>
+    <hyperlink ref="D87" r:id="rId78"/>
+    <hyperlink ref="D88" r:id="rId79"/>
+    <hyperlink ref="D89" r:id="rId80"/>
+    <hyperlink ref="D90" r:id="rId81"/>
+    <hyperlink ref="D91" r:id="rId82"/>
+    <hyperlink ref="D92" r:id="rId83"/>
+    <hyperlink ref="D93" r:id="rId84"/>
+    <hyperlink ref="D94" r:id="rId85"/>
+    <hyperlink ref="D95" r:id="rId86"/>
+    <hyperlink ref="D96" r:id="rId87"/>
+    <hyperlink ref="D97" r:id="rId88"/>
+    <hyperlink ref="D98" r:id="rId89"/>
+    <hyperlink ref="D99" r:id="rId90"/>
+    <hyperlink ref="D100" r:id="rId91"/>
+    <hyperlink ref="D101" r:id="rId92"/>
+    <hyperlink ref="D103" r:id="rId93"/>
+    <hyperlink ref="D104" r:id="rId94"/>
+    <hyperlink ref="D105" r:id="rId95"/>
+    <hyperlink ref="D106" r:id="rId96"/>
+    <hyperlink ref="D107" r:id="rId97"/>
+    <hyperlink ref="D108" r:id="rId98"/>
+    <hyperlink ref="D109" r:id="rId99"/>
+    <hyperlink ref="D110" r:id="rId100"/>
+    <hyperlink ref="D111" r:id="rId101"/>
+    <hyperlink ref="D112" r:id="rId102"/>
+    <hyperlink ref="D113" r:id="rId103"/>
+    <hyperlink ref="D114" r:id="rId104"/>
+    <hyperlink ref="D115" r:id="rId105"/>
+    <hyperlink ref="D116" r:id="rId106"/>
+    <hyperlink ref="D117" r:id="rId107"/>
+    <hyperlink ref="D118" r:id="rId108"/>
+    <hyperlink ref="D119" r:id="rId109"/>
+    <hyperlink ref="D120" r:id="rId110"/>
+    <hyperlink ref="D121" r:id="rId111"/>
+    <hyperlink ref="D122" r:id="rId112"/>
+    <hyperlink ref="D123" r:id="rId113"/>
+    <hyperlink ref="D124" r:id="rId114"/>
+    <hyperlink ref="D125" r:id="rId115"/>
+    <hyperlink ref="D126" r:id="rId116"/>
+    <hyperlink ref="D128" r:id="rId117"/>
+    <hyperlink ref="D129" r:id="rId118"/>
+    <hyperlink ref="D130" r:id="rId119"/>
+    <hyperlink ref="D131" r:id="rId120"/>
+    <hyperlink ref="D132" r:id="rId121"/>
+    <hyperlink ref="D133" r:id="rId122"/>
+    <hyperlink ref="D134" r:id="rId123"/>
+    <hyperlink ref="D135" r:id="rId124"/>
+    <hyperlink ref="D136" r:id="rId125"/>
+    <hyperlink ref="D137" r:id="rId126"/>
+    <hyperlink ref="D138" r:id="rId127"/>
+    <hyperlink ref="D139" r:id="rId128"/>
+    <hyperlink ref="D140" r:id="rId129"/>
+    <hyperlink ref="D141" r:id="rId130"/>
+    <hyperlink ref="D142" r:id="rId131"/>
+    <hyperlink ref="D143" r:id="rId132"/>
+    <hyperlink ref="D144" r:id="rId133"/>
+    <hyperlink ref="D145" r:id="rId134"/>
+    <hyperlink ref="D146" r:id="rId135"/>
+    <hyperlink ref="D147" r:id="rId136"/>
+    <hyperlink ref="D148" r:id="rId137"/>
+    <hyperlink ref="D149" r:id="rId138"/>
+    <hyperlink ref="D150" r:id="rId139"/>
+    <hyperlink ref="D151" r:id="rId140"/>
+    <hyperlink ref="D154" r:id="rId141"/>
+    <hyperlink ref="D155" r:id="rId142"/>
+    <hyperlink ref="D156" r:id="rId143"/>
+    <hyperlink ref="D157" r:id="rId144"/>
+    <hyperlink ref="D158" r:id="rId145"/>
+    <hyperlink ref="D159" r:id="rId146"/>
+    <hyperlink ref="D160" r:id="rId147"/>
+    <hyperlink ref="D161" r:id="rId148"/>
+    <hyperlink ref="D162" r:id="rId149"/>
+    <hyperlink ref="D163" r:id="rId150"/>
+    <hyperlink ref="D164" r:id="rId151"/>
+    <hyperlink ref="D165" r:id="rId152"/>
+    <hyperlink ref="D166" r:id="rId153"/>
+    <hyperlink ref="D167" r:id="rId154"/>
+    <hyperlink ref="D168" r:id="rId155"/>
+    <hyperlink ref="D169" r:id="rId156"/>
+    <hyperlink ref="D171" r:id="rId157"/>
+    <hyperlink ref="D172" r:id="rId158"/>
+    <hyperlink ref="D173" r:id="rId159"/>
+    <hyperlink ref="D174" r:id="rId160"/>
+    <hyperlink ref="D177" r:id="rId161"/>
+    <hyperlink ref="D178" r:id="rId162"/>
+    <hyperlink ref="D179" r:id="rId163"/>
+    <hyperlink ref="D181" r:id="rId164"/>
+    <hyperlink ref="D182" r:id="rId165"/>
+    <hyperlink ref="D183" r:id="rId166"/>
+    <hyperlink ref="D184" r:id="rId167"/>
+    <hyperlink ref="D185" r:id="rId168"/>
+    <hyperlink ref="D186" r:id="rId169"/>
+    <hyperlink ref="D187" r:id="rId170"/>
+    <hyperlink ref="D188" r:id="rId171"/>
+    <hyperlink ref="D189" r:id="rId172"/>
+    <hyperlink ref="D190" r:id="rId173"/>
+    <hyperlink ref="D191" r:id="rId174"/>
+    <hyperlink ref="D192" r:id="rId175"/>
+    <hyperlink ref="D193" r:id="rId176"/>
+    <hyperlink ref="D195" r:id="rId177"/>
+    <hyperlink ref="D196" r:id="rId178"/>
+    <hyperlink ref="D197" r:id="rId179"/>
+    <hyperlink ref="D198" r:id="rId180"/>
+    <hyperlink ref="D199" r:id="rId181"/>
+    <hyperlink ref="D200" r:id="rId182"/>
+    <hyperlink ref="D201" r:id="rId183"/>
+    <hyperlink ref="D202" r:id="rId184"/>
+    <hyperlink ref="D203" r:id="rId185"/>
+    <hyperlink ref="D204" r:id="rId186"/>
+    <hyperlink ref="D205" r:id="rId187"/>
+    <hyperlink ref="D206" r:id="rId188"/>
+    <hyperlink ref="D207" r:id="rId189"/>
+    <hyperlink ref="D209" r:id="rId190"/>
+    <hyperlink ref="D210" r:id="rId191"/>
+    <hyperlink ref="D211" r:id="rId192"/>
+    <hyperlink ref="D212" r:id="rId193"/>
+    <hyperlink ref="D213" r:id="rId194"/>
+    <hyperlink ref="D214" r:id="rId195"/>
+    <hyperlink ref="D215" r:id="rId196"/>
+    <hyperlink ref="D216" r:id="rId197"/>
+    <hyperlink ref="D217" r:id="rId198"/>
+    <hyperlink ref="D218" r:id="rId199"/>
+    <hyperlink ref="D219" r:id="rId200"/>
+    <hyperlink ref="D220" r:id="rId201"/>
+    <hyperlink ref="D221" r:id="rId202"/>
+    <hyperlink ref="D222" r:id="rId203"/>
+    <hyperlink ref="D223" r:id="rId204"/>
+    <hyperlink ref="D224" r:id="rId205"/>
+    <hyperlink ref="D225" r:id="rId206"/>
+    <hyperlink ref="D226" r:id="rId207"/>
+    <hyperlink ref="D227" r:id="rId208"/>
+    <hyperlink ref="D229" r:id="rId209"/>
+    <hyperlink ref="D231" r:id="rId210"/>
+    <hyperlink ref="D232" r:id="rId211"/>
+    <hyperlink ref="D233" r:id="rId212"/>
+    <hyperlink ref="D234" r:id="rId213"/>
+    <hyperlink ref="D235" r:id="rId214"/>
+    <hyperlink ref="D236" r:id="rId215"/>
+    <hyperlink ref="D237" r:id="rId216"/>
+    <hyperlink ref="D239" r:id="rId217"/>
+    <hyperlink ref="D240" r:id="rId218"/>
+    <hyperlink ref="D241" r:id="rId219"/>
+    <hyperlink ref="D242" r:id="rId220"/>
+    <hyperlink ref="D243" r:id="rId221"/>
+    <hyperlink ref="D244" r:id="rId222"/>
+    <hyperlink ref="D245" r:id="rId223"/>
+    <hyperlink ref="D246" r:id="rId224"/>
+    <hyperlink ref="D247" r:id="rId225"/>
+    <hyperlink ref="D248" r:id="rId226"/>
+    <hyperlink ref="D249" r:id="rId227"/>
+    <hyperlink ref="D251" r:id="rId228"/>
+    <hyperlink ref="D252" r:id="rId229"/>
+    <hyperlink ref="D253" r:id="rId230"/>
+    <hyperlink ref="D254" r:id="rId231"/>
+    <hyperlink ref="D255" r:id="rId232"/>
+    <hyperlink ref="D256" r:id="rId233"/>
+    <hyperlink ref="D257" r:id="rId234"/>
+    <hyperlink ref="D258" r:id="rId235"/>
+    <hyperlink ref="D260" r:id="rId236"/>
+    <hyperlink ref="D261" r:id="rId237"/>
+    <hyperlink ref="D262" r:id="rId238"/>
+    <hyperlink ref="D263" r:id="rId239"/>
+    <hyperlink ref="D264" r:id="rId240"/>
+    <hyperlink ref="D265" r:id="rId241"/>
+    <hyperlink ref="D266" r:id="rId242"/>
+    <hyperlink ref="D267" r:id="rId243"/>
+    <hyperlink ref="D268" r:id="rId244"/>
+    <hyperlink ref="D269" r:id="rId245"/>
+    <hyperlink ref="D270" r:id="rId246"/>
+    <hyperlink ref="D271" r:id="rId247"/>
+    <hyperlink ref="D272" r:id="rId248"/>
+    <hyperlink ref="D273" r:id="rId249"/>
+    <hyperlink ref="D274" r:id="rId250"/>
+    <hyperlink ref="D275" r:id="rId251"/>
+    <hyperlink ref="D276" r:id="rId252"/>
+    <hyperlink ref="D277" r:id="rId253"/>
+    <hyperlink ref="D278" r:id="rId254"/>
+    <hyperlink ref="D279" r:id="rId255"/>
+    <hyperlink ref="D281" r:id="rId256"/>
+    <hyperlink ref="D282" r:id="rId257"/>
+    <hyperlink ref="D283" r:id="rId258"/>
+    <hyperlink ref="D284" r:id="rId259"/>
+    <hyperlink ref="D285" r:id="rId260"/>
+    <hyperlink ref="D286" r:id="rId261"/>
+    <hyperlink ref="D287" r:id="rId262"/>
+    <hyperlink ref="D288" r:id="rId263"/>
+    <hyperlink ref="D289" r:id="rId264"/>
+    <hyperlink ref="D291" r:id="rId265"/>
+    <hyperlink ref="D292" r:id="rId266"/>
+    <hyperlink ref="D295" r:id="rId267"/>
+    <hyperlink ref="D297" r:id="rId268"/>
+    <hyperlink ref="D299" r:id="rId269"/>
+    <hyperlink ref="D301" r:id="rId270"/>
+    <hyperlink ref="D302" r:id="rId271"/>
+    <hyperlink ref="D303" r:id="rId272"/>
+    <hyperlink ref="D304" r:id="rId273"/>
+    <hyperlink ref="D305" r:id="rId274"/>
+    <hyperlink ref="D306" r:id="rId275"/>
+    <hyperlink ref="D307" r:id="rId276"/>
+    <hyperlink ref="D309" r:id="rId277"/>
+    <hyperlink ref="D310" r:id="rId278"/>
+    <hyperlink ref="D311" r:id="rId279"/>
+    <hyperlink ref="D312" r:id="rId280"/>
+    <hyperlink ref="D313" r:id="rId281"/>
+    <hyperlink ref="D314" r:id="rId282"/>
+    <hyperlink ref="D315" r:id="rId283"/>
+    <hyperlink ref="D316" r:id="rId284"/>
+    <hyperlink ref="D317" r:id="rId285"/>
+    <hyperlink ref="D318" r:id="rId286"/>
+    <hyperlink ref="D319" r:id="rId287"/>
+    <hyperlink ref="D320" r:id="rId288"/>
+    <hyperlink ref="D321" r:id="rId289"/>
+    <hyperlink ref="D322" r:id="rId290"/>
+    <hyperlink ref="D323" r:id="rId291"/>
+    <hyperlink ref="D324" r:id="rId292"/>
+    <hyperlink ref="D325" r:id="rId293"/>
+    <hyperlink ref="D326" r:id="rId294"/>
+    <hyperlink ref="D327" r:id="rId295"/>
+    <hyperlink ref="D328" r:id="rId296"/>
+    <hyperlink ref="D329" r:id="rId297"/>
+    <hyperlink ref="D330" r:id="rId298"/>
+    <hyperlink ref="D331" r:id="rId299"/>
+    <hyperlink ref="D332" r:id="rId300"/>
+    <hyperlink ref="D333" r:id="rId301"/>
+    <hyperlink ref="D334" r:id="rId302"/>
+    <hyperlink ref="D335" r:id="rId303"/>
+    <hyperlink ref="D336" r:id="rId304"/>
+    <hyperlink ref="D337" r:id="rId305"/>
+    <hyperlink ref="D338" r:id="rId306"/>
+    <hyperlink ref="D339" r:id="rId307"/>
+    <hyperlink ref="D340" r:id="rId308"/>
+    <hyperlink ref="D343" r:id="rId309"/>
+    <hyperlink ref="D344" r:id="rId310"/>
+    <hyperlink ref="D345" r:id="rId311"/>
+    <hyperlink ref="D346" r:id="rId312"/>
+    <hyperlink ref="D347" r:id="rId313"/>
+    <hyperlink ref="D348" r:id="rId314"/>
+    <hyperlink ref="D351" r:id="rId315"/>
+    <hyperlink ref="D352" r:id="rId316"/>
+    <hyperlink ref="D353" r:id="rId317"/>
+    <hyperlink ref="D354" r:id="rId318"/>
+    <hyperlink ref="D355" r:id="rId319"/>
+    <hyperlink ref="D356" r:id="rId320"/>
+    <hyperlink ref="D357" r:id="rId321"/>
+    <hyperlink ref="D358" r:id="rId322"/>
+    <hyperlink ref="D359" r:id="rId323"/>
+    <hyperlink ref="D361" r:id="rId324"/>
+    <hyperlink ref="D362" r:id="rId325"/>
+    <hyperlink ref="D364" r:id="rId326"/>
+    <hyperlink ref="D365" r:id="rId327"/>
+    <hyperlink ref="D366" r:id="rId328"/>
+    <hyperlink ref="D368" r:id="rId329"/>
+    <hyperlink ref="D369" r:id="rId330"/>
+    <hyperlink ref="D370" r:id="rId331"/>
+    <hyperlink ref="D371" r:id="rId332"/>
+    <hyperlink ref="D372" r:id="rId333"/>
+    <hyperlink ref="D375" r:id="rId334"/>
+    <hyperlink ref="D376" r:id="rId335"/>
+    <hyperlink ref="D378" r:id="rId336"/>
+    <hyperlink ref="D379" r:id="rId337"/>
+    <hyperlink ref="D381" r:id="rId338"/>
+    <hyperlink ref="D382" r:id="rId339"/>
+    <hyperlink ref="D383" r:id="rId340"/>
+    <hyperlink ref="D384" r:id="rId341"/>
+    <hyperlink ref="D385" r:id="rId342"/>
+    <hyperlink ref="D386" r:id="rId343"/>
+    <hyperlink ref="D387" r:id="rId344"/>
+    <hyperlink ref="D388" r:id="rId345"/>
+    <hyperlink ref="D389" r:id="rId346"/>
+    <hyperlink ref="D390" r:id="rId347"/>
+    <hyperlink ref="D391" r:id="rId348"/>
+    <hyperlink ref="D392" r:id="rId349"/>
+    <hyperlink ref="D393" r:id="rId350"/>
+    <hyperlink ref="D394" r:id="rId351"/>
+    <hyperlink ref="D396" r:id="rId352"/>
+    <hyperlink ref="D397" r:id="rId353"/>
     <hyperlink ref="D399" r:id="rId354"/>
     <hyperlink ref="D400" r:id="rId355"/>
     <hyperlink ref="D401" r:id="rId356"/>
-    <hyperlink ref="D402" r:id="rId357"/>
-[...27 lines deleted...]
-    <hyperlink ref="D436" r:id="rId385"/>
+    <hyperlink ref="D404" r:id="rId357"/>
+    <hyperlink ref="D405" r:id="rId358"/>
+    <hyperlink ref="D407" r:id="rId359"/>
+    <hyperlink ref="D408" r:id="rId360"/>
+    <hyperlink ref="D409" r:id="rId361"/>
+    <hyperlink ref="D410" r:id="rId362"/>
+    <hyperlink ref="D411" r:id="rId363"/>
+    <hyperlink ref="D412" r:id="rId364"/>
+    <hyperlink ref="D413" r:id="rId365"/>
+    <hyperlink ref="D414" r:id="rId366"/>
+    <hyperlink ref="D415" r:id="rId367"/>
+    <hyperlink ref="D416" r:id="rId368"/>
+    <hyperlink ref="D417" r:id="rId369"/>
+    <hyperlink ref="D418" r:id="rId370"/>
+    <hyperlink ref="D419" r:id="rId371"/>
+    <hyperlink ref="D420" r:id="rId372"/>
+    <hyperlink ref="D421" r:id="rId373"/>
+    <hyperlink ref="D422" r:id="rId374"/>
+    <hyperlink ref="D423" r:id="rId375"/>
+    <hyperlink ref="D425" r:id="rId376"/>
+    <hyperlink ref="D426" r:id="rId377"/>
+    <hyperlink ref="D428" r:id="rId378"/>
+    <hyperlink ref="D431" r:id="rId379"/>
+    <hyperlink ref="D432" r:id="rId380"/>
+    <hyperlink ref="D433" r:id="rId381"/>
+    <hyperlink ref="D434" r:id="rId382"/>
+    <hyperlink ref="D435" r:id="rId383"/>
+    <hyperlink ref="D436" r:id="rId384"/>
+    <hyperlink ref="D437" r:id="rId385"/>
     <hyperlink ref="D438" r:id="rId386"/>
     <hyperlink ref="D439" r:id="rId387"/>
     <hyperlink ref="D441" r:id="rId388"/>
     <hyperlink ref="D442" r:id="rId389"/>
     <hyperlink ref="D443" r:id="rId390"/>
     <hyperlink ref="D444" r:id="rId391"/>
     <hyperlink ref="D445" r:id="rId392"/>
     <hyperlink ref="D446" r:id="rId393"/>
     <hyperlink ref="D447" r:id="rId394"/>
     <hyperlink ref="D448" r:id="rId395"/>
     <hyperlink ref="D449" r:id="rId396"/>
-    <hyperlink ref="D450" r:id="rId397"/>
-[...4 lines deleted...]
-    <hyperlink ref="D455" r:id="rId402"/>
+    <hyperlink ref="D451" r:id="rId397"/>
+    <hyperlink ref="D452" r:id="rId398"/>
+    <hyperlink ref="D453" r:id="rId399"/>
+    <hyperlink ref="D454" r:id="rId400"/>
+    <hyperlink ref="D455" r:id="rId401"/>
+    <hyperlink ref="D456" r:id="rId402"/>
     <hyperlink ref="D457" r:id="rId403"/>
     <hyperlink ref="D458" r:id="rId404"/>
-    <hyperlink ref="D460" r:id="rId405"/>
+    <hyperlink ref="D459" r:id="rId405"/>
     <hyperlink ref="D461" r:id="rId406"/>
-    <hyperlink ref="D462" r:id="rId407"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>