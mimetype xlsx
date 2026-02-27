--- v2 (2026-02-27)
+++ v3 (2026-02-27)
@@ -519,458 +519,458 @@
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6526-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6534-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>01-6534-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>1.1.2 Разъёмы</t>
   </si>
   <si>
+    <t>16-0502</t>
+  </si>
+  <si>
+    <t>Разъемы для автомагнитол Евро ISO, сдвоенное гнездо акустика+питание REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>16-0402</t>
+  </si>
+  <si>
+    <t>Разъем штекер антенны для автомагнитолы, тип-2 REXANT</t>
+  </si>
+  <si>
+    <t>16-0403</t>
+  </si>
+  <si>
+    <t>Разъем штекер антенны для автомагнитолы, тип-3 REXANT</t>
+  </si>
+  <si>
+    <t>16-0503</t>
+  </si>
+  <si>
+    <t>Разъемы для автомагнитол Евро ISO, сдвоенный штекер акустика+питание REXANT</t>
+  </si>
+  <si>
+    <t>16-0434</t>
+  </si>
+  <si>
+    <t>Переходник автоантенны, штекер Азия - гнездо Европа REXANT</t>
+  </si>
+  <si>
+    <t>16-0323</t>
+  </si>
+  <si>
+    <t>Вилка прицепа 12В, 7 контактов, пластик REXANT</t>
+  </si>
+  <si>
+    <t>16-0320</t>
+  </si>
+  <si>
+    <t>Розетка фаркопа 12В, 7 контактов, металл REXANT</t>
+  </si>
+  <si>
+    <t>16-0321</t>
+  </si>
+  <si>
+    <t>Розетка фаркопа 12В, 7 контактов, пластик REXANT</t>
+  </si>
+  <si>
+    <t>16-0401</t>
+  </si>
+  <si>
+    <t>Разъем штекер антенны для автомагнитолы, тип-1 REXANT</t>
+  </si>
+  <si>
+    <t>16-0433</t>
+  </si>
+  <si>
+    <t>Переходник автоантенны, штекер Европа - гнездо Азия, угловой REXANT</t>
+  </si>
+  <si>
+    <t>16-0322</t>
+  </si>
+  <si>
+    <t>Вилка прицепа 12В, 7 контактов, металл REXANT</t>
+  </si>
+  <si>
+    <t>16-0324</t>
+  </si>
+  <si>
+    <t>Набор подключения фаркопа универсальный, 7 контактов REXANT</t>
+  </si>
+  <si>
+    <t>16-0412</t>
+  </si>
+  <si>
+    <t>Разъем гнездо антенны для автомагнитолы на шнур REXANT</t>
+  </si>
+  <si>
+    <t>16-0501</t>
+  </si>
+  <si>
+    <t>Разъемы для автомагнитол Евро ISO, 2 гнезда акустика+питание REXANT</t>
+  </si>
+  <si>
+    <t>16-0313-9</t>
+  </si>
+  <si>
+    <t>DJ7031-1.5-21 автомобильный разъем гнездо с проводом 20см (3-х контактный)</t>
+  </si>
+  <si>
+    <t>16-0303-9</t>
+  </si>
+  <si>
+    <t>DJ7031-1.5-11 автомобильный разъем штекер с проводом 20см (3-х контактный)</t>
+  </si>
+  <si>
     <t>16-0302-9</t>
   </si>
   <si>
     <t>DJ7021-1.5-11 автомобильный разъем штекер с проводом 20см</t>
   </si>
   <si>
-    <t>шт</t>
-[...1 lines deleted...]
-  <si>
     <t>16-0312-9</t>
   </si>
   <si>
     <t>DJ7021-1.5-21 автомобильный разъем гнездо с проводом 20см</t>
   </si>
   <si>
-    <t>16-0502</t>
-[...94 lines deleted...]
-  <si>
     <t>1.1.3 Предохранители</t>
   </si>
   <si>
+    <t>16-0423</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя тип Мини, на проводе REXANT</t>
+  </si>
+  <si>
+    <t>80-7111</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 15А REXANT</t>
+  </si>
+  <si>
+    <t>80-7112</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 20А REXANT</t>
+  </si>
+  <si>
+    <t>80-7113</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 25А REXANT</t>
+  </si>
+  <si>
+    <t>80-7114</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 30А REXANT</t>
+  </si>
+  <si>
+    <t>80-7102</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 20А REXANT</t>
+  </si>
+  <si>
+    <t>16-0425</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа AGU, колба REXANT</t>
+  </si>
+  <si>
+    <t>80-7132</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 40А REXANT</t>
+  </si>
+  <si>
+    <t>80-7104</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 30А REXANT</t>
+  </si>
+  <si>
+    <t>16-0421</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Стандарт, прямоугольный, черный REXANT</t>
+  </si>
+  <si>
+    <t>80-7101</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 15А REXANT</t>
+  </si>
+  <si>
+    <t>80-7023</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Мини, в пластиковой коробке (100 шт) REXANT</t>
+  </si>
+  <si>
+    <t>16-0421-4</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Стандарт, прямоугольный, красный REXANT</t>
+  </si>
+  <si>
+    <t>80-7135</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 80А REXANT</t>
+  </si>
+  <si>
+    <t>80-7100</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 10А REXANT</t>
+  </si>
+  <si>
+    <t>80-7024</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Стандарт, в пластиковой коробке (100 шт) REXANT</t>
+  </si>
+  <si>
+    <t>80-7021</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Мини, в блистере REXANT</t>
+  </si>
+  <si>
+    <t>80-7022</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Стандарт, в блистере REXANT</t>
+  </si>
+  <si>
+    <t>16-0424</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Мини, влагозащищенный, на проводе REXANT</t>
+  </si>
+  <si>
+    <t>80-7110</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 10А REXANT</t>
+  </si>
+  <si>
+    <t>80-7103</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 25А REXANT</t>
+  </si>
+  <si>
+    <t>80-7136</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 100А REXANT</t>
+  </si>
+  <si>
+    <t>80-7125</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Микро Korea REXANT</t>
+  </si>
+  <si>
     <t>16-0422</t>
   </si>
   <si>
     <t>Держатель предохранителя, круглый REXANT</t>
   </si>
   <si>
-    <t>16-0423</t>
-[...136 lines deleted...]
-  <si>
     <t>1.1.4 Устройства автозапуска и зарядки</t>
   </si>
   <si>
+    <t>16-0031</t>
+  </si>
+  <si>
+    <t>Зажим для тестера Крючок, 40мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0006</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 55мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0004</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 52мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 5А, 40мм, в изоляторе REXANT </t>
+  </si>
+  <si>
+    <t>16-0018</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 50А, 98мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2028</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 500А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>80-2029</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 700А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>80-2035</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 7А (PWS-150) REXANT</t>
+  </si>
+  <si>
+    <t>16-0036</t>
+  </si>
+  <si>
+    <t>Зажимы «Крокодил» 5А, 40мм, с проводом, 10 пар REXANT</t>
+  </si>
+  <si>
+    <t>16-0003</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 56мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>16-0015</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0016</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>80-2036</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 0,4-7А (PWS-265) REXANT</t>
+  </si>
+  <si>
+    <t>16-0012</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 10А 50мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0019-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 100А, 105мм REXANT </t>
+  </si>
+  <si>
+    <t>16-0009</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А 53мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0020</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 250А, 150мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2026</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 100А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>80-2027</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 200А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>16-0025</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 500А, 200мм REXANT</t>
+  </si>
+  <si>
     <t>16-0013</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 15А, 75мм REXANT</t>
   </si>
   <si>
     <t>16-0002</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 5А, 46мм, в изоляторе REXANT</t>
   </si>
   <si>
     <t>16-0033</t>
   </si>
   <si>
     <t>Зажим «Крокодил» для тестера 15А, 53мм, гнездо Banana REXANT</t>
   </si>
   <si>
     <t>16-0032</t>
   </si>
   <si>
     <t>Зажим для тестера Пинцет, 50мм REXANT</t>
   </si>
   <si>
-    <t>16-0031</t>
-[...121 lines deleted...]
-  <si>
     <t>1.2 Аксессуары в салон</t>
   </si>
   <si>
     <t>1.2.1 Для прикуривателя</t>
   </si>
   <si>
     <t>16-0221</t>
   </si>
   <si>
     <t>Разветвитель автоприкуривателя, 3 гнезда, шнур REXANT</t>
   </si>
   <si>
     <t>16-0222</t>
   </si>
   <si>
     <t>Разветвитель автоприкуривателя, 2 гнезда, шнур REXANT</t>
   </si>
   <si>
     <t>16-0238</t>
   </si>
   <si>
     <t>Разветвитель автоприкуривателя, 2 гнезда, 1хUSB (5В, 1000мА) REXANT</t>
   </si>
   <si>
     <t>16-0203</t>
@@ -1062,347 +1062,347 @@
   <si>
     <t>34-0503</t>
   </si>
   <si>
     <t>Антенна автомобильная внутрисалонная (радио), активная, модель RX-503 REXANT</t>
   </si>
   <si>
     <t>34-0501</t>
   </si>
   <si>
     <t>Антенна автомобильная внутрисалонная (радио), пассивная, модель RX-501 REXANT</t>
   </si>
   <si>
     <t>34-0502</t>
   </si>
   <si>
     <t>Антенна автомобильная внутрисалонная (радио + ТВ), активная, модель RX-502 REXANT</t>
   </si>
   <si>
     <t>1.3 Доп оборудование</t>
   </si>
   <si>
     <t>1.3.1 Концевики</t>
   </si>
   <si>
+    <t>16-0511</t>
+  </si>
+  <si>
+    <t>Концевик AUTO-1 пластик REXANT</t>
+  </si>
+  <si>
+    <t>16-0513</t>
+  </si>
+  <si>
+    <t>Концевик AUTO-3 угловой REXANT</t>
+  </si>
+  <si>
     <t>16-0512</t>
   </si>
   <si>
     <t>Концевик AUTO-2 металл REXANT</t>
   </si>
   <si>
-    <t>16-0511</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3.2 Системы противоскольжения</t>
   </si>
   <si>
+    <t>07-7024-2</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для легковых автомобилей, однорядные, 6 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7025</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для кроссоверов, однорядные, 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7025-1</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для кроссоверов, однорядные, 6 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7020</t>
+  </si>
+  <si>
+    <t>Хомут противоскольжения 900x9мм, оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>07-7022</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для кроссоверов (колеса 205-225 мм), 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7021-1</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для легковых автомобилей (колеса 165-205 мм), 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7024-1</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для легковых автомобилей, однорядные, 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7021-2</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для легковых автомобилей (колеса 165-205 мм), 6 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-7023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Цепи (браслеты) противоскольжения для внедорожников (колеса 235-285 мм), усиленные, 4 шт. REXANT </t>
+  </si>
+  <si>
+    <t>07-7023-1</t>
+  </si>
+  <si>
+    <t>Цепи (браслеты) противоскольжения для внедорожников (колеса 235-285 мм), усиленные, 6 шт. REXANT</t>
+  </si>
+  <si>
     <t>07-7022-1</t>
   </si>
   <si>
     <t>Цепи (браслеты) противоскольжения для кроссоверов (колеса 205-225 мм), 6 шт. REXANT</t>
   </si>
   <si>
     <t>07-7021</t>
   </si>
   <si>
     <t>Цепи (браслеты) противоскольжения для легковых автомобилей (колеса 165-205 мм), 2 шт. REXANT</t>
   </si>
   <si>
     <t>07-7024</t>
   </si>
   <si>
     <t>Цепи (браслеты) противоскольжения для легковых автомобилей, однорядные, 2 шт. REXANT</t>
   </si>
   <si>
-    <t>07-7024-2</t>
-[...58 lines deleted...]
-  <si>
     <t>1.3.3 Буксировочные тросы</t>
   </si>
   <si>
+    <t>80-0223</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 3,5т, 5м, с двумя крюками REXANT</t>
+  </si>
+  <si>
+    <t>80-0224</t>
+  </si>
+  <si>
+    <t>Трос буксировочный со светоотражающей лентой, 5т, 4м, с двумя крюками REXANT</t>
+  </si>
+  <si>
+    <t>80-0225</t>
+  </si>
+  <si>
+    <t>Трос буксировочный 10т, 5м, с двумя крюками REXANT</t>
+  </si>
+  <si>
+    <t>80-0240</t>
+  </si>
+  <si>
+    <t>Трос динамический (стропа) 10т, 9м, в чехле REXANT</t>
+  </si>
+  <si>
+    <t>80-0238</t>
+  </si>
+  <si>
+    <t>Трос динамический (стропа) 5т, 6м, в чехле REXANT</t>
+  </si>
+  <si>
     <t>80-0239</t>
   </si>
   <si>
     <t>Трос динамический (стропа) 7т, 6м, в чехле REXANT</t>
   </si>
   <si>
     <t>80-0228</t>
   </si>
   <si>
     <t>Трос буксировочный со светоотражающей лентой, 5т, 4м, с двумя крюками, в чехле REXANT</t>
   </si>
   <si>
     <t>80-0221</t>
   </si>
   <si>
     <t>Трос буксировочный 2,5т, 5м, с двумя петлями REXANT</t>
   </si>
   <si>
     <t>80-0222</t>
   </si>
   <si>
     <t>Трос буксировочный 2,5т, 5м, с двумя крюками REXANT</t>
   </si>
   <si>
     <t>80-0226</t>
   </si>
   <si>
     <t>Трос буксировочный 2,5т, 5м, с двумя крюками, в чехле REXANT</t>
   </si>
   <si>
     <t>80-0227</t>
   </si>
   <si>
     <t>Трос буксировочный 3,5т, 5м, с двумя крюками, в чехле REXANT</t>
   </si>
   <si>
     <t>80-0229</t>
   </si>
   <si>
     <t>Трос буксировочный 7т, 5м, с двумя крюками, в чехле REXANT</t>
   </si>
   <si>
     <t>80-0230</t>
   </si>
   <si>
     <t>Трос буксировочный 10т, 5м, с двумя крюками, в чехле REXANT</t>
   </si>
   <si>
-    <t>80-0223</t>
-[...28 lines deleted...]
-  <si>
     <t>1.3.4 Заправочное оборудование</t>
   </si>
   <si>
+    <t>80-0218</t>
+  </si>
+  <si>
+    <t>Канистра для топлива, металлическая, 20л REXANT</t>
+  </si>
+  <si>
+    <t>80-0216</t>
+  </si>
+  <si>
+    <t>Канистра для топлива, металлическая, 5л REXANT</t>
+  </si>
+  <si>
+    <t>80-0213</t>
+  </si>
+  <si>
+    <t>Насос перекачки топлива погружной 12В, 12,5л/мин, без фильтра, 38мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0208</t>
+  </si>
+  <si>
+    <t>Канистра Дизель для дизельного топлива и технических жидкостей, пластиковая, 10л REXANT</t>
+  </si>
+  <si>
+    <t>80-0198</t>
+  </si>
+  <si>
+    <t>Канистра металлическая горизонтальная 5л REXANT</t>
+  </si>
+  <si>
+    <t>80-0199</t>
+  </si>
+  <si>
+    <t>Канистра металлическая горизонтальная 10л REXANT</t>
+  </si>
+  <si>
+    <t>80-0200</t>
+  </si>
+  <si>
+    <t>Канистра металлическая горизонтальная 20л REXANT</t>
+  </si>
+  <si>
+    <t>80-0203</t>
+  </si>
+  <si>
+    <t>Канистра Classic для ГСМ и технических жидкостей, пластиковая, 20л REXANT</t>
+  </si>
+  <si>
+    <t>80-0210</t>
+  </si>
+  <si>
+    <t>Воронка техническая для ГСМ, 135мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0205</t>
+  </si>
+  <si>
+    <t>Канистра для ГСМ и технических жидкостей, вертикальная, 10л, пластиковая, усиленная REXANT</t>
+  </si>
+  <si>
+    <t>80-0209</t>
+  </si>
+  <si>
+    <t>Канистра Дизель для дизельного топлива и технических жидкостей, пластиковая, 20л REXANT</t>
+  </si>
+  <si>
+    <t>80-0204</t>
+  </si>
+  <si>
+    <t>Канистра для ГСМ и технических жидкостей, вертикальная, 5л, пластиковая, усиленная REXANT</t>
+  </si>
+  <si>
+    <t>80-0201</t>
+  </si>
+  <si>
+    <t>Канистра Classic для ГСМ и технических жидкостей, пластиковая, 5л REXANT</t>
+  </si>
+  <si>
+    <t>80-0202</t>
+  </si>
+  <si>
+    <t>Канистра Classic для ГСМ и технических жидкостей, пластиковая, 10л REXANT</t>
+  </si>
+  <si>
+    <t>80-0207</t>
+  </si>
+  <si>
+    <t>Канистра Дизель для дизельного топлива и технических жидкостей, пластиковая, 5л REXANT</t>
+  </si>
+  <si>
+    <t>80-0206</t>
+  </si>
+  <si>
+    <t>Канистра для ГСМ и технических жидкостей, вертикальная, 20л, пластиковая, усиленная REXANT</t>
+  </si>
+  <si>
     <t>80-0214</t>
   </si>
   <si>
     <t>Насос перекачки топлива погружной 12В, 35л/мин, с фильтром, 51мм REXANT</t>
   </si>
   <si>
     <t>80-0215</t>
   </si>
   <si>
     <t>Насос перекачки топлива погружной 12В, 35л/мин, без фильтра, 51мм REXANT</t>
   </si>
   <si>
     <t>80-0217</t>
   </si>
   <si>
     <t>Канистра для топлива, металлическая, 10л REXANT</t>
   </si>
   <si>
-    <t>80-0218</t>
-[...94 lines deleted...]
-  <si>
     <t>1.3.5 Пакеты для хранения шин</t>
   </si>
   <si>
     <t>80-0250</t>
   </si>
   <si>
     <t>Пакеты для шин 1000х1150мм, 30мкр, для R 18-19 (5 шт/уп) REXANT</t>
   </si>
   <si>
     <t>1.3.6 Ремни для крепления груза</t>
   </si>
   <si>
     <t>80-0245</t>
   </si>
   <si>
     <t>Ремень для крепления груза, с фиксатором, 3,5м REXANT</t>
   </si>
   <si>
     <t>80-0244</t>
   </si>
   <si>
     <t>Ремень для крепления груза, с фиксатором, 2,5м REXANT</t>
   </si>
   <si>
     <t>80-0246</t>
@@ -1416,116 +1416,116 @@
   <si>
     <t>Ремень стяжной для груза, багажный, с крюками и храповым механизмом, 8х0,038м REXANT</t>
   </si>
   <si>
     <t>80-0247</t>
   </si>
   <si>
     <t>Ремень для крепления груза, с фиксатором, 6м REXANT</t>
   </si>
   <si>
     <t>80-0241</t>
   </si>
   <si>
     <t>Ремень стяжной для груза, багажный, с крюками и храповым механизмом, 5х0,038м REXANT</t>
   </si>
   <si>
     <t>80-0243</t>
   </si>
   <si>
     <t>Ремень стяжной для груза, багажный, с крюками и храповым механизмом, 10х0,038м REXANT</t>
   </si>
   <si>
     <t>1.3.7 Хранение и порядок</t>
   </si>
   <si>
+    <t>80-0262</t>
+  </si>
+  <si>
+    <t>Органайзер на спинку заднего сиденья, большой REXANT</t>
+  </si>
+  <si>
+    <t>80-0264</t>
+  </si>
+  <si>
+    <t>Карман в багажник на липучке, универсальный, 25х20см REXANT</t>
+  </si>
+  <si>
+    <t>80-0265</t>
+  </si>
+  <si>
+    <t>Карман в багажник на липучке, универсальный, 40х30см REXANT</t>
+  </si>
+  <si>
+    <t>80-0266</t>
+  </si>
+  <si>
+    <t>Накидка защитная под детское автокресло со спинкой и карманом REXANT</t>
+  </si>
+  <si>
+    <t>80-0269</t>
+  </si>
+  <si>
+    <t>Накидка защитная на спинку переднего сиденья, 60х50см, ткань Оксфорд, черная REXANT</t>
+  </si>
+  <si>
+    <t>80-0261</t>
+  </si>
+  <si>
+    <t>Органайзер в багажник, 1 отделение, 23 литра REXANT</t>
+  </si>
+  <si>
+    <t>80-0268</t>
+  </si>
+  <si>
+    <t>Накидка защитная на спинку переднего сиденья, 60х50см, ПВХ, прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>80-0260</t>
+  </si>
+  <si>
+    <t>Органайзер в багажник, 3 отделения, 65 литров REXANT</t>
+  </si>
+  <si>
     <t>80-0267</t>
   </si>
   <si>
     <t>Накидка защитная под детское автокресло с карманом REXANT</t>
   </si>
   <si>
     <t>80-0270</t>
   </si>
   <si>
     <t>Накидка защитная на бампер, 100х75см REXANT</t>
   </si>
   <si>
     <t>80-0263</t>
   </si>
   <si>
     <t>Органайзер на спинку заднего сиденья, малый REXANT</t>
   </si>
   <si>
-    <t>80-0262</t>
-[...46 lines deleted...]
-  <si>
     <t>1.3.8 Изотермические сумки</t>
   </si>
   <si>
     <t>80-0281</t>
   </si>
   <si>
     <t>Сумка-холодильник (термосумка) 6л, 2 слоя утепления ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>80-0283</t>
   </si>
   <si>
     <t>Сумка-холодильник (термосумка) 15л, 2 слоя утепления ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>80-0284</t>
   </si>
   <si>
     <t>Сумка-холодильник (термосумка) 20л, 2 слоя утепления ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>80-0286</t>
   </si>
   <si>
     <t>Сумка-холодильник (термосумка) 15л ЧЕТЫРЕ СЕЗОНА</t>
@@ -1659,104 +1659,104 @@
   <si>
     <t>Замша искусственная в тубе, 43х32см REXANT</t>
   </si>
   <si>
     <t>80-0290</t>
   </si>
   <si>
     <t>Щетка со скребком, 500мм REXANT</t>
   </si>
   <si>
     <t>80-0299</t>
   </si>
   <si>
     <t>Водосгон 270мм REXANT</t>
   </si>
   <si>
     <t>80-0298</t>
   </si>
   <si>
     <t>Распылитель (опрыскиватель) 2л REXANT</t>
   </si>
   <si>
     <t>1.3.10 Чехлы-тенты на авто/мото</t>
   </si>
   <si>
+    <t>80-0316</t>
+  </si>
+  <si>
+    <t>Чехол-тент на автомобиль, размер M REXANT</t>
+  </si>
+  <si>
+    <t>80-0318</t>
+  </si>
+  <si>
+    <t>Чехол-тент на автомобиль, размер XL REXANT</t>
+  </si>
+  <si>
+    <t>80-0315</t>
+  </si>
+  <si>
+    <t>Чехол-тент на квадроцикл, размер XL REXANT</t>
+  </si>
+  <si>
+    <t>80-0310</t>
+  </si>
+  <si>
+    <t>Чехол-тент на мотоцикл, размер M REXANT</t>
+  </si>
+  <si>
+    <t>80-0312</t>
+  </si>
+  <si>
+    <t>Чехол-тент на мотоцикл, размер XL REXANT</t>
+  </si>
+  <si>
+    <t>80-0314</t>
+  </si>
+  <si>
+    <t>Чехол-тент на квадроцикл, размер L REXANT</t>
+  </si>
+  <si>
+    <t>80-0317</t>
+  </si>
+  <si>
+    <t>Чехол-тент на автомобиль, размер L REXANT</t>
+  </si>
+  <si>
     <t>80-0311</t>
   </si>
   <si>
     <t>Чехол-тент на мотоцикл, размер L REXANT</t>
   </si>
   <si>
     <t>80-0313</t>
   </si>
   <si>
     <t>Чехол-тент на квадроцикл, размер M REXANT</t>
   </si>
   <si>
-    <t>80-0316</t>
-[...40 lines deleted...]
-  <si>
     <t>1.3.11 Утеплители двигателя</t>
   </si>
   <si>
     <t>80-0330</t>
   </si>
   <si>
     <t>Утеплитель двигателя Black Premium, двойной слой, размер M, 140х90см REXANT</t>
   </si>
   <si>
     <t>80-0331</t>
   </si>
   <si>
     <t>Утеплитель двигателя Вlack Premium, двойной слой, размер L, 160х90см REXANT</t>
   </si>
   <si>
     <t>1.4 Автохимия</t>
   </si>
   <si>
     <t>1.4.1 Защитные покрытия</t>
   </si>
   <si>
     <t>NPBW0041</t>
   </si>
   <si>
     <t>Чернитель резины 400мл NANOPROTECH</t>
@@ -1806,284 +1806,284 @@
   <si>
     <t>Супер Изоляция 210мл NANOPROTECH</t>
   </si>
   <si>
     <t>NPSI0025</t>
   </si>
   <si>
     <t>Силиконовая смазка 210мл NANOPROTECH</t>
   </si>
   <si>
     <t>NPJK0027</t>
   </si>
   <si>
     <t>Жидкий ключ 210мл NANOPROTECH</t>
   </si>
   <si>
     <t>NPVS0010</t>
   </si>
   <si>
     <t>Смазка подвижных деталей для велосипеда 210мл NANOPROTECH</t>
   </si>
   <si>
     <t>1.4.5 Автохимия REXANT</t>
   </si>
   <si>
+    <t>85-0062</t>
+  </si>
+  <si>
+    <t>Очиститель битумных пятен и следов насекомых 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0056</t>
+  </si>
+  <si>
+    <t>Преобразователь ржавчины 500мл с триггером REXANT</t>
+  </si>
+  <si>
+    <t>85-0054</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0065</t>
+  </si>
+  <si>
+    <t>Антизапотеватель, 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0066</t>
+  </si>
+  <si>
+    <t>Чернитель шин 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0068</t>
+  </si>
+  <si>
+    <t>Очиститель стекол универсальный, 500мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0072</t>
+  </si>
+  <si>
+    <t>Паста для рук очищающая 550мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0077</t>
+  </si>
+  <si>
+    <t>Смывка краски 520мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0054-2</t>
+  </si>
+  <si>
+    <t>Смазка универсальная силиконовая 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0053-2</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0071</t>
+  </si>
+  <si>
+    <t>Полироль фар 100мл, туба REXANT</t>
+  </si>
+  <si>
+    <t>85-0064</t>
+  </si>
+  <si>
+    <t>Антидождь 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0052</t>
+  </si>
+  <si>
+    <t>Антискотч 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0054-1</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0057</t>
+  </si>
+  <si>
+    <t>Быстрый старт 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0053</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0060</t>
+  </si>
+  <si>
+    <t>Медная смазка 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0052-1</t>
+  </si>
+  <si>
+    <t>Удалитель следов наклеек и тонировочной пленки (антискотч), аэрозоль 335мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0064-1</t>
+  </si>
+  <si>
+    <t>Антидождь 500мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0060-1</t>
+  </si>
+  <si>
+    <t>Смазка высокотемпературная медная 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0075</t>
+  </si>
+  <si>
+    <t>Смазка алюминиевая 210мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0070</t>
+  </si>
+  <si>
+    <t>Паста для удаления царапин (антицарапин) 100мл, туба REXANT</t>
+  </si>
+  <si>
+    <t>85-0073</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая 50мл, флакон roll-on REXANT</t>
+  </si>
+  <si>
+    <t>85-0055</t>
+  </si>
+  <si>
+    <t>Чернитель шин 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0059</t>
+  </si>
+  <si>
+    <t>Очиститель контактов 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0050</t>
+  </si>
+  <si>
+    <t>Очиститель тормозов 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0051</t>
+  </si>
+  <si>
+    <t>Очиститель карбюратора аэро 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0053-1</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0058</t>
+  </si>
+  <si>
+    <t>Смазка для контактов 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0063</t>
+  </si>
+  <si>
+    <t>Мовиль Автоконсервант 520 мл REXANT</t>
+  </si>
+  <si>
     <t>85-0079</t>
   </si>
   <si>
     <t>Термоключ с эффектом заморозки 335мл, аэрозоль REXANT</t>
   </si>
   <si>
     <t>85-0076</t>
   </si>
   <si>
     <t>Смазка универсальная литиевая 520мл, аэрозоль REXANT</t>
   </si>
   <si>
-    <t>85-0062</t>
-[...178 lines deleted...]
-  <si>
     <t>1.5 Компрессоры и насосы</t>
   </si>
   <si>
     <t>1.5.1 Компрессоры автомобильные</t>
   </si>
   <si>
+    <t>80-0520</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный 40 л/мин, 7 АТМ REXANT</t>
+  </si>
+  <si>
+    <t>80-0521</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный усиленный двухпоршневой, 60 л/мин, 10 АТМ REXANT</t>
+  </si>
+  <si>
+    <t>80-0523</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный усиленный двухпоршневой, 75 л/мин, 10 АТМ REXANT</t>
+  </si>
+  <si>
+    <t>80-0525</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный 35 л/мин, 9,4 АТМ, 220В REXANT</t>
+  </si>
+  <si>
+    <t>80-0522</t>
+  </si>
+  <si>
+    <t>Компрессор автомобильный усиленный двухпоршневой с цифровым манометром и функцией автостоп, 60 л/мин, 10 АТМ REXANT</t>
+  </si>
+  <si>
     <t>80-0524</t>
   </si>
   <si>
     <t>Компрессор автомобильный усиленный двухпоршневой в кейсе с набором инструментов, 60 л/мин, 10 АТМ REXANT</t>
   </si>
   <si>
-    <t>80-0520</t>
-[...28 lines deleted...]
-  <si>
     <t>1.6 Домкраты и подставки</t>
   </si>
   <si>
     <t>1.6.1 Домкраты гидравлические бутылочные</t>
   </si>
   <si>
     <t>80-0616</t>
   </si>
   <si>
     <t>Домкрат гидравлический бутылочный 20т REXANT</t>
   </si>
   <si>
     <t>80-0612</t>
   </si>
   <si>
     <t>Домкрат гидравлический бутылочный 8т REXANT</t>
   </si>
   <si>
     <t>80-0615</t>
   </si>
   <si>
     <t>Домкрат гидравлический бутылочный 15т REXANT</t>
   </si>
   <si>
     <t>80-0613</t>
@@ -2205,137 +2205,137 @@
   <si>
     <t>16-0204-9</t>
   </si>
   <si>
     <t>Штекер в прикуриватель с предохранителем под винт, 1 шт., пакет БОПП PROconnect</t>
   </si>
   <si>
     <t>1.7.2 Дeржатель предохранителя</t>
   </si>
   <si>
     <t>16-0421-4-9</t>
   </si>
   <si>
     <t>Держатель предохранителя, тип вилочный, красный, 1 шт., пакет БОПП PROconnect</t>
   </si>
   <si>
     <t>16-0421-9</t>
   </si>
   <si>
     <t>Держатель предохранителя, тип вилочный, черный, 1 шт., пакет БОПП PROconnect</t>
   </si>
   <si>
     <t>1.7.3 Зажим Крокодил</t>
   </si>
   <si>
+    <t>16-0020-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 150мм, ток 250A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>06-0145-B2</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 50мм, ток 10A, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>06-0142-A2</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 52мм, ток 5A, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>16-0009-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 53мм, ток 15A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0015-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 75мм, ток 30A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0001-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил в изоляторе, длина 40мм, ток 5A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0012-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 50мм, ток 10A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0002-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил в изоляторе, длина 46мм, ток 5A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>16-0018-9</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 98мм, ток 50A, 2 шт., пакет БОПП REXANT</t>
+  </si>
+  <si>
+    <t>06-0144-A2</t>
+  </si>
+  <si>
+    <t>Зажим крокодил, длина 53мм, ток 15A, 2 шт. REXANT</t>
+  </si>
+  <si>
     <t>16-0016-9</t>
   </si>
   <si>
     <t>Зажим крокодил в изоляторе, длина 75мм, ток 30A, 2 шт., пакет БОПП REXANT</t>
   </si>
   <si>
     <t>16-0019-1-9</t>
   </si>
   <si>
     <t>Зажим крокодил, длина 105мм, ток 100A, 2 шт., пакет БОПП REXANT</t>
   </si>
   <si>
     <t>16-0003-9</t>
   </si>
   <si>
     <t>Зажим крокодил в изоляторе, длина 56мм, ток 5A, 2 шт., пакет БОПП REXANT</t>
   </si>
   <si>
     <t>06-0141-A2</t>
   </si>
   <si>
     <t>Зажим крокодил в изоляторе, длина 56мм, ток 5A, 2 шт. REXANT</t>
   </si>
   <si>
-    <t>блистер</t>
-[...61 lines deleted...]
-  <si>
     <t>1.7.4 Концевик</t>
   </si>
   <si>
     <t>06-0130-A</t>
   </si>
   <si>
     <t>Концевик автомобильный, пластик, угловой, 1 шт. REXANT</t>
   </si>
   <si>
     <t>06-0129-A</t>
   </si>
   <si>
     <t>Концевик автомобильный, пластик, 1 шт. REXANT</t>
   </si>
   <si>
     <t>1.7.5 Разъем ЕВРО</t>
   </si>
   <si>
     <t>06-0126-C</t>
   </si>
   <si>
     <t>Разъем для автомагнитолы "Евро" ISO, гнездо сдвоенное, 1шт. REXANT</t>
   </si>
   <si>
     <t>06-0127-C</t>
@@ -2538,102 +2538,102 @@
   <si>
     <t>Щетка стеклоочистителя каркасная Classic, 650мм REXANT</t>
   </si>
   <si>
     <t>80-0902</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя каркасная Classic, 400мм REXANT</t>
   </si>
   <si>
     <t>80-0904</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя каркасная Classic, 500мм REXANT</t>
   </si>
   <si>
     <t>80-0906</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя каркасная Classic, 550мм REXANT</t>
   </si>
   <si>
     <t>1.9.2 Щетки стеклоочистителя бескаркасные Rexant Optimal</t>
   </si>
   <si>
+    <t>80-0910</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 330мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0914</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 500мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0915</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 530мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0912</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 400мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0913</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 450мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0916</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 550мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0917</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 600мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0918</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 650мм REXANT</t>
+  </si>
+  <si>
     <t>80-0911</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Optimal, 350мм REXANT</t>
-  </si>
-[...46 lines deleted...]
-    <t>Щетка стеклоочистителя бескаркасная Optimal, 650мм REXANT</t>
   </si>
   <si>
     <t>1.9.3 Щетки стеклоочистителя бескаркасные Rexant Multi Clamp</t>
   </si>
   <si>
     <t>80-0928</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 650мм REXANT</t>
   </si>
   <si>
     <t>80-0920</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 330мм REXANT</t>
   </si>
   <si>
     <t>80-0922</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 400мм REXANT</t>
   </si>
   <si>
     <t>80-0925</t>
   </si>
@@ -3084,51 +3084,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-belyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zheltyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-siniy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zelenyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zelenyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-krasnyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-chernyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m0-75h5m1h3m1-50h3m2-50h2m-tsvet-provoda-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-75mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h2-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-00mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m0-75h5m1-50h3m2-50h2m-tsvet-provoda-chernyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-11-avtomobilnyy-razem-shteker-s-provodom-20sm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-21-avtomobilnyy-razem-gnezdo-s-provodom-20sm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-sdvoennoe-gnezdo-akustika-pitanie-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-2-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-3-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-sdvoennyy-shteker-akustika-pitanie-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenny-shteker-aziya-gnezdo-evropa-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-plastik-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-metall-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-plastik-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-1-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenny-shteker-evropa-gnezdo-aziya-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-metall-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-podklyucheniya-farkopa-universalnyy-7-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-gnezdo-antenny-dlya-avtomagnitoly-na-shnur-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-2-gnezda-akustika-pitanie-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-21-avtomobilnyy-razem-gnezdo-s-provodom-20sm-3-h-kontaktnyy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-11-avtomobilnyy-razem-shteker-s-provodom-20sm-3-h-kontaktnyy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-kruglyy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-mini-na-provode-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-15a-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-20a-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-25a-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-30a-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-20a-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-agu-kolba-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-30a-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-15a-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-plastikovoy-korobke-100-sht-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-10a-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-plastikovoy-korobke-100-sht-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-blistere-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-blistere-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-mini-vlagozashchishchennyy-na-provode-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-10a-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-25a-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mikro-korea-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-75mm-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-46mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlya-testera-15a-53mm-gnezdo-banana-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-pintset-50mm-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-kryuchok-40mm-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-55mm-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-52mm-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-40mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-50a-98mm-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7a-pws-150-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhimy-krokodil-5a-40mm-s-provodom-10-par-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-56mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7a-pws-265-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-10a-50mm-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-100a-105mm-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-53mm-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-250a-150mm-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-500a-200mm-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-3-gnezda-shnur-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-2-gnezda-shnur-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-2-gnezda-1husb-5v-1000ma-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-indikatorom-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-pod-vint-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-3m-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-5m-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-1-5m-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-1-5m-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-5m-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-knopkoy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-rexant-2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnezdo-avtoprikurivatelya-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-3m-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-indikatorom-1-sht-paket-proconnect" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-tv-aktivnaya-model-rx-504-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-aktivnaya-model-rx-503-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-passivnaya-model-rx-501-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-tv-aktivnaya-model-rx-502-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-2-metall-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-1-plastik-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-3-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-kolesa-205-225-mm-6-sht-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-kolesa-165-205-mm-2-sht-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-odnoryadnye-2-sht-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-odnoryadnye-6-sht-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-odnoryadnye-4-sht-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-odnoryadnye-6-sht-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-protivoskolzheniya-900x9mm-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-kolesa-205-225-mm-4-sht-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-kolesa-165-205-mm-4-sht-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-odnoryadnye-4-sht-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-kolesa-165-205-mm-6-sht-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-vnedorozhnikov-kolesa-235-285-mm-usilennye-4-sht-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-vnedorozhnikov-kolesa-235-285-mm-usilennye-6-sht-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-7t-6m-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-so-svetootrazhayushchey-lentoy-5t-4m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-2-5t-5m-s-dvumya-petlyami-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-2-5t-5m-s-dvumya-kryukami-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-2-5t-5m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-3-5t-5m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-7t-5m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-10t-5m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-3-5t-5m-s-dvumya-kryukami-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-so-svetootrazhayushchey-lentoy-5t-4m-s-dvumya-kryukami-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-10t-5m-s-dvumya-kryukami-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-10t-9m-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-5t-6m-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogruzhnoy-12v-35l-min-s-filtrom-51mm-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogruzhnoy-12v-35l-min-bez-filtra-51mm-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-10l-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-20l-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-5l-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogruzhnoy-12v-12-5l-min-bez-filtra-38mm-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-zhidkostey-plastikovaya-10l-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-5l-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-10l-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-20l-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-classic-dlya-gsm-i-tehnicheskih-zhidkostey-plastikovaya-20l-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/voronka-tehnicheskaya-dlya-gsm-135mm-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-gsm-i-tehnicheskih-zhidkostey-vertikalnaya-10l-plastikovaya-usilennaya-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-zhidkostey-plastikovaya-20l-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-gsm-i-tehnicheskih-zhidkostey-vertikalnaya-5l-plastikovaya-usilennaya-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-classic-dlya-gsm-i-tehnicheskih-zhidkostey-plastikovaya-5l-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-classic-dlya-gsm-i-tehnicheskih-zhidkostey-plastikovaya-10l-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-zhidkostey-plastikovaya-5l-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-gsm-i-tehnicheskih-zhidkostey-vertikalnaya-20l-plastikovaya-usilennaya-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-dlya-shin-1000h1150mm-30mkr-dlya-r-18-19-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-3-5m-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-2-5m-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-5m-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-styazhnoy-dlya-gruza-bagazhnyy-s-kryukami-i-hrapovym-mehanizmom-8h0-038m-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-6m-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-styazhnoy-dlya-gruza-bagazhnyy-s-kryukami-i-hrapovym-mehanizmom-5h0-038m-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-styazhnoy-dlya-gruza-bagazhnyy-s-kryukami-i-hrapovym-mehanizmom-10h0-038m-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-pod-detskoe-avtokreslo-s-karmanom-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-na-bamper-100h75sm-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-na-spinku-zadnego-sidenya-malyy-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-na-spinku-zadnego-sidenya-bolshoy-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karman-v-bagazhnik-na-lipuchke-universalnyy-25h20sm-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karman-v-bagazhnik-na-lipuchke-universalnyy-40h30sm-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-pod-detskoe-avtokreslo-so-spinkoy-i-karmanom-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-na-spinku-perednego-sidenya-60h50sm-tkan-oksford-chernaya-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-v-bagazhnik-1-otdelenie-23-litra-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-na-spinku-perednego-sidenya-60h50sm-pvh-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-v-bagazhnik-3-otdeleniya-65-litrov-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-6l-2-sloya-utepleniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-15l-2-sloya-utepleniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-20l-2-sloya-utepleniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-15l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-20l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-40l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-10l-2-sloya-utepleniya-s-karmanami-chetyre-sezona" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-45l-2-sloya-utepleniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-oranzhevaya-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-chernaya-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopata-avtomobilnaya-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40sm-300-grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h60sm-600-grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-v-kartonnoy-korobke-25h25sm-200-grm2-30-sht-v-korobke-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-so-skrebkom-540mm-myagkaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-so-skrebkom-635mm-myagkaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-opryskivatel-1-5l-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-64h43sm-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-plotnost-25h25sm-200-grm2-6-sht-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-200-grm2-10-sht-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-250-grm2-2-sht-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40-sm-250grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h40sm-600-grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-otryvnaya-25h25sm-200-grm2-30-sht-v-rulone-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-43h32sm-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-so-skrebkom-500mm-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vodosgon-270mm-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-opryskivatel-2l-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-l-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-m-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-m-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-xl-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-xl-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-m-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-xl-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-l-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-l-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uteplitel-dvigatelya-black-premium-dvoynoy-sloy-razmer-m-140h90sm-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uteplitel-dvigatelya-vlack-premium-dvoynoy-sloy-razmer-l-160h90sm-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-reziny-400ml-nanoprotech" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/himchistka-salona-avtomobilya-650ml-nanoprotech" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-dlya-plastika-400ml-nanoprotech" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-smazka-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-elektrokontaktov-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-antikor-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-izolyatsiya-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkiy-klyuch-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-podvizhnyh-detaley-dlya-velosipeda-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoklyuch-s-effektom-zamorozki-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-litievaya-520ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-bitumnyh-pyaten-i-sledov-nasekomyh-520ml-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/preobrazovatel-rzhavchiny-500ml-s-triggerom-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antizapotevatel-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-stekol-universalnyy-500ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-ruk-ochischayuschaya-550ml-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smyvka-kraski-520ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-silikonovaya-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-far-100ml-tuba-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antiskotch-210ml-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-520ml-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bystryy-start-520ml-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-210ml-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mednaya-smazka-520ml-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udalitel-sledov-nakleek-i-tonirovochnoy-plenki-antiskotch-aerozol-335ml-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-500ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-vysokotemperaturnaya-mednaya-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-alyuminievaya-210ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-udaleniya-tsarapin-antitsarapin-100ml-tuba-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-50ml-flakon-roll-on-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-520ml-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-kontaktov-520ml-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-tormozov-520ml-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-karbyuratora-aero-520ml-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-520ml-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kontaktov-210ml-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/movil-avtokonservant-520-ml-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-v-keyse-s-naborom-instrumentov-60-lmin-10-atm-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-40-lmin-7-atm-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-60-lmin-10-atm-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-75-lmin-10-atm-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-35-lmin-9-4-atm-220v-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-s-tsifrovym-manometrom-i-funktsiey-avtostop-60-lmin-10-atm-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-20t-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-8t-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-15t-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-10t-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-12t-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-50t-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-3t-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-5t-v-plastikovom-keyse-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-25t-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavki-pod-mashinu-reguliruemye-2t-2-sht-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavki-pod-mashinu-reguliruemye-3t-2-sht-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-1-5t-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-1t-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-2t-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-professionalnyy-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-s-vysokim-podemom-suv-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-2-5t-s-fiksatorom-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-2t-v-keyse-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-shinomontazhnyy-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-s-predohranitelem-pod-vint-1-sht-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-s-predohranitelem-pod-vint-1-sht-paket-bopp-proconnect" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-vilochnyy-krasnyy-1-sht-paket-bopp-proconnect" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-vilochnyy-chernyy-1-sht-paket-bopp-proconnect" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-75mm-tok-30a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-105mm-tok-100a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-56mm-tok-5a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-56mm-tok-5a-2-sht-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-150mm-tok-250a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-50mm-tok-10a-2-sht-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-52mm-tok-5a-2-sht-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-53mm-tok-15a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-75mm-tok-30a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-40mm-tok-5a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-50mm-tok-10a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-46mm-tok-5a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-98mm-tok-50a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-53mm-tok-15a-2-sht-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-avtomobilnyy-plastik-uglovoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-avtomobilnyy-plastik-1-sht-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoly-evro-iso-gnezdo-sdvoennoe-1sht-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoly-evro-iso-2-gnezda-1sht-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoly-evro-iso-shteker-sdvoennyy-1sht-rexant" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sidene-mehanika-rexant" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezhak-podkatnoy-remontnyy-rexant" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhki-pruzhin-380-mm-2-sht-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhki-pruzhin-270-mm-2-sht-rexant" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-dinamometricheskiy-12-28-210-nm-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obraznyy-250mm-s-golovkami-16mm-i-21mm-rexant" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plastikovyh-semnikov-11-predmetov-rexant" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-remennoy-60-140mm-rexant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-pistonov-9mm-rexant" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-56-110mm-ploskie-zahvaty-rexant" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-65-110mm-pryamye-zahvaty-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-tsepnoy-120mm-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obraznyy-s-kardannym-sharnirom-16h250mm-rexant" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obraznyy-s-kardannym-sharnirom-21h250mm-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-dinamometricheskiy-14-2-24-nm-rexant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisposoblenie-dlya-utaplivaniya-tormoznyh-tsilindrov-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisposoblenie-dlya-utaplivaniya-tormoznyh-tsilindrov-audi-vw-skoda-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-43-102mm-izognutye-zahvaty-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-lentochnyy-55-110mm-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lebedka-ruchnaya-2t-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lebedka-ruchnaya-4t-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-rezinovyh-kolets-419-predmetov-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-350mm-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-450mm-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-600mm-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-330mm-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-530mm-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-650mm-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-400mm-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-500mm-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-550mm-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-350mm-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-330mm-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-500mm-rexant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-530mm-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-400mm-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-450mm-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-550mm-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-600mm-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-650mm-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-650mm-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-330mm-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-400mm-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-530mm-rexant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-550mm-rexant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-600mm-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-350mm-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-450mm-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-500mm-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtovizitka-parkovochnaya-s-nomerom-telefona-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-belyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zheltyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-siniy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zelenyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zelenyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-krasnyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-chernyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m0-75h5m1h3m1-50h3m2-50h2m-tsvet-provoda-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-75mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h2-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-00mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m0-75h5m1-50h3m2-50h2m-tsvet-provoda-chernyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-sdvoennoe-gnezdo-akustika-pitanie-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-2-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-3-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-sdvoennyy-shteker-akustika-pitanie-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenny-shteker-aziya-gnezdo-evropa-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-plastik-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-metall-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-plastik-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-1-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenny-shteker-evropa-gnezdo-aziya-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-metall-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-podklyucheniya-farkopa-universalnyy-7-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-gnezdo-antenny-dlya-avtomagnitoly-na-shnur-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-2-gnezda-akustika-pitanie-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-21-avtomobilnyy-razem-gnezdo-s-provodom-20sm-3-h-kontaktnyy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-11-avtomobilnyy-razem-shteker-s-provodom-20sm-3-h-kontaktnyy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-11-avtomobilnyy-razem-shteker-s-provodom-20sm" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-21-avtomobilnyy-razem-gnezdo-s-provodom-20sm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-mini-na-provode-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-15a-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-20a-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-25a-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-30a-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-20a-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-agu-kolba-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-30a-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-15a-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-plastikovoy-korobke-100-sht-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-10a-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-plastikovoy-korobke-100-sht-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-blistere-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-blistere-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-mini-vlagozashchishchennyy-na-provode-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-10a-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-25a-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mikro-korea-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-kruglyy-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-kryuchok-40mm-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-55mm-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-52mm-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-40mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-50a-98mm-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7a-pws-150-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhimy-krokodil-5a-40mm-s-provodom-10-par-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-56mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7a-pws-265-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-10a-50mm-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-100a-105mm-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-53mm-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-250a-150mm-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-500a-200mm-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-75mm-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-46mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlya-testera-15a-53mm-gnezdo-banana-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-pintset-50mm-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-3-gnezda-shnur-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-2-gnezda-shnur-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-avtoprikurivatelya-2-gnezda-1husb-5v-1000ma-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-indikatorom-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-pod-vint-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-3m-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-5m-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-1-5m-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-ot-akkumulyatora-1-5m-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-5m-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-knopkoy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-rexant-2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnezdo-avtoprikurivatelya-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-avtoprikurivatelya-shteker-gnezdo-3m-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-avtoprikurivatelya-s-indikatorom-1-sht-paket-proconnect" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-tv-aktivnaya-model-rx-504-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-aktivnaya-model-rx-503-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-passivnaya-model-rx-501-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antenna-avtomobilnaya-vnutrisalonnaya-radio-tv-aktivnaya-model-rx-502-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-1-plastik-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-3-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-auto-2-metall-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-odnoryadnye-6-sht-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-odnoryadnye-4-sht-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-odnoryadnye-6-sht-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-protivoskolzheniya-900x9mm-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-kolesa-205-225-mm-4-sht-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-kolesa-165-205-mm-4-sht-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-odnoryadnye-4-sht-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-kolesa-165-205-mm-6-sht-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-vnedorozhnikov-kolesa-235-285-mm-usilennye-4-sht-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-vnedorozhnikov-kolesa-235-285-mm-usilennye-6-sht-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-krossoverov-kolesa-205-225-mm-6-sht-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-kolesa-165-205-mm-2-sht-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsepi-braslety-protivoskolzheniya-dlya-legkovyh-avtomobiley-odnoryadnye-2-sht-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-3-5t-5m-s-dvumya-kryukami-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-so-svetootrazhayushchey-lentoy-5t-4m-s-dvumya-kryukami-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-10t-5m-s-dvumya-kryukami-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-10t-9m-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-5t-6m-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-dinamicheskiy-stropa-7t-6m-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-so-svetootrazhayushchey-lentoy-5t-4m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-2-5t-5m-s-dvumya-petlyami-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-2-5t-5m-s-dvumya-kryukami-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-2-5t-5m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-3-5t-5m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-7t-5m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-buksirovochnyy-10t-5m-s-dvumya-kryukami-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-20l-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-5l-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogruzhnoy-12v-12-5l-min-bez-filtra-38mm-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-zhidkostey-plastikovaya-10l-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-5l-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-10l-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-metallicheskaya-gorizontalnaya-20l-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-classic-dlya-gsm-i-tehnicheskih-zhidkostey-plastikovaya-20l-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/voronka-tehnicheskaya-dlya-gsm-135mm-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-gsm-i-tehnicheskih-zhidkostey-vertikalnaya-10l-plastikovaya-usilennaya-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-zhidkostey-plastikovaya-20l-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-gsm-i-tehnicheskih-zhidkostey-vertikalnaya-5l-plastikovaya-usilennaya-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-classic-dlya-gsm-i-tehnicheskih-zhidkostey-plastikovaya-5l-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-classic-dlya-gsm-i-tehnicheskih-zhidkostey-plastikovaya-10l-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dizel-dlya-dizelnogo-topliva-i-tehnicheskih-zhidkostey-plastikovaya-5l-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-gsm-i-tehnicheskih-zhidkostey-vertikalnaya-20l-plastikovaya-usilennaya-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogruzhnoy-12v-35l-min-s-filtrom-51mm-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasos-perekachki-topliva-pogruzhnoy-12v-35l-min-bez-filtra-51mm-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanistra-dlya-topliva-metallicheskaya-10l-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-dlya-shin-1000h1150mm-30mkr-dlya-r-18-19-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-3-5m-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-2-5m-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-5m-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-styazhnoy-dlya-gruza-bagazhnyy-s-kryukami-i-hrapovym-mehanizmom-8h0-038m-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-dlya-krepleniya-gruza-s-fiksatorom-6m-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-styazhnoy-dlya-gruza-bagazhnyy-s-kryukami-i-hrapovym-mehanizmom-5h0-038m-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remen-styazhnoy-dlya-gruza-bagazhnyy-s-kryukami-i-hrapovym-mehanizmom-10h0-038m-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-na-spinku-zadnego-sidenya-bolshoy-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karman-v-bagazhnik-na-lipuchke-universalnyy-25h20sm-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karman-v-bagazhnik-na-lipuchke-universalnyy-40h30sm-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-pod-detskoe-avtokreslo-so-spinkoy-i-karmanom-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-na-spinku-perednego-sidenya-60h50sm-tkan-oksford-chernaya-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-v-bagazhnik-1-otdelenie-23-litra-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-na-spinku-perednego-sidenya-60h50sm-pvh-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-v-bagazhnik-3-otdeleniya-65-litrov-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-pod-detskoe-avtokreslo-s-karmanom-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakidka-zashchitnaya-na-bamper-100h75sm-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-na-spinku-zadnego-sidenya-malyy-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-6l-2-sloya-utepleniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-15l-2-sloya-utepleniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-20l-2-sloya-utepleniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-15l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-20l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-40l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-10l-2-sloya-utepleniya-s-karmanami-chetyre-sezona" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-holodilnik-termosumka-45l-2-sloya-utepleniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-oranzhevaya-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbornaya-avtomobilnaya-lopata-chernaya-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopata-avtomobilnaya-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40sm-300-grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h60sm-600-grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-v-kartonnoy-korobke-25h25sm-200-grm2-30-sht-v-korobke-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-so-skrebkom-540mm-myagkaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-so-skrebkom-635mm-myagkaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-opryskivatel-1-5l-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-64h43sm-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-plotnost-25h25sm-200-grm2-6-sht-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-200-grm2-10-sht-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-30h30sm-250-grm2-2-sht-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-35h40-sm-250grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-avtomobilnaya-40h40sm-600-grm2-1-sht-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrofibra-otryvnaya-25h25sm-200-grm2-30-sht-v-rulone-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamsha-iskusstvennaya-v-tube-43h32sm-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-so-skrebkom-500mm-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vodosgon-270mm-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-opryskivatel-2l-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-m-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-xl-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-xl-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-m-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-xl-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-l-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-avtomobil-razmer-l-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-mototsikl-razmer-l-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-tent-na-kvadrotsikl-razmer-m-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uteplitel-dvigatelya-black-premium-dvoynoy-sloy-razmer-m-140h90sm-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uteplitel-dvigatelya-vlack-premium-dvoynoy-sloy-razmer-l-160h90sm-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-reziny-400ml-nanoprotech" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/himchistka-salona-avtomobilya-650ml-nanoprotech" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-dlya-plastika-400ml-nanoprotech" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-smazka-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-elektrokontaktov-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-antikor-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-izolyatsiya-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkiy-klyuch-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-podvizhnyh-detaley-dlya-velosipeda-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-bitumnyh-pyaten-i-sledov-nasekomyh-520ml-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/preobrazovatel-rzhavchiny-500ml-s-triggerom-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antizapotevatel-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-stekol-universalnyy-500ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-ruk-ochischayuschaya-550ml-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smyvka-kraski-520ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-silikonovaya-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-far-100ml-tuba-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antiskotch-210ml-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-520ml-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bystryy-start-520ml-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-210ml-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mednaya-smazka-520ml-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udalitel-sledov-nakleek-i-tonirovochnoy-plenki-antiskotch-aerozol-335ml-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-500ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-vysokotemperaturnaya-mednaya-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-alyuminievaya-210ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-udaleniya-tsarapin-antitsarapin-100ml-tuba-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-50ml-flakon-roll-on-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-520ml-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-kontaktov-520ml-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-tormozov-520ml-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-karbyuratora-aero-520ml-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-520ml-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kontaktov-210ml-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/movil-avtokonservant-520-ml-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoklyuch-s-effektom-zamorozki-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-litievaya-520ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-40-lmin-7-atm-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-60-lmin-10-atm-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-75-lmin-10-atm-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-35-lmin-9-4-atm-220v-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-s-tsifrovym-manometrom-i-funktsiey-avtostop-60-lmin-10-atm-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-avtomobilnyy-usilennyy-dvuhporshnevoy-v-keyse-s-naborom-instrumentov-60-lmin-10-atm-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-20t-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-8t-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-15t-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-10t-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-12t-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-50t-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-3t-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-5t-v-plastikovom-keyse-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-butylochnyy-25t-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavki-pod-mashinu-reguliruemye-2t-2-sht-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavki-pod-mashinu-reguliruemye-3t-2-sht-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-1-5t-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-1t-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-rombicheskiy-2t-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-professionalnyy-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-s-vysokim-podemom-suv-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-2-5t-s-fiksatorom-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-2t-v-keyse-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/domkrat-gidravlicheskiy-podkatnoy-3t-shinomontazhnyy-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-s-predohranitelem-pod-vint-1-sht-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shteker-v-prikurivatel-s-predohranitelem-pod-vint-1-sht-paket-bopp-proconnect" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-vilochnyy-krasnyy-1-sht-paket-bopp-proconnect" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-vilochnyy-chernyy-1-sht-paket-bopp-proconnect" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-150mm-tok-250a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-50mm-tok-10a-2-sht-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-52mm-tok-5a-2-sht-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-53mm-tok-15a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-75mm-tok-30a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-40mm-tok-5a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-50mm-tok-10a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-46mm-tok-5a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-98mm-tok-50a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-53mm-tok-15a-2-sht-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-75mm-tok-30a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlina-105mm-tok-100a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-56mm-tok-5a-2-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-v-izolyatore-dlina-56mm-tok-5a-2-sht-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-avtomobilnyy-plastik-uglovoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevik-avtomobilnyy-plastik-1-sht-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoly-evro-iso-gnezdo-sdvoennoe-1sht-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoly-evro-iso-2-gnezda-1sht-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-dlya-avtomagnitoly-evro-iso-shteker-sdvoennyy-1sht-rexant" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sidene-mehanika-rexant" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezhak-podkatnoy-remontnyy-rexant" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhki-pruzhin-380-mm-2-sht-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhki-pruzhin-270-mm-2-sht-rexant" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-dinamometricheskiy-12-28-210-nm-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obraznyy-250mm-s-golovkami-16mm-i-21mm-rexant" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plastikovyh-semnikov-11-predmetov-rexant" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-remennoy-60-140mm-rexant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-pistonov-9mm-rexant" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-56-110mm-ploskie-zahvaty-rexant" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-65-110mm-pryamye-zahvaty-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-tsepnoy-120mm-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obraznyy-s-kardannym-sharnirom-16h250mm-rexant" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-svechnoy-t-obraznyy-s-kardannym-sharnirom-21h250mm-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-dinamometricheskiy-14-2-24-nm-rexant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisposoblenie-dlya-utaplivaniya-tormoznyh-tsilindrov-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisposoblenie-dlya-utaplivaniya-tormoznyh-tsilindrov-audi-vw-skoda-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-krab-43-102mm-izognutye-zahvaty-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/semnik-maslyanogo-filtra-lentochnyy-55-110mm-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lebedka-ruchnaya-2t-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lebedka-ruchnaya-4t-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-rezinovyh-kolets-419-predmetov-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-350mm-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-450mm-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-600mm-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-330mm-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-530mm-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-650mm-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-400mm-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-500mm-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-karkasnaya-classic-550mm-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-330mm-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-500mm-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-530mm-rexant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-400mm-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-450mm-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-550mm-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-600mm-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-650mm-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-optimal-350mm-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-650mm-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-330mm-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-400mm-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-530mm-rexant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-550mm-rexant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-600mm-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-350mm-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-450mm-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-stekloochistitelya-beskarkasnaya-multi-clamp-500mm-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtovizitka-parkovochnaya-s-nomerom-telefona-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I461"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -5389,1977 +5389,1977 @@
       <c r="I82" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="2"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
       <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C84" s="3">
-        <v>181.26</v>
+        <v>157.64</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F84" s="3">
-        <v>630</v>
+        <v>5170</v>
       </c>
       <c r="G84" s="3">
         <v>10</v>
       </c>
       <c r="H84" s="3">
         <v>250</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C85" s="3">
-        <v>181.03</v>
+        <v>27.46</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F85" s="3">
-        <v>460</v>
+        <v>2200</v>
       </c>
       <c r="G85" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H85" s="3">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C86" s="3">
-        <v>157.64</v>
+        <v>8.66</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F86" s="3">
-        <v>5170</v>
+        <v>28600</v>
       </c>
       <c r="G86" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H86" s="3">
-        <v>250</v>
+        <v>5000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C87" s="3">
-        <v>27.46</v>
+        <v>157.64</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F87" s="3">
-        <v>2200</v>
+        <v>5590</v>
       </c>
       <c r="G87" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H87" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C88" s="3">
-        <v>8.66</v>
+        <v>29.49</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F88" s="3">
-        <v>28600</v>
+        <v>3300</v>
       </c>
       <c r="G88" s="3">
         <v>50</v>
       </c>
       <c r="H88" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C89" s="3">
-        <v>157.64</v>
+        <v>294.93</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F89" s="3">
-        <v>5590</v>
+        <v>2340</v>
       </c>
       <c r="G89" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I89" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C90" s="3">
-        <v>29.49</v>
+        <v>594.94</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F90" s="3">
-        <v>3300</v>
+        <v>2593</v>
       </c>
       <c r="G90" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>294.93</v>
+        <v>340.7</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F91" s="3">
-        <v>2340</v>
+        <v>1763</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>100</v>
       </c>
       <c r="I91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C92" s="3">
-        <v>594.94</v>
+        <v>20.34</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F92" s="3">
-        <v>2593</v>
+        <v>17900</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H92" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>340.7</v>
+        <v>25.21</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F93" s="3">
-        <v>1763</v>
+        <v>2000</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H93" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C94" s="3">
-        <v>20.34</v>
+        <v>381.37</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F94" s="3">
-        <v>17900</v>
+        <v>1814</v>
       </c>
       <c r="G94" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I94" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>25.21</v>
+        <v>1174.64</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F95" s="3">
-        <v>2000</v>
+        <v>1147</v>
       </c>
       <c r="G95" s="3">
+        <v>1</v>
+      </c>
+      <c r="H95" s="3">
         <v>50</v>
       </c>
-      <c r="H95" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C96" s="3">
-        <v>381.37</v>
+        <v>28.01</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F96" s="3">
-        <v>1814</v>
+        <v>18350</v>
       </c>
       <c r="G96" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H96" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I96" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C97" s="3">
-        <v>1174.64</v>
+        <v>152.55</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F97" s="3">
-        <v>1147</v>
+        <v>9990</v>
       </c>
       <c r="G97" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I97" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C98" s="3">
-        <v>28.01</v>
+        <v>239</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F98" s="3">
-        <v>18350</v>
+        <v>60</v>
       </c>
       <c r="G98" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C99" s="3">
-        <v>152.55</v>
+        <v>231.88</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F99" s="3">
-        <v>9990</v>
+        <v>70</v>
       </c>
       <c r="G99" s="3">
         <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C100" s="3">
-        <v>239</v>
+        <v>181.26</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F100" s="3">
-        <v>60</v>
+        <v>630</v>
       </c>
       <c r="G100" s="3">
         <v>10</v>
       </c>
       <c r="H100" s="3">
         <v>250</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C101" s="3">
-        <v>231.88</v>
+        <v>181.03</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F101" s="3">
-        <v>70</v>
+        <v>460</v>
       </c>
       <c r="G101" s="3">
         <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
       <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C103" s="3">
-        <v>30.46</v>
+        <v>81.36</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F103" s="3">
-        <v>15550</v>
+        <v>17072</v>
       </c>
       <c r="G103" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H103" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C104" s="3">
-        <v>81.36</v>
+        <v>4.03</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F104" s="3">
-        <v>17072</v>
+        <v>3100</v>
       </c>
       <c r="G104" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H104" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C105" s="3">
         <v>4.03</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F105" s="3">
-        <v>3100</v>
+        <v>27300</v>
       </c>
       <c r="G105" s="3">
         <v>50</v>
       </c>
       <c r="H105" s="3">
         <v>10000</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C106" s="3">
-        <v>4.03</v>
+        <v>1.92</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F106" s="3">
-        <v>27300</v>
+        <v>39150</v>
       </c>
       <c r="G106" s="3">
         <v>50</v>
       </c>
       <c r="H106" s="3">
         <v>10000</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C107" s="3">
-        <v>1.92</v>
+        <v>2.14</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F107" s="3">
-        <v>39150</v>
+        <v>31350</v>
       </c>
       <c r="G107" s="3">
         <v>50</v>
       </c>
       <c r="H107" s="3">
         <v>10000</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C108" s="3">
-        <v>2.14</v>
+        <v>4.39</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F108" s="3">
-        <v>31350</v>
+        <v>17600</v>
       </c>
       <c r="G108" s="3">
         <v>50</v>
       </c>
       <c r="H108" s="3">
         <v>10000</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C109" s="3">
-        <v>4.39</v>
+        <v>249.17</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F109" s="3">
-        <v>17600</v>
+        <v>1719</v>
       </c>
       <c r="G109" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>10000</v>
+        <v>200</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C110" s="3">
-        <v>249.17</v>
+        <v>208.49</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>171</v>
+        <v>114</v>
       </c>
       <c r="F110" s="3">
-        <v>1719</v>
+        <v>1210</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C111" s="3">
-        <v>208.49</v>
+        <v>4.39</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>114</v>
+        <v>171</v>
       </c>
       <c r="F111" s="3">
-        <v>1210</v>
+        <v>19150</v>
       </c>
       <c r="G111" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H111" s="3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C112" s="3">
-        <v>4.39</v>
+        <v>73.22</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F112" s="3">
-        <v>19150</v>
+        <v>26000</v>
       </c>
       <c r="G112" s="3">
         <v>50</v>
       </c>
       <c r="H112" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C113" s="3">
-        <v>73.22</v>
+        <v>4.39</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F113" s="3">
-        <v>26000</v>
+        <v>69300</v>
       </c>
       <c r="G113" s="3">
         <v>50</v>
       </c>
       <c r="H113" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C114" s="3">
-        <v>4.39</v>
+        <v>559.35</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>171</v>
+        <v>114</v>
       </c>
       <c r="F114" s="3">
-        <v>69300</v>
+        <v>424</v>
       </c>
       <c r="G114" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>10000</v>
+        <v>100</v>
       </c>
       <c r="I114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C115" s="3">
-        <v>559.35</v>
+        <v>73.22</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>114</v>
+        <v>171</v>
       </c>
       <c r="F115" s="3">
-        <v>424</v>
+        <v>19950</v>
       </c>
       <c r="G115" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H115" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C116" s="3">
-        <v>73.22</v>
+        <v>208.49</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>171</v>
+        <v>114</v>
       </c>
       <c r="F116" s="3">
-        <v>19950</v>
+        <v>352</v>
       </c>
       <c r="G116" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C117" s="3">
-        <v>208.49</v>
+        <v>4.39</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>114</v>
+        <v>171</v>
       </c>
       <c r="F117" s="3">
-        <v>352</v>
+        <v>22249</v>
       </c>
       <c r="G117" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H117" s="3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="I117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C118" s="3">
-        <v>4.39</v>
+        <v>589.86</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>171</v>
+        <v>114</v>
       </c>
       <c r="F118" s="3">
-        <v>22249</v>
+        <v>685</v>
       </c>
       <c r="G118" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>10000</v>
+        <v>100</v>
       </c>
       <c r="I118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C119" s="3">
-        <v>589.86</v>
+        <v>74.24</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F119" s="3">
-        <v>685</v>
+        <v>8985</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C120" s="3">
-        <v>74.24</v>
+        <v>73.22</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F120" s="3">
-        <v>8985</v>
+        <v>9912</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>500</v>
       </c>
       <c r="I120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C121" s="3">
-        <v>73.22</v>
+        <v>147.47</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>114</v>
+        <v>171</v>
       </c>
       <c r="F121" s="3">
-        <v>9912</v>
+        <v>1765</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>500</v>
       </c>
       <c r="I121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C122" s="3">
-        <v>147.47</v>
+        <v>4.03</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F122" s="3">
-        <v>1765</v>
+        <v>34250</v>
       </c>
       <c r="G122" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H122" s="3">
-        <v>500</v>
+        <v>12000</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C123" s="3">
-        <v>4.03</v>
+        <v>4.39</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F123" s="3">
-        <v>34250</v>
+        <v>17300</v>
       </c>
       <c r="G123" s="3">
         <v>50</v>
       </c>
       <c r="H123" s="3">
-        <v>12000</v>
+        <v>10000</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C124" s="3">
-        <v>4.39</v>
+        <v>208.49</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>171</v>
+        <v>114</v>
       </c>
       <c r="F124" s="3">
-        <v>17300</v>
+        <v>387</v>
       </c>
       <c r="G124" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C125" s="3">
-        <v>208.49</v>
+        <v>89.5</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F125" s="3">
-        <v>387</v>
+        <v>1418</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>5000</v>
+        <v>300</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C126" s="3">
-        <v>89.5</v>
+        <v>30.46</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>114</v>
+        <v>171</v>
       </c>
       <c r="F126" s="3">
-        <v>1418</v>
+        <v>15550</v>
       </c>
       <c r="G126" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H126" s="3">
-        <v>300</v>
+        <v>1200</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
         <v>255</v>
       </c>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="2"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
       <c r="I127" s="2"/>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C128" s="3">
-        <v>12.31</v>
+        <v>46.27</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F128" s="3">
-        <v>109950</v>
+        <v>6030</v>
       </c>
       <c r="G128" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H128" s="3">
         <v>2000</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C129" s="3">
-        <v>5.39</v>
+        <v>9.36</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F129" s="3">
-        <v>30800</v>
+        <v>81800</v>
       </c>
       <c r="G129" s="3">
         <v>200</v>
       </c>
       <c r="H129" s="3">
         <v>5000</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C130" s="3">
-        <v>109.84</v>
+        <v>7.32</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F130" s="3">
-        <v>4504</v>
+        <v>95200</v>
       </c>
       <c r="G130" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="H130" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C131" s="3">
-        <v>46.27</v>
+        <v>5.08</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F131" s="3">
-        <v>3240</v>
+        <v>74100</v>
       </c>
       <c r="G131" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="H131" s="3">
-        <v>4000</v>
+        <v>5000</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C132" s="3">
-        <v>46.27</v>
+        <v>32.54</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F132" s="3">
-        <v>6030</v>
+        <v>57799</v>
       </c>
       <c r="G132" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H132" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C133" s="3">
-        <v>9.36</v>
+        <v>1667.88</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>171</v>
+        <v>268</v>
       </c>
       <c r="F133" s="3">
-        <v>81800</v>
+        <v>95</v>
       </c>
       <c r="G133" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B134" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="C134" s="3">
+        <v>2034</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F134" s="3">
-        <v>95200</v>
+        <v>15</v>
       </c>
       <c r="G134" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C135" s="3">
-        <v>5.08</v>
+        <v>3519.81</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F135" s="3">
-        <v>74100</v>
+        <v>27</v>
       </c>
       <c r="G135" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>5000</v>
+        <v>20</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C136" s="3">
-        <v>32.54</v>
+        <v>233.91</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F136" s="3">
-        <v>57799</v>
+        <v>9540</v>
       </c>
       <c r="G136" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H136" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C137" s="3">
-        <v>1667.88</v>
+        <v>7.73</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="F137" s="3">
-        <v>95</v>
+        <v>23000</v>
       </c>
       <c r="G137" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H137" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C138" s="3">
-        <v>2034</v>
+        <v>14.64</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="F138" s="3">
-        <v>15</v>
+        <v>235999</v>
       </c>
       <c r="G138" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H138" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C139" s="3">
-        <v>3519.81</v>
+        <v>32.04</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F139" s="3">
-        <v>27</v>
+        <v>20900</v>
       </c>
       <c r="G139" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H139" s="3">
-        <v>20</v>
+        <v>1000</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C140" s="3">
-        <v>233.91</v>
+        <v>5028.29</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F140" s="3">
-        <v>9540</v>
+        <v>25</v>
       </c>
       <c r="G140" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C141" s="3">
-        <v>7.73</v>
+        <v>11.39</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F141" s="3">
-        <v>23000</v>
+        <v>77800</v>
       </c>
       <c r="G141" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H141" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C142" s="3">
-        <v>14.64</v>
+        <v>55.94</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F142" s="3">
-        <v>235999</v>
+        <v>42650</v>
       </c>
       <c r="G142" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H142" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C143" s="3">
-        <v>32.04</v>
+        <v>8.64</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F143" s="3">
-        <v>20900</v>
+        <v>59800</v>
       </c>
       <c r="G143" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H143" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C144" s="3">
-        <v>5028.29</v>
+        <v>106.79</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F144" s="3">
-        <v>25</v>
+        <v>26430</v>
       </c>
       <c r="G144" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H144" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C145" s="3">
-        <v>11.39</v>
+        <v>813.6</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>171</v>
+        <v>268</v>
       </c>
       <c r="F145" s="3">
-        <v>77800</v>
+        <v>165</v>
       </c>
       <c r="G145" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>2000</v>
+        <v>20</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C146" s="3">
-        <v>55.94</v>
+        <v>1037.34</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>171</v>
+        <v>268</v>
       </c>
       <c r="F146" s="3">
-        <v>42650</v>
+        <v>595</v>
       </c>
       <c r="G146" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C147" s="3">
-        <v>8.64</v>
+        <v>310.19</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F147" s="3">
-        <v>59800</v>
+        <v>2124</v>
       </c>
       <c r="G147" s="3">
-        <v>200</v>
+        <v>2</v>
       </c>
       <c r="H147" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C148" s="3">
-        <v>106.79</v>
+        <v>12.31</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F148" s="3">
-        <v>26430</v>
+        <v>109950</v>
       </c>
       <c r="G148" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H148" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C149" s="3">
-        <v>813.6</v>
+        <v>5.39</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="F149" s="3">
-        <v>165</v>
+        <v>30800</v>
       </c>
       <c r="G149" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H149" s="3">
-        <v>20</v>
+        <v>5000</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C150" s="3">
-        <v>1037.34</v>
+        <v>109.84</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="F150" s="3">
-        <v>595</v>
+        <v>4504</v>
       </c>
       <c r="G150" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H150" s="3">
-        <v>20</v>
+        <v>2000</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C151" s="3">
-        <v>310.19</v>
+        <v>46.27</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F151" s="3">
-        <v>2124</v>
+        <v>3240</v>
       </c>
       <c r="G151" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="H151" s="3">
-        <v>100</v>
+        <v>4000</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="2" t="s">
         <v>305</v>
       </c>
       <c r="B152" s="2"/>
       <c r="C152" s="2"/>
       <c r="D152" s="2"/>
       <c r="E152" s="2"/>
       <c r="F152" s="2"/>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
       <c r="I152" s="2"/>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="2" t="s">
         <v>306</v>
       </c>
       <c r="B153" s="2"/>
       <c r="C153" s="2"/>
       <c r="D153" s="2"/>
@@ -7974,1471 +7974,1471 @@
       <c r="G175" s="2"/>
       <c r="H175" s="2"/>
       <c r="I175" s="2"/>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="2" t="s">
         <v>349</v>
       </c>
       <c r="B176" s="2"/>
       <c r="C176" s="2"/>
       <c r="D176" s="2"/>
       <c r="E176" s="2"/>
       <c r="F176" s="2"/>
       <c r="G176" s="2"/>
       <c r="H176" s="2"/>
       <c r="I176" s="2"/>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C177" s="3">
-        <v>66.1</v>
+        <v>71.19</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F177" s="3">
-        <v>300</v>
+        <v>15450</v>
       </c>
       <c r="G177" s="3">
         <v>50</v>
       </c>
       <c r="H177" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C178" s="3">
-        <v>71.19</v>
+        <v>74.24</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F178" s="3">
-        <v>15450</v>
+        <v>3450</v>
       </c>
       <c r="G178" s="3">
         <v>50</v>
       </c>
       <c r="H178" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C179" s="3">
-        <v>74.24</v>
+        <v>66.1</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F179" s="3">
-        <v>3450</v>
+        <v>300</v>
       </c>
       <c r="G179" s="3">
         <v>50</v>
       </c>
       <c r="H179" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="2" t="s">
         <v>356</v>
       </c>
       <c r="B180" s="2"/>
       <c r="C180" s="2"/>
       <c r="D180" s="2"/>
       <c r="E180" s="2"/>
       <c r="F180" s="2"/>
       <c r="G180" s="2"/>
       <c r="H180" s="2"/>
       <c r="I180" s="2"/>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C181" s="3">
-        <v>3752.73</v>
+        <v>2613.69</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F181" s="3">
-        <v>0</v>
+        <v>491</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I181" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C182" s="3">
-        <v>1462.95</v>
+        <v>2389.95</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F182" s="3">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I182" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C183" s="3">
-        <v>1067.85</v>
+        <v>3528.99</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F183" s="3">
-        <v>0</v>
+        <v>488</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="I183" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C184" s="3">
-        <v>2613.69</v>
+        <v>101.7</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>338</v>
+        <v>171</v>
       </c>
       <c r="F184" s="3">
-        <v>491</v>
+        <v>0</v>
       </c>
       <c r="G184" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H184" s="3">
-        <v>24</v>
+        <v>500</v>
       </c>
       <c r="I184" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C185" s="3">
-        <v>2389.95</v>
+        <v>2806.92</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F185" s="3">
-        <v>73</v>
+        <v>1</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="I185" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C186" s="3">
-        <v>3528.99</v>
+        <v>2530.8</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F186" s="3">
-        <v>488</v>
+        <v>0</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I186" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C187" s="3">
-        <v>101.7</v>
+        <v>1825.52</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>171</v>
+        <v>338</v>
       </c>
       <c r="F187" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G187" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I187" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C188" s="3">
-        <v>2806.92</v>
+        <v>3331.69</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F188" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I188" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C189" s="3">
-        <v>2530.8</v>
+        <v>4678.2</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F189" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I189" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C190" s="3">
-        <v>1825.52</v>
+        <v>7017.3</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F190" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="I190" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C191" s="3">
-        <v>3331.69</v>
+        <v>3752.73</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F191" s="3">
         <v>0</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I191" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C192" s="3">
-        <v>4678.2</v>
+        <v>1462.95</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F192" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="I192" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C193" s="3">
-        <v>7017.3</v>
+        <v>1067.85</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F193" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>4</v>
+        <v>42</v>
       </c>
       <c r="I193" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="2" t="s">
         <v>383</v>
       </c>
       <c r="B194" s="2"/>
       <c r="C194" s="2"/>
       <c r="D194" s="2"/>
       <c r="E194" s="2"/>
       <c r="F194" s="2"/>
       <c r="G194" s="2"/>
       <c r="H194" s="2"/>
       <c r="I194" s="2"/>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>384</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C195" s="3">
-        <v>2695.05</v>
+        <v>491.21</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F195" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="I195" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>386</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C196" s="3">
-        <v>747.49</v>
+        <v>662.07</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F196" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C197" s="3">
-        <v>181.53</v>
+        <v>799.82</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F197" s="3">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>390</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C198" s="3">
-        <v>457.04</v>
+        <v>4576.5</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F198" s="3">
         <v>0</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I198" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>392</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C199" s="3">
-        <v>493.35</v>
+        <v>2034</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F199" s="3">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I199" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C200" s="3">
-        <v>558.49</v>
+        <v>2695.05</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F200" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="I200" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>396</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C201" s="3">
-        <v>665.27</v>
+        <v>747.49</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F201" s="3">
         <v>0</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
         <v>25</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C202" s="3">
-        <v>860.69</v>
+        <v>181.53</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F202" s="3">
-        <v>0</v>
+        <v>180</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C203" s="3">
-        <v>491.21</v>
+        <v>457.04</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F203" s="3">
         <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C204" s="3">
-        <v>662.07</v>
+        <v>493.35</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F204" s="3">
-        <v>3</v>
+        <v>64</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>404</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C205" s="3">
-        <v>799.82</v>
+        <v>558.49</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F205" s="3">
         <v>0</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>406</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C206" s="3">
-        <v>4576.5</v>
+        <v>665.27</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F206" s="3">
         <v>0</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="I206" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C207" s="3">
-        <v>2034</v>
+        <v>860.69</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F207" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="I207" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="2" t="s">
         <v>410</v>
       </c>
       <c r="B208" s="2"/>
       <c r="C208" s="2"/>
       <c r="D208" s="2"/>
       <c r="E208" s="2"/>
       <c r="F208" s="2"/>
       <c r="G208" s="2"/>
       <c r="H208" s="2"/>
       <c r="I208" s="2"/>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C209" s="3">
-        <v>1261.17</v>
+        <v>3457.8</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F209" s="3">
-        <v>971</v>
+        <v>0</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="I209" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>413</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C210" s="3">
-        <v>1118.7</v>
+        <v>1932.3</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F210" s="3">
-        <v>1170</v>
+        <v>427</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C211" s="3">
-        <v>2542.5</v>
+        <v>874.62</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F211" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>417</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C212" s="3">
-        <v>3457.8</v>
+        <v>854.28</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F212" s="3">
         <v>0</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I212" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>419</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C213" s="3">
-        <v>1932.3</v>
+        <v>2440.8</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F213" s="3">
-        <v>427</v>
+        <v>113</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
         <v>8</v>
       </c>
       <c r="I213" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>421</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>422</v>
       </c>
       <c r="C214" s="3">
-        <v>874.62</v>
+        <v>3152.7</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F214" s="3">
-        <v>4</v>
+        <v>252</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="I214" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C215" s="3">
-        <v>854.28</v>
+        <v>3864.6</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F215" s="3">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I215" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>425</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>426</v>
       </c>
       <c r="C216" s="3">
-        <v>2440.8</v>
+        <v>1515.74</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F216" s="3">
-        <v>113</v>
+        <v>0</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I216" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>427</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>428</v>
       </c>
       <c r="C217" s="3">
-        <v>3152.7</v>
+        <v>167.81</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F217" s="3">
-        <v>252</v>
+        <v>408</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>6</v>
+        <v>32</v>
       </c>
       <c r="I217" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>429</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>430</v>
       </c>
       <c r="C218" s="3">
-        <v>3864.6</v>
+        <v>1147.79</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F218" s="3">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I218" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>431</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>432</v>
       </c>
       <c r="C219" s="3">
-        <v>1515.74</v>
+        <v>1559.67</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F219" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
         <v>6</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>433</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>434</v>
       </c>
       <c r="C220" s="3">
-        <v>167.81</v>
+        <v>768.85</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F220" s="3">
-        <v>408</v>
+        <v>168</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>435</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>436</v>
       </c>
       <c r="C221" s="3">
-        <v>1147.79</v>
+        <v>589.86</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F221" s="3">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>437</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>438</v>
       </c>
       <c r="C222" s="3">
-        <v>1559.67</v>
+        <v>844.11</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F222" s="3">
-        <v>24</v>
+        <v>88</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C223" s="3">
-        <v>768.85</v>
+        <v>623.42</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F223" s="3">
-        <v>168</v>
+        <v>8</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
         <v>12</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C224" s="3">
-        <v>589.86</v>
+        <v>1977.05</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F224" s="3">
-        <v>0</v>
+        <v>92</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C225" s="3">
-        <v>844.11</v>
+        <v>1261.17</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F225" s="3">
-        <v>88</v>
+        <v>971</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I225" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C226" s="3">
-        <v>623.42</v>
+        <v>1118.7</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F226" s="3">
-        <v>8</v>
+        <v>1170</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I226" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>447</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C227" s="3">
-        <v>1977.05</v>
+        <v>2542.5</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F227" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I227" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="2" t="s">
         <v>449</v>
       </c>
       <c r="B228" s="2"/>
       <c r="C228" s="2"/>
       <c r="D228" s="2"/>
       <c r="E228" s="2"/>
       <c r="F228" s="2"/>
       <c r="G228" s="2"/>
       <c r="H228" s="2"/>
       <c r="I228" s="2"/>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>450</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>451</v>
       </c>
       <c r="C229" s="3">
         <v>213.71</v>
       </c>
@@ -9676,350 +9676,350 @@
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="2" t="s">
         <v>467</v>
       </c>
       <c r="B238" s="2"/>
       <c r="C238" s="2"/>
       <c r="D238" s="2"/>
       <c r="E238" s="2"/>
       <c r="F238" s="2"/>
       <c r="G238" s="2"/>
       <c r="H238" s="2"/>
       <c r="I238" s="2"/>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>468</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>469</v>
       </c>
       <c r="C239" s="3">
-        <v>807.29</v>
+        <v>1671.19</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F239" s="3">
-        <v>31</v>
+        <v>3</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
         <v>1</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>470</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>471</v>
       </c>
       <c r="C240" s="3">
-        <v>1308.12</v>
+        <v>261.62</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F240" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
         <v>1</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>472</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>473</v>
       </c>
       <c r="C241" s="3">
-        <v>1313.46</v>
+        <v>304.34</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F241" s="3">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
         <v>1</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>475</v>
       </c>
       <c r="C242" s="3">
-        <v>1671.19</v>
+        <v>1383.93</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F242" s="3">
-        <v>3</v>
+        <v>68</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
         <v>1</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>476</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>477</v>
       </c>
       <c r="C243" s="3">
-        <v>261.62</v>
+        <v>459.18</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F243" s="3">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
         <v>1</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>478</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>479</v>
       </c>
       <c r="C244" s="3">
-        <v>304.34</v>
+        <v>1014.46</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F244" s="3">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
         <v>1</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>480</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>481</v>
       </c>
       <c r="C245" s="3">
-        <v>1383.93</v>
+        <v>437.82</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F245" s="3">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
         <v>1</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>482</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>483</v>
       </c>
       <c r="C246" s="3">
-        <v>459.18</v>
+        <v>1815.35</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F246" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
         <v>1</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>484</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>485</v>
       </c>
       <c r="C247" s="3">
-        <v>1014.46</v>
+        <v>807.29</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F247" s="3">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
         <v>1</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>486</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>487</v>
       </c>
       <c r="C248" s="3">
-        <v>437.82</v>
+        <v>1308.12</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F248" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
         <v>1</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>488</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>489</v>
       </c>
       <c r="C249" s="3">
-        <v>1815.35</v>
+        <v>1313.46</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F249" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
         <v>1</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="2" t="s">
         <v>490</v>
       </c>
       <c r="B250" s="2"/>
       <c r="C250" s="2"/>
       <c r="D250" s="2"/>
       <c r="E250" s="2"/>
       <c r="F250" s="2"/>
       <c r="G250" s="2"/>
       <c r="H250" s="2"/>
       <c r="I250" s="2"/>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
@@ -10846,298 +10846,298 @@
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="2" t="s">
         <v>548</v>
       </c>
       <c r="B280" s="2"/>
       <c r="C280" s="2"/>
       <c r="D280" s="2"/>
       <c r="E280" s="2"/>
       <c r="F280" s="2"/>
       <c r="G280" s="2"/>
       <c r="H280" s="2"/>
       <c r="I280" s="2"/>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>549</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>550</v>
       </c>
       <c r="C281" s="3">
-        <v>1728.9</v>
+        <v>3559.5</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F281" s="3">
-        <v>338</v>
+        <v>157</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I281" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>551</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C282" s="3">
-        <v>2440.8</v>
+        <v>3956.13</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F282" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I282" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>553</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>554</v>
       </c>
       <c r="C283" s="3">
-        <v>3559.5</v>
+        <v>2440.8</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F283" s="3">
-        <v>157</v>
+        <v>184</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I283" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
         <v>555</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>556</v>
       </c>
       <c r="C284" s="3">
-        <v>3956.13</v>
+        <v>1789.92</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F284" s="3">
-        <v>0</v>
+        <v>416</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I284" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>557</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>558</v>
       </c>
       <c r="C285" s="3">
-        <v>2440.8</v>
+        <v>1932.3</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F285" s="3">
-        <v>184</v>
+        <v>453</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
         <v>20</v>
       </c>
       <c r="I285" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>559</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>560</v>
       </c>
       <c r="C286" s="3">
-        <v>1789.92</v>
+        <v>2440.8</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F286" s="3">
-        <v>416</v>
+        <v>1</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
         <v>20</v>
       </c>
       <c r="I286" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
         <v>561</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>562</v>
       </c>
       <c r="C287" s="3">
-        <v>1932.3</v>
+        <v>3762.9</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F287" s="3">
-        <v>453</v>
+        <v>0</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I287" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
         <v>563</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>564</v>
       </c>
       <c r="C288" s="3">
-        <v>2440.8</v>
+        <v>1728.9</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F288" s="3">
-        <v>1</v>
+        <v>338</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
         <v>20</v>
       </c>
       <c r="I288" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
         <v>565</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>566</v>
       </c>
       <c r="C289" s="3">
-        <v>3762.9</v>
+        <v>2440.8</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F289" s="3">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I289" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="2" t="s">
         <v>567</v>
       </c>
       <c r="B290" s="2"/>
       <c r="C290" s="2"/>
       <c r="D290" s="2"/>
       <c r="E290" s="2"/>
       <c r="F290" s="2"/>
       <c r="G290" s="2"/>
       <c r="H290" s="2"/>
       <c r="I290" s="2"/>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
         <v>568</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>569</v>
       </c>
@@ -11546,1165 +11546,1165 @@
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="2" t="s">
         <v>597</v>
       </c>
       <c r="B308" s="2"/>
       <c r="C308" s="2"/>
       <c r="D308" s="2"/>
       <c r="E308" s="2"/>
       <c r="F308" s="2"/>
       <c r="G308" s="2"/>
       <c r="H308" s="2"/>
       <c r="I308" s="2"/>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>599</v>
       </c>
       <c r="C309" s="3">
-        <v>317.3</v>
+        <v>376.29</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F309" s="3">
-        <v>0</v>
+        <v>334</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
         <v>12</v>
       </c>
       <c r="I309" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
         <v>600</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>601</v>
       </c>
       <c r="C310" s="3">
-        <v>432.23</v>
+        <v>256.28</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F310" s="3">
-        <v>499</v>
+        <v>306</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
         <v>12</v>
       </c>
       <c r="I310" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
         <v>602</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>603</v>
       </c>
       <c r="C311" s="3">
-        <v>376.29</v>
+        <v>266.96</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F311" s="3">
-        <v>334</v>
+        <v>365</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
         <v>12</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
         <v>604</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>605</v>
       </c>
       <c r="C312" s="3">
-        <v>256.28</v>
+        <v>162.72</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F312" s="3">
-        <v>306</v>
+        <v>1865</v>
       </c>
       <c r="G312" s="3">
         <v>1</v>
       </c>
       <c r="H312" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I312" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
         <v>606</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>607</v>
       </c>
       <c r="C313" s="3">
-        <v>266.96</v>
+        <v>183.06</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F313" s="3">
-        <v>365</v>
+        <v>1834</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I313" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
         <v>608</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>609</v>
       </c>
       <c r="C314" s="3">
         <v>162.72</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F314" s="3">
-        <v>1865</v>
+        <v>958</v>
       </c>
       <c r="G314" s="3">
         <v>1</v>
       </c>
       <c r="H314" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="I314" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
         <v>610</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>611</v>
       </c>
       <c r="C315" s="3">
-        <v>183.06</v>
+        <v>201.37</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F315" s="3">
-        <v>1834</v>
+        <v>142</v>
       </c>
       <c r="G315" s="3">
         <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I315" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
         <v>612</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>613</v>
       </c>
       <c r="C316" s="3">
-        <v>162.72</v>
+        <v>416.97</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F316" s="3">
-        <v>958</v>
+        <v>1397</v>
       </c>
       <c r="G316" s="3">
         <v>1</v>
       </c>
       <c r="H316" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
         <v>614</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>615</v>
       </c>
       <c r="C317" s="3">
-        <v>201.37</v>
+        <v>345.78</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F317" s="3">
-        <v>142</v>
+        <v>0</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
         <v>12</v>
       </c>
       <c r="I317" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
         <v>616</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>617</v>
       </c>
       <c r="C318" s="3">
-        <v>416.97</v>
+        <v>325.44</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F318" s="3">
-        <v>1397</v>
+        <v>63</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
         <v>12</v>
       </c>
       <c r="I318" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
         <v>618</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>619</v>
       </c>
       <c r="C319" s="3">
-        <v>345.78</v>
+        <v>351.48</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F319" s="3">
-        <v>0</v>
+        <v>407</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I319" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>621</v>
       </c>
       <c r="C320" s="3">
-        <v>325.44</v>
+        <v>251.2</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F320" s="3">
-        <v>63</v>
+        <v>1124</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I320" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
         <v>622</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>623</v>
       </c>
       <c r="C321" s="3">
-        <v>351.48</v>
+        <v>254.25</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F321" s="3">
-        <v>407</v>
+        <v>2085</v>
       </c>
       <c r="G321" s="3">
         <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I321" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
         <v>624</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>625</v>
       </c>
       <c r="C322" s="3">
-        <v>251.2</v>
+        <v>422.06</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F322" s="3">
-        <v>1124</v>
+        <v>94</v>
       </c>
       <c r="G322" s="3">
         <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I322" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
         <v>626</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>627</v>
       </c>
       <c r="C323" s="3">
-        <v>254.25</v>
+        <v>549.18</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F323" s="3">
-        <v>2085</v>
+        <v>428</v>
       </c>
       <c r="G323" s="3">
         <v>1</v>
       </c>
       <c r="H323" s="3">
         <v>12</v>
       </c>
       <c r="I323" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>629</v>
       </c>
       <c r="C324" s="3">
-        <v>422.06</v>
+        <v>245.61</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F324" s="3">
-        <v>94</v>
+        <v>30</v>
       </c>
       <c r="G324" s="3">
         <v>1</v>
       </c>
       <c r="H324" s="3">
         <v>12</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>631</v>
       </c>
       <c r="C325" s="3">
-        <v>549.18</v>
+        <v>466.8</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F325" s="3">
-        <v>428</v>
+        <v>0</v>
       </c>
       <c r="G325" s="3">
         <v>1</v>
       </c>
       <c r="H325" s="3">
         <v>12</v>
       </c>
       <c r="I325" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
         <v>632</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>633</v>
       </c>
       <c r="C326" s="3">
-        <v>245.61</v>
+        <v>335.61</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F326" s="3">
-        <v>30</v>
+        <v>1162</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
         <v>12</v>
       </c>
       <c r="I326" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C327" s="3">
-        <v>466.8</v>
+        <v>406.8</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F327" s="3">
-        <v>0</v>
+        <v>783</v>
       </c>
       <c r="G327" s="3">
         <v>1</v>
       </c>
       <c r="H327" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I327" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
         <v>636</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>637</v>
       </c>
       <c r="C328" s="3">
-        <v>335.61</v>
+        <v>427.14</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F328" s="3">
-        <v>1162</v>
+        <v>1214</v>
       </c>
       <c r="G328" s="3">
         <v>1</v>
       </c>
       <c r="H328" s="3">
         <v>12</v>
       </c>
       <c r="I328" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
         <v>638</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>639</v>
       </c>
       <c r="C329" s="3">
-        <v>406.8</v>
+        <v>305.1</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F329" s="3">
-        <v>783</v>
+        <v>883</v>
       </c>
       <c r="G329" s="3">
         <v>1</v>
       </c>
       <c r="H329" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I329" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
         <v>640</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>641</v>
       </c>
       <c r="C330" s="3">
-        <v>427.14</v>
+        <v>351.48</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F330" s="3">
-        <v>1214</v>
+        <v>611</v>
       </c>
       <c r="G330" s="3">
         <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
         <v>642</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>643</v>
       </c>
       <c r="C331" s="3">
-        <v>305.1</v>
+        <v>254.25</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F331" s="3">
-        <v>883</v>
+        <v>240</v>
       </c>
       <c r="G331" s="3">
         <v>1</v>
       </c>
       <c r="H331" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I331" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
         <v>644</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>645</v>
       </c>
       <c r="C332" s="3">
-        <v>351.48</v>
+        <v>401.72</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F332" s="3">
-        <v>611</v>
+        <v>1030</v>
       </c>
       <c r="G332" s="3">
         <v>1</v>
       </c>
       <c r="H332" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I332" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
         <v>646</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>647</v>
       </c>
       <c r="C333" s="3">
-        <v>254.25</v>
+        <v>396.63</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F333" s="3">
-        <v>240</v>
+        <v>2239</v>
       </c>
       <c r="G333" s="3">
         <v>1</v>
       </c>
       <c r="H333" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I333" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
         <v>648</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>649</v>
       </c>
       <c r="C334" s="3">
-        <v>401.72</v>
+        <v>350.87</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F334" s="3">
-        <v>1030</v>
+        <v>0</v>
       </c>
       <c r="G334" s="3">
         <v>1</v>
       </c>
       <c r="H334" s="3">
         <v>12</v>
       </c>
       <c r="I334" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
         <v>650</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>651</v>
       </c>
       <c r="C335" s="3">
-        <v>396.63</v>
+        <v>381.37</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F335" s="3">
-        <v>2239</v>
+        <v>212</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
         <v>12</v>
       </c>
       <c r="I335" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
         <v>652</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>653</v>
       </c>
       <c r="C336" s="3">
-        <v>350.87</v>
+        <v>391.55</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F336" s="3">
         <v>0</v>
       </c>
       <c r="G336" s="3">
         <v>1</v>
       </c>
       <c r="H336" s="3">
         <v>12</v>
       </c>
       <c r="I336" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
         <v>654</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>655</v>
       </c>
       <c r="C337" s="3">
-        <v>381.37</v>
+        <v>254.25</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F337" s="3">
-        <v>212</v>
+        <v>0</v>
       </c>
       <c r="G337" s="3">
         <v>1</v>
       </c>
       <c r="H337" s="3">
         <v>12</v>
       </c>
       <c r="I337" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
         <v>656</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>657</v>
       </c>
       <c r="C338" s="3">
-        <v>391.55</v>
+        <v>477.99</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F338" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G338" s="3">
         <v>1</v>
       </c>
       <c r="H338" s="3">
         <v>12</v>
       </c>
       <c r="I338" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
         <v>658</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>659</v>
       </c>
       <c r="C339" s="3">
-        <v>254.25</v>
+        <v>317.3</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F339" s="3">
         <v>0</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
         <v>12</v>
       </c>
       <c r="I339" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
         <v>660</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>661</v>
       </c>
       <c r="C340" s="3">
-        <v>477.99</v>
+        <v>432.23</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F340" s="3">
-        <v>600</v>
+        <v>499</v>
       </c>
       <c r="G340" s="3">
         <v>1</v>
       </c>
       <c r="H340" s="3">
         <v>12</v>
       </c>
       <c r="I340" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="2" t="s">
         <v>662</v>
       </c>
       <c r="B341" s="2"/>
       <c r="C341" s="2"/>
       <c r="D341" s="2"/>
       <c r="E341" s="2"/>
       <c r="F341" s="2"/>
       <c r="G341" s="2"/>
       <c r="H341" s="2"/>
       <c r="I341" s="2"/>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="2" t="s">
         <v>663</v>
       </c>
       <c r="B342" s="2"/>
       <c r="C342" s="2"/>
       <c r="D342" s="2"/>
       <c r="E342" s="2"/>
       <c r="F342" s="2"/>
       <c r="G342" s="2"/>
       <c r="H342" s="2"/>
       <c r="I342" s="2"/>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>665</v>
       </c>
       <c r="C343" s="3">
-        <v>4474.8</v>
+        <v>1881.45</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F343" s="3">
-        <v>323</v>
+        <v>393</v>
       </c>
       <c r="G343" s="3">
         <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I343" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
         <v>666</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>667</v>
       </c>
       <c r="C344" s="3">
-        <v>1881.45</v>
+        <v>3762.9</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F344" s="3">
-        <v>393</v>
+        <v>513</v>
       </c>
       <c r="G344" s="3">
         <v>1</v>
       </c>
       <c r="H344" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I344" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
         <v>668</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>669</v>
       </c>
       <c r="C345" s="3">
-        <v>3762.9</v>
+        <v>4271.4</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F345" s="3">
-        <v>513</v>
+        <v>219</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
         <v>6</v>
       </c>
       <c r="I345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
         <v>670</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>671</v>
       </c>
       <c r="C346" s="3">
         <v>4271.4</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F346" s="3">
-        <v>219</v>
+        <v>1</v>
       </c>
       <c r="G346" s="3">
         <v>1</v>
       </c>
       <c r="H346" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I346" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
         <v>672</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>673</v>
       </c>
       <c r="C347" s="3">
-        <v>4271.4</v>
+        <v>4881.6</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F347" s="3">
-        <v>1</v>
+        <v>430</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I347" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
         <v>674</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>675</v>
       </c>
       <c r="C348" s="3">
-        <v>4881.6</v>
+        <v>4474.8</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F348" s="3">
-        <v>430</v>
+        <v>323</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="2" t="s">
         <v>676</v>
       </c>
       <c r="B349" s="2"/>
       <c r="C349" s="2"/>
       <c r="D349" s="2"/>
       <c r="E349" s="2"/>
       <c r="F349" s="2"/>
       <c r="G349" s="2"/>
       <c r="H349" s="2"/>
       <c r="I349" s="2"/>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="2" t="s">
         <v>677</v>
       </c>
       <c r="B350" s="2"/>
       <c r="C350" s="2"/>
       <c r="D350" s="2"/>
@@ -12980,80 +12980,80 @@
         <v>696</v>
       </c>
       <c r="B360" s="2"/>
       <c r="C360" s="2"/>
       <c r="D360" s="2"/>
       <c r="E360" s="2"/>
       <c r="F360" s="2"/>
       <c r="G360" s="2"/>
       <c r="H360" s="2"/>
       <c r="I360" s="2"/>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
         <v>697</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>698</v>
       </c>
       <c r="C361" s="3">
         <v>3732.39</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="F361" s="3">
         <v>497</v>
       </c>
       <c r="G361" s="3">
         <v>1</v>
       </c>
       <c r="H361" s="3">
         <v>2</v>
       </c>
       <c r="I361" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
         <v>699</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>700</v>
       </c>
       <c r="C362" s="3">
         <v>4484.97</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="F362" s="3">
         <v>257</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
         <v>2</v>
       </c>
       <c r="I362" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="2" t="s">
         <v>701</v>
       </c>
       <c r="B363" s="2"/>
       <c r="C363" s="2"/>
       <c r="D363" s="2"/>
       <c r="E363" s="2"/>
       <c r="F363" s="2"/>
       <c r="G363" s="2"/>
       <c r="H363" s="2"/>
@@ -13458,437 +13458,437 @@
       <c r="I379" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="2" t="s">
         <v>730</v>
       </c>
       <c r="B380" s="2"/>
       <c r="C380" s="2"/>
       <c r="D380" s="2"/>
       <c r="E380" s="2"/>
       <c r="F380" s="2"/>
       <c r="G380" s="2"/>
       <c r="H380" s="2"/>
       <c r="I380" s="2"/>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
         <v>731</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>732</v>
       </c>
       <c r="C381" s="3">
-        <v>76.27</v>
+        <v>284.76</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E381" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F381" s="3">
-        <v>6370</v>
+        <v>1161</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I381" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
         <v>733</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>734</v>
       </c>
       <c r="C382" s="3">
-        <v>132.21</v>
+        <v>79.33</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>338</v>
+        <v>735</v>
       </c>
       <c r="F382" s="3">
-        <v>7978</v>
+        <v>38</v>
       </c>
       <c r="G382" s="3">
         <v>1</v>
       </c>
       <c r="H382" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I382" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="B383" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="C383" s="3">
+        <v>50.34</v>
+      </c>
+      <c r="D383" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="B383" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F383" s="3">
-        <v>1068</v>
+        <v>331</v>
       </c>
       <c r="G383" s="3">
         <v>1</v>
       </c>
       <c r="H383" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I383" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C384" s="3">
-        <v>54.92</v>
+        <v>30.51</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>739</v>
+        <v>338</v>
       </c>
       <c r="F384" s="3">
-        <v>172</v>
+        <v>17602</v>
       </c>
       <c r="G384" s="3">
         <v>1</v>
       </c>
       <c r="H384" s="3">
-        <v>10</v>
+        <v>1250</v>
       </c>
       <c r="I384" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
         <v>740</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>741</v>
       </c>
       <c r="C385" s="3">
-        <v>284.76</v>
+        <v>69.16</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F385" s="3">
-        <v>1161</v>
+        <v>1657</v>
       </c>
       <c r="G385" s="3">
         <v>1</v>
       </c>
       <c r="H385" s="3">
-        <v>100</v>
+        <v>700</v>
       </c>
       <c r="I385" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
         <v>742</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>743</v>
       </c>
       <c r="C386" s="3">
-        <v>79.33</v>
+        <v>17.29</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>739</v>
+        <v>338</v>
       </c>
       <c r="F386" s="3">
-        <v>38</v>
+        <v>15632</v>
       </c>
       <c r="G386" s="3">
         <v>1</v>
       </c>
       <c r="H386" s="3">
-        <v>10</v>
+        <v>1250</v>
       </c>
       <c r="I386" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
         <v>744</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>745</v>
       </c>
       <c r="C387" s="3">
-        <v>50.34</v>
+        <v>39.66</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>739</v>
+        <v>338</v>
       </c>
       <c r="F387" s="3">
-        <v>331</v>
+        <v>13860</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I387" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
         <v>746</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>747</v>
       </c>
       <c r="C388" s="3">
-        <v>30.51</v>
+        <v>20.34</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F388" s="3">
-        <v>17602</v>
+        <v>5969</v>
       </c>
       <c r="G388" s="3">
         <v>1</v>
       </c>
       <c r="H388" s="3">
         <v>1250</v>
       </c>
       <c r="I388" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
         <v>748</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>749</v>
       </c>
       <c r="C389" s="3">
-        <v>69.16</v>
+        <v>75.26</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F389" s="3">
-        <v>1657</v>
+        <v>20794</v>
       </c>
       <c r="G389" s="3">
         <v>1</v>
       </c>
       <c r="H389" s="3">
-        <v>700</v>
+        <v>200</v>
       </c>
       <c r="I389" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
         <v>750</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>751</v>
       </c>
       <c r="C390" s="3">
-        <v>17.29</v>
+        <v>50.99</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>338</v>
+        <v>735</v>
       </c>
       <c r="F390" s="3">
-        <v>15632</v>
+        <v>0</v>
       </c>
       <c r="G390" s="3">
         <v>1</v>
       </c>
       <c r="H390" s="3">
-        <v>1250</v>
+        <v>10</v>
       </c>
       <c r="I390" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
         <v>752</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>753</v>
       </c>
       <c r="C391" s="3">
-        <v>39.66</v>
+        <v>76.27</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F391" s="3">
-        <v>13860</v>
+        <v>6370</v>
       </c>
       <c r="G391" s="3">
         <v>1</v>
       </c>
       <c r="H391" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I391" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
         <v>754</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>755</v>
       </c>
       <c r="C392" s="3">
-        <v>20.34</v>
+        <v>132.21</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F392" s="3">
-        <v>5969</v>
+        <v>7978</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>1250</v>
+        <v>100</v>
       </c>
       <c r="I392" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
         <v>756</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>757</v>
       </c>
       <c r="C393" s="3">
-        <v>75.26</v>
+        <v>24.41</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F393" s="3">
-        <v>20794</v>
+        <v>1068</v>
       </c>
       <c r="G393" s="3">
         <v>1</v>
       </c>
       <c r="H393" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I393" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
         <v>758</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>759</v>
       </c>
       <c r="C394" s="3">
-        <v>50.99</v>
+        <v>54.92</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="F394" s="3">
-        <v>0</v>
+        <v>172</v>
       </c>
       <c r="G394" s="3">
         <v>1</v>
       </c>
       <c r="H394" s="3">
         <v>10</v>
       </c>
       <c r="I394" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="2" t="s">
         <v>760</v>
       </c>
       <c r="B395" s="2"/>
       <c r="C395" s="2"/>
       <c r="D395" s="2"/>
       <c r="E395" s="2"/>
       <c r="F395" s="2"/>
       <c r="G395" s="2"/>
       <c r="H395" s="2"/>
       <c r="I395" s="2"/>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
@@ -15047,283 +15047,283 @@
       <c r="C440" s="2"/>
       <c r="D440" s="2"/>
       <c r="E440" s="2"/>
       <c r="F440" s="2"/>
       <c r="G440" s="2"/>
       <c r="H440" s="2"/>
       <c r="I440" s="2"/>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
         <v>842</v>
       </c>
       <c r="B441" s="3" t="s">
         <v>843</v>
       </c>
       <c r="C441" s="3">
         <v>216.62</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E441" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F441" s="3">
-        <v>770</v>
+        <v>447</v>
       </c>
       <c r="G441" s="3">
         <v>1</v>
       </c>
       <c r="H441" s="3">
         <v>50</v>
       </c>
       <c r="I441" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
         <v>844</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>845</v>
       </c>
       <c r="C442" s="3">
-        <v>216.62</v>
+        <v>241.03</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E442" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F442" s="3">
-        <v>447</v>
+        <v>0</v>
       </c>
       <c r="G442" s="3">
         <v>1</v>
       </c>
       <c r="H442" s="3">
         <v>50</v>
       </c>
       <c r="I442" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="3" t="s">
         <v>846</v>
       </c>
       <c r="B443" s="3" t="s">
         <v>847</v>
       </c>
       <c r="C443" s="3">
         <v>241.03</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E443" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F443" s="3">
-        <v>0</v>
+        <v>807</v>
       </c>
       <c r="G443" s="3">
         <v>1</v>
       </c>
       <c r="H443" s="3">
         <v>50</v>
       </c>
       <c r="I443" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
         <v>848</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>849</v>
       </c>
       <c r="C444" s="3">
-        <v>241.03</v>
+        <v>216.62</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E444" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F444" s="3">
-        <v>807</v>
+        <v>430</v>
       </c>
       <c r="G444" s="3">
         <v>1</v>
       </c>
       <c r="H444" s="3">
         <v>50</v>
       </c>
       <c r="I444" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="3" t="s">
         <v>850</v>
       </c>
       <c r="B445" s="3" t="s">
         <v>851</v>
       </c>
       <c r="C445" s="3">
-        <v>216.62</v>
+        <v>241.03</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F445" s="3">
-        <v>430</v>
+        <v>1102</v>
       </c>
       <c r="G445" s="3">
         <v>1</v>
       </c>
       <c r="H445" s="3">
         <v>50</v>
       </c>
       <c r="I445" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
         <v>852</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>853</v>
       </c>
       <c r="C446" s="3">
-        <v>241.03</v>
+        <v>251.2</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E446" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F446" s="3">
-        <v>1102</v>
+        <v>1224</v>
       </c>
       <c r="G446" s="3">
         <v>1</v>
       </c>
       <c r="H446" s="3">
         <v>50</v>
       </c>
       <c r="I446" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="3" t="s">
         <v>854</v>
       </c>
       <c r="B447" s="3" t="s">
         <v>855</v>
       </c>
       <c r="C447" s="3">
-        <v>251.2</v>
+        <v>260.35</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E447" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F447" s="3">
-        <v>1224</v>
+        <v>1632</v>
       </c>
       <c r="G447" s="3">
         <v>1</v>
       </c>
       <c r="H447" s="3">
         <v>50</v>
       </c>
       <c r="I447" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="3" t="s">
         <v>856</v>
       </c>
       <c r="B448" s="3" t="s">
         <v>857</v>
       </c>
       <c r="C448" s="3">
-        <v>260.35</v>
+        <v>284.76</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E448" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F448" s="3">
-        <v>1632</v>
+        <v>1340</v>
       </c>
       <c r="G448" s="3">
         <v>1</v>
       </c>
       <c r="H448" s="3">
         <v>50</v>
       </c>
       <c r="I448" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
         <v>858</v>
       </c>
       <c r="B449" s="3" t="s">
         <v>859</v>
       </c>
       <c r="C449" s="3">
-        <v>284.76</v>
+        <v>216.62</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F449" s="3">
-        <v>1340</v>
+        <v>770</v>
       </c>
       <c r="G449" s="3">
         <v>1</v>
       </c>
       <c r="H449" s="3">
         <v>50</v>
       </c>
       <c r="I449" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="2" t="s">
         <v>860</v>
       </c>
       <c r="B450" s="2"/>
       <c r="C450" s="2"/>
       <c r="D450" s="2"/>
       <c r="E450" s="2"/>
       <c r="F450" s="2"/>
       <c r="G450" s="2"/>
       <c r="H450" s="2"/>
       <c r="I450" s="2"/>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">