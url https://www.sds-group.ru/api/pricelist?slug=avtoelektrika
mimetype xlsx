--- v0 (2025-10-14)
+++ v1 (2025-12-09)
@@ -48,930 +48,930 @@
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Автоэлектрика</t>
   </si>
   <si>
     <t>1.1 Провода</t>
   </si>
   <si>
     <t>1.1.1 Провод ПГВА / ПВАМ – CCA -</t>
   </si>
   <si>
+    <t>01-6534</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-6545</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6542</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6505</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6512</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6532</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6511</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6523</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6525</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6504</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>бухта</t>
+    <t>01-6506</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6503</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6502</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6501</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², белый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6506</t>
-[...26 lines deleted...]
-    <t>Провод ПГВА 1х1,00мм², черный, бухта 100м REXANT</t>
+    <t>01-6514</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6513</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6521</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², белый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6534</t>
-[...2 lines deleted...]
-    <t>Провод ПГВА 1х1,50мм², красный, бухта 100м REXANT</t>
+    <t>01-6522</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6536</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
+    <t>01-6531</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6535</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6533</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6532</t>
-[...20 lines deleted...]
-    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+    <t>01-6544</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6541</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², белый, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6543</t>
   </si>
   <si>
     <t>Провод ПГВА 1х2,50мм², зеленый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6522</t>
-[...76 lines deleted...]
-  <si>
     <t>1.1.2 Провод ПГВА / ПВАМ – МЕДЬ -</t>
   </si>
   <si>
+    <t>01-6515-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, синий, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-6503-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, зеленый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6513-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, зеленый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, красный, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, черный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6522-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, желтый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6523-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, зеленый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, красный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6502-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, желтый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6505-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, синий, бухта 200м REXANT</t>
+  </si>
+  <si>
     <t>01-6501-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², Cu, белый, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>метр</t>
+    <t>01-6504-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, красный, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-6506-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², Cu, черный, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-6504-1</t>
-[...4 lines deleted...]
-  <si>
     <t>01-6511-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², Cu, белый, бухта 500м REXANT</t>
   </si>
   <si>
-    <t>01-6513-1</t>
-[...38 lines deleted...]
-    <t>Провод ПГВА 1х1,00мм², Cu, черный, бухта 200м REXANT</t>
+    <t>01-6512-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, желтый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, черный, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6521-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, белый, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-6525-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², Cu, синий, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-6521-1</t>
-[...34 lines deleted...]
-  <si>
     <t>1.1.3 Провод ПГВА/ПВАМ – CCA – наборы</t>
   </si>
   <si>
+    <t>01-6547</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х0,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>01-6550</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х1,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>01-6552</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1х3м/1,50х3м/2,50х2м, цвет провода красный REXANT</t>
+  </si>
+  <si>
     <t>01-6548</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х0,75мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
-    <t>наб.</t>
-[...5 lines deleted...]
-    <t>Набор автопровода «Радуга» 1х1,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+    <t>01-6549</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х1,00мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
     <t>01-6553</t>
   </si>
   <si>
     <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1,50х3м/2,50х2м, цвет провода черный REXANT</t>
   </si>
   <si>
-    <t>01-6547</t>
-[...10 lines deleted...]
-  <si>
     <t>01-6551</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х2,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
-    <t>01-6552</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.4 Провод ПГВА / ПВАМ – CCA – мини-бухта</t>
   </si>
   <si>
+    <t>01-6536-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
     <t>01-6506-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
-    <t>01-6546-2-5</t>
-[...32 lines deleted...]
-    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 10м REXANT</t>
+    <t>01-6524-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6536-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>01-6506-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6514-2-5</t>
-[...70 lines deleted...]
-  <si>
     <t>1.2 Разъёмы</t>
   </si>
   <si>
     <t>16-0312-9</t>
   </si>
   <si>
     <t>DJ7021-1.5-21 автомобильный разъем гнездо с проводом 20см</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>16-0501</t>
+  </si>
+  <si>
+    <t>Разъемы для автомагнитол Евро ISO, 2 гнезда акустика+питание REXANT</t>
+  </si>
+  <si>
+    <t>16-0303-9</t>
+  </si>
+  <si>
+    <t>DJ7031-1.5-11 автомобильный разъем штекер с проводом 20см (3-х контактный)</t>
+  </si>
+  <si>
+    <t>16-0402</t>
+  </si>
+  <si>
+    <t>Разъем штекер антенны для автомагнитолы, тип-2 REXANT</t>
+  </si>
+  <si>
+    <t>16-0320</t>
+  </si>
+  <si>
+    <t>Розетка фаркопа 12В, 7 контактов, металл REXANT</t>
+  </si>
+  <si>
+    <t>16-0433</t>
+  </si>
+  <si>
+    <t>Переходник автоантенны, штекер Европа - гнездо Азия, угловой REXANT</t>
+  </si>
+  <si>
+    <t>16-0503</t>
+  </si>
+  <si>
+    <t>Разъемы для автомагнитол Евро ISO, сдвоенный штекер акустика+питание REXANT</t>
+  </si>
+  <si>
+    <t>16-0321</t>
+  </si>
+  <si>
+    <t>Розетка фаркопа 12В, 7 контактов, пластик REXANT</t>
+  </si>
+  <si>
+    <t>16-0324</t>
+  </si>
+  <si>
+    <t>Набор подключения фаркопа универсальный, 7 контактов REXANT</t>
+  </si>
+  <si>
+    <t>16-0313-9</t>
+  </si>
+  <si>
+    <t>DJ7031-1.5-21 автомобильный разъем гнездо с проводом 20см (3-х контактный)</t>
+  </si>
+  <si>
+    <t>16-0401</t>
+  </si>
+  <si>
+    <t>Разъем штекер антенны для автомагнитолы, тип-1 REXANT</t>
+  </si>
+  <si>
     <t>16-0302-9</t>
   </si>
   <si>
     <t>DJ7021-1.5-11 автомобильный разъем штекер с проводом 20см</t>
   </si>
   <si>
-    <t>16-0313-9</t>
-[...14 lines deleted...]
-    <t>Разъем штекер антенны для автомагнитолы, тип-1 REXANT</t>
+    <t>16-0322</t>
+  </si>
+  <si>
+    <t>Вилка прицепа 12В, 7 контактов, металл REXANT</t>
   </si>
   <si>
     <t>16-0403</t>
   </si>
   <si>
     <t>Разъем штекер антенны для автомагнитолы, тип-3 REXANT</t>
   </si>
   <si>
     <t>16-0412</t>
   </si>
   <si>
     <t>Разъем гнездо антенны для автомагнитолы на шнур REXANT</t>
   </si>
   <si>
-    <t>16-0503</t>
-[...4 lines deleted...]
-  <si>
     <t>16-0434</t>
   </si>
   <si>
     <t>Переходник автоантенны, штекер Азия - гнездо Европа REXANT</t>
   </si>
   <si>
-    <t>16-0402</t>
-[...16 lines deleted...]
-  <si>
     <t>16-0502</t>
   </si>
   <si>
     <t>Разъемы для автомагнитол Евро ISO, сдвоенное гнездо акустика+питание REXANT</t>
   </si>
   <si>
-    <t>16-0320</t>
-[...22 lines deleted...]
-  <si>
     <t>16-0323</t>
   </si>
   <si>
     <t>Вилка прицепа 12В, 7 контактов, пластик REXANT</t>
   </si>
   <si>
     <t>1.3 Предохранители</t>
   </si>
   <si>
+    <t>80-7100</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 10А REXANT</t>
+  </si>
+  <si>
+    <t>80-7132</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 40А REXANT</t>
+  </si>
+  <si>
     <t>80-7021</t>
   </si>
   <si>
     <t>Набор автомобильных предохранителей Мини, в блистере REXANT</t>
   </si>
   <si>
+    <t>80-7023</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Мини, в пластиковой коробке (100 шт) REXANT</t>
+  </si>
+  <si>
+    <t>80-7111</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 15А REXANT</t>
+  </si>
+  <si>
+    <t>80-7114</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 30А REXANT</t>
+  </si>
+  <si>
     <t>80-7024</t>
   </si>
   <si>
     <t>Набор автомобильных предохранителей Стандарт, в пластиковой коробке (100 шт) REXANT</t>
   </si>
   <si>
-    <t>80-7023</t>
-[...2 lines deleted...]
-    <t>Набор автомобильных предохранителей Мини, в пластиковой коробке (100 шт) REXANT</t>
+    <t>80-7125</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Микро Korea REXANT</t>
+  </si>
+  <si>
+    <t>16-0424</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Мини, влагозащищенный, на проводе REXANT</t>
+  </si>
+  <si>
+    <t>16-0421</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Стандарт, прямоугольный, черный REXANT</t>
+  </si>
+  <si>
+    <t>80-7110</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 10А REXANT</t>
   </si>
   <si>
     <t>80-7022</t>
   </si>
   <si>
     <t>Набор автомобильных предохранителей Стандарт, в блистере REXANT</t>
   </si>
   <si>
-    <t>16-0424</t>
-[...2 lines deleted...]
-    <t>Держатель предохранителя типа Мини, влагозащищенный, на проводе REXANT</t>
+    <t>80-7135</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 80А REXANT</t>
+  </si>
+  <si>
+    <t>16-0422</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя, круглый REXANT</t>
+  </si>
+  <si>
+    <t>16-0423</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя тип Мини, на проводе REXANT</t>
+  </si>
+  <si>
+    <t>80-7112</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 20А REXANT</t>
+  </si>
+  <si>
+    <t>80-7101</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 15А REXANT</t>
+  </si>
+  <si>
+    <t>80-7103</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 25А REXANT</t>
+  </si>
+  <si>
+    <t>80-7104</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 30А REXANT</t>
+  </si>
+  <si>
+    <t>16-0425</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа AGU, колба REXANT</t>
+  </si>
+  <si>
+    <t>80-7136</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 100А REXANT</t>
+  </si>
+  <si>
+    <t>80-7113</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 25А REXANT</t>
+  </si>
+  <si>
+    <t>80-7102</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 20А REXANT</t>
   </si>
   <si>
     <t>16-0421-4</t>
   </si>
   <si>
     <t>Держатель предохранителя типа Стандарт, прямоугольный, красный REXANT</t>
   </si>
   <si>
-    <t>80-7110</t>
-[...106 lines deleted...]
-  <si>
     <t>1.4 Устройства автозапуска и зарядки</t>
   </si>
   <si>
+    <t>16-0006</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 55мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2026</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 100А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>16-0009</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А 53мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2035</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 7А (PWS-150) REXANT</t>
+  </si>
+  <si>
+    <t>16-0012</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 10А 50мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0013</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А, 75мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2029</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 700А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>16-0033</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» для тестера 15А, 53мм, гнездо Banana REXANT</t>
+  </si>
+  <si>
+    <t>16-0002</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 46мм, в изоляторе REXANT</t>
+  </si>
+  <si>
     <t>16-0003</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 5А, 56мм, в изоляторе REXANT</t>
   </si>
   <si>
+    <t>16-0016</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>16-0004</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 52мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0019-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 100А, 105мм REXANT </t>
+  </si>
+  <si>
+    <t>16-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 5А, 40мм, в изоляторе REXANT </t>
+  </si>
+  <si>
+    <t>16-0015</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0018</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 50А, 98мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0025</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 500А, 200мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0020</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 250А, 150мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2036</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 0,4-7А (PWS-265) REXANT</t>
+  </si>
+  <si>
     <t>16-0031</t>
   </si>
   <si>
     <t>Зажим для тестера Крючок, 40мм REXANT</t>
   </si>
   <si>
-    <t>16-0033</t>
-[...65 lines deleted...]
-    <t>Зажим «Крокодил» 30А, 75мм REXANT</t>
+    <t>16-0032</t>
+  </si>
+  <si>
+    <t>Зажим для тестера Пинцет, 50мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2027</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 200А, в чехле на молнии REXANT</t>
   </si>
   <si>
     <t>80-2028</t>
   </si>
   <si>
     <t>Провода прикуривания 500А, в чехле на молнии REXANT</t>
   </si>
   <si>
-    <t>80-2029</t>
-[...46 lines deleted...]
-  <si>
     <t>16-0036</t>
   </si>
   <si>
     <t>Зажимы «Крокодил» 5А, 40мм, с проводом, 10 пар REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Провода прикуривания 200А, в чехле на молнии REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1356,51 +1356,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-belyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-chernyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-krasnyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-belyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zelenyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-krasnyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-siniy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zheltyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-krasnyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zelenyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-chernyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-siniy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-belyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zheltyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-siniy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zelenyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zheltyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-chernyy-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-75mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m-0-75h5m-1-50h3m-2-50h2m-tsvet-provoda-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-00mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h2-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m-0-75h5m-1h3m-1-50h3m-2-50h2m-tsvet-provoda-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-75mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h0-50mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-chernyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-00mm-krasnyy-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h1-50mm-krasnyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgva-pvam-1h2-50mm-chernyy-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-21-avtomobilnyy-razem-gnezdo-s-provodom-20sm.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-11-avtomobilnyy-razem-shteker-s-provodom-20sm.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-21-avtomobilnyy-razem-gnezdo-s-provodom-20sm-3-h-kontaktnyy.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-11-avtomobilnyy-razem-shteker-s-provodom-20sm-3-h-kontaktnyy.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-1-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-3-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-gnezdo-antenny-dlya-avtomagnitoly-na-shnur-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-sdvoennyy-shteker-akustika-pitanie-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenny-shteker-aziya-gnezdo-evropa-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-2-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenny-shteker-evropa-gnezdo-aziya-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-2-gnezda-akustika-pitanie-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-sdvoennoe-gnezdo-akustika-pitanie-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-metall-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-podklyucheniya-farkopa-universalnyy-7-kontaktov-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-metall-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-blistere-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-plastikovoy-korobke-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-plastikovoy-korobke-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-blistere-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-mini-vlagozaschischennyy-na-provode-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-10a-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-kruglyy-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-mini-na-provode-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-30a-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-30a-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-15a-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-15a-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-agu-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mikro-korea-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-10a-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-20a-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-20a-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-25a-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-25a-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-56mm-v-izolyatore-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-kryuchok-40mm-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlya-testera-15a-53mm-gnezdo-banana-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100a-v-chehle-na-molnii-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-10a-50mm-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-v-izolyatore-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-55mm-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-100a-105mm-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-53mm-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-50a-98mm-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-52mm-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-40mm-v-izolyatore-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500a-v-chehle-na-molnii-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700a-v-chehle-na-molnii-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-250a-150mm-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-500a-200mm-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7a-pws-150-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7a-pws-265-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-pintset-50mm-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-75mm-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-46mm-v-izolyatore-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhimy-krokodil-5a-40mm-s-provodom-10-par-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200a-v-chehle-na-molnii-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-krasniy-buhta-100-m-3734" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-siniy-buhta-100-m-3747" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-jeltiy-buhta-100-m-3744" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-siniy-buhta-100-m-2123" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-siniy-buhta-100-m-3729" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-jeltiy-buhta-100-m-3726" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-jeltiy-buhta-100-m-3732" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-beliy-buhta-100-m-3725" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cherniy-buhta-100-m-3742" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-zeleniy-buhta-100-m-3739" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-siniy-buhta-100-m-3741" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-krasniy-buhta-100-m-2122" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cherniy-buhta-100-m-2124" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-zeleniy-buhta-100-m-2121" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-jeltiy-buhta-100-m-2120" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-beliy-buhta-100-m-2119" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-krasniy-buhta-100-m-3728" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cherniy-buhta-100-m-3730" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-zeleniy-buhta-100-m-3727" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-krasniy-buhta-100-m-3740" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-beliy-buhta-100-m-3737" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-jeltiy-buhta-100-m-3738" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-cherniy-buhta-100-m-3736" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-beliy-buhta-100-m-3731" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-siniy-buhta-100-m-3735" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-zeleniy-buhta-100-m-3733" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-krasniy-buhta-100-m-3746" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-cherniy-buhta-100-m-3748" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-beliy-buhta-100-m-3743" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-zeleniy-buhta-100-m-3745" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-siniy-buhta-500-m-19572" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-zeleniy-buhta-200-m-19567" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-zeleniy-buhta-500-m-19570" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-krasniy-buhta-500-m-19571" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-cherniy-buhta-200-m-19566" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-jeltiy-buhta-200-m-19580" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-zeleniy-buhta-200-m-19575" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-krasniy-buhta-200-m-19578" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-jeltiy-buhta-200-m-19576" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-siniy-buhta-200-m-19579" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-beliy-buhta-200-m-19573" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-krasniy-buhta-200-m-19581" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-cherniy-buhta-200-m-19582" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-beliy-buhta-500-m-19568" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-jeltiy-buhta-500-m-19569" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-cherniy-buhta-500-m-19583" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-beliy-buhta-200-m-19574" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-siniy-buhta-200-m-19577" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h0-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28440" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h1-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28443" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-assorti-0-50h5-m-0-75h5-m-1h3-m-1-50h3-m-2-50h2-m-tsvet-provoda-krasniy-28445" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h0-75-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28441" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h1-00-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28442" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-assorti-0-50h5-m-0-75h5-m-1-50h3-m-2-50h2-m-tsvet-provoda-cherniy-28446" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h2-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28444" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-cherniy-mini-buhta-5-metrov-28434" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-krasniy-mini-buhta-5-metrov-28436" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-krasniy-mini-buhta-5-metrov-28428" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-cherniy-mini-buhta-5-metrov-28438" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-krasniy-mini-buhta-10-metrov-28437" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-krasniy-mini-buhta-10-metrov-28433" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-cherniy-mini-buhta-10-metrov-28439" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-krasniy-mini-buhta-5-metrov-28420" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-krasniy-mini-buhta-10-metrov-28421" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-cherniy-mini-buhta-5-metrov-28422" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-cherniy-mini-buhta-10-metrov-28423" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-krasniy-mini-buhta-5-metrov-28424" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-krasniy-mini-buhta-10-metrov-28425" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-cherniy-mini-buhta-10-metrov-28427" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-krasniy-mini-buhta-10-metrov-28429" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-cherniy-mini-buhta-5-metrov-28430" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-cherniy-mini-buhta-10-metrov-28435" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-cherniy-mini-buhta-10-metrov-28431" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-krasniy-mini-buhta-5-metrov-28432" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-cherniy-mini-buhta-5-metrov-28426" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-21-avtomobilniy-razem-gnezdo-s-provodom-20-sm-13488" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-dlya-avtomagnitol-evro-iso-2-gnezda-akustika-pitanie-rexant-1976" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-11-avtomobilniy-razem-shteker-s-provodom-20-sm-3-kontaktniy-14798" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenni-dlya-avtomagnitoli-tip-2-rexant-3913" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-metall-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenni-shteker-evropa-gnezdo-aziya-uglovoy-rexant-3862" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-dlya-avtomagnitol-evro-iso-sdvoenniy-shteker-akustika-pitanie-rexant-3873" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-podklyucheniya-farkopa-universalnyy-7-kontaktov-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-21-avtomobilniy-razem-gnezdo-s-provodom-20-sm-3-kontaktniy-14797" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenni-dlya-avtomagnitoli-tip-1-rexant-60" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-11-avtomobilniy-razem-shteker-s-provodom-20-sm-13489" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-metall-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenni-dlya-avtomagnitoli-tip-3-rexant-3914" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-gnezdo-antenni-dlya-avtomagnitoli-na-shnur-rexant-3791" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenni-shteker-aziya-gnezdo-evropa-rexant-3861" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-dlya-avtomagnitol-evro-iso-sdvoennoe-gnezdo-akustika-pitanie-rexant-1975" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-10a-rexant-14779" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant-15294" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mini-v-blistere-rexant-9280" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mini-v-plastikovoy-korobke-100sht-rexant-9282" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-15a-rexant-14702" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-30a-rexant-14749" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-standart-v-plastikovoy-korobke-100sht-rexant-9283" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mikro-korea-rexant-15292" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-mini-vlagozaschitniy-na-provode-rexant-14557" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-standart-pryamougolniy-cherniy-rexant-58" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-10a-rexant-14673" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-standart-v-blistere-rexant-9281" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant-15293" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-krugliy-rexant-59" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-mini-na-provode-rexant-14560" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-20a-rexant-14703" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-15a-rexant-14729" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-25a-rexant-14709" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-30a-rexant-14710" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-agu-kolba-rexant-14823" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant-15295" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-25a-rexant-14790" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-20a-rexant-14660" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-standart-pryamougolniy-krasniy-rexant-3765" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-55-mm-rexant-48" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100-amper-v-chehle-na-molnii-rexant-9417" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-15-a-53-mm-rexant-1652" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7-a-pws-150-rexant-15439" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-10-a-50-mm-rexant-47" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-15-a-75-mm-rexant-2310" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700-amper-v-chehle-na-molnii-rexant-9420" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-dlya-testera-15-a-53-mm-gnezdo-banana-rexant-17302" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-46-mm-v-izolyatore-rexant-41" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-56-mm-v-izolyatore-rexant-43" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-30-a-75-mm-v-izolyatore-rexant-2311" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-52-mm-rexant-44" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-100-a-105-mm-rexant-2313" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-40-mm-v-izolyatore-rexant-42" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-30-a-75-mm-rexant-50" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-50-a-98-mm-rexant-52" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-500-a-200-mm-rexant-14556" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-s-metallicheskimi-zubtsami-dlya-fiksatsii-provodov-250-a-150-mm-rexant-53" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7-a-pws-265-rexant-15438" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-testera-kryuchok-40-mm-rexant-17300" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-testera-pintset-50-mm-rexant-17301" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200-amper-v-chehle-na-molnii-rexant-9418" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500-amper-v-chehle-na-molnii-rexant-9419" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajimi-krokodil-5-a-40-mm-s-provodom-10-par-rexant-2315" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I151"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1450,4204 +1450,4204 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>1270</v>
+        <v>2000</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1108</v>
+        <v>1764</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>1270</v>
+        <v>3300</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>629</v>
+        <v>327</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>1270</v>
+        <v>3300</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>921</v>
+        <v>175</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
         <v>1270</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>1270</v>
+        <v>900</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>622</v>
+        <v>503</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
         <v>900</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>631</v>
+        <v>496</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>900</v>
+        <v>2000</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>404</v>
+        <v>535</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>1535</v>
+        <v>900</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>1171</v>
+        <v>850</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
         <v>1535</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>442</v>
+        <v>1107</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>8</v>
       </c>
       <c r="I13" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>2000</v>
+        <v>1535</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>1905</v>
+        <v>490</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>2000</v>
+        <v>1535</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>1807</v>
+        <v>248</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>2000</v>
+        <v>1270</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>698</v>
+        <v>1851</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>2000</v>
+        <v>1270</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>549</v>
+        <v>1404</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>900</v>
+        <v>1270</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>500</v>
+        <v>859</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>1535</v>
+        <v>1270</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>898</v>
+        <v>1036</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>3300</v>
+        <v>1270</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>331</v>
+        <v>875</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>3300</v>
+        <v>900</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>173</v>
+        <v>1055</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>1535</v>
+        <v>900</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>531</v>
+        <v>1117</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>3300</v>
+        <v>900</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>765</v>
+        <v>418</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
         <v>1535</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>377</v>
+        <v>1169</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>8</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>2000</v>
+        <v>1535</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>651</v>
+        <v>501</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>1270</v>
+        <v>1535</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>830</v>
+        <v>627</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
         <v>2000</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>1086</v>
+        <v>2006</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>6</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>3300</v>
+        <v>2000</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>111</v>
+        <v>626</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I28" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>3300</v>
+        <v>2000</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>921</v>
+        <v>706</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>3300</v>
+        <v>2000</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>274</v>
+        <v>879</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>1535</v>
+        <v>3300</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>714</v>
+        <v>911</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>900</v>
+        <v>3300</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>1097</v>
+        <v>985</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>900</v>
+        <v>3300</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>1094</v>
+        <v>346</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I33" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>900</v>
+        <v>3300</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>469</v>
+        <v>114</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I34" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>25.92</v>
+        <v>19</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F36" s="3">
-        <v>1200</v>
+        <v>1000</v>
       </c>
       <c r="G36" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H36" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
         <v>25.92</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F37" s="3">
-        <v>1400</v>
+        <v>200</v>
       </c>
       <c r="G37" s="3">
         <v>200</v>
       </c>
       <c r="H37" s="3">
         <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>25.92</v>
+        <v>19</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F38" s="3">
-        <v>600</v>
+        <v>2000</v>
       </c>
       <c r="G38" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H38" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
         <v>19</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F39" s="3">
-        <v>3000</v>
+        <v>4500</v>
       </c>
       <c r="G39" s="3">
         <v>500</v>
       </c>
       <c r="H39" s="3">
         <v>500</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>19</v>
+        <v>35.38</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F40" s="3">
-        <v>3000</v>
+        <v>1200</v>
       </c>
       <c r="G40" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H40" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>19</v>
+        <v>35.38</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F41" s="3">
-        <v>5500</v>
+        <v>800</v>
       </c>
       <c r="G41" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H41" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>19</v>
+        <v>35.38</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F42" s="3">
-        <v>2000</v>
+        <v>2400</v>
       </c>
       <c r="G42" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H42" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
         <v>35.38</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F43" s="3">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="G43" s="3">
         <v>200</v>
       </c>
       <c r="H43" s="3">
         <v>200</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>35.38</v>
+        <v>25.92</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F44" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>200</v>
       </c>
       <c r="H44" s="3">
         <v>200</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>35.38</v>
+        <v>25.92</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F45" s="3">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>200</v>
       </c>
       <c r="H45" s="3">
         <v>200</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>35.38</v>
+        <v>25.92</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G46" s="3">
         <v>200</v>
       </c>
       <c r="H46" s="3">
         <v>200</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>35.38</v>
+        <v>25.92</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F47" s="3">
-        <v>1800</v>
+        <v>400</v>
       </c>
       <c r="G47" s="3">
         <v>200</v>
       </c>
       <c r="H47" s="3">
         <v>200</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>35.38</v>
+        <v>25.92</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F48" s="3">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>200</v>
       </c>
       <c r="H48" s="3">
         <v>200</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>25.92</v>
+        <v>19</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F49" s="3">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="G49" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H49" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>25.92</v>
+        <v>19</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F50" s="3">
-        <v>1600</v>
+        <v>2000</v>
       </c>
       <c r="G50" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H50" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>25.92</v>
+        <v>19</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F51" s="3">
-        <v>1200</v>
+        <v>2000</v>
       </c>
       <c r="G51" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H51" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>19</v>
+        <v>35.38</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F52" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="G52" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H52" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>19</v>
+        <v>35.38</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F53" s="3">
-        <v>4500</v>
+        <v>2200</v>
       </c>
       <c r="G53" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H53" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>480</v>
+        <v>446.88</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F55" s="3">
-        <v>394</v>
+        <v>2496</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>50</v>
       </c>
       <c r="I55" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C56" s="3">
         <v>845</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F56" s="3">
-        <v>294</v>
+        <v>128</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>25</v>
       </c>
       <c r="I56" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C57" s="3">
         <v>533</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F57" s="3">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>50</v>
       </c>
       <c r="I57" s="3">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>446.88</v>
+        <v>480</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F58" s="3">
-        <v>2940</v>
+        <v>491</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>50</v>
       </c>
       <c r="I58" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C59" s="3">
         <v>550</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F59" s="3">
-        <v>386</v>
+        <v>232</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>25</v>
       </c>
       <c r="I59" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>1150</v>
+        <v>533</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F60" s="3">
-        <v>125</v>
+        <v>53</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I60" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C61" s="3">
-        <v>533</v>
+        <v>1150</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F61" s="3">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I61" s="3">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="2"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>246.96</v>
+        <v>223.44</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>128</v>
+        <v>47</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>25</v>
       </c>
       <c r="I63" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
         <v>341.04</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>103</v>
+        <v>47</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>25</v>
       </c>
       <c r="I64" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>215.91</v>
+        <v>162.29</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>64</v>
+        <v>260</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>25</v>
       </c>
       <c r="I65" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>114.31</v>
+        <v>341.04</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I66" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>215.91</v>
+        <v>646.8</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>25</v>
       </c>
       <c r="I67" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>139.71</v>
+        <v>435.12</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>108</v>
+        <v>58</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>25</v>
       </c>
       <c r="I68" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>246.96</v>
+        <v>646.8</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>91</v>
+        <v>39</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I69" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>139.71</v>
+        <v>114.31</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>80</v>
+        <v>47</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I70" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>114.31</v>
+        <v>215.91</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>93</v>
+        <v>48</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I71" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>162.29</v>
+        <v>114.31</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>129</v>
+        <v>53</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>20</v>
       </c>
       <c r="I72" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>317.52</v>
+        <v>215.91</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>25</v>
       </c>
       <c r="I73" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>435.12</v>
+        <v>139.71</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>86</v>
+        <v>59</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>25</v>
       </c>
       <c r="I74" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>341.04</v>
+        <v>246.96</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>25</v>
       </c>
       <c r="I75" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>223.44</v>
+        <v>246.96</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>78</v>
+        <v>41</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>25</v>
       </c>
       <c r="I76" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>223.44</v>
+        <v>317.52</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>25</v>
       </c>
       <c r="I77" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>646.8</v>
+        <v>162.29</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I78" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>317.52</v>
+        <v>435.12</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>106</v>
+        <v>20</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>25</v>
       </c>
       <c r="I79" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>162.29</v>
+        <v>317.52</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>333</v>
+        <v>60</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>25</v>
       </c>
       <c r="I80" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>435.12</v>
+        <v>223.44</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>63</v>
+        <v>127</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>25</v>
       </c>
       <c r="I81" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>646.8</v>
+        <v>139.71</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
+        <v>25</v>
+      </c>
+      <c r="I82" s="3">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="2"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
       <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C84" s="3">
         <v>178</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F84" s="3">
-        <v>910</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>10</v>
       </c>
       <c r="H84" s="3">
         <v>250</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>178.23</v>
+        <v>150</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F85" s="3">
-        <v>1570</v>
+        <v>10350</v>
       </c>
       <c r="G85" s="3">
         <v>10</v>
       </c>
       <c r="H85" s="3">
         <v>250</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="G86" s="3">
         <v>10</v>
       </c>
       <c r="H86" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>228</v>
+        <v>27</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F87" s="3">
+        <v>2550</v>
+      </c>
+      <c r="G87" s="3">
         <v>50</v>
       </c>
-      <c r="G87" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="H87" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>20</v>
+        <v>585</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F88" s="3">
-        <v>45400</v>
+        <v>1188</v>
       </c>
       <c r="G88" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I88" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>10.51</v>
+        <v>27.54</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F89" s="3">
-        <v>30800</v>
+        <v>2200</v>
       </c>
       <c r="G89" s="3">
         <v>50</v>
       </c>
       <c r="H89" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>34</v>
+        <v>155</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F90" s="3">
-        <v>20050</v>
+        <v>3340</v>
       </c>
       <c r="G90" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H90" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>155</v>
+        <v>335</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F91" s="3">
-        <v>6110</v>
+        <v>428</v>
       </c>
       <c r="G91" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>29</v>
+        <v>1155</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F92" s="3">
-        <v>4650</v>
+        <v>1152</v>
       </c>
       <c r="G92" s="3">
+        <v>1</v>
+      </c>
+      <c r="H92" s="3">
         <v>50</v>
       </c>
-      <c r="H92" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>27</v>
+        <v>235</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F93" s="3">
-        <v>3350</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>30.6</v>
+        <v>20</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F94" s="3">
-        <v>2300</v>
+        <v>36300</v>
       </c>
       <c r="G94" s="3">
         <v>50</v>
       </c>
       <c r="H94" s="3">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>150</v>
+        <v>178.23</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F95" s="3">
-        <v>13760</v>
+        <v>460</v>
       </c>
       <c r="G95" s="3">
         <v>10</v>
       </c>
       <c r="H95" s="3">
         <v>250</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>155</v>
+        <v>375</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F96" s="3">
-        <v>8300</v>
+        <v>409</v>
       </c>
       <c r="G96" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>585</v>
+        <v>9.46</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F97" s="3">
-        <v>1340</v>
+        <v>30750</v>
       </c>
       <c r="G97" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H97" s="3">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="I97" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>1155</v>
+        <v>30.6</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F98" s="3">
-        <v>1203</v>
+        <v>19050</v>
       </c>
       <c r="G98" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H98" s="3">
-        <v>0</v>
+        <v>2500</v>
       </c>
       <c r="I98" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>375</v>
+        <v>29</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F99" s="3">
-        <v>1298</v>
+        <v>3950</v>
       </c>
       <c r="G99" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H99" s="3">
-        <v>0</v>
+        <v>2500</v>
       </c>
       <c r="I99" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>335</v>
+        <v>155</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F100" s="3">
-        <v>1339</v>
+        <v>5210</v>
       </c>
       <c r="G100" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C101" s="3">
         <v>290</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F101" s="3">
-        <v>1333</v>
+        <v>939</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
         <v>207</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
       <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C103" s="3">
-        <v>73</v>
+        <v>4.32</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>115</v>
+        <v>172</v>
       </c>
       <c r="F103" s="3">
-        <v>8228</v>
+        <v>74899</v>
       </c>
       <c r="G103" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H103" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>580</v>
+        <v>205</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F104" s="3">
-        <v>1125</v>
+        <v>1354</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>550</v>
+        <v>73</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F105" s="3">
-        <v>501</v>
+        <v>8470</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>72</v>
+        <v>550</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>115</v>
       </c>
       <c r="F106" s="3">
-        <v>11051</v>
+        <v>537</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>145</v>
+        <v>3.96</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F107" s="3">
-        <v>2514</v>
+        <v>11300</v>
       </c>
       <c r="G107" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H107" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>72</v>
+        <v>2.22</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F108" s="3">
-        <v>15600</v>
+        <v>34100</v>
       </c>
       <c r="G108" s="3">
         <v>50</v>
       </c>
       <c r="H108" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>3.96</v>
+        <v>580</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>172</v>
+        <v>115</v>
       </c>
       <c r="F109" s="3">
-        <v>28050</v>
+        <v>865</v>
       </c>
       <c r="G109" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>12000</v>
+        <v>100</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>29.95</v>
+        <v>88</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>172</v>
+        <v>115</v>
       </c>
       <c r="F110" s="3">
-        <v>22650</v>
+        <v>1967</v>
       </c>
       <c r="G110" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>1200</v>
+        <v>300</v>
       </c>
       <c r="I110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>80</v>
+        <v>145</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F111" s="3">
-        <v>11675</v>
+        <v>613</v>
       </c>
       <c r="G111" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>500</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C112" s="3">
-        <v>2.47</v>
+        <v>72</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F112" s="3">
-        <v>37300</v>
+        <v>29900</v>
       </c>
       <c r="G112" s="3">
         <v>50</v>
       </c>
       <c r="H112" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C113" s="3">
-        <v>4.32</v>
+        <v>3.96</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F113" s="3">
-        <v>3000</v>
+        <v>42950</v>
       </c>
       <c r="G113" s="3">
         <v>50</v>
       </c>
       <c r="H113" s="3">
-        <v>10000</v>
+        <v>12000</v>
       </c>
       <c r="I113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C114" s="3">
-        <v>4.32</v>
+        <v>72</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>172</v>
+        <v>115</v>
       </c>
       <c r="F114" s="3">
-        <v>48300</v>
+        <v>7766</v>
       </c>
       <c r="G114" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C115" s="3">
-        <v>3.96</v>
+        <v>205</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>172</v>
+        <v>115</v>
       </c>
       <c r="F115" s="3">
-        <v>8000</v>
+        <v>435</v>
       </c>
       <c r="G115" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C116" s="3">
-        <v>245</v>
+        <v>29.95</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F116" s="3">
-        <v>2795</v>
+        <v>20300</v>
       </c>
       <c r="G116" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H116" s="3">
-        <v>200</v>
+        <v>1200</v>
       </c>
       <c r="I116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C117" s="3">
-        <v>205</v>
+        <v>80</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>115</v>
+        <v>172</v>
       </c>
       <c r="F117" s="3">
-        <v>1500</v>
+        <v>13422</v>
       </c>
       <c r="G117" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H117" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C118" s="3">
-        <v>205</v>
+        <v>3.96</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>115</v>
+        <v>172</v>
       </c>
       <c r="F118" s="3">
-        <v>528</v>
+        <v>32650</v>
       </c>
       <c r="G118" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H118" s="3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="I118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C119" s="3">
-        <v>205</v>
+        <v>4.32</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>115</v>
+        <v>172</v>
       </c>
       <c r="F119" s="3">
-        <v>639</v>
+        <v>14950</v>
       </c>
       <c r="G119" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H119" s="3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C120" s="3">
-        <v>88</v>
+        <v>4.32</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>115</v>
+        <v>172</v>
       </c>
       <c r="F120" s="3">
-        <v>2526</v>
+        <v>4450</v>
       </c>
       <c r="G120" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H120" s="3">
-        <v>300</v>
+        <v>10000</v>
       </c>
       <c r="I120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C121" s="3">
         <v>4.32</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F121" s="3">
-        <v>107049</v>
+        <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>50</v>
       </c>
       <c r="H121" s="3">
         <v>10000</v>
       </c>
       <c r="I121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C122" s="3">
-        <v>4.32</v>
+        <v>245</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F122" s="3">
-        <v>34050</v>
+        <v>1601</v>
       </c>
       <c r="G122" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>10000</v>
+        <v>200</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C123" s="3">
-        <v>3.96</v>
+        <v>205</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>172</v>
+        <v>115</v>
       </c>
       <c r="F123" s="3">
-        <v>36900</v>
+        <v>498</v>
       </c>
       <c r="G123" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C124" s="3">
-        <v>2.33</v>
+        <v>2.1</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F124" s="3">
-        <v>46100</v>
+        <v>42350</v>
       </c>
       <c r="G124" s="3">
         <v>50</v>
       </c>
       <c r="H124" s="3">
         <v>10000</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C125" s="3">
         <v>4.32</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F125" s="3">
-        <v>7350</v>
+        <v>16100</v>
       </c>
       <c r="G125" s="3">
         <v>50</v>
       </c>
       <c r="H125" s="3">
         <v>10000</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C126" s="3">
         <v>72</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F126" s="3">
-        <v>49000</v>
+        <v>10550</v>
       </c>
       <c r="G126" s="3">
         <v>50</v>
       </c>
       <c r="H126" s="3">
         <v>500</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
         <v>256</v>
       </c>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="2"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
       <c r="I127" s="2"/>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C128" s="3">
-        <v>7.6</v>
+        <v>9.2</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F128" s="3">
-        <v>36000</v>
+        <v>73000</v>
       </c>
       <c r="G128" s="3">
         <v>200</v>
       </c>
       <c r="H128" s="3">
         <v>5000</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C129" s="3">
-        <v>45.5</v>
+        <v>800</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>172</v>
+        <v>261</v>
       </c>
       <c r="F129" s="3">
-        <v>8626</v>
+        <v>405</v>
       </c>
       <c r="G129" s="3">
+        <v>1</v>
+      </c>
+      <c r="H129" s="3">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C130" s="3">
-        <v>108</v>
+        <v>8.5</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F130" s="3">
-        <v>4774</v>
+        <v>84000</v>
       </c>
       <c r="G130" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="H130" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C131" s="3">
-        <v>800</v>
+        <v>3460.97</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>265</v>
+        <v>172</v>
       </c>
       <c r="F131" s="3">
-        <v>627</v>
+        <v>14</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>20</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C132" s="3">
         <v>11.2</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F132" s="3">
-        <v>73900</v>
+        <v>68400</v>
       </c>
       <c r="G132" s="3">
         <v>100</v>
       </c>
       <c r="H132" s="3">
         <v>2000</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C133" s="3">
-        <v>31.5</v>
+        <v>12.1</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F133" s="3">
-        <v>26750</v>
+        <v>123750</v>
       </c>
       <c r="G133" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H133" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C134" s="3">
-        <v>9.2</v>
+        <v>2000</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>172</v>
+        <v>261</v>
       </c>
       <c r="F134" s="3">
-        <v>97133</v>
+        <v>557</v>
       </c>
       <c r="G134" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C135" s="3">
-        <v>55</v>
+        <v>108</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F135" s="3">
-        <v>82045</v>
+        <v>5882</v>
       </c>
       <c r="G135" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H135" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C136" s="3">
-        <v>8.5</v>
+        <v>5.3</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F136" s="3">
-        <v>105400</v>
+        <v>36400</v>
       </c>
       <c r="G136" s="3">
         <v>200</v>
       </c>
       <c r="H136" s="3">
         <v>5000</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C137" s="3">
-        <v>32</v>
+        <v>7.6</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F137" s="3">
-        <v>96549</v>
+        <v>29600</v>
       </c>
       <c r="G137" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H137" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C138" s="3">
-        <v>7.2</v>
+        <v>31.5</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F138" s="3">
-        <v>51400</v>
+        <v>21675</v>
       </c>
       <c r="G138" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H138" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C139" s="3">
-        <v>5</v>
+        <v>7.2</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F139" s="3">
-        <v>126700</v>
+        <v>69000</v>
       </c>
       <c r="G139" s="3">
         <v>200</v>
       </c>
       <c r="H139" s="3">
         <v>5000</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C140" s="3">
-        <v>14.4</v>
+        <v>55</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F140" s="3">
-        <v>237699</v>
+        <v>65425</v>
       </c>
       <c r="G140" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H140" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C141" s="3">
-        <v>1640</v>
+        <v>5</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>265</v>
+        <v>172</v>
       </c>
       <c r="F141" s="3">
-        <v>902</v>
+        <v>112500</v>
       </c>
       <c r="G141" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H141" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C142" s="3">
-        <v>2000</v>
+        <v>14.4</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>265</v>
+        <v>172</v>
       </c>
       <c r="F142" s="3">
-        <v>817</v>
+        <v>273199</v>
       </c>
       <c r="G142" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H142" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C143" s="3">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F143" s="3">
-        <v>48240</v>
+        <v>80549</v>
       </c>
       <c r="G143" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H143" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C144" s="3">
         <v>305</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F144" s="3">
-        <v>18506</v>
+        <v>14456</v>
       </c>
       <c r="G144" s="3">
         <v>2</v>
       </c>
       <c r="H144" s="3">
         <v>100</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C145" s="3">
-        <v>3460.97</v>
+        <v>105</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F145" s="3">
-        <v>0</v>
+        <v>40910</v>
       </c>
       <c r="G145" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H145" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C146" s="3">
         <v>4944.24</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F146" s="3">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>20</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C147" s="3">
         <v>45.5</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F147" s="3">
-        <v>3702</v>
+        <v>7462</v>
       </c>
       <c r="G147" s="3">
         <v>20</v>
       </c>
       <c r="H147" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C148" s="3">
-        <v>12.1</v>
+        <v>45.5</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F148" s="3">
-        <v>109300</v>
+        <v>3542</v>
       </c>
       <c r="G148" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H148" s="3">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C149" s="3">
-        <v>5.3</v>
+        <v>1020</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>172</v>
+        <v>261</v>
       </c>
       <c r="F149" s="3">
-        <v>45800</v>
+        <v>1122</v>
       </c>
       <c r="G149" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>5000</v>
+        <v>20</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C150" s="3">
-        <v>230</v>
+        <v>1640</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>172</v>
+        <v>261</v>
       </c>
       <c r="F150" s="3">
-        <v>5440</v>
+        <v>613</v>
       </c>
       <c r="G150" s="3">
+        <v>1</v>
+      </c>
+      <c r="H150" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C151" s="3">
-        <v>1020</v>
+        <v>230</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>265</v>
+        <v>172</v>
       </c>
       <c r="F151" s="3">
-        <v>1475</v>
+        <v>9170</v>
       </c>
       <c r="G151" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H151" s="3">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A35:I35"/>
     <mergeCell ref="A54:I54"/>
     <mergeCell ref="A62:I62"/>
     <mergeCell ref="A83:I83"/>
     <mergeCell ref="A102:I102"/>
     <mergeCell ref="A127:I127"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>