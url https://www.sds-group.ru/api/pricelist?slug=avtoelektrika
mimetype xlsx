--- v1 (2025-12-09)
+++ v2 (2026-02-27)
@@ -8,970 +8,964 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="582" uniqueCount="306">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="578" uniqueCount="304">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Автоэлектрика</t>
   </si>
   <si>
     <t>1.1 Провода</t>
   </si>
   <si>
     <t>1.1.1 Провод ПГВА / ПВАМ – CCA -</t>
   </si>
   <si>
+    <t>01-6514</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-6543</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6505</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6503</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6502</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6501</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6511</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6515</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6513</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6521</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6522</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6531</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6533</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6541</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², белый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6545</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6512</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6525</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6535</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², синий, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², красный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6523</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², зеленый, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>01-6534</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,50мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Провод ПГВА 1х2,50мм², синий, бухта 100м REXANT</t>
+    <t>01-6536</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², черный, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6532</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,50мм², желтый, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-6546</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х2,50мм², черный, бухта 100м REXANT</t>
   </si>
   <si>
     <t>01-6542</t>
   </si>
   <si>
     <t>Провод ПГВА 1х2,50мм², желтый, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6505</t>
-[...46 lines deleted...]
-  <si>
     <t>01-6504</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,75мм², красный, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>01-6506</t>
-[...106 lines deleted...]
-  <si>
     <t>1.1.2 Провод ПГВА / ПВАМ – МЕДЬ -</t>
   </si>
   <si>
+    <t>01-6505-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, синий, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-6506-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, черный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6513-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, зеленый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, красный, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, черный, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6521-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, белый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, красный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6525-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, синий, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, черный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6501-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, белый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6502-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, желтый, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,75мм², Cu, красный, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-6511-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, белый, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-6512-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х0,50мм², Cu, желтый, бухта 500м REXANT</t>
+  </si>
+  <si>
     <t>01-6515-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х0,50мм², Cu, синий, бухта 500м REXANT</t>
   </si>
   <si>
-    <t>метр</t>
-[...23 lines deleted...]
-    <t>Провод ПГВА 1х1,00мм², Cu, черный, бухта 200м REXANT</t>
+    <t>01-6523-1</t>
+  </si>
+  <si>
+    <t>Провод ПГВА 1х1,00мм², Cu, зеленый, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-6522-1</t>
   </si>
   <si>
     <t>Провод ПГВА 1х1,00мм², Cu, желтый, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-6523-1</t>
-[...70 lines deleted...]
-  <si>
     <t>1.1.3 Провод ПГВА/ПВАМ – CCA – наборы</t>
   </si>
   <si>
+    <t>01-6551</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х2,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>01-6549</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х1,00мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
+  </si>
+  <si>
+    <t>01-6553</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1,50х3м/2,50х2м, цвет провода черный REXANT</t>
+  </si>
+  <si>
+    <t>01-6552</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Ассорти» 0,50х5м/0,75х5м/1х3м/1,50х3м/2,50х2м, цвет провода красный REXANT</t>
+  </si>
+  <si>
     <t>01-6547</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х0,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
-    <t>наб.</t>
+    <t>01-6548</t>
+  </si>
+  <si>
+    <t>Набор автопровода «Радуга» 1х0,75мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
     <t>01-6550</t>
   </si>
   <si>
     <t>Набор автопровода «Радуга» 1х1,50мм, 6 цветов (белый, желтый, зеленый, красный, синий, черный) по 3м REXANT</t>
   </si>
   <si>
-    <t>01-6552</t>
-[...28 lines deleted...]
-  <si>
     <t>1.1.4 Провод ПГВА / ПВАМ – CCA – мини-бухта</t>
   </si>
   <si>
+    <t>01-6516-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6516-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6524-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6526-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6534-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6514-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6504-2-5</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6506-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
     <t>01-6536-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6544-2-5</t>
-[...8 lines deleted...]
-    <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, красный, мини-бухта 5м REXANT</t>
+    <t>01-6536-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, черный, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6544-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, красный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6546-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6544-2-10</t>
-[...8 lines deleted...]
-    <t>Провод автомобильный ПГВА/ПВАМ 1х1,50мм, красный, мини-бухта 10м REXANT</t>
+    <t>01-6504-2-10</t>
+  </si>
+  <si>
+    <t>Провод автомобильный ПГВА/ПВАМ 1х0,75мм, красный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6546-2-10</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х2,50мм, черный, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6514-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х0,50мм, красный, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6514-2-10</t>
-[...40 lines deleted...]
-  <si>
     <t>01-6526-2-5</t>
   </si>
   <si>
     <t>Провод автомобильный ПГВА/ПВАМ 1х1,00мм, черный, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6536-2-10</t>
-[...22 lines deleted...]
-  <si>
     <t>1.2 Разъёмы</t>
   </si>
   <si>
+    <t>16-0412</t>
+  </si>
+  <si>
+    <t>Разъем гнездо антенны для автомагнитолы на шнур REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>16-0501</t>
+  </si>
+  <si>
+    <t>Разъемы для автомагнитол Евро ISO, 2 гнезда акустика+питание REXANT</t>
+  </si>
+  <si>
+    <t>16-0313-9</t>
+  </si>
+  <si>
+    <t>DJ7031-1.5-21 автомобильный разъем гнездо с проводом 20см (3-х контактный)</t>
+  </si>
+  <si>
+    <t>16-0303-9</t>
+  </si>
+  <si>
+    <t>DJ7031-1.5-11 автомобильный разъем штекер с проводом 20см (3-х контактный)</t>
+  </si>
+  <si>
+    <t>16-0302-9</t>
+  </si>
+  <si>
+    <t>DJ7021-1.5-11 автомобильный разъем штекер с проводом 20см</t>
+  </si>
+  <si>
     <t>16-0312-9</t>
   </si>
   <si>
     <t>DJ7021-1.5-21 автомобильный разъем гнездо с проводом 20см</t>
   </si>
   <si>
-    <t>шт</t>
-[...11 lines deleted...]
-    <t>DJ7031-1.5-11 автомобильный разъем штекер с проводом 20см (3-х контактный)</t>
+    <t>16-0502</t>
+  </si>
+  <si>
+    <t>Разъемы для автомагнитол Евро ISO, сдвоенное гнездо акустика+питание REXANT</t>
   </si>
   <si>
     <t>16-0402</t>
   </si>
   <si>
     <t>Разъем штекер антенны для автомагнитолы, тип-2 REXANT</t>
   </si>
   <si>
+    <t>16-0403</t>
+  </si>
+  <si>
+    <t>Разъем штекер антенны для автомагнитолы, тип-3 REXANT</t>
+  </si>
+  <si>
+    <t>16-0503</t>
+  </si>
+  <si>
+    <t>Разъемы для автомагнитол Евро ISO, сдвоенный штекер акустика+питание REXANT</t>
+  </si>
+  <si>
+    <t>16-0434</t>
+  </si>
+  <si>
+    <t>Переходник автоантенны, штекер Азия - гнездо Европа REXANT</t>
+  </si>
+  <si>
+    <t>16-0323</t>
+  </si>
+  <si>
+    <t>Вилка прицепа 12В, 7 контактов, пластик REXANT</t>
+  </si>
+  <si>
     <t>16-0320</t>
   </si>
   <si>
     <t>Розетка фаркопа 12В, 7 контактов, металл REXANT</t>
   </si>
   <si>
+    <t>16-0321</t>
+  </si>
+  <si>
+    <t>Розетка фаркопа 12В, 7 контактов, пластик REXANT</t>
+  </si>
+  <si>
+    <t>16-0401</t>
+  </si>
+  <si>
+    <t>Разъем штекер антенны для автомагнитолы, тип-1 REXANT</t>
+  </si>
+  <si>
     <t>16-0433</t>
   </si>
   <si>
     <t>Переходник автоантенны, штекер Европа - гнездо Азия, угловой REXANT</t>
   </si>
   <si>
-    <t>16-0503</t>
-[...8 lines deleted...]
-    <t>Розетка фаркопа 12В, 7 контактов, пластик REXANT</t>
+    <t>16-0322</t>
+  </si>
+  <si>
+    <t>Вилка прицепа 12В, 7 контактов, металл REXANT</t>
   </si>
   <si>
     <t>16-0324</t>
   </si>
   <si>
     <t>Набор подключения фаркопа универсальный, 7 контактов REXANT</t>
   </si>
   <si>
-    <t>16-0313-9</t>
-[...52 lines deleted...]
-  <si>
     <t>1.3 Предохранители</t>
   </si>
   <si>
+    <t>80-7024</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Стандарт, в пластиковой коробке (100 шт) REXANT</t>
+  </si>
+  <si>
+    <t>80-7021</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Мини, в блистере REXANT</t>
+  </si>
+  <si>
+    <t>80-7022</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Стандарт, в блистере REXANT</t>
+  </si>
+  <si>
+    <t>16-0424</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Мини, влагозащищенный, на проводе REXANT</t>
+  </si>
+  <si>
+    <t>80-7110</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 10А REXANT</t>
+  </si>
+  <si>
+    <t>80-7103</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 25А REXANT</t>
+  </si>
+  <si>
+    <t>80-7136</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 100А REXANT</t>
+  </si>
+  <si>
+    <t>80-7125</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Микро Korea REXANT</t>
+  </si>
+  <si>
+    <t>16-0422</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя, круглый REXANT</t>
+  </si>
+  <si>
+    <t>16-0423</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя тип Мини, на проводе REXANT</t>
+  </si>
+  <si>
+    <t>80-7111</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 15А REXANT</t>
+  </si>
+  <si>
+    <t>80-7112</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 20А REXANT</t>
+  </si>
+  <si>
+    <t>80-7113</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 25А REXANT</t>
+  </si>
+  <si>
+    <t>80-7114</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Мини, 30А REXANT</t>
+  </si>
+  <si>
+    <t>80-7102</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 20А REXANT</t>
+  </si>
+  <si>
+    <t>16-0425</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа AGU, колба REXANT</t>
+  </si>
+  <si>
+    <t>80-7132</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 40А REXANT</t>
+  </si>
+  <si>
+    <t>80-7104</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 30А REXANT</t>
+  </si>
+  <si>
+    <t>16-0421</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Стандарт, прямоугольный, черный REXANT</t>
+  </si>
+  <si>
+    <t>80-7101</t>
+  </si>
+  <si>
+    <t>Предохранитель автомобильный Стандарт, 15А REXANT</t>
+  </si>
+  <si>
+    <t>80-7023</t>
+  </si>
+  <si>
+    <t>Набор автомобильных предохранителей Мини, в пластиковой коробке (100 шт) REXANT</t>
+  </si>
+  <si>
+    <t>16-0421-4</t>
+  </si>
+  <si>
+    <t>Держатель предохранителя типа Стандарт, прямоугольный, красный REXANT</t>
+  </si>
+  <si>
+    <t>80-7135</t>
+  </si>
+  <si>
+    <t>Набор плавких предохранителей типа AGU, 80А REXANT</t>
+  </si>
+  <si>
     <t>80-7100</t>
   </si>
   <si>
     <t>Предохранитель автомобильный Стандарт, 10А REXANT</t>
   </si>
   <si>
-    <t>80-7132</t>
-[...136 lines deleted...]
-  <si>
     <t>1.4 Устройства автозапуска и зарядки</t>
   </si>
   <si>
+    <t>16-0019-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 100А, 105мм REXANT </t>
+  </si>
+  <si>
+    <t>16-0009</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А 53мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0020</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 250А, 150мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2026</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 100А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>80-2027</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 200А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>16-0025</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 500А, 200мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0013</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 15А, 75мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0002</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 46мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>16-0033</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» для тестера 15А, 53мм, гнездо Banana REXANT</t>
+  </si>
+  <si>
+    <t>16-0032</t>
+  </si>
+  <si>
+    <t>Зажим для тестера Пинцет, 50мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0031</t>
+  </si>
+  <si>
+    <t>Зажим для тестера Крючок, 40мм REXANT</t>
+  </si>
+  <si>
     <t>16-0006</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 5А, 55мм REXANT</t>
   </si>
   <si>
-    <t>80-2026</t>
-[...11 lines deleted...]
-    <t>Зажим «Крокодил» 15А 53мм REXANT</t>
+    <t>16-0004</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 52мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим «Крокодил» 5А, 40мм, в изоляторе REXANT </t>
+  </si>
+  <si>
+    <t>16-0018</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 50А, 98мм REXANT</t>
+  </si>
+  <si>
+    <t>80-2028</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 500А, в чехле на молнии REXANT</t>
+  </si>
+  <si>
+    <t>80-2029</t>
+  </si>
+  <si>
+    <t>Провода прикуривания 700А, в чехле на молнии REXANT</t>
   </si>
   <si>
     <t>80-2035</t>
   </si>
   <si>
     <t>Автоматическое зарядное устройство 7А (PWS-150) REXANT</t>
   </si>
   <si>
+    <t>16-0036</t>
+  </si>
+  <si>
+    <t>Зажимы «Крокодил» 5А, 40мм, с проводом, 10 пар REXANT</t>
+  </si>
+  <si>
+    <t>16-0003</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 5А, 56мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>16-0015</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм REXANT</t>
+  </si>
+  <si>
+    <t>16-0016</t>
+  </si>
+  <si>
+    <t>Зажим «Крокодил» 30А, 75мм, в изоляторе REXANT</t>
+  </si>
+  <si>
+    <t>80-2036</t>
+  </si>
+  <si>
+    <t>Автоматическое зарядное устройство 0,4-7А (PWS-265) REXANT</t>
+  </si>
+  <si>
     <t>16-0012</t>
   </si>
   <si>
     <t>Зажим «Крокодил» 10А 50мм REXANT</t>
-  </si>
-[...112 lines deleted...]
-    <t>Зажимы «Крокодил» 5А, 40мм, с проводом, 10 пар REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1356,56 +1350,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-krasniy-buhta-100-m-3734" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-siniy-buhta-100-m-3747" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-jeltiy-buhta-100-m-3744" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-siniy-buhta-100-m-2123" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-siniy-buhta-100-m-3729" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-jeltiy-buhta-100-m-3726" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-jeltiy-buhta-100-m-3732" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-beliy-buhta-100-m-3725" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cherniy-buhta-100-m-3742" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-zeleniy-buhta-100-m-3739" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-siniy-buhta-100-m-3741" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-krasniy-buhta-100-m-2122" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cherniy-buhta-100-m-2124" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-zeleniy-buhta-100-m-2121" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-jeltiy-buhta-100-m-2120" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-beliy-buhta-100-m-2119" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-krasniy-buhta-100-m-3728" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cherniy-buhta-100-m-3730" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-zeleniy-buhta-100-m-3727" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-krasniy-buhta-100-m-3740" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-beliy-buhta-100-m-3737" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-jeltiy-buhta-100-m-3738" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-cherniy-buhta-100-m-3736" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-beliy-buhta-100-m-3731" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-siniy-buhta-100-m-3735" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-50-mm-sup2-zeleniy-buhta-100-m-3733" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-krasniy-buhta-100-m-3746" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-cherniy-buhta-100-m-3748" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-beliy-buhta-100-m-3743" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h2-50-mm-sup2-zeleniy-buhta-100-m-3745" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-siniy-buhta-500-m-19572" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-zeleniy-buhta-200-m-19567" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-zeleniy-buhta-500-m-19570" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-krasniy-buhta-500-m-19571" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-cherniy-buhta-200-m-19566" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-jeltiy-buhta-200-m-19580" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-zeleniy-buhta-200-m-19575" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-krasniy-buhta-200-m-19578" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-jeltiy-buhta-200-m-19576" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-siniy-buhta-200-m-19579" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-beliy-buhta-200-m-19573" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-krasniy-buhta-200-m-19581" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-75-mm-sup2-cu-cherniy-buhta-200-m-19582" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-beliy-buhta-500-m-19568" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-jeltiy-buhta-500-m-19569" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h0-50-mm-sup2-cu-cherniy-buhta-500-m-19583" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-beliy-buhta-200-m-19574" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-rexant-1h1-00-mm-sup2-cu-siniy-buhta-200-m-19577" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h0-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28440" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h1-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28443" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-assorti-0-50h5-m-0-75h5-m-1h3-m-1-50h3-m-2-50h2-m-tsvet-provoda-krasniy-28445" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h0-75-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28441" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h1-00-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28442" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-assorti-0-50h5-m-0-75h5-m-1-50h3-m-2-50h2-m-tsvet-provoda-cherniy-28446" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-rexant-raduga-1h2-50-mm-6-tsvetov-beliy-jeltiy-zeleniy-krasniy-siniy-cherniy-po-3-metra-28444" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-cherniy-mini-buhta-5-metrov-28434" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-krasniy-mini-buhta-5-metrov-28436" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-krasniy-mini-buhta-5-metrov-28428" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-cherniy-mini-buhta-5-metrov-28438" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-krasniy-mini-buhta-10-metrov-28437" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-krasniy-mini-buhta-10-metrov-28433" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h2-50-mm-cherniy-mini-buhta-10-metrov-28439" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-krasniy-mini-buhta-5-metrov-28420" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-krasniy-mini-buhta-10-metrov-28421" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-cherniy-mini-buhta-5-metrov-28422" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-50-mm-cherniy-mini-buhta-10-metrov-28423" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-krasniy-mini-buhta-5-metrov-28424" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-krasniy-mini-buhta-10-metrov-28425" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-cherniy-mini-buhta-10-metrov-28427" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-krasniy-mini-buhta-10-metrov-28429" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-cherniy-mini-buhta-5-metrov-28430" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-cherniy-mini-buhta-10-metrov-28435" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-00-mm-cherniy-mini-buhta-10-metrov-28431" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h1-50-mm-krasniy-mini-buhta-5-metrov-28432" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilniy-pgva-pvam-rexant-1h0-75-mm-cherniy-mini-buhta-5-metrov-28426" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-21-avtomobilniy-razem-gnezdo-s-provodom-20-sm-13488" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-dlya-avtomagnitol-evro-iso-2-gnezda-akustika-pitanie-rexant-1976" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-11-avtomobilniy-razem-shteker-s-provodom-20-sm-3-kontaktniy-14798" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenni-dlya-avtomagnitoli-tip-2-rexant-3913" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-metall-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenni-shteker-evropa-gnezdo-aziya-uglovoy-rexant-3862" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-dlya-avtomagnitol-evro-iso-sdvoenniy-shteker-akustika-pitanie-rexant-3873" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-podklyucheniya-farkopa-universalnyy-7-kontaktov-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-21-avtomobilniy-razem-gnezdo-s-provodom-20-sm-3-kontaktniy-14797" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenni-dlya-avtomagnitoli-tip-1-rexant-60" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-11-avtomobilniy-razem-shteker-s-provodom-20-sm-13489" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-metall-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenni-dlya-avtomagnitoli-tip-3-rexant-3914" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-gnezdo-antenni-dlya-avtomagnitoli-na-shnur-rexant-3791" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenni-shteker-aziya-gnezdo-evropa-rexant-3861" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-dlya-avtomagnitol-evro-iso-sdvoennoe-gnezdo-akustika-pitanie-rexant-1975" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-10a-rexant-14779" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant-15294" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mini-v-blistere-rexant-9280" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mini-v-plastikovoy-korobke-100sht-rexant-9282" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-15a-rexant-14702" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-30a-rexant-14749" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-standart-v-plastikovoy-korobke-100sht-rexant-9283" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-mikro-korea-rexant-15292" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-mini-vlagozaschitniy-na-provode-rexant-14557" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-standart-pryamougolniy-cherniy-rexant-58" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-10a-rexant-14673" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnih-predohraniteley-standart-v-blistere-rexant-9281" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant-15293" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-krugliy-rexant-59" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-mini-na-provode-rexant-14560" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-20a-rexant-14703" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-15a-rexant-14729" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-25a-rexant-14709" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-30a-rexant-14710" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-agu-kolba-rexant-14823" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant-15295" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-mini-25a-rexant-14790" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilniy-standart-20a-rexant-14660" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-predohranitelya-tipa-standart-pryamougolniy-krasniy-rexant-3765" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-55-mm-rexant-48" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100-amper-v-chehle-na-molnii-rexant-9417" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-15-a-53-mm-rexant-1652" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7-a-pws-150-rexant-15439" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-10-a-50-mm-rexant-47" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-15-a-75-mm-rexant-2310" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700-amper-v-chehle-na-molnii-rexant-9420" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-dlya-testera-15-a-53-mm-gnezdo-banana-rexant-17302" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-46-mm-v-izolyatore-rexant-41" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-56-mm-v-izolyatore-rexant-43" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-30-a-75-mm-v-izolyatore-rexant-2311" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-52-mm-rexant-44" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-100-a-105-mm-rexant-2313" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-5-a-40-mm-v-izolyatore-rexant-42" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-30-a-75-mm-rexant-50" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-50-a-98-mm-rexant-52" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-500-a-200-mm-rexant-14556" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-s-metallicheskimi-zubtsami-dlya-fiksatsii-provodov-250-a-150-mm-rexant-53" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7-a-pws-265-rexant-15438" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-testera-kryuchok-40-mm-rexant-17300" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-testera-pintset-50-mm-rexant-17301" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200-amper-v-chehle-na-molnii-rexant-9418" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500-amper-v-chehle-na-molnii-rexant-9419" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajimi-krokodil-5-a-40-mm-s-provodom-10-par-rexant-2315" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-belyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-siniy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-zelenyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-chernyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h2-50mm-zheltyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-krasnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zelenyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-krasnyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-chernyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-siniy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-chernyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-belyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-75mm-cu-krasnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-belyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-zheltyy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h0-50mm-cu-siniy-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zelenyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-pgva-1h1-00mm-cu-zheltyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h2-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-00mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m0-75h5m1-50h3m2-50h2m-tsvet-provoda-chernyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-assorti-0-50h5m0-75h5m1h3m1-50h3m2-50h2m-tsvet-provoda-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h0-75mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtoprovoda-raduga-1h1-50mm-6-tsvetov-belyy-zheltyy-zelenyy-krasnyy-siniy-chernyy-po-3m-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-75mm-krasnyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h2-50mm-chernyy-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h0-50mm-krasnyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-avtomobilnyy-pgvapvam-1h1-00mm-chernyy-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-gnezdo-antenny-dlya-avtomagnitoly-na-shnur-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-2-gnezda-akustika-pitanie-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-21-avtomobilnyy-razem-gnezdo-s-provodom-20sm-3-h-kontaktnyy" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7031-1-5-11-avtomobilnyy-razem-shteker-s-provodom-20sm-3-h-kontaktnyy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-11-avtomobilnyy-razem-shteker-s-provodom-20sm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dj7021-1-5-21-avtomobilnyy-razem-gnezdo-s-provodom-20sm" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-sdvoennoe-gnezdo-akustika-pitanie-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-2-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-3-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemy-dlya-avtomagnitol-evro-iso-sdvoennyy-shteker-akustika-pitanie-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenny-shteker-aziya-gnezdo-evropa-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-plastik-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-metall-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-farkopa-12v-7-kontaktov-plastik-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shteker-antenny-dlya-avtomagnitoly-tip-1-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-avtoantenny-shteker-evropa-gnezdo-aziya-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pritsepa-12v-7-kontaktov-metall-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-podklyucheniya-farkopa-universalnyy-7-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-plastikovoy-korobke-100-sht-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-blistere-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-standart-v-blistere-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-mini-vlagozashchishchennyy-na-provode-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-10a-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-25a-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-100a-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mikro-korea-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-kruglyy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tip-mini-na-provode-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-15a-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-20a-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-25a-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-mini-30a-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-20a-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-agu-kolba-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-40a-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-30a-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-15a-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-avtomobilnyh-predohraniteley-mini-v-plastikovoy-korobke-100-sht-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-predohranitelya-tipa-standart-pryamougolnyy-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-plavkih-predohraniteley-tipa-agu-80a-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/predohranitel-avtomobilnyy-standart-10a-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-100a-105mm-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-53mm-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-250a-150mm-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-100a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-200a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-500a-200mm-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-15a-75mm-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-46mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-dlya-testera-15a-53mm-gnezdo-banana-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-pintset-50mm-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-testera-kryuchok-40mm-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-55mm-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-52mm-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-40mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-50a-98mm-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-500a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoda-prikurivaniya-700a-v-chehle-na-molnii-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-7a-pws-150-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhimy-krokodil-5a-40mm-s-provodom-10-par-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-5a-56mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-30a-75mm-v-izolyatore-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskoe-zaryadnoe-ustroystvo-0-4-7a-pws-265-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-10a-50mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I151"/>
+  <dimension ref="A1:I150"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1450,4363 +1444,4333 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>2000</v>
+        <v>915.3</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1764</v>
+        <v>762</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>3300</v>
+        <v>3356.1</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>327</v>
+        <v>123</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>4</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>3300</v>
+        <v>1291.59</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>175</v>
+        <v>832</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>1270</v>
+        <v>1291.59</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>1104</v>
+        <v>526</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>900</v>
+        <v>1291.59</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>503</v>
+        <v>438</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>900</v>
+        <v>1291.59</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>496</v>
+        <v>489</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>2000</v>
+        <v>1291.59</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>535</v>
+        <v>679</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>900</v>
+        <v>915.3</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>850</v>
+        <v>756</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>1535</v>
+        <v>915.3</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>1107</v>
+        <v>903</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>1535</v>
+        <v>915.3</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>490</v>
+        <v>272</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>1535</v>
+        <v>915.3</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>248</v>
+        <v>279</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>1270</v>
+        <v>1561.1</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>1851</v>
+        <v>446</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>1270</v>
+        <v>1561.1</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>1404</v>
+        <v>250</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>1270</v>
+        <v>2034</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>859</v>
+        <v>226</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>1270</v>
+        <v>2034</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>1036</v>
+        <v>705</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>1270</v>
+        <v>3356.1</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>875</v>
+        <v>171</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>900</v>
+        <v>3356.1</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>1055</v>
+        <v>236</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>900</v>
+        <v>3356.1</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>1117</v>
+        <v>203</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>900</v>
+        <v>915.3</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>418</v>
+        <v>343</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>1535</v>
+        <v>1561.1</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>1169</v>
+        <v>531</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>8</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>1535</v>
+        <v>2034</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>501</v>
+        <v>449</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>1535</v>
+        <v>1561.1</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>627</v>
+        <v>1010</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>8</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>2000</v>
+        <v>1561.1</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>2006</v>
+        <v>465</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>2000</v>
+        <v>1561.1</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>626</v>
+        <v>348</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I28" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>2000</v>
+        <v>2034</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>706</v>
+        <v>199</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>2000</v>
+        <v>2034</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>879</v>
+        <v>1059</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>6</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>3300</v>
+        <v>2034</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>911</v>
+        <v>357</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I31" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>3300</v>
+        <v>3356.1</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>985</v>
+        <v>665</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>3300</v>
+        <v>3356.1</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>346</v>
+        <v>115</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>4</v>
       </c>
       <c r="I33" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>3300</v>
+        <v>1291.59</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>114</v>
+        <v>1415</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I34" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>19</v>
+        <v>26.36</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F36" s="3">
-        <v>1000</v>
+        <v>1200</v>
       </c>
       <c r="G36" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H36" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>25.92</v>
+        <v>26.36</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F37" s="3">
-        <v>200</v>
+        <v>2580</v>
       </c>
       <c r="G37" s="3">
         <v>200</v>
       </c>
       <c r="H37" s="3">
         <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>19</v>
+        <v>19.32</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F38" s="3">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="G38" s="3">
         <v>500</v>
       </c>
       <c r="H38" s="3">
         <v>500</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>19</v>
+        <v>19.32</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F39" s="3">
-        <v>4500</v>
+        <v>3500</v>
       </c>
       <c r="G39" s="3">
         <v>500</v>
       </c>
       <c r="H39" s="3">
         <v>500</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>35.38</v>
+        <v>19.32</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F40" s="3">
-        <v>1200</v>
+        <v>1500</v>
       </c>
       <c r="G40" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H40" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>35.38</v>
+        <v>35.98</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F41" s="3">
-        <v>800</v>
+        <v>1200</v>
       </c>
       <c r="G41" s="3">
         <v>200</v>
       </c>
       <c r="H41" s="3">
         <v>200</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>35.38</v>
+        <v>35.98</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F42" s="3">
-        <v>2400</v>
+        <v>980</v>
       </c>
       <c r="G42" s="3">
         <v>200</v>
       </c>
       <c r="H42" s="3">
         <v>200</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>35.38</v>
+        <v>35.98</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F43" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="G43" s="3">
         <v>200</v>
       </c>
       <c r="H43" s="3">
         <v>200</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>25.92</v>
+        <v>35.98</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="G44" s="3">
         <v>200</v>
       </c>
       <c r="H44" s="3">
         <v>200</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>25.92</v>
+        <v>26.36</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="G45" s="3">
         <v>200</v>
       </c>
       <c r="H45" s="3">
         <v>200</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>25.92</v>
+        <v>26.36</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F46" s="3">
-        <v>200</v>
+        <v>1400</v>
       </c>
       <c r="G46" s="3">
         <v>200</v>
       </c>
       <c r="H46" s="3">
         <v>200</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>25.92</v>
+        <v>26.36</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F47" s="3">
-        <v>400</v>
+        <v>1600</v>
       </c>
       <c r="G47" s="3">
         <v>200</v>
       </c>
       <c r="H47" s="3">
         <v>200</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>25.92</v>
+        <v>19.32</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="G48" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="H48" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>19</v>
+        <v>19.32</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F49" s="3">
         <v>1500</v>
       </c>
       <c r="G49" s="3">
         <v>500</v>
       </c>
       <c r="H49" s="3">
         <v>500</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>19</v>
+        <v>19.32</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F50" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="G50" s="3">
         <v>500</v>
       </c>
       <c r="H50" s="3">
         <v>500</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>19</v>
+        <v>35.98</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F51" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="G51" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="H51" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>35.38</v>
+        <v>35.98</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F52" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="G52" s="3">
         <v>200</v>
       </c>
       <c r="H52" s="3">
         <v>200</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="3" t="s">
+      <c r="A53" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="C53" s="3">
-[...22 lines deleted...]
-      <c r="A54" s="2" t="s">
+      <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B54" s="2"/>
-[...6 lines deleted...]
-      <c r="I54" s="2"/>
+      <c r="C54" s="3">
+        <v>1169.55</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F54" s="3">
+        <v>21</v>
+      </c>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>25</v>
+      </c>
+      <c r="I54" s="3">
+        <v>18</v>
+      </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C55" s="3">
+        <v>559.35</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F55" s="3">
-        <v>2496</v>
+        <v>78</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I55" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>845</v>
+        <v>542.06</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F56" s="3">
-        <v>128</v>
+        <v>12</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I56" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>533</v>
+        <v>542.06</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F57" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>50</v>
       </c>
       <c r="I57" s="3">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>480</v>
+        <v>454.48</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F58" s="3">
-        <v>491</v>
+        <v>1983</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>50</v>
       </c>
       <c r="I58" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>550</v>
+        <v>488.16</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F59" s="3">
-        <v>232</v>
+        <v>93</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I59" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>533</v>
+        <v>859.36</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F60" s="3">
-        <v>53</v>
+        <v>109</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I60" s="3">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="C62" s="3">
+        <v>116.25</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
-    </row>
-[...40 lines deleted...]
-      <c r="I62" s="2"/>
+      <c r="F62" s="3">
+        <v>0</v>
+      </c>
+      <c r="G62" s="3">
+        <v>1</v>
+      </c>
+      <c r="H62" s="3">
+        <v>20</v>
+      </c>
+      <c r="I62" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>223.44</v>
+        <v>219.58</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>25</v>
       </c>
       <c r="I63" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>341.04</v>
+        <v>142.09</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>25</v>
       </c>
       <c r="I64" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>162.29</v>
+        <v>165.05</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>260</v>
+        <v>157</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>25</v>
       </c>
       <c r="I65" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>341.04</v>
+        <v>322.92</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>25</v>
       </c>
       <c r="I66" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>646.8</v>
+        <v>322.92</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>25</v>
       </c>
       <c r="I67" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>435.12</v>
+        <v>227.24</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>58</v>
+        <v>196</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>25</v>
       </c>
       <c r="I68" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>646.8</v>
+        <v>442.52</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I69" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>114.31</v>
+        <v>346.84</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>47</v>
+        <v>90</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I70" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>215.91</v>
+        <v>219.58</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>25</v>
       </c>
       <c r="I71" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>114.31</v>
+        <v>142.09</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I72" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>215.91</v>
+        <v>251.16</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>25</v>
       </c>
       <c r="I73" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>139.71</v>
+        <v>227.24</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>59</v>
+        <v>97</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>25</v>
       </c>
       <c r="I74" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>246.96</v>
+        <v>442.52</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>11</v>
+        <v>81</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>25</v>
       </c>
       <c r="I75" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>246.96</v>
+        <v>657.8</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>25</v>
       </c>
       <c r="I76" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>317.52</v>
+        <v>346.84</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>71</v>
+        <v>100</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>25</v>
       </c>
       <c r="I77" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>162.29</v>
+        <v>251.16</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I78" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>435.12</v>
+        <v>657.8</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I79" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>317.52</v>
+        <v>116.25</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I80" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>223.44</v>
+        <v>165.05</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I81" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A82" s="3" t="s">
+      <c r="A82" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="B82" s="3" t="s">
+      <c r="B82" s="2"/>
+      <c r="C82" s="2"/>
+      <c r="D82" s="2"/>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2"/>
+      <c r="G82" s="2"/>
+      <c r="H82" s="2"/>
+      <c r="I82" s="2"/>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="C82" s="3">
-[...22 lines deleted...]
-      <c r="A83" s="2" t="s">
+      <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B83" s="2"/>
-[...6 lines deleted...]
-      <c r="I83" s="2"/>
+      <c r="C83" s="3">
+        <v>28.01</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F83" s="3">
+        <v>18350</v>
+      </c>
+      <c r="G83" s="3">
+        <v>50</v>
+      </c>
+      <c r="H83" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I83" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C84" s="3">
+        <v>152.55</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F84" s="3">
-        <v>0</v>
+        <v>9990</v>
       </c>
       <c r="G84" s="3">
         <v>10</v>
       </c>
       <c r="H84" s="3">
         <v>250</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>150</v>
+        <v>239</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F85" s="3">
-        <v>10350</v>
+        <v>60</v>
       </c>
       <c r="G85" s="3">
         <v>10</v>
       </c>
       <c r="H85" s="3">
         <v>250</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>228</v>
+        <v>231.88</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F86" s="3">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="G86" s="3">
         <v>10</v>
       </c>
       <c r="H86" s="3">
         <v>100</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>27</v>
+        <v>181.26</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F87" s="3">
-        <v>2550</v>
+        <v>630</v>
       </c>
       <c r="G87" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H87" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>585</v>
+        <v>181.03</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F88" s="3">
-        <v>1188</v>
+        <v>460</v>
       </c>
       <c r="G88" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H88" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I88" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>27.54</v>
+        <v>157.64</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F89" s="3">
-        <v>2200</v>
+        <v>5170</v>
       </c>
       <c r="G89" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>155</v>
+        <v>27.46</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F90" s="3">
-        <v>3340</v>
+        <v>2200</v>
       </c>
       <c r="G90" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H90" s="3">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>335</v>
+        <v>8.66</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F91" s="3">
-        <v>428</v>
+        <v>28600</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H91" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I91" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>1155</v>
+        <v>157.64</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F92" s="3">
-        <v>1152</v>
+        <v>5590</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H92" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>235</v>
+        <v>29.49</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F93" s="3">
-        <v>0</v>
+        <v>3300</v>
       </c>
       <c r="G93" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H93" s="3">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>20</v>
+        <v>294.93</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F94" s="3">
-        <v>36300</v>
+        <v>2340</v>
       </c>
       <c r="G94" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I94" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>178.23</v>
+        <v>594.94</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F95" s="3">
-        <v>460</v>
+        <v>2593</v>
       </c>
       <c r="G95" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>375</v>
+        <v>340.7</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F96" s="3">
-        <v>409</v>
+        <v>1763</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>100</v>
       </c>
       <c r="I96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>9.46</v>
+        <v>20.34</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F97" s="3">
-        <v>30750</v>
+        <v>17900</v>
       </c>
       <c r="G97" s="3">
         <v>50</v>
       </c>
       <c r="H97" s="3">
         <v>5000</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>30.6</v>
+        <v>25.21</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F98" s="3">
-        <v>19050</v>
+        <v>2000</v>
       </c>
       <c r="G98" s="3">
         <v>50</v>
       </c>
       <c r="H98" s="3">
         <v>2500</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>29</v>
+        <v>381.37</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F99" s="3">
-        <v>3950</v>
+        <v>1814</v>
       </c>
       <c r="G99" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="I99" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>155</v>
+        <v>1174.64</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F100" s="3">
-        <v>5210</v>
+        <v>1147</v>
       </c>
       <c r="G100" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A101" s="3" t="s">
+      <c r="A101" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="B101" s="3" t="s">
+      <c r="B101" s="2"/>
+      <c r="C101" s="2"/>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2"/>
+      <c r="H101" s="2"/>
+      <c r="I101" s="2"/>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="C101" s="3">
-[...14 lines deleted...]
-      <c r="H101" s="3">
+      <c r="B102" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C102" s="3">
+        <v>589.86</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F102" s="3">
+        <v>685</v>
+      </c>
+      <c r="G102" s="3">
+        <v>1</v>
+      </c>
+      <c r="H102" s="3">
         <v>100</v>
       </c>
-      <c r="I101" s="3">
+      <c r="I102" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C103" s="3">
-        <v>4.32</v>
+        <v>74.24</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>172</v>
+        <v>113</v>
       </c>
       <c r="F103" s="3">
-        <v>74899</v>
+        <v>8985</v>
       </c>
       <c r="G103" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>205</v>
+        <v>73.22</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F104" s="3">
-        <v>1354</v>
+        <v>9912</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>73</v>
+        <v>147.47</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>115</v>
+        <v>170</v>
       </c>
       <c r="F105" s="3">
-        <v>8470</v>
+        <v>1765</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>500</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>550</v>
+        <v>4.03</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>115</v>
+        <v>170</v>
       </c>
       <c r="F106" s="3">
-        <v>537</v>
+        <v>34250</v>
       </c>
       <c r="G106" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H106" s="3">
-        <v>100</v>
+        <v>12000</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>3.96</v>
+        <v>4.39</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F107" s="3">
-        <v>11300</v>
+        <v>17300</v>
       </c>
       <c r="G107" s="3">
         <v>50</v>
       </c>
       <c r="H107" s="3">
         <v>10000</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>2.22</v>
+        <v>208.49</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>172</v>
+        <v>113</v>
       </c>
       <c r="F108" s="3">
-        <v>34100</v>
+        <v>387</v>
       </c>
       <c r="G108" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>580</v>
+        <v>89.5</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F109" s="3">
-        <v>865</v>
+        <v>1418</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>88</v>
+        <v>30.46</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>115</v>
+        <v>170</v>
       </c>
       <c r="F110" s="3">
-        <v>1967</v>
+        <v>15550</v>
       </c>
       <c r="G110" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H110" s="3">
-        <v>300</v>
+        <v>1200</v>
       </c>
       <c r="I110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>145</v>
+        <v>81.36</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F111" s="3">
-        <v>613</v>
+        <v>17072</v>
       </c>
       <c r="G111" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H111" s="3">
         <v>500</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C112" s="3">
-        <v>72</v>
+        <v>4.03</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F112" s="3">
-        <v>29900</v>
+        <v>3100</v>
       </c>
       <c r="G112" s="3">
         <v>50</v>
       </c>
       <c r="H112" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C113" s="3">
-        <v>3.96</v>
+        <v>4.03</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F113" s="3">
-        <v>42950</v>
+        <v>27300</v>
       </c>
       <c r="G113" s="3">
         <v>50</v>
       </c>
       <c r="H113" s="3">
-        <v>12000</v>
+        <v>10000</v>
       </c>
       <c r="I113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C114" s="3">
-        <v>72</v>
+        <v>1.92</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>115</v>
+        <v>170</v>
       </c>
       <c r="F114" s="3">
-        <v>7766</v>
+        <v>39150</v>
       </c>
       <c r="G114" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H114" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C115" s="3">
-        <v>205</v>
+        <v>2.14</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>115</v>
+        <v>170</v>
       </c>
       <c r="F115" s="3">
-        <v>435</v>
+        <v>31350</v>
       </c>
       <c r="G115" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H115" s="3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C116" s="3">
-        <v>29.95</v>
+        <v>4.39</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F116" s="3">
-        <v>20300</v>
+        <v>17600</v>
       </c>
       <c r="G116" s="3">
         <v>50</v>
       </c>
       <c r="H116" s="3">
-        <v>1200</v>
+        <v>10000</v>
       </c>
       <c r="I116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C117" s="3">
-        <v>80</v>
+        <v>249.17</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F117" s="3">
-        <v>13422</v>
+        <v>1719</v>
       </c>
       <c r="G117" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C118" s="3">
-        <v>3.96</v>
+        <v>208.49</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>172</v>
+        <v>113</v>
       </c>
       <c r="F118" s="3">
-        <v>32650</v>
+        <v>1210</v>
       </c>
       <c r="G118" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="I118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C119" s="3">
-        <v>4.32</v>
+        <v>4.39</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F119" s="3">
-        <v>14950</v>
+        <v>19150</v>
       </c>
       <c r="G119" s="3">
         <v>50</v>
       </c>
       <c r="H119" s="3">
         <v>10000</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C120" s="3">
-        <v>4.32</v>
+        <v>73.22</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F120" s="3">
-        <v>4450</v>
+        <v>26000</v>
       </c>
       <c r="G120" s="3">
         <v>50</v>
       </c>
       <c r="H120" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C121" s="3">
-        <v>4.32</v>
+        <v>4.39</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F121" s="3">
-        <v>0</v>
+        <v>69300</v>
       </c>
       <c r="G121" s="3">
         <v>50</v>
       </c>
       <c r="H121" s="3">
         <v>10000</v>
       </c>
       <c r="I121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C122" s="3">
-        <v>245</v>
+        <v>559.35</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>172</v>
+        <v>113</v>
       </c>
       <c r="F122" s="3">
-        <v>1601</v>
+        <v>424</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C123" s="3">
-        <v>205</v>
+        <v>73.22</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>115</v>
+        <v>170</v>
       </c>
       <c r="F123" s="3">
-        <v>498</v>
+        <v>19950</v>
       </c>
       <c r="G123" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H123" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C124" s="3">
-        <v>2.1</v>
+        <v>208.49</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>172</v>
+        <v>113</v>
       </c>
       <c r="F124" s="3">
-        <v>42350</v>
+        <v>352</v>
       </c>
       <c r="G124" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C125" s="3">
-        <v>4.32</v>
+        <v>4.39</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F125" s="3">
-        <v>16100</v>
+        <v>22249</v>
       </c>
       <c r="G125" s="3">
         <v>50</v>
       </c>
       <c r="H125" s="3">
         <v>10000</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A126" s="3" t="s">
+      <c r="A126" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="B126" s="3" t="s">
+      <c r="B126" s="2"/>
+      <c r="C126" s="2"/>
+      <c r="D126" s="2"/>
+      <c r="E126" s="2"/>
+      <c r="F126" s="2"/>
+      <c r="G126" s="2"/>
+      <c r="H126" s="2"/>
+      <c r="I126" s="2"/>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="C126" s="3">
-[...11 lines deleted...]
-      <c r="G126" s="3">
+      <c r="B127" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C127" s="3">
+        <v>55.94</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F127" s="3">
+        <v>42650</v>
+      </c>
+      <c r="G127" s="3">
         <v>50</v>
       </c>
-      <c r="H126" s="3">
+      <c r="H127" s="3">
         <v>500</v>
       </c>
-      <c r="I126" s="3">
-[...14 lines deleted...]
-      <c r="I127" s="2"/>
+      <c r="I127" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C128" s="3">
-        <v>9.2</v>
+        <v>8.64</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F128" s="3">
-        <v>73000</v>
+        <v>59800</v>
       </c>
       <c r="G128" s="3">
         <v>200</v>
       </c>
       <c r="H128" s="3">
         <v>5000</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C129" s="3">
-        <v>800</v>
+        <v>106.79</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>261</v>
+        <v>170</v>
       </c>
       <c r="F129" s="3">
-        <v>405</v>
+        <v>26430</v>
       </c>
       <c r="G129" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H129" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B130" s="3" t="s">
+      <c r="C130" s="3">
+        <v>813.6</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="C130" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F130" s="3">
-        <v>84000</v>
+        <v>165</v>
       </c>
       <c r="G130" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>5000</v>
+        <v>20</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C131" s="3">
-        <v>3460.97</v>
+        <v>1037.34</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>172</v>
+        <v>263</v>
       </c>
       <c r="F131" s="3">
-        <v>14</v>
+        <v>595</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>20</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C132" s="3">
-        <v>11.2</v>
+        <v>310.19</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F132" s="3">
-        <v>68400</v>
+        <v>2124</v>
       </c>
       <c r="G132" s="3">
+        <v>2</v>
+      </c>
+      <c r="H132" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C133" s="3">
-        <v>12.1</v>
+        <v>12.31</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F133" s="3">
-        <v>123750</v>
+        <v>109950</v>
       </c>
       <c r="G133" s="3">
         <v>100</v>
       </c>
       <c r="H133" s="3">
         <v>2000</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C134" s="3">
-        <v>2000</v>
+        <v>5.39</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>261</v>
+        <v>170</v>
       </c>
       <c r="F134" s="3">
-        <v>557</v>
+        <v>30800</v>
       </c>
       <c r="G134" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H134" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C135" s="3">
-        <v>108</v>
+        <v>109.84</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F135" s="3">
-        <v>5882</v>
+        <v>4504</v>
       </c>
       <c r="G135" s="3">
         <v>20</v>
       </c>
       <c r="H135" s="3">
         <v>2000</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C136" s="3">
-        <v>5.3</v>
+        <v>46.27</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F136" s="3">
-        <v>36400</v>
+        <v>3240</v>
       </c>
       <c r="G136" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="H136" s="3">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C137" s="3">
-        <v>7.6</v>
+        <v>46.27</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F137" s="3">
-        <v>29600</v>
+        <v>6030</v>
       </c>
       <c r="G137" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="H137" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C138" s="3">
-        <v>31.5</v>
+        <v>9.36</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F138" s="3">
-        <v>21675</v>
+        <v>81800</v>
       </c>
       <c r="G138" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H138" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C139" s="3">
-        <v>7.2</v>
+        <v>7.32</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F139" s="3">
-        <v>69000</v>
+        <v>95200</v>
       </c>
       <c r="G139" s="3">
         <v>200</v>
       </c>
       <c r="H139" s="3">
         <v>5000</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C140" s="3">
-        <v>55</v>
+        <v>5.08</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F140" s="3">
-        <v>65425</v>
+        <v>74100</v>
       </c>
       <c r="G140" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H140" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C141" s="3">
-        <v>5</v>
+        <v>32.54</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F141" s="3">
-        <v>112500</v>
+        <v>57799</v>
       </c>
       <c r="G141" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H141" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C142" s="3">
-        <v>14.4</v>
+        <v>1667.88</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>172</v>
+        <v>263</v>
       </c>
       <c r="F142" s="3">
-        <v>273199</v>
+        <v>95</v>
       </c>
       <c r="G142" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C143" s="3">
-        <v>32</v>
+        <v>2034</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>172</v>
+        <v>263</v>
       </c>
       <c r="F143" s="3">
-        <v>80549</v>
+        <v>15</v>
       </c>
       <c r="G143" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C144" s="3">
-        <v>305</v>
+        <v>3519.81</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F144" s="3">
-        <v>14456</v>
+        <v>27</v>
       </c>
       <c r="G144" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C145" s="3">
-        <v>105</v>
+        <v>233.91</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F145" s="3">
-        <v>40910</v>
+        <v>9540</v>
       </c>
       <c r="G145" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H145" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C146" s="3">
-        <v>4944.24</v>
+        <v>7.73</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F146" s="3">
-        <v>8</v>
+        <v>23000</v>
       </c>
       <c r="G146" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H146" s="3">
-        <v>20</v>
+        <v>5000</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C147" s="3">
-        <v>45.5</v>
+        <v>14.64</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F147" s="3">
-        <v>7462</v>
+        <v>235999</v>
       </c>
       <c r="G147" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H147" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C148" s="3">
-        <v>45.5</v>
+        <v>32.04</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F148" s="3">
-        <v>3542</v>
+        <v>20900</v>
       </c>
       <c r="G148" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H148" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C149" s="3">
-        <v>1020</v>
+        <v>5028.29</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>261</v>
+        <v>170</v>
       </c>
       <c r="F149" s="3">
-        <v>1122</v>
+        <v>25</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>20</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C150" s="3">
-        <v>1640</v>
+        <v>11.39</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>261</v>
+        <v>170</v>
       </c>
       <c r="F150" s="3">
-        <v>613</v>
+        <v>77800</v>
       </c>
       <c r="G150" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H150" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I150" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A35:I35"/>
-    <mergeCell ref="A54:I54"/>
-[...3 lines deleted...]
-    <mergeCell ref="A127:I127"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A61:I61"/>
+    <mergeCell ref="A82:I82"/>
+    <mergeCell ref="A101:I101"/>
+    <mergeCell ref="A126:I126"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
     <hyperlink ref="D52" r:id="rId47"/>
-    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId48"/>
     <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D60" r:id="rId54"/>
-    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D62" r:id="rId55"/>
     <hyperlink ref="D63" r:id="rId56"/>
     <hyperlink ref="D64" r:id="rId57"/>
     <hyperlink ref="D65" r:id="rId58"/>
     <hyperlink ref="D66" r:id="rId59"/>
     <hyperlink ref="D67" r:id="rId60"/>
     <hyperlink ref="D68" r:id="rId61"/>
     <hyperlink ref="D69" r:id="rId62"/>
     <hyperlink ref="D70" r:id="rId63"/>
     <hyperlink ref="D71" r:id="rId64"/>
     <hyperlink ref="D72" r:id="rId65"/>
     <hyperlink ref="D73" r:id="rId66"/>
     <hyperlink ref="D74" r:id="rId67"/>
     <hyperlink ref="D75" r:id="rId68"/>
     <hyperlink ref="D76" r:id="rId69"/>
     <hyperlink ref="D77" r:id="rId70"/>
     <hyperlink ref="D78" r:id="rId71"/>
     <hyperlink ref="D79" r:id="rId72"/>
     <hyperlink ref="D80" r:id="rId73"/>
     <hyperlink ref="D81" r:id="rId74"/>
-    <hyperlink ref="D82" r:id="rId75"/>
+    <hyperlink ref="D83" r:id="rId75"/>
     <hyperlink ref="D84" r:id="rId76"/>
     <hyperlink ref="D85" r:id="rId77"/>
     <hyperlink ref="D86" r:id="rId78"/>
     <hyperlink ref="D87" r:id="rId79"/>
     <hyperlink ref="D88" r:id="rId80"/>
     <hyperlink ref="D89" r:id="rId81"/>
     <hyperlink ref="D90" r:id="rId82"/>
     <hyperlink ref="D91" r:id="rId83"/>
     <hyperlink ref="D92" r:id="rId84"/>
     <hyperlink ref="D93" r:id="rId85"/>
     <hyperlink ref="D94" r:id="rId86"/>
     <hyperlink ref="D95" r:id="rId87"/>
     <hyperlink ref="D96" r:id="rId88"/>
     <hyperlink ref="D97" r:id="rId89"/>
     <hyperlink ref="D98" r:id="rId90"/>
     <hyperlink ref="D99" r:id="rId91"/>
     <hyperlink ref="D100" r:id="rId92"/>
-    <hyperlink ref="D101" r:id="rId93"/>
+    <hyperlink ref="D102" r:id="rId93"/>
     <hyperlink ref="D103" r:id="rId94"/>
     <hyperlink ref="D104" r:id="rId95"/>
     <hyperlink ref="D105" r:id="rId96"/>
     <hyperlink ref="D106" r:id="rId97"/>
     <hyperlink ref="D107" r:id="rId98"/>
     <hyperlink ref="D108" r:id="rId99"/>
     <hyperlink ref="D109" r:id="rId100"/>
     <hyperlink ref="D110" r:id="rId101"/>
     <hyperlink ref="D111" r:id="rId102"/>
     <hyperlink ref="D112" r:id="rId103"/>
     <hyperlink ref="D113" r:id="rId104"/>
     <hyperlink ref="D114" r:id="rId105"/>
     <hyperlink ref="D115" r:id="rId106"/>
     <hyperlink ref="D116" r:id="rId107"/>
     <hyperlink ref="D117" r:id="rId108"/>
     <hyperlink ref="D118" r:id="rId109"/>
     <hyperlink ref="D119" r:id="rId110"/>
     <hyperlink ref="D120" r:id="rId111"/>
     <hyperlink ref="D121" r:id="rId112"/>
     <hyperlink ref="D122" r:id="rId113"/>
     <hyperlink ref="D123" r:id="rId114"/>
     <hyperlink ref="D124" r:id="rId115"/>
     <hyperlink ref="D125" r:id="rId116"/>
-    <hyperlink ref="D126" r:id="rId117"/>
+    <hyperlink ref="D127" r:id="rId117"/>
     <hyperlink ref="D128" r:id="rId118"/>
     <hyperlink ref="D129" r:id="rId119"/>
     <hyperlink ref="D130" r:id="rId120"/>
     <hyperlink ref="D131" r:id="rId121"/>
     <hyperlink ref="D132" r:id="rId122"/>
     <hyperlink ref="D133" r:id="rId123"/>
     <hyperlink ref="D134" r:id="rId124"/>
     <hyperlink ref="D135" r:id="rId125"/>
     <hyperlink ref="D136" r:id="rId126"/>
     <hyperlink ref="D137" r:id="rId127"/>
     <hyperlink ref="D138" r:id="rId128"/>
     <hyperlink ref="D139" r:id="rId129"/>
     <hyperlink ref="D140" r:id="rId130"/>
     <hyperlink ref="D141" r:id="rId131"/>
     <hyperlink ref="D142" r:id="rId132"/>
     <hyperlink ref="D143" r:id="rId133"/>
     <hyperlink ref="D144" r:id="rId134"/>
     <hyperlink ref="D145" r:id="rId135"/>
     <hyperlink ref="D146" r:id="rId136"/>
     <hyperlink ref="D147" r:id="rId137"/>
     <hyperlink ref="D148" r:id="rId138"/>
     <hyperlink ref="D149" r:id="rId139"/>
     <hyperlink ref="D150" r:id="rId140"/>
-    <hyperlink ref="D151" r:id="rId141"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>