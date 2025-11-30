--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -78,285 +78,285 @@
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>1.2 Химчистка салона</t>
   </si>
   <si>
     <t>NPXS0035</t>
   </si>
   <si>
     <t>Химчистка салона автомобиля 650мл NANOPROTECH</t>
   </si>
   <si>
     <t>1.3 Защита пластика</t>
   </si>
   <si>
     <t>NPPP0040</t>
   </si>
   <si>
     <t>Полироль для пластика 400мл NANOPROTECH</t>
   </si>
   <si>
     <t>1.4 Обслуживание устройств</t>
   </si>
   <si>
+    <t>NPVS0010</t>
+  </si>
+  <si>
+    <t>Смазка подвижных деталей для велосипеда 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPSI0003</t>
+  </si>
+  <si>
+    <t>Супер Изоляция 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPOE0031</t>
+  </si>
+  <si>
+    <t>Очиститель электроконтактов 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPJK0027</t>
+  </si>
+  <si>
+    <t>Жидкий ключ 210мл NANOPROTECH</t>
+  </si>
+  <si>
     <t>NPSA0002</t>
   </si>
   <si>
     <t>Супер Антикор 210мл NANOPROTECH</t>
   </si>
   <si>
+    <t>NPSS0001</t>
+  </si>
+  <si>
+    <t>Супер Смазка 210мл NANOPROTECH</t>
+  </si>
+  <si>
     <t>NPSI0025</t>
   </si>
   <si>
     <t>Силиконовая смазка 210мл NANOPROTECH</t>
   </si>
   <si>
-    <t>NPSS0001</t>
-[...28 lines deleted...]
-  <si>
     <t>1.5 Автохимия REXANT</t>
   </si>
   <si>
+    <t>85-0064-1</t>
+  </si>
+  <si>
+    <t>Антидождь 500мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0051</t>
+  </si>
+  <si>
+    <t>Очиститель карбюратора аэро 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0052</t>
+  </si>
+  <si>
+    <t>Антискотч 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0058</t>
+  </si>
+  <si>
+    <t>Смазка для контактов 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0053</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0056</t>
+  </si>
+  <si>
+    <t>Преобразователь ржавчины 500мл с триггером REXANT</t>
+  </si>
+  <si>
+    <t>85-0060-1</t>
+  </si>
+  <si>
+    <t>Смазка высокотемпературная медная 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0073</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая 50мл, флакон roll-on REXANT</t>
+  </si>
+  <si>
+    <t>85-0075</t>
+  </si>
+  <si>
+    <t>Смазка алюминиевая 210мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0054</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0050</t>
+  </si>
+  <si>
+    <t>Очиститель тормозов 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0053-1</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0057</t>
+  </si>
+  <si>
+    <t>Быстрый старт 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0059</t>
+  </si>
+  <si>
+    <t>Очиститель контактов 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0055</t>
+  </si>
+  <si>
+    <t>Чернитель шин 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0054-1</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0060</t>
+  </si>
+  <si>
+    <t>Медная смазка 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0076</t>
+  </si>
+  <si>
+    <t>Смазка универсальная литиевая 520мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0062</t>
+  </si>
+  <si>
+    <t>Очиститель битумных пятен и следов насекомых 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0063</t>
+  </si>
+  <si>
+    <t>Мовиль Автоконсервант 520 мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0064</t>
+  </si>
+  <si>
+    <t>Антидождь 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0065</t>
+  </si>
+  <si>
+    <t>Антизапотеватель, 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0066</t>
+  </si>
+  <si>
+    <t>Чернитель шин 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0068</t>
+  </si>
+  <si>
+    <t>Очиститель стекол универсальный, 500мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0072</t>
+  </si>
+  <si>
+    <t>Паста для рук очищающая 550мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0077</t>
+  </si>
+  <si>
+    <t>Смывка краски 520мл, аэрозоль REXANT</t>
+  </si>
+  <si>
     <t>85-0079</t>
   </si>
   <si>
     <t>Термоключ с эффектом заморозки 335мл, аэрозоль REXANT</t>
   </si>
   <si>
-    <t>85-0060-1</t>
-[...2 lines deleted...]
-    <t>Смазка высокотемпературная медная 335мл, аэрозоль REXANT</t>
+    <t>85-0052-1</t>
+  </si>
+  <si>
+    <t>Удалитель следов наклеек и тонировочной пленки (антискотч), аэрозоль 335мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0054-2</t>
+  </si>
+  <si>
+    <t>Смазка универсальная силиконовая 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0053-2</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 335мл, аэрозоль REXANT</t>
   </si>
   <si>
     <t>85-0070</t>
   </si>
   <si>
     <t>Паста для удаления царапин (антицарапин) 100мл, туба REXANT</t>
   </si>
   <si>
-    <t>85-0050</t>
-[...148 lines deleted...]
-  <si>
     <t>85-0071</t>
   </si>
   <si>
     <t>Полироль фар 100мл, туба REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Смазка универсальная литиевая 520мл, аэрозоль REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -741,51 +741,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-reziny-400ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/himchistka-salona-avtomobilya-650ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-dlya-plastika-400ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-antikor-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-smazka-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkiy-klyuch-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-elektrokontaktov-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-podvizhnyh-detaley-dlya-velosipeda-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-izolyatsiya-210ml-nanoprotech.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoklyuch-s-effektom-zamorozki-335ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-vysokotemperaturnaya-mednaya-335ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-udaleniya-tsarapin-antitsarapin-100ml-tuba-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-tormozov-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kontaktov-210ml-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-210ml-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-karbyuratora-aero-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/preobrazovatel-rzhavchiny-500ml-s-triggerom-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bystryy-start-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antiskotch-210ml-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mednaya-smazka-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-kontaktov-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/movil-avtokonservant-520-ml-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-bitumnyh-pyaten-i-sledov-nasekomyh-520ml-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-alyuminievaya-210ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-250ml-trigger-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-250ml-trigger-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-50ml-flakon-roll-on-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-335ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-stekol-universalnyy-500ml-trigger-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smyvka-kraski-520ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udalitel-sledov-nakleek-i-tonirovochnoy-plenki-antiskotch-aerozol-335ml-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-500ml-trigger-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-ruk-ochischayuschaya-550ml-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-far-100ml-tuba-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antizapotevatel-250ml-trigger-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-silikonovaya-335ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-litievaya-520ml-aerozol-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-rezini-nanoprotech-400-ml-17519" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/himchistka-salona-avtomobilya-nanoprotech-650-ml-15542" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-dlya-plastika-nanoprotech-400-ml-15540" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-podvijnih-detaley-nanoprotech-dlya-velosipeda-210-ml-17526" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-izolyatsiya-nanoprotech-210-ml-12932" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-elektrokontaktov-nanoprotech-210-ml-15543" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jidkiy-klyuch-nanoprotech-210-ml-15541" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-antikor-nanoprotech-210-ml-12926" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-smazka-nanoprotech-210-ml-12928" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-nanoprotech-210-ml-15539" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidojd-500ml-trigger-rexant-30268" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-karbyuratora-aero-520-ml-28154" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antiskotch-210-ml-28117" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kontaktov-210-ml-28119" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-210-ml-28118" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/preobrazovatel-rjavchini-500-ml-s-triggerom-28158" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-visokotemperaturnaya-mednaya-335ml-aerozol-rexant-30280" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-50ml-flakon-roll-on-rexant-30273" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-alyuminievaya-210ml-aerozol-rexant-30274" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210-ml-28156" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-tormozov-520-ml-28153" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-520-ml-28155" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bistriy-start-520-ml-28159" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-kontaktov-520-ml-28151" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-520-ml-28737" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-520-ml-28157" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mednaya-smazka-520-ml-28152" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-litievaya-520ml-aerozol-rexant-30275" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-bitumnih-pyaten-i-sledov-nasekomih-520-ml-rexant-29366" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/movil-avtokonservant-520-ml-rexant-28890" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidojd-250ml-trigger-rexant-30267" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antizapotevatel-250ml-trigger-rexant-30269" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-250ml-trigger-rexant-30270" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-stekol-universalniy-500ml-trigger-rexant-30271" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-ruk-ochischayuschaya-550ml-rexant-30272" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smivka-kraski-520ml-aerozol-rexant-30276" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoklyuch-s-effektom-zamorozki-335ml-aerozol-rexant-30277" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udalitel-sledov-nakleek-i-tonirovochnoy-plenki-antiskotch-aerozol-335ml-rexant-30278" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-silikonovaya-335ml-aerozol-rexant-30279" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-335ml-aerozol-rexant-30281" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-udaleniya-tsarapin-antitsarapin-100ml-tuba-rexant-30554" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-far-100ml-tuba-rexant-30550" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I49"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -873,51 +873,51 @@
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
         <v>805.94</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>71</v>
+        <v>29</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
@@ -948,1181 +948,1181 @@
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="3">
-        <v>480</v>
+        <v>546.9</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>96</v>
+        <v>214</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="3">
-        <v>500</v>
+        <v>550</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>12</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="3">
-        <v>467.21</v>
+        <v>502.25</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>257</v>
+        <v>181</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>12</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="3">
         <v>467.21</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>12</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="3">
-        <v>502.25</v>
+        <v>480</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>276</v>
+        <v>11</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>12</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>546.9</v>
+        <v>467.21</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>167</v>
+        <v>118</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>12</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="3">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>435</v>
+        <v>1</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>12</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="3">
-        <v>312</v>
+        <v>400</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>869</v>
+        <v>905</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="3">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>578</v>
+        <v>1406</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>12</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="3">
-        <v>345.6</v>
+        <v>250</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1187</v>
+        <v>3630</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="3">
-        <v>345</v>
+        <v>250</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>110</v>
+        <v>1113</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>12</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="3">
-        <v>250</v>
+        <v>241.5</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>154</v>
+        <v>141</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>12</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="3">
-        <v>241.5</v>
+        <v>252</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>1887</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>12</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="3">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>82</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>12</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="3">
-        <v>385</v>
+        <v>250</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>425</v>
+        <v>1163</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="3">
-        <v>262.5</v>
+        <v>300</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1760</v>
+        <v>1029</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="3">
-        <v>395</v>
+        <v>262.5</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>475</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>12</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="3">
-        <v>252</v>
+        <v>345</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>12</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>540</v>
+        <v>385</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>832</v>
+        <v>1189</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>12</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>415</v>
+        <v>540</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>907</v>
+        <v>302</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>12</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>250</v>
+        <v>390</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>1748</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>12</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>459</v>
+        <v>395</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>451</v>
+        <v>1264</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>12</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>390</v>
+        <v>415</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>537</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>12</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>470</v>
+        <v>459</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>179</v>
+        <v>481</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>12</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>370</v>
+        <v>425</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>25</v>
+        <v>814</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>12</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>300</v>
+        <v>370</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>1176</v>
+        <v>695</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>247</v>
+        <v>470</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>57</v>
+        <v>736</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>180</v>
+        <v>247</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>1839</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>15</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>2122</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>320</v>
+        <v>180</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>2175</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
         <v>160</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1942</v>
+        <v>1603</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>6</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>410</v>
+        <v>198</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>2304</v>
+        <v>945</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>12</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>330</v>
+        <v>410</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>2096</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>12</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>400</v>
+        <v>312</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>63</v>
+        <v>463</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>198</v>
+        <v>330</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>12</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>345.6</v>
+        <v>340</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1054</v>
+        <v>839</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>160</v>
+        <v>320</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>984</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>340</v>
+        <v>345.6</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>959</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>425</v>
+        <v>345.6</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>136</v>
+        <v>765</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A9:I9"/>
     <mergeCell ref="A17:I17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D8" r:id="rId3"/>
     <hyperlink ref="D10" r:id="rId4"/>
     <hyperlink ref="D11" r:id="rId5"/>
     <hyperlink ref="D12" r:id="rId6"/>
     <hyperlink ref="D13" r:id="rId7"/>
     <hyperlink ref="D14" r:id="rId8"/>
     <hyperlink ref="D15" r:id="rId9"/>
     <hyperlink ref="D16" r:id="rId10"/>