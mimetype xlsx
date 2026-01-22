--- v1 (2025-11-30)
+++ v2 (2026-01-22)
@@ -78,285 +78,285 @@
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>1.2 Химчистка салона</t>
   </si>
   <si>
     <t>NPXS0035</t>
   </si>
   <si>
     <t>Химчистка салона автомобиля 650мл NANOPROTECH</t>
   </si>
   <si>
     <t>1.3 Защита пластика</t>
   </si>
   <si>
     <t>NPPP0040</t>
   </si>
   <si>
     <t>Полироль для пластика 400мл NANOPROTECH</t>
   </si>
   <si>
     <t>1.4 Обслуживание устройств</t>
   </si>
   <si>
+    <t>NPSS0001</t>
+  </si>
+  <si>
+    <t>Супер Смазка 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPSA0002</t>
+  </si>
+  <si>
+    <t>Супер Антикор 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPSI0003</t>
+  </si>
+  <si>
+    <t>Супер Изоляция 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPJK0027</t>
+  </si>
+  <si>
+    <t>Жидкий ключ 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPSI0025</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 210мл NANOPROTECH</t>
+  </si>
+  <si>
+    <t>NPOE0031</t>
+  </si>
+  <si>
+    <t>Очиститель электроконтактов 210мл NANOPROTECH</t>
+  </si>
+  <si>
     <t>NPVS0010</t>
   </si>
   <si>
     <t>Смазка подвижных деталей для велосипеда 210мл NANOPROTECH</t>
   </si>
   <si>
-    <t>NPSI0003</t>
-[...34 lines deleted...]
-  <si>
     <t>1.5 Автохимия REXANT</t>
   </si>
   <si>
     <t>85-0064-1</t>
   </si>
   <si>
     <t>Антидождь 500мл, триггер REXANT</t>
   </si>
   <si>
+    <t>85-0052</t>
+  </si>
+  <si>
+    <t>Антискотч 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0054</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0054-1</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0055</t>
+  </si>
+  <si>
+    <t>Чернитель шин 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0056</t>
+  </si>
+  <si>
+    <t>Преобразователь ржавчины 500мл с триггером REXANT</t>
+  </si>
+  <si>
+    <t>85-0057</t>
+  </si>
+  <si>
+    <t>Быстрый старт 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0059</t>
+  </si>
+  <si>
+    <t>Очиститель контактов 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0064</t>
+  </si>
+  <si>
+    <t>Антидождь 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0068</t>
+  </si>
+  <si>
+    <t>Очиститель стекол универсальный, 500мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0054-2</t>
+  </si>
+  <si>
+    <t>Смазка универсальная силиконовая 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0053</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0060</t>
+  </si>
+  <si>
+    <t>Медная смазка 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0063</t>
+  </si>
+  <si>
+    <t>Мовиль Автоконсервант 520 мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0072</t>
+  </si>
+  <si>
+    <t>Паста для рук очищающая 550мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0070</t>
+  </si>
+  <si>
+    <t>Паста для удаления царапин (антицарапин) 100мл, туба REXANT</t>
+  </si>
+  <si>
+    <t>85-0053-2</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0077</t>
+  </si>
+  <si>
+    <t>Смывка краски 520мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0050</t>
+  </si>
+  <si>
+    <t>Очиститель тормозов 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0058</t>
+  </si>
+  <si>
+    <t>Смазка для контактов 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0065</t>
+  </si>
+  <si>
+    <t>Антизапотеватель, 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0066</t>
+  </si>
+  <si>
+    <t>Чернитель шин 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0076</t>
+  </si>
+  <si>
+    <t>Смазка универсальная литиевая 520мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0060-1</t>
+  </si>
+  <si>
+    <t>Смазка высокотемпературная медная 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0073</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая 50мл, флакон roll-on REXANT</t>
+  </si>
+  <si>
+    <t>85-0075</t>
+  </si>
+  <si>
+    <t>Смазка алюминиевая 210мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0079</t>
+  </si>
+  <si>
+    <t>Термоключ с эффектом заморозки 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0052-1</t>
+  </si>
+  <si>
+    <t>Удалитель следов наклеек и тонировочной пленки (антискотч), аэрозоль 335мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0062</t>
+  </si>
+  <si>
+    <t>Очиститель битумных пятен и следов насекомых 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0071</t>
+  </si>
+  <si>
+    <t>Полироль фар 100мл, туба REXANT</t>
+  </si>
+  <si>
     <t>85-0051</t>
   </si>
   <si>
     <t>Очиститель карбюратора аэро 520мл REXANT</t>
   </si>
   <si>
-    <t>85-0052</t>
-[...52 lines deleted...]
-  <si>
     <t>85-0053-1</t>
   </si>
   <si>
     <t>Мастер-ключ 520мл REXANT</t>
-  </si>
-[...118 lines deleted...]
-    <t>Полироль фар 100мл, туба REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -741,51 +741,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-rezini-nanoprotech-400-ml-17519" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/himchistka-salona-avtomobilya-nanoprotech-650-ml-15542" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-dlya-plastika-nanoprotech-400-ml-15540" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-podvijnih-detaley-nanoprotech-dlya-velosipeda-210-ml-17526" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-izolyatsiya-nanoprotech-210-ml-12932" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-elektrokontaktov-nanoprotech-210-ml-15543" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jidkiy-klyuch-nanoprotech-210-ml-15541" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-antikor-nanoprotech-210-ml-12926" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-smazka-nanoprotech-210-ml-12928" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-nanoprotech-210-ml-15539" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidojd-500ml-trigger-rexant-30268" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-karbyuratora-aero-520-ml-28154" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antiskotch-210-ml-28117" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kontaktov-210-ml-28119" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-210-ml-28118" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/preobrazovatel-rjavchini-500-ml-s-triggerom-28158" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-visokotemperaturnaya-mednaya-335ml-aerozol-rexant-30280" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-50ml-flakon-roll-on-rexant-30273" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-alyuminievaya-210ml-aerozol-rexant-30274" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210-ml-28156" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-tormozov-520-ml-28153" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-520-ml-28155" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bistriy-start-520-ml-28159" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-kontaktov-520-ml-28151" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-520-ml-28737" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-520-ml-28157" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mednaya-smazka-520-ml-28152" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-litievaya-520ml-aerozol-rexant-30275" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-bitumnih-pyaten-i-sledov-nasekomih-520-ml-rexant-29366" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/movil-avtokonservant-520-ml-rexant-28890" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidojd-250ml-trigger-rexant-30267" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antizapotevatel-250ml-trigger-rexant-30269" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-250ml-trigger-rexant-30270" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-stekol-universalniy-500ml-trigger-rexant-30271" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-ruk-ochischayuschaya-550ml-rexant-30272" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smivka-kraski-520ml-aerozol-rexant-30276" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoklyuch-s-effektom-zamorozki-335ml-aerozol-rexant-30277" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udalitel-sledov-nakleek-i-tonirovochnoy-plenki-antiskotch-aerozol-335ml-rexant-30278" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-silikonovaya-335ml-aerozol-rexant-30279" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-335ml-aerozol-rexant-30281" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-udaleniya-tsarapin-antitsarapin-100ml-tuba-rexant-30554" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-far-100ml-tuba-rexant-30550" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-reziny-400ml-nanoprotech" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/himchistka-salona-avtomobilya-650ml-nanoprotech" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-dlya-plastika-400ml-nanoprotech" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-smazka-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-antikor-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-izolyatsiya-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkiy-klyuch-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-elektrokontaktov-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-podvizhnyh-detaley-dlya-velosipeda-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-500ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antiskotch-210ml-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-520ml-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-520ml-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/preobrazovatel-rzhavchiny-500ml-s-triggerom-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bystryy-start-520ml-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-kontaktov-520ml-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-stekol-universalnyy-500ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-silikonovaya-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-210ml-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mednaya-smazka-520ml-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/movil-avtokonservant-520-ml-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-ruk-ochischayuschaya-550ml-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-udaleniya-tsarapin-antitsarapin-100ml-tuba-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smyvka-kraski-520ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-tormozov-520ml-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kontaktov-210ml-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antizapotevatel-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-litievaya-520ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-vysokotemperaturnaya-mednaya-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-50ml-flakon-roll-on-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-alyuminievaya-210ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoklyuch-s-effektom-zamorozki-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udalitel-sledov-nakleek-i-tonirovochnoy-plenki-antiskotch-aerozol-335ml-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-bitumnyh-pyaten-i-sledov-nasekomyh-520ml-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-far-100ml-tuba-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-karbyuratora-aero-520ml-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-520ml-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I49"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -822,1310 +822,1310 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>590</v>
+        <v>600.03</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>12</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>805.94</v>
+        <v>819.64</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3">
-        <v>580</v>
+        <v>589.86</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>12</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="3">
-        <v>546.9</v>
+        <v>518.67</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>214</v>
+        <v>52</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="3">
-        <v>550</v>
+        <v>528.84</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>98</v>
+        <v>78</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>12</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="3">
-        <v>502.25</v>
+        <v>559.35</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>181</v>
+        <v>215</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>12</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="3">
-        <v>467.21</v>
+        <v>475.15</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>12</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="3">
-        <v>480</v>
+        <v>508.5</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>12</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>467.21</v>
+        <v>510.79</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>118</v>
+        <v>279</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>12</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="3">
-        <v>500</v>
+        <v>556.2</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1</v>
+        <v>199</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>12</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="3">
-        <v>400</v>
+        <v>406.8</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>905</v>
+        <v>920</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>6</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="3">
-        <v>375</v>
+        <v>254.25</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1406</v>
+        <v>4628</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>12</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="3">
-        <v>250</v>
+        <v>266.96</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>3630</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>12</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="3">
-        <v>250</v>
+        <v>422.06</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1113</v>
+        <v>1482</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>12</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="3">
-        <v>241.5</v>
+        <v>401.72</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>141</v>
+        <v>1185</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>12</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="3">
-        <v>252</v>
+        <v>256.28</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1887</v>
+        <v>703</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>12</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="3">
-        <v>380</v>
+        <v>549.18</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>82</v>
+        <v>596</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>12</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="3">
-        <v>250</v>
+        <v>396.63</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1163</v>
+        <v>129</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="3">
-        <v>300</v>
+        <v>251.2</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1029</v>
+        <v>1628</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="3">
-        <v>262.5</v>
+        <v>162.72</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>1178</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="3">
-        <v>345</v>
+        <v>345.78</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>12</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>385</v>
+        <v>245.61</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1189</v>
+        <v>1268</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>12</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>540</v>
+        <v>466.8</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>302</v>
+        <v>62</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>12</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>390</v>
+        <v>477.99</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1748</v>
+        <v>781</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>12</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>395</v>
+        <v>201.37</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1264</v>
+        <v>763</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>12</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>415</v>
+        <v>351.48</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>772</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>459</v>
+        <v>325.44</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>481</v>
+        <v>580</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>12</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>425</v>
+        <v>416.97</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>814</v>
+        <v>1691</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>12</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>370</v>
+        <v>350.87</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>695</v>
+        <v>562</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>12</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>470</v>
+        <v>254.25</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>736</v>
+        <v>79</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>12</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>247</v>
+        <v>162.72</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1839</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>15</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>160</v>
+        <v>183.06</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>1923</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>15</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>180</v>
+        <v>432.23</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>2175</v>
+        <v>729</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>160</v>
+        <v>427.14</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1603</v>
+        <v>1</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>198</v>
+        <v>254.25</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>945</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>410</v>
+        <v>305.1</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>2096</v>
+        <v>910</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>312</v>
+        <v>317.3</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>463</v>
+        <v>168</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>12</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>330</v>
+        <v>335.61</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>12</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>340</v>
+        <v>376.29</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>839</v>
+        <v>477</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>12</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>320</v>
+        <v>351.48</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>984</v>
+        <v>577</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>345.6</v>
+        <v>381.37</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>959</v>
+        <v>872</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>345.6</v>
+        <v>391.55</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>765</v>
+        <v>454</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A9:I9"/>
     <mergeCell ref="A17:I17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D8" r:id="rId3"/>
     <hyperlink ref="D10" r:id="rId4"/>
     <hyperlink ref="D11" r:id="rId5"/>
     <hyperlink ref="D12" r:id="rId6"/>
     <hyperlink ref="D13" r:id="rId7"/>
     <hyperlink ref="D14" r:id="rId8"/>
     <hyperlink ref="D15" r:id="rId9"/>
     <hyperlink ref="D16" r:id="rId10"/>
     <hyperlink ref="D18" r:id="rId11"/>
     <hyperlink ref="D19" r:id="rId12"/>
     <hyperlink ref="D20" r:id="rId13"/>