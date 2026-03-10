--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -78,285 +78,285 @@
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>1.2 Химчистка салона</t>
   </si>
   <si>
     <t>NPXS0035</t>
   </si>
   <si>
     <t>Химчистка салона автомобиля 650мл NANOPROTECH</t>
   </si>
   <si>
     <t>1.3 Защита пластика</t>
   </si>
   <si>
     <t>NPPP0040</t>
   </si>
   <si>
     <t>Полироль для пластика 400мл NANOPROTECH</t>
   </si>
   <si>
     <t>1.4 Обслуживание устройств</t>
   </si>
   <si>
+    <t>NPSA0002</t>
+  </si>
+  <si>
+    <t>Супер Антикор 210мл NANOPROTECH</t>
+  </si>
+  <si>
     <t>NPSS0001</t>
   </si>
   <si>
     <t>Супер Смазка 210мл NANOPROTECH</t>
   </si>
   <si>
-    <t>NPSA0002</t>
-[...4 lines deleted...]
-  <si>
     <t>NPSI0003</t>
   </si>
   <si>
     <t>Супер Изоляция 210мл NANOPROTECH</t>
   </si>
   <si>
+    <t>NPSI0025</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 210мл NANOPROTECH</t>
+  </si>
+  <si>
     <t>NPJK0027</t>
   </si>
   <si>
     <t>Жидкий ключ 210мл NANOPROTECH</t>
   </si>
   <si>
-    <t>NPSI0025</t>
-[...4 lines deleted...]
-  <si>
     <t>NPOE0031</t>
   </si>
   <si>
     <t>Очиститель электроконтактов 210мл NANOPROTECH</t>
   </si>
   <si>
     <t>NPVS0010</t>
   </si>
   <si>
     <t>Смазка подвижных деталей для велосипеда 210мл NANOPROTECH</t>
   </si>
   <si>
     <t>1.5 Автохимия REXANT</t>
   </si>
   <si>
+    <t>85-0050</t>
+  </si>
+  <si>
+    <t>Очиститель тормозов 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0051</t>
+  </si>
+  <si>
+    <t>Очиститель карбюратора аэро 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0052</t>
+  </si>
+  <si>
+    <t>Антискотч 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0053</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0053-1</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0054</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0054-1</t>
+  </si>
+  <si>
+    <t>Силиконовая смазка 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0055</t>
+  </si>
+  <si>
+    <t>Чернитель шин 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0056</t>
+  </si>
+  <si>
+    <t>Преобразователь ржавчины 500мл с триггером REXANT</t>
+  </si>
+  <si>
+    <t>85-0057</t>
+  </si>
+  <si>
+    <t>Быстрый старт 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0058</t>
+  </si>
+  <si>
+    <t>Смазка для контактов 210мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0059</t>
+  </si>
+  <si>
+    <t>Очиститель контактов 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0060</t>
+  </si>
+  <si>
+    <t>Медная смазка 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0062</t>
+  </si>
+  <si>
+    <t>Очиститель битумных пятен и следов насекомых 520мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0063</t>
+  </si>
+  <si>
+    <t>Мовиль Автоконсервант 520 мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0066</t>
+  </si>
+  <si>
+    <t>Чернитель шин 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0065</t>
+  </si>
+  <si>
+    <t>Антизапотеватель, 250мл, триггер REXANT</t>
+  </si>
+  <si>
+    <t>85-0064</t>
+  </si>
+  <si>
+    <t>Антидождь 250мл, триггер REXANT</t>
+  </si>
+  <si>
     <t>85-0064-1</t>
   </si>
   <si>
     <t>Антидождь 500мл, триггер REXANT</t>
   </si>
   <si>
-    <t>85-0052</t>
-[...46 lines deleted...]
-  <si>
     <t>85-0068</t>
   </si>
   <si>
     <t>Очиститель стекол универсальный, 500мл, триггер REXANT</t>
   </si>
   <si>
+    <t>85-0072</t>
+  </si>
+  <si>
+    <t>Паста для рук очищающая 550мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0073</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая 50мл, флакон roll-on REXANT</t>
+  </si>
+  <si>
+    <t>85-0075</t>
+  </si>
+  <si>
+    <t>Смазка алюминиевая 210мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0076</t>
+  </si>
+  <si>
+    <t>Смазка универсальная литиевая 520мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0077</t>
+  </si>
+  <si>
+    <t>Смывка краски 520мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0079</t>
+  </si>
+  <si>
+    <t>Термоключ с эффектом заморозки 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0052-1</t>
+  </si>
+  <si>
+    <t>Удалитель следов наклеек и тонировочной пленки (антискотч), аэрозоль 335мл REXANT</t>
+  </si>
+  <si>
     <t>85-0054-2</t>
   </si>
   <si>
     <t>Смазка универсальная силиконовая 335мл, аэрозоль REXANT</t>
   </si>
   <si>
-    <t>85-0053</t>
-[...20 lines deleted...]
-    <t>Паста для рук очищающая 550мл REXANT</t>
+    <t>85-0060-1</t>
+  </si>
+  <si>
+    <t>Смазка высокотемпературная медная 335мл, аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0053-2</t>
+  </si>
+  <si>
+    <t>Мастер-ключ 335мл, аэрозоль REXANT</t>
   </si>
   <si>
     <t>85-0070</t>
   </si>
   <si>
     <t>Паста для удаления царапин (антицарапин) 100мл, туба REXANT</t>
   </si>
   <si>
-    <t>85-0053-2</t>
-[...76 lines deleted...]
-  <si>
     <t>85-0071</t>
   </si>
   <si>
     <t>Полироль фар 100мл, туба REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Мастер-ключ 520мл REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -741,51 +741,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-reziny-400ml-nanoprotech" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/himchistka-salona-avtomobilya-650ml-nanoprotech" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-dlya-plastika-400ml-nanoprotech" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-smazka-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-antikor-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-izolyatsiya-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkiy-klyuch-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-elektrokontaktov-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-podvizhnyh-detaley-dlya-velosipeda-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-500ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antiskotch-210ml-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-520ml-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-520ml-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/preobrazovatel-rzhavchiny-500ml-s-triggerom-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bystryy-start-520ml-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-kontaktov-520ml-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-stekol-universalnyy-500ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-silikonovaya-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-210ml-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mednaya-smazka-520ml-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/movil-avtokonservant-520-ml-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-ruk-ochischayuschaya-550ml-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-udaleniya-tsarapin-antitsarapin-100ml-tuba-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smyvka-kraski-520ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-tormozov-520ml-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kontaktov-210ml-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antizapotevatel-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-litievaya-520ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-vysokotemperaturnaya-mednaya-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-50ml-flakon-roll-on-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-alyuminievaya-210ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoklyuch-s-effektom-zamorozki-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udalitel-sledov-nakleek-i-tonirovochnoy-plenki-antiskotch-aerozol-335ml-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-bitumnyh-pyaten-i-sledov-nasekomyh-520ml-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-far-100ml-tuba-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-karbyuratora-aero-520ml-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-520ml-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-reziny-400ml-nanoprotech" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/himchistka-salona-avtomobilya-650ml-nanoprotech" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-dlya-plastika-400ml-nanoprotech" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-antikor-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-smazka-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/super-izolyatsiya-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkiy-klyuch-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-elektrokontaktov-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-podvizhnyh-detaley-dlya-velosipeda-210ml-nanoprotech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-tormozov-520ml-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-karbyuratora-aero-520ml-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antiskotch-210ml-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-210ml-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-520ml-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-210ml-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovaya-smazka-520ml-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-520ml-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/preobrazovatel-rzhavchiny-500ml-s-triggerom-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bystryy-start-520ml-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kontaktov-210ml-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-kontaktov-520ml-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mednaya-smazka-520ml-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-bitumnyh-pyaten-i-sledov-nasekomyh-520ml-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/movil-avtokonservant-520-ml-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chernitel-shin-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antizapotevatel-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-250ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antidozhd-500ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-stekol-universalnyy-500ml-trigger-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-ruk-ochishchayushchaya-550ml-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-50ml-flakon-roll-on-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-alyuminievaya-210ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-litievaya-520ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smyvka-kraski-520ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoklyuch-s-effektom-zamorozki-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udalitel-sledov-nakleek-i-tonirovochnoy-plenki-antiskotch-aerozol-335ml-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-silikonovaya-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-vysokotemperaturnaya-mednaya-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/master-klyuch-335ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-dlya-udaleniya-tsarapin-antitsarapin-100ml-tuba-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polirol-far-100ml-tuba-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I49"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -822,1310 +822,1310 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>600.03</v>
+        <v>420.02</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>12</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>819.64</v>
+        <v>655.71</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3">
-        <v>589.86</v>
+        <v>412.9</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>12</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="3">
-        <v>518.67</v>
+        <v>423.07</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="3">
-        <v>528.84</v>
+        <v>414.94</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>12</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="3">
-        <v>559.35</v>
+        <v>447.48</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>12</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="3">
-        <v>475.15</v>
+        <v>355.95</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>12</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="3">
-        <v>508.5</v>
+        <v>380.12</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>12</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>510.79</v>
+        <v>408.63</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>279</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>12</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="3">
-        <v>556.2</v>
+        <v>444.96</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>199</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>12</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="3">
-        <v>406.8</v>
+        <v>298.24</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>920</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="3">
-        <v>254.25</v>
+        <v>324.16</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>4628</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>12</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="3">
-        <v>266.96</v>
+        <v>216.11</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>12</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="3">
-        <v>422.06</v>
+        <v>208.77</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1482</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>12</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="3">
-        <v>401.72</v>
+        <v>313.24</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1185</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>12</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="3">
-        <v>256.28</v>
+        <v>226.92</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>703</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>12</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="3">
-        <v>549.18</v>
+        <v>337.65</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>596</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>12</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="3">
-        <v>396.63</v>
+        <v>321.38</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>129</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>12</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="3">
-        <v>251.2</v>
+        <v>217.84</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1628</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="3">
-        <v>162.72</v>
+        <v>439.34</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1178</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="3">
-        <v>345.78</v>
+        <v>216.11</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>12</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>245.61</v>
+        <v>317.3</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1268</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>12</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>466.8</v>
+        <v>373.44</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>12</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>477.99</v>
+        <v>319.85</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>781</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>12</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>201.37</v>
+        <v>382.39</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>763</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>12</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>351.48</v>
+        <v>155.6</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>772</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>325.44</v>
+        <v>138.31</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>580</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>416.97</v>
+        <v>213.52</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1691</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>350.87</v>
+        <v>325.44</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>562</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>254.25</v>
+        <v>138.31</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>162.72</v>
+        <v>171.16</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>183.06</v>
+        <v>216.11</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1923</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>432.23</v>
+        <v>259.34</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>729</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>427.14</v>
+        <v>345.78</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>12</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>254.25</v>
+        <v>333.58</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>305.1</v>
+        <v>269.71</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>910</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>317.3</v>
+        <v>285.27</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>168</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>12</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>335.61</v>
+        <v>276.62</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>12</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>376.29</v>
+        <v>341.71</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>477</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>12</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>351.48</v>
+        <v>276.62</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>577</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>381.37</v>
+        <v>298.76</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>872</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I48" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>391.55</v>
+        <v>298.76</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>454</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A9:I9"/>
     <mergeCell ref="A17:I17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D8" r:id="rId3"/>
     <hyperlink ref="D10" r:id="rId4"/>
     <hyperlink ref="D11" r:id="rId5"/>
     <hyperlink ref="D12" r:id="rId6"/>
     <hyperlink ref="D13" r:id="rId7"/>
     <hyperlink ref="D14" r:id="rId8"/>
     <hyperlink ref="D15" r:id="rId9"/>
     <hyperlink ref="D16" r:id="rId10"/>
     <hyperlink ref="D18" r:id="rId11"/>
     <hyperlink ref="D19" r:id="rId12"/>
     <hyperlink ref="D20" r:id="rId13"/>