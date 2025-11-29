--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -8,304 +8,298 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="82">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Автомобильные</t>
   </si>
   <si>
+    <t>16-0242</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-A QC 3.0 + USB-C PD) со световой индикацией, 38Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-2232-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-С) c LED-подсветкой, 75Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0246</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-A QC 3.0 + USB-C PD) со световой индикацией, 51Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>18-2230-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-A) c LED-подсветкой, 48Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2243-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A + USB-C) c LED-подсветкой, 20Вт</t>
+  </si>
+  <si>
     <t>16-0299</t>
   </si>
   <si>
     <t>Автозарядка в прикуриватель REXANT АЗУ 2хUSB+гнездо, 12-24V, 5V,1 000mA</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>16-0231</t>
   </si>
   <si>
     <t>Автозарядка с индикатором (разъем 2.1х5.5) (АЗУ) шнур прямой 1.5 м REXANT</t>
   </si>
   <si>
+    <t>16-0293</t>
+  </si>
+  <si>
+    <t>Беспроводное зарядное устройство REXANT 10W, черное</t>
+  </si>
+  <si>
+    <t>16-0280</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB, 5V, 1000mA, черное, LED индикация</t>
+  </si>
+  <si>
+    <t>18-2227</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 3.1 A белая</t>
+  </si>
+  <si>
+    <t>16-0236</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель USB (АЗУ) (5 V, 1000 mA) REXANT</t>
+  </si>
+  <si>
+    <t>16-0233</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 2.1х5.5) (АЗУ) шнур спираль 1.5 м  REXANT</t>
+  </si>
+  <si>
+    <t>16-0240</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A QC 3.0 + USB-A 3,1A) со световой индикацией, 18Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>18-2231-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-A) c LED-подсветкой, 68Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0241</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A QC 3.0 + USB-C PD) cо световой индикацией, 20Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0244</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-C PD + USB-C PD) со световой индикацией, 40Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>18-2220</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-А + USB-A) со световой индикацией, 12Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0243</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором microUSB (АЗУ) (5 V, 2000 mA) шнур спираль до 2 м REXANT</t>
+  </si>
+  <si>
+    <t>16-0234</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 2.5х5.5) (АЗУ) шнур спираль 1.5 м REXANT</t>
+  </si>
+  <si>
     <t>16-0235</t>
   </si>
   <si>
     <t>Автозарядка с индикатором (разъем 1.4х3.4) (АЗУ) шнур спираль 1.5 м REXANT</t>
   </si>
   <si>
     <t>16-0235-4</t>
   </si>
   <si>
     <t>Автозарядка с индикатором (разъем 1.4х3.4) (АЗУ) шнур прямой 1.5 м REXANT</t>
   </si>
   <si>
+    <t>16-0245</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель microUSB (АЗУ) (5 V, 1000 mA) шнур спираль 1.5 м черная REXANT</t>
+  </si>
+  <si>
     <t>16-0291</t>
   </si>
   <si>
     <t>Зарядное устройство в прикуриватель REXANT 3 x USB, 1000mA, черное</t>
   </si>
   <si>
-    <t>16-0293</t>
-[...4 lines deleted...]
-  <si>
     <t>16-0292</t>
   </si>
   <si>
     <t>Зарядное устройство в прикуриватель REXANT USB x Type-C, 18W, с Quick charge, черное</t>
   </si>
   <si>
-    <t>16-0280</t>
-[...32 lines deleted...]
-    <t>Автозарядка в прикуриватель для LG KG800/KG90 (АЗУ) (5 V, 700 mA) шнур спираль 1.2 м черная REXANT</t>
+    <t>16-0282</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>18-2226</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 3.1 A черная</t>
+  </si>
+  <si>
+    <t>18-2228</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами USB-A+Type-С 12Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2229</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 2.4 A белая</t>
+  </si>
+  <si>
+    <t>16-0250</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель microUSB (АЗУ) (5 V, 1000 mA) шнур прямой 1.2 м черная REXANT</t>
   </si>
   <si>
     <t>16-0253</t>
   </si>
   <si>
     <t>Автозарядка в прикуриватель для NOKIA 51**/32**/88**/6***  «толстая» (АЗУ) (5 V, 700 mA) шнур спираль 1.2 м черная REXANT</t>
   </si>
   <si>
     <t>18-1200</t>
   </si>
   <si>
     <t>Автозарядка в прикуриватель АЗУ USB-A (QC 3.0)+USB-C (PD), 38Вт черная REXANT</t>
   </si>
   <si>
     <t>18-1921</t>
   </si>
   <si>
     <t>Автозарядка в прикуриватель USB (АЗУ) (5 V, 1000 mA) белая REXANT</t>
   </si>
   <si>
     <t>18-1199</t>
   </si>
   <si>
     <t>Автозарядка в прикуриватель 2хUSB (АЗУ) (1000+2100 mA) REXANT</t>
   </si>
   <si>
     <t>18-1947</t>
   </si>
   <si>
     <t>Автозарядка в прикуриватель 2хUSB с дисплеем (АЗУ) (1000+2100 mA) серебристая REXANT</t>
   </si>
   <si>
-    <t>16-0243</t>
-[...28 lines deleted...]
-  <si>
     <t>18-2242-5</t>
   </si>
   <si>
     <t>Автомобильное зарядное устройство c двумя портами (USB-A + USB-A) c LED-подсветкой, 12Вт</t>
-  </si>
-[...70 lines deleted...]
-    <t>Автомобильное зарядное устройство c двумя портами (USB-A QC 3.0 + USB-A 3,1A) со световой индикацией, 18Вт, черное REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -690,56 +684,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-2husb-gnezdo-12-24v-5v-1-000ma.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-pryamoy-1-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-spiral-1-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-pryamoy-1-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-3-x-usb-1000ma-chernoe.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-rexant-10w-chernoe.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-x-type-c-18w-s-quick-charge-chernoe.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-1000ma-chernoe-led-indikatsiya.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-5h5-5-azu-shnur-spiral-1-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-belaya.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-spiral-1-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-dlya-lg-kg800-kg90-azu-5-v-700-ma-shnur-spiral-1-2-m-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-dlya-nokia-51-32-88-6-tolstaya-azu-5-v-700-ma-shnur-spiral-1-2-m-chernay.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-azu-usb-a-qc-3-0-usb-c-pd-38vt-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-azu-1000-2100-ma-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-s-displeem-azu-1000-2100-ma-serebristaya-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-microusb-azu-5-v-2000-ma-shnur-spiral-do-2-m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-2-4-a-chernoe.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-type-s-12vt-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-chernaya.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-belaya.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-c-led-podsvetkoy-12vt.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-s-c-led-podsvetkoy-75vt-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-spiral-1-5-m-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-c-pd-co-svetovoy-indikatsiey-20v.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-38v.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-pd-usb-c-pd-so-svetovoy-indikatsiey-40vt-ch.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-so-svetovoy-indikatsiey-12vt-chernoe-.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-51v.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-pryamoy-1-2-m-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-48vt-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-c-c-led-podsvetkoy-20vt.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-68vt-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-a-3-1a-so-svetovoy-indikatsiey-1.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-38vt-chernoe-rexant-31670" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-s-c-led-podsvetkoy-75vt-rexant-31208" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-51vt-chernoe-rexant-31672" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-48vt-rexant-31206" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-c-c-led-podsvetkoy-20vt-31210" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-2husb-gnezdo-12-24v-5v-1-000ma-27600" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-pryamoy-1-5-m-rexant-2320" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-rexant-10w-chernoe-26313" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-1000ma-chernoe-1-26322" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-belaya-27602" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-rexant-3946" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-spiral-1-5-m-rexant-3634" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-a-3-1a-so-svetovoy-indikatsiey-18vt-chernoe-rexant-31668" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-68vt-rexant-31207" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-c-pd-co-svetovoy-indikatsiey-20vt-chernoe-rexant-31669" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-pd-usb-c-pd-so-svetovoy-indikatsiey-40vt-chernoe-rexant-31671" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-so-svetovoy-indikatsiey-12vt-chernoe-rexant-31667" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-microusb-azu-5-v-2000-ma-shnur-spiral-do-2-m-rexant-6554" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-5h5-5-azu-shnur-spiral-1-5-m-rexant-3633" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-spiral-1-5-m-rexant-3932" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-pryamoy-1-5-m-rexant-4251" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-spiral-1-5-m-chernaya-rexant-8074" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-3-x-usb-1000ma-chernoe-26311" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-x-type-c-18w-s-quick-charge-chernoe-26312" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-2-4-a-chernoe-26324" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-chernaya-27601" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-chernaya-27603" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-belaya-27604" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-pryamoy-1-2-m-chernaya-rexant-10176" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-dlya-nokia-51-32-88-6-tolstaya-azu-5-v-700-ma-shnur-spiral-1-2-m-chernaya-rexant-10179" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-azu-usb-a-qc-3-0-usb-c-pd-38vt-chernaya-rexant-29654" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-belaya-rexant-8070" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-azu-1000-2100-ma-rexant-14566" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-s-displeem-azu-1000-2100-ma-serebristaya-rexant-20119" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-c-led-podsvetkoy-12vt-31209" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I38"/>
+  <dimension ref="A1:I37"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -758,1127 +752,1097 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>732.6</v>
+        <v>659.18</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1788</v>
+        <v>2290</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>223.78</v>
+        <v>950.88</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2732</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>311.83</v>
+        <v>821.74</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>3973</v>
+        <v>1619</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>278.08</v>
+        <v>749</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>3398</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>466.85</v>
+        <v>481</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>453</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>571.54</v>
+        <v>349</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>249</v>
+        <v>1763</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>790.05</v>
+        <v>223.78</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>795</v>
+        <v>2316</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>197.99</v>
+        <v>571.54</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>118</v>
+        <v>229</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>4</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>311.83</v>
+        <v>197.99</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2616</v>
+        <v>6</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>598.54</v>
+        <v>538.69</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1438</v>
+        <v>1379</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>30</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>311.83</v>
+        <v>241.19</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3710</v>
+        <v>1215</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>241.19</v>
+        <v>311.83</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1355</v>
+        <v>3129</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>62.07</v>
+        <v>570.27</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>532</v>
+        <v>2791</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>102.51</v>
+        <v>799</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>265</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>633.77</v>
+        <v>570.27</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1139</v>
+        <v>2648</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>225.74</v>
+        <v>549</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>30</v>
+        <v>2111</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>412.22</v>
+        <v>349</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>3197</v>
+        <v>2227</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>360.76</v>
+        <v>387.91</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>431.01</v>
+        <v>311.83</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>160</v>
+        <v>2353</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>300.43</v>
+        <v>311.83</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>689</v>
+        <v>3731</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>496.09</v>
+        <v>278.08</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1290</v>
+        <v>3198</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>718.25</v>
+        <v>200</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1234</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>445.23</v>
+        <v>259</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>387</v>
+        <v>440</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>278.88</v>
+        <v>359</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>786</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>950.88</v>
+        <v>300.43</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>592</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>367.62</v>
+        <v>299</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>280</v>
+        <v>1033</v>
       </c>
       <c r="G28" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>570.27</v>
+        <v>496.09</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>2742</v>
+        <v>1246</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>659.18</v>
+        <v>445.23</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>2613</v>
+        <v>316</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>549</v>
+        <v>190</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>2604</v>
+        <v>559</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>349</v>
+        <v>92.26</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>2361</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>821.74</v>
+        <v>633.77</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>2393</v>
+        <v>1048</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>260.35</v>
+        <v>225.74</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>561</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>749</v>
+        <v>412.22</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>2818</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>481</v>
+        <v>360.76</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>799</v>
+        <v>278.88</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
         <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>200</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
-[...27 lines deleted...]
-      <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
-    <hyperlink ref="D38" r:id="rId36"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>