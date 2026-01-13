--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,264 +42,264 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Автомобильные</t>
   </si>
   <si>
+    <t>16-0234</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 2.5х5.5) (АЗУ) шнур спираль 1.5 м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>16-0235</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 1.4х3.4) (АЗУ) шнур спираль 1.5 м REXANT</t>
+  </si>
+  <si>
+    <t>18-2227</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 3.1 A белая</t>
+  </si>
+  <si>
+    <t>18-2230-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-A) c LED-подсветкой, 48Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-1947</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель 2хUSB с дисплеем (АЗУ) (1000+2100 mA) серебристая REXANT</t>
+  </si>
+  <si>
+    <t>18-2228</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами USB-A+Type-С 12Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0250</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель microUSB (АЗУ) (5 V, 1000 mA) шнур прямой 1.2 м черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0253</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель для NOKIA 51**/32**/88**/6***  «толстая» (АЗУ) (5 V, 700 mA) шнур спираль 1.2 м черная REXANT</t>
+  </si>
+  <si>
+    <t>18-1200</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель АЗУ USB-A (QC 3.0)+USB-C (PD), 38Вт черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0243</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором microUSB (АЗУ) (5 V, 2000 mA) шнур спираль до 2 м REXANT</t>
+  </si>
+  <si>
+    <t>16-0231</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 2.1х5.5) (АЗУ) шнур прямой 1.5 м REXANT</t>
+  </si>
+  <si>
+    <t>18-2220</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-А + USB-A) со световой индикацией, 12Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0241</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A QC 3.0 + USB-C PD) cо световой индикацией, 20Вт, черное REXANT</t>
+  </si>
+  <si>
     <t>16-0242</t>
   </si>
   <si>
     <t>Автомобильное зарядное устройство с двумя портами (USB-A QC 3.0 + USB-C PD) со световой индикацией, 38Вт, черное REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>16-0246</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-A QC 3.0 + USB-C PD) со световой индикацией, 51Вт, черное REXANT</t>
   </si>
   <si>
     <t>18-2232-5</t>
   </si>
   <si>
     <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-С) c LED-подсветкой, 75Вт REXANT</t>
   </si>
   <si>
-    <t>16-0246</t>
-[...8 lines deleted...]
-    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-A) c LED-подсветкой, 48Вт REXANT</t>
+    <t>18-2242-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A + USB-A) c LED-подсветкой, 12Вт</t>
+  </si>
+  <si>
+    <t>16-0291</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT 3 x USB, 1000mA, черное</t>
+  </si>
+  <si>
+    <t>16-0292</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB x Type-C, 18W, с Quick charge, черное</t>
+  </si>
+  <si>
+    <t>16-0299</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ 2хUSB+гнездо, 12-24V, 5V,1 000mA</t>
+  </si>
+  <si>
+    <t>18-2226</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 3.1 A черная</t>
+  </si>
+  <si>
+    <t>18-2229</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 2.4 A белая</t>
+  </si>
+  <si>
+    <t>16-0293</t>
+  </si>
+  <si>
+    <t>Беспроводное зарядное устройство REXANT 10W, черное</t>
+  </si>
+  <si>
+    <t>18-1921</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель USB (АЗУ) (5 V, 1000 mA) белая REXANT</t>
+  </si>
+  <si>
+    <t>18-1199</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель 2хUSB (АЗУ) (1000+2100 mA) REXANT</t>
+  </si>
+  <si>
+    <t>18-2231-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-A) c LED-подсветкой, 68Вт REXANT</t>
   </si>
   <si>
     <t>18-2243-5</t>
   </si>
   <si>
     <t>Автомобильное зарядное устройство c двумя портами (USB-A + USB-C) c LED-подсветкой, 20Вт</t>
   </si>
   <si>
-    <t>16-0299</t>
-[...14 lines deleted...]
-    <t>Беспроводное зарядное устройство REXANT 10W, черное</t>
+    <t>16-0245</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель microUSB (АЗУ) (5 V, 1000 mA) шнур спираль 1.5 м черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0240</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A QC 3.0 + USB-A 3,1A) со световой индикацией, 18Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0244</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-C PD + USB-C PD) со световой индикацией, 40Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0236</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель USB (АЗУ) (5 V, 1000 mA) REXANT</t>
+  </si>
+  <si>
+    <t>16-0233</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 2.1х5.5) (АЗУ) шнур спираль 1.5 м  REXANT</t>
+  </si>
+  <si>
+    <t>16-0235-4</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 1.4х3.4) (АЗУ) шнур прямой 1.5 м REXANT</t>
   </si>
   <si>
     <t>16-0280</t>
   </si>
   <si>
     <t>Зарядное устройство в прикуриватель REXANT USB, 5V, 1000mA, черное, LED индикация</t>
   </si>
   <si>
-    <t>18-2227</t>
-[...88 lines deleted...]
-  <si>
     <t>16-0282</t>
   </si>
   <si>
     <t>Зарядное устройство в прикуриватель REXANT USB, 5V, 2.4 A, черное</t>
-  </si>
-[...58 lines deleted...]
-    <t>Автомобильное зарядное устройство c двумя портами (USB-A + USB-A) c LED-подсветкой, 12Вт</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -684,51 +684,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-38vt-chernoe-rexant-31670" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-s-c-led-podsvetkoy-75vt-rexant-31208" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-51vt-chernoe-rexant-31672" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-48vt-rexant-31206" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-c-c-led-podsvetkoy-20vt-31210" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-2husb-gnezdo-12-24v-5v-1-000ma-27600" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-pryamoy-1-5-m-rexant-2320" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-rexant-10w-chernoe-26313" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-1000ma-chernoe-1-26322" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-belaya-27602" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-rexant-3946" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-spiral-1-5-m-rexant-3634" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-a-3-1a-so-svetovoy-indikatsiey-18vt-chernoe-rexant-31668" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-68vt-rexant-31207" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-c-pd-co-svetovoy-indikatsiey-20vt-chernoe-rexant-31669" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-pd-usb-c-pd-so-svetovoy-indikatsiey-40vt-chernoe-rexant-31671" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-so-svetovoy-indikatsiey-12vt-chernoe-rexant-31667" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-microusb-azu-5-v-2000-ma-shnur-spiral-do-2-m-rexant-6554" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-5h5-5-azu-shnur-spiral-1-5-m-rexant-3633" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-spiral-1-5-m-rexant-3932" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-pryamoy-1-5-m-rexant-4251" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-spiral-1-5-m-chernaya-rexant-8074" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-3-x-usb-1000ma-chernoe-26311" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-x-type-c-18w-s-quick-charge-chernoe-26312" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-2-4-a-chernoe-26324" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-chernaya-27601" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-chernaya-27603" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-belaya-27604" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-pryamoy-1-2-m-chernaya-rexant-10176" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-dlya-nokia-51-32-88-6-tolstaya-azu-5-v-700-ma-shnur-spiral-1-2-m-chernaya-rexant-10179" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-azu-usb-a-qc-3-0-usb-c-pd-38vt-chernaya-rexant-29654" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-belaya-rexant-8070" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-azu-1000-2100-ma-rexant-14566" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-s-displeem-azu-1000-2100-ma-serebristaya-rexant-20119" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-c-led-podsvetkoy-12vt-31209" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-5h5-5-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-belaya" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-48vt-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-s-displeem-azu-1000-2100-ma-serebristaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-type-s-12vt-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-pryamoy-1-2-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-dlya-nokia-51-32-88-6-tolstaya-azu-5-v-700-ma-shnur-spiral-1-2-m-chernay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-azu-usb-a-qc-3-0-usb-c-pd-38vt-chernaya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-microusb-azu-5-v-2000-ma-shnur-spiral-do-2-m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-pryamoy-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-so-svetovoy-indikatsiey-12vt-chernoe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-c-pd-co-svetovoy-indikatsiey-20v" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-38v" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-51v" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-s-c-led-podsvetkoy-75vt-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-c-led-podsvetkoy-12vt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-3-x-usb-1000ma-chernoe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-x-type-c-18w-s-quick-charge-chernoe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-2husb-gnezdo-12-24v-5v-1-000ma" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-chernaya" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-belaya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-rexant-10w-chernoe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-belaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-azu-1000-2100-ma-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-68vt-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-c-c-led-podsvetkoy-20vt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-spiral-1-5-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-a-3-1a-so-svetovoy-indikatsiey-1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-pd-usb-c-pd-so-svetovoy-indikatsiey-40vt-ch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-pryamoy-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-1000ma-chernoe-led-indikatsiya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-2-4-a-chernoe" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I37"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -752,1055 +752,1055 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>659.18</v>
+        <v>317.13</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2290</v>
+        <v>2172</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>950.88</v>
+        <v>317.13</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>3583</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>821.74</v>
+        <v>493.06</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1619</v>
+        <v>1164</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>1930</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>481</v>
+        <v>366.89</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>349</v>
+        <v>479.3</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1763</v>
+        <v>1217</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>25</v>
+        <v>250</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>223.78</v>
+        <v>173.91</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2316</v>
+        <v>499</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>571.54</v>
+        <v>93.83</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>229</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>197.99</v>
+        <v>644.54</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>6</v>
+        <v>1039</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>538.69</v>
+        <v>355.05</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1379</v>
+        <v>150</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>241.19</v>
+        <v>227.58</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1215</v>
+        <v>2682</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>311.83</v>
+        <v>274.59</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>3129</v>
+        <v>2193</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>570.27</v>
+        <v>579.96</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2791</v>
+        <v>2429</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>120</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>799</v>
+        <v>406.8</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>2020</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>570.27</v>
+        <v>488.16</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>2648</v>
+        <v>1365</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>120</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>549</v>
+        <v>967.04</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>2111</v>
+        <v>1908</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>349</v>
+        <v>283.62</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2227</v>
+        <v>449</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>387.91</v>
+        <v>237.06</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>150</v>
+        <v>428</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>311.83</v>
+        <v>328.59</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>2353</v>
+        <v>767</v>
       </c>
       <c r="G21" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>311.83</v>
+        <v>319.44</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>3731</v>
+        <v>1740</v>
       </c>
       <c r="G22" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>278.08</v>
+        <v>288.88</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>3198</v>
+        <v>928</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>200</v>
+        <v>452.8</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>259</v>
+        <v>581.26</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>440</v>
+        <v>211</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>250</v>
+        <v>4</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>359</v>
+        <v>229.58</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>786</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>300.43</v>
+        <v>419.23</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>592</v>
+        <v>2336</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H27" s="3">
         <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>299</v>
+        <v>812.58</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1033</v>
+        <v>1324</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>496.09</v>
+        <v>489.18</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1246</v>
+        <v>658</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>445.23</v>
+        <v>203.4</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>316</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>190</v>
+        <v>376.29</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>559</v>
+        <v>2785</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>92.26</v>
+        <v>488.16</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
+        <v>1962</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
+        <v>120</v>
+      </c>
+      <c r="I32" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>633.77</v>
+        <v>245.29</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1048</v>
+        <v>1165</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>225.74</v>
+        <v>317.13</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>2637</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
         <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>412.22</v>
+        <v>282.81</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>2818</v>
+        <v>3056</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>360.76</v>
+        <v>201.36</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>160</v>
+        <v>500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>278.88</v>
+        <v>305.54</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>537</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>