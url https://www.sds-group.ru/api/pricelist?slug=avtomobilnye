--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,298 +8,274 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="74">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Автомобильные</t>
   </si>
   <si>
+    <t>16-0299</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ 2хUSB+гнездо, 12-24V, 5V,1 000mA</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>16-0292</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB x Type-C, 18W, с Quick charge, черное</t>
+  </si>
+  <si>
+    <t>16-0280</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB, 5V, 1000mA, черное, LED индикация</t>
+  </si>
+  <si>
+    <t>16-0282</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>18-2228</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами USB-A+Type-С 12Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0250</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель microUSB (АЗУ) (5 V, 1000 mA) шнур прямой 1.2 м черная REXANT</t>
+  </si>
+  <si>
+    <t>18-1200</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель АЗУ USB-A (QC 3.0)+USB-C (PD), 38Вт черная REXANT</t>
+  </si>
+  <si>
+    <t>18-2231-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-A) c LED-подсветкой, 68Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0236</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель USB (АЗУ) (5 V, 1000 mA) REXANT</t>
+  </si>
+  <si>
+    <t>18-2220</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-А + USB-A) со световой индикацией, 12Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0240</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A QC 3.0 + USB-A 3,1A) со световой индикацией, 18Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0241</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A QC 3.0 + USB-C PD) cо световой индикацией, 20Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0242</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-A QC 3.0 + USB-C PD) со световой индикацией, 38Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0244</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-C PD + USB-C PD) со световой индикацией, 40Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0246</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-A QC 3.0 + USB-C PD) со световой индикацией, 51Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0233</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 2.1х5.5) (АЗУ) шнур спираль 1.5 м  REXANT</t>
+  </si>
+  <si>
     <t>16-0234</t>
   </si>
   <si>
     <t>Автозарядка с индикатором (разъем 2.5х5.5) (АЗУ) шнур спираль 1.5 м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>16-0235</t>
   </si>
   <si>
     <t>Автозарядка с индикатором (разъем 1.4х3.4) (АЗУ) шнур спираль 1.5 м REXANT</t>
   </si>
   <si>
+    <t>16-0235-4</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 1.4х3.4) (АЗУ) шнур прямой 1.5 м REXANT</t>
+  </si>
+  <si>
     <t>18-2227</t>
   </si>
   <si>
     <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 3.1 A белая</t>
   </si>
   <si>
     <t>18-2230-5</t>
   </si>
   <si>
     <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-A) c LED-подсветкой, 48Вт REXANT</t>
   </si>
   <si>
-    <t>18-1947</t>
-[...26 lines deleted...]
-    <t>Автозарядка в прикуриватель АЗУ USB-A (QC 3.0)+USB-C (PD), 38Вт черная REXANT</t>
+    <t>18-2229</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 2.4 A белая</t>
+  </si>
+  <si>
+    <t>18-1199</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель 2хUSB (АЗУ) (1000+2100 mA) REXANT</t>
   </si>
   <si>
     <t>16-0243</t>
   </si>
   <si>
     <t>Автозарядка с индикатором microUSB (АЗУ) (5 V, 2000 mA) шнур спираль до 2 м REXANT</t>
   </si>
   <si>
+    <t>16-0291</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT 3 x USB, 1000mA, черное</t>
+  </si>
+  <si>
     <t>16-0231</t>
   </si>
   <si>
     <t>Автозарядка с индикатором (разъем 2.1х5.5) (АЗУ) шнур прямой 1.5 м REXANT</t>
   </si>
   <si>
-    <t>18-2220</t>
-[...22 lines deleted...]
-  <si>
     <t>18-2232-5</t>
   </si>
   <si>
     <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-С) c LED-подсветкой, 75Вт REXANT</t>
   </si>
   <si>
     <t>18-2242-5</t>
   </si>
   <si>
     <t>Автомобильное зарядное устройство c двумя портами (USB-A + USB-A) c LED-подсветкой, 12Вт</t>
   </si>
   <si>
-    <t>16-0291</t>
-[...16 lines deleted...]
-  <si>
     <t>18-2226</t>
   </si>
   <si>
     <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 3.1 A черная</t>
   </si>
   <si>
-    <t>18-2229</t>
-[...4 lines deleted...]
-  <si>
     <t>16-0293</t>
   </si>
   <si>
     <t>Беспроводное зарядное устройство REXANT 10W, черное</t>
   </si>
   <si>
-    <t>18-1921</t>
-[...16 lines deleted...]
-  <si>
     <t>18-2243-5</t>
   </si>
   <si>
     <t>Автомобильное зарядное устройство c двумя портами (USB-A + USB-C) c LED-подсветкой, 20Вт</t>
-  </si>
-[...46 lines deleted...]
-    <t>Зарядное устройство в прикуриватель REXANT USB, 5V, 2.4 A, черное</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -684,56 +660,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-5h5-5-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-belaya" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-48vt-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-s-displeem-azu-1000-2100-ma-serebristaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-type-s-12vt-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-pryamoy-1-2-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-dlya-nokia-51-32-88-6-tolstaya-azu-5-v-700-ma-shnur-spiral-1-2-m-chernay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-azu-usb-a-qc-3-0-usb-c-pd-38vt-chernaya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-microusb-azu-5-v-2000-ma-shnur-spiral-do-2-m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-pryamoy-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-so-svetovoy-indikatsiey-12vt-chernoe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-c-pd-co-svetovoy-indikatsiey-20v" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-38v" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-51v" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-s-c-led-podsvetkoy-75vt-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-c-led-podsvetkoy-12vt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-3-x-usb-1000ma-chernoe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-x-type-c-18w-s-quick-charge-chernoe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-2husb-gnezdo-12-24v-5v-1-000ma" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-chernaya" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-belaya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-rexant-10w-chernoe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-belaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-azu-1000-2100-ma-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-68vt-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-c-c-led-podsvetkoy-20vt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-spiral-1-5-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-a-3-1a-so-svetovoy-indikatsiey-1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-pd-usb-c-pd-so-svetovoy-indikatsiey-40vt-ch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-pryamoy-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-1000ma-chernoe-led-indikatsiya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-2-4-a-chernoe" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-2husb-gnezdo-12-24v-5v-1-000ma" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-x-type-c-18w-s-quick-charge-chernoe" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-1000ma-chernoe-led-indikatsiya" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-type-s-12vt-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-pryamoy-1-2-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-azu-usb-a-qc-3-0-usb-c-pd-38vt-chernaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-68vt-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-so-svetovoy-indikatsiey-12vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-a-3-1a-so-svetovoy-indikatsiey-18vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-c-pd-co-svetovoy-indikatsiey-20vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-38vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-pd-usb-c-pd-so-svetovoy-indikatsiey-40vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-51vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-5h5-5-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-pryamoy-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-belaya" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-48vt-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-belaya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-azu-1000-2100-ma-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-microusb-azu-5-v-2000-ma-shnur-spiral-do-2-m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-3-x-usb-1000ma-chernoe" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-pryamoy-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-s-c-led-podsvetkoy-75vt-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-c-led-podsvetkoy-12vt" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-chernaya" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-rexant-10w-chernoe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-c-c-led-podsvetkoy-20vt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I37"/>
+  <dimension ref="A1:I33"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -752,1097 +728,977 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>317.13</v>
+        <v>319.44</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2172</v>
+        <v>1722</v>
       </c>
       <c r="G3" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>317.13</v>
+        <v>328.59</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>3583</v>
+        <v>744</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>493.06</v>
+        <v>201.36</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1164</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>30</v>
+        <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>761.73</v>
+        <v>305.54</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1930</v>
+        <v>496</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>366.89</v>
+        <v>479.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>1204</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>479.3</v>
+        <v>173.91</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1217</v>
+        <v>480</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>173.91</v>
+        <v>644.54</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>499</v>
+        <v>1002</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>93.83</v>
+        <v>812.58</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
+        <v>734</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>200</v>
+      </c>
+      <c r="I10" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>644.54</v>
+        <v>245.29</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1039</v>
+        <v>1065</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>355.05</v>
+        <v>274.59</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>150</v>
+        <v>2124</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>227.58</v>
+        <v>376.29</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2682</v>
+        <v>2736</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>274.59</v>
+        <v>579.96</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2193</v>
+        <v>2059</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>120</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>579.96</v>
+        <v>406.8</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2429</v>
+        <v>1949</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>120</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>406.8</v>
+        <v>488.16</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>2020</v>
+        <v>1931</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>120</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
         <v>488.16</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1365</v>
+        <v>1165</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>120</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>967.04</v>
+        <v>317.13</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1908</v>
+        <v>2519</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
         <v>200</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>283.62</v>
+        <v>317.13</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>449</v>
+        <v>2042</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>237.06</v>
+        <v>317.13</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>428</v>
+        <v>3320</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>328.59</v>
+        <v>282.81</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>767</v>
+        <v>2993</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>319.44</v>
+        <v>493.06</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1740</v>
+        <v>1011</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>288.88</v>
+        <v>761.73</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>928</v>
+        <v>1154</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
         <v>452.8</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>30</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>581.26</v>
+        <v>419.23</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>211</v>
+        <v>1793</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>4</v>
+        <v>500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>229.58</v>
+        <v>355.05</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>149</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>419.23</v>
+        <v>237.06</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>2336</v>
+        <v>422</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>812.58</v>
+        <v>227.58</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1324</v>
+        <v>2639</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H28" s="3">
         <v>200</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>489.18</v>
+        <v>967.04</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>658</v>
+        <v>1758</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>203.4</v>
+        <v>283.62</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>376.29</v>
+        <v>288.88</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>2785</v>
+        <v>877</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>488.16</v>
+        <v>581.26</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>1962</v>
+        <v>182</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>120</v>
+        <v>4</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>245.29</v>
+        <v>489.18</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1165</v>
+        <v>519</v>
       </c>
       <c r="G33" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
-[...76 lines deleted...]
-      <c r="F36" s="3">
         <v>0</v>
-      </c>
-[...36 lines deleted...]
-        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
-    <hyperlink ref="D34" r:id="rId32"/>
-[...2 lines deleted...]
-    <hyperlink ref="D37" r:id="rId35"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>