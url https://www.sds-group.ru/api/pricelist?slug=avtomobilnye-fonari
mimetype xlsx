--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -8,136 +8,142 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="30">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Автомобильные фонари</t>
   </si>
   <si>
+    <t>75-7841</t>
+  </si>
+  <si>
+    <t>Фонарь автомобильный NEW AGE, двухрежимный, с крюком и поворотным держателем на магните REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>75-724</t>
   </si>
   <si>
     <t>Фонарь автомобильный, с регулировкой яркости, поворотным магнитом, индикатором зарядки и встроенным аккумулятором, СОВ REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>75-8042</t>
+  </si>
+  <si>
+    <t>Фонарь автомобильный с регулировкой яркости, поворотным магнитом, индикатором зарядки и встроенным аккумулятором, USB-кабель в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>75-8002</t>
+  </si>
+  <si>
+    <t>Фонарь автомобильный, двухрежимный, на подставке, с магнитом, крюком и клипсой REXANT</t>
   </si>
   <si>
     <t>75-709</t>
   </si>
   <si>
     <t>Фонарь автомобильный, трехрежимный, СОВ REXANT</t>
   </si>
   <si>
-    <t>75-7841</t>
-[...4 lines deleted...]
-  <si>
     <t>75-1704</t>
   </si>
   <si>
     <t>Фонарь автомобильный NEW AGE, трехрежимный, с аварийным красным сигналом, крюком и поворотным держателем на магните, СОВ REXANT</t>
   </si>
   <si>
+    <t>75-8012</t>
+  </si>
+  <si>
+    <t>Фонарь многофункциональный с магнитом, крюком и клипсой, маленький REXANT</t>
+  </si>
+  <si>
+    <t>75-8013</t>
+  </si>
+  <si>
+    <t>Фонарь многофункциональный с магнитом и клипсой, большой REXANT</t>
+  </si>
+  <si>
     <t>75-8003</t>
   </si>
   <si>
     <t>Фонарь многофункциональный, с магнитом, крюком и функцией Power bank REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Фонарь многофункциональный с магнитом и клипсой, большой REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -522,56 +528,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-s-regulirovkoy-yarkosti-povorotnym-magnitom-indikatorom-zaryadki-i-vstroennym-akk.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-trehrezhimnyy-sov-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-new-age-dvuhrezhimnyy-s-kryukom-i-povorotnym-derzhatelem-na-magnite-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-new-age-trehrezhimnyy-s-avariynym-krasnym-signalom-kryukom-i-povorotnym-derzhatel.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalnyy-s-magnitom-kryukom-i-funktsiey-power-bank-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-dvuhrezhimnyy-na-podstavke-s-magnitom-kryukom-i-klipsoy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalnyy-s-magnitom-kryukom-i-klipsoy-malenkiy-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalnyy-s-magnitom-i-klipsoy-bolshoy-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-rabochiy-transformer-new-age-s-dalnim-golovnim-3-vt-i-blijnim-bokovim-svetom-6-vt-rexant-povorotniy-magnit-skladnoy-kryuk-28760" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilniy-indikator-zaryadki-usb-kabel-v-komplekte-regulyator-yarkosti-povorotniy-korpus-sharnir-vstroenniy-akkumulyator-25467" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilniy-s-regulirovkoy-yarkosti-povorotnim-magnitom-indikatorom-zaryadki-i-vstroennim-akkumulyatorom-usb-kabel-v-komplekte-rexant-30362" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilniy-dvuhrejimniy-na-podstavke-s-magnitom-kryukom-i-klipsoy-rexant-30353" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-rabochiy-universalniy-sov-100-50-pulsiruyuschiy-rejim-3haaa-rexant-25482" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-transformer-zaryajaemiy-new-age-sov-rabochiy-poiskoviy-avtomobilniy-dalniy-svet-3-vt-blijniy-svet-6-vt-avariyniy-krasniy-rexant-28762" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalniy-s-magnitom-kryukom-i-klipsoy-malenkiy-rexant-30351" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalniy-s-magnitom-i-klipsoy-bolshoy-rexant-30352" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalniy-s-magnitom-kryukom-i-funktsiey-power-bank-rexant-30354" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I10"/>
+  <dimension ref="A1:I11"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -590,287 +596,317 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1900</v>
+        <v>444.25</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>902</v>
+        <v>3007</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>144.23</v>
+        <v>1900</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1458</v>
+        <v>814</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>444.25</v>
+        <v>1459.85</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>3117</v>
+        <v>1035</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1135.84</v>
+        <v>459.59</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1189</v>
+        <v>1477</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1945.12</v>
+        <v>144.23</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>981</v>
+        <v>1340</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>459.59</v>
+        <v>1135.84</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1512</v>
+        <v>996</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
         <v>647.85</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>301</v>
+        <v>218</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
         <v>817.12</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>729</v>
+        <v>389</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C11" s="3">
+        <v>1945.12</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="3">
+        <v>931</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>8</v>
+      </c>
+      <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
+    <hyperlink ref="D11" r:id="rId9"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>