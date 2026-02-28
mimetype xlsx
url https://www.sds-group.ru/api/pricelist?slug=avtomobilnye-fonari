--- v1 (2025-11-29)
+++ v2 (2026-02-28)
@@ -42,108 +42,108 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Автомобильные фонари</t>
   </si>
   <si>
+    <t>75-724</t>
+  </si>
+  <si>
+    <t>Фонарь автомобильный, с регулировкой яркости, поворотным магнитом, индикатором зарядки и встроенным аккумулятором, СОВ REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>75-7841</t>
   </si>
   <si>
     <t>Фонарь автомобильный NEW AGE, двухрежимный, с крюком и поворотным держателем на магните REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Фонарь автомобильный, с регулировкой яркости, поворотным магнитом, индикатором зарядки и встроенным аккумулятором, СОВ REXANT</t>
+    <t>75-1704</t>
+  </si>
+  <si>
+    <t>Фонарь автомобильный NEW AGE, трехрежимный, с аварийным красным сигналом, крюком и поворотным держателем на магните, СОВ REXANT</t>
   </si>
   <si>
     <t>75-8042</t>
   </si>
   <si>
     <t>Фонарь автомобильный с регулировкой яркости, поворотным магнитом, индикатором зарядки и встроенным аккумулятором, USB-кабель в комплекте REXANT</t>
   </si>
   <si>
+    <t>75-8012</t>
+  </si>
+  <si>
+    <t>Фонарь многофункциональный с магнитом, крюком и клипсой, маленький REXANT</t>
+  </si>
+  <si>
+    <t>75-8003</t>
+  </si>
+  <si>
+    <t>Фонарь многофункциональный, с магнитом, крюком и функцией Power bank REXANT</t>
+  </si>
+  <si>
+    <t>75-8013</t>
+  </si>
+  <si>
+    <t>Фонарь многофункциональный с магнитом и клипсой, большой REXANT</t>
+  </si>
+  <si>
     <t>75-8002</t>
   </si>
   <si>
     <t>Фонарь автомобильный, двухрежимный, на подставке, с магнитом, крюком и клипсой REXANT</t>
   </si>
   <si>
     <t>75-709</t>
   </si>
   <si>
     <t>Фонарь автомобильный, трехрежимный, СОВ REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Фонарь многофункциональный, с магнитом, крюком и функцией Power bank REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -528,51 +528,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-rabochiy-transformer-new-age-s-dalnim-golovnim-3-vt-i-blijnim-bokovim-svetom-6-vt-rexant-povorotniy-magnit-skladnoy-kryuk-28760" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilniy-indikator-zaryadki-usb-kabel-v-komplekte-regulyator-yarkosti-povorotniy-korpus-sharnir-vstroenniy-akkumulyator-25467" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilniy-s-regulirovkoy-yarkosti-povorotnim-magnitom-indikatorom-zaryadki-i-vstroennim-akkumulyatorom-usb-kabel-v-komplekte-rexant-30362" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilniy-dvuhrejimniy-na-podstavke-s-magnitom-kryukom-i-klipsoy-rexant-30353" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-rabochiy-universalniy-sov-100-50-pulsiruyuschiy-rejim-3haaa-rexant-25482" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-transformer-zaryajaemiy-new-age-sov-rabochiy-poiskoviy-avtomobilniy-dalniy-svet-3-vt-blijniy-svet-6-vt-avariyniy-krasniy-rexant-28762" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalniy-s-magnitom-kryukom-i-klipsoy-malenkiy-rexant-30351" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalniy-s-magnitom-i-klipsoy-bolshoy-rexant-30352" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalniy-s-magnitom-kryukom-i-funktsiey-power-bank-rexant-30354" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-s-regulirovkoy-yarkosti-povorotnym-magnitom-indikatorom-zaryadki-i-vstroennym-akkumulyatorom-sov-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-new-age-dvuhrezhimnyy-s-kryukom-i-povorotnym-derzhatelem-na-magnite-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-new-age-trehrezhimnyy-s-avariynym-krasnym-signalom-kryukom-i-povorotnym-derzhatelem-na-magnite-sov-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-s-regulirovkoy-yarkosti-povorotnym-magnitom-indikatorom-zaryadki-i-vstroennym-akk-2" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalnyy-s-magnitom-kryukom-i-klipsoy-malenkiy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalnyy-s-magnitom-kryukom-i-funktsiey-power-bank-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalnyy-s-magnitom-i-klipsoy-bolshoy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-dvuhrezhimnyy-na-podstavke-s-magnitom-kryukom-i-klipsoy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-trehrezhimnyy-sov-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I11"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -596,301 +596,301 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>444.25</v>
+        <v>1932.3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>3007</v>
+        <v>735</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1900</v>
+        <v>451.8</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>814</v>
+        <v>1272</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1459.85</v>
+        <v>1155.15</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1035</v>
+        <v>553</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>459.59</v>
+        <v>1484.67</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1477</v>
+        <v>842</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>144.23</v>
+        <v>658.86</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1340</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1135.84</v>
+        <v>1978.19</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>996</v>
+        <v>15</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>647.85</v>
+        <v>831.01</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>218</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>817.12</v>
+        <v>467.4</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>389</v>
+        <v>1381</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1945.12</v>
+        <v>146.68</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>931</v>
+        <v>1098</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>