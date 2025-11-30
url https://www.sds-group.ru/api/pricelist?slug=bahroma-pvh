--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -45,324 +45,324 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Бахрома ПВХ</t>
   </si>
   <si>
     <t>1.1 Бахрома ПВХ 1,8х0,5 м</t>
   </si>
   <si>
+    <t>255-023</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 1,8х0,5м 48 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>255-025</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 1,8х0,5м 48 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>255-026</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 1,8х0,5м 48 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-023</t>
-[...5 lines deleted...]
-    <t>1.2 Бахрома ПВХ 2,4х0,6 м</t>
+    <t>1.2 Бахрома ПВХ 4,8х0,6 м</t>
+  </si>
+  <si>
+    <t>255-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-166</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок питания 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-209</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В нужен контроллер 245-908 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-161</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЖЕЛТЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-185</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-164</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-131</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-141</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-138-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 152 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-133</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-208</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED RGB черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 245-908 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-136-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 152 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-137-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 152 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-137</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-143</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-163</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-138</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230 нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.3 Бахрома ПВХ 2,4х0,6 м</t>
+  </si>
+  <si>
+    <t>255-055</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-054</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-038</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-037-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 76 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-036</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-037</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-034</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-056</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-033-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 76 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-034-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 76 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>255-044</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ЗЕЛЕНЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-056</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+    <t>255-046</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-032</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
     <t>255-035</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-036</t>
-[...52 lines deleted...]
-  <si>
     <t>255-042</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
-  </si>
-[...163 lines deleted...]
-    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -747,51 +747,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svech.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-zelenyy-chernyy-pvh-ip65-postoyannoe-svecheni.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-sveche.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-n.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-n.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-sve.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svech.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svec.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svech.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svecheni.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsan.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mer.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-sv.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniy.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyanno.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechen.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-sve.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamik.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-belyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svec.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svech.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svech.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svec.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-2.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-1-8-h-0-5-m-beliy-provod-230-v-diodi-sinie-48-led-8201" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-1-8-h-0-5-m-beliy-provod-230-v-diodi-belie-48-led-8202" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-1-8-h-0-5-m-beliy-provod-230-v-diodi-tepliy-beliy-48-led-8203" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-8h0-6-m-effekt-mertsaniya-cherniy-provod-230-v-diodi-beliy-176-led-neon-night-27354" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-tyopliy-beliy-230v-15047" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-8h0-6-m-effekt-mertsaniya-cherniy-provod-230-v-diodi-tepliy-beliy-176-led-neon-night-27355" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-230-v-diodi-rgb-176-led-neon-night-14604" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-230-v-diodi-belie-176-led-neon-night-2862" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-jyoltiy-230v-15045" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-diodi-tepliy-beliy-176-led-7487" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-230v-nujen-shnur-303-500-1-neon-night-31175" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-zelyoniy-230v-15042" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-cherniy-provod-230-v-diodi-jeltie-176-led-neon-night-2852" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-230-v-diodi-jeltie-176-led-neon-night-2859" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-tepliy-beliy-152-led-6393" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-cherniy-provod-230-v-diodi-belie-176-led-neon-night-2856" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-cherniy-provod-230-v-diodi-sinie-176-led-neon-night-2854" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-8h0-6m-cherniy-provod-230v-diodi-rgb-176-led-neon-night-30032" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-sinie-152-led-6391" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-belie-152-led-6392" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-sinie-176-led-neon-night-2857" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-belie-176-led-neon-night-2858" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-cherniy-provod-230-v-diodi-tepliy-beliy-176-led-neon-night-14026" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-230-v-diodi-sinie-176-led-neon-night-2863" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-siniy-230v-15046" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-beliy-230v-15043" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-tepliy-beliy-176-led-neon-night-4007" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-8h0-6m-effekt-mertsaniya-cherniy-provod-230v-diodi-sinie-176-led-neon-night-30033" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-tepliy-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-230-nujen-shnur-303-500-1-neon-night-31186" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-prozrachniy-provod-230-v-diodi-belie-88-led-neon-night-14024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-prozrachniy-provod-230-v-diodi-zelyonie-88-led-neon-night-7064" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-2-4h0-6m-effekt-mertsaniya-beliy-provod-220v-diodi-teplie-belie-88-led-neon-night-30025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-tepliy-beliy-76-led-6390" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4h0-6m-effekt-mertsaniya-beliy-provod-230-v-diodi-belie-88-led-neon-night-2843" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-tepliy-beliy-88-led-neon-night-4006" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-belie-88-led-neon-night-2841" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-prozrachniy-provod-230-v-diodi-tepliy-beliy-88-led-neon-night-14030" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-sinie-76-led-6388" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-belie-76-led-6389" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-cherniy-provod-230-v-diodi-zelyonie-88-led-neon-night-14021" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-cherniy-provod-230-v-diodi-tepliy-beliy-88-led-neon-night-14025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-cherniy-provod-230-v-diodi-belie-88-led-neon-night-2839" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4h0-6m-effekt-mertsaniya-beliy-provod-230-v-diodi-sinie-88-led-neon-night-2842" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-cherniy-provod-230-v-diodi-krasnie-88-led-neon-night-14029" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I49"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -837,1372 +837,1372 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>1499</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>278</v>
+        <v>74</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1549</v>
+        <v>1499</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1499</v>
+        <v>1549</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>105</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>30</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>2052</v>
+        <v>5090</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>2280</v>
+        <v>5090</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>70</v>
+        <v>815</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>2166</v>
+        <v>5090</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>27</v>
+        <v>416</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>2400</v>
+        <v>8490</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>2400</v>
+        <v>4790</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>707</v>
+        <v>733</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>2280</v>
+        <v>5090</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>2</v>
+        <v>189</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>2280</v>
+        <v>4790</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>2280</v>
+        <v>5090</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>5</v>
+        <v>634</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>2052</v>
+        <v>5090</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>5</v>
+        <v>80</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>1990</v>
+        <v>4790</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>323</v>
+        <v>158</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>1990</v>
+        <v>4790</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>13</v>
+        <v>208</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>1990</v>
+        <v>3990</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>2</v>
+        <v>391</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>2280</v>
+        <v>4790</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>126</v>
+        <v>51</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>2052</v>
+        <v>4790</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I21" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>2400</v>
+        <v>8490</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>38</v>
+        <v>139</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="2" t="s">
+      <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="2"/>
-[...6 lines deleted...]
-      <c r="I23" s="2"/>
+      <c r="B23" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" s="3">
+        <v>3990</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="3">
+        <v>234</v>
+      </c>
+      <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
+        <v>20</v>
+      </c>
+      <c r="I23" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>5090</v>
+        <v>3888.15</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>635</v>
+        <v>718</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>5090</v>
+        <v>4790</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>238</v>
+        <v>107</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>30</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>5090</v>
+        <v>4790</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>559</v>
+        <v>372</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27" s="3">
         <v>4790</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>815</v>
+        <v>271</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>20</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>5090</v>
+        <v>4790</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>621</v>
+        <v>46</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>30</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29" s="3">
         <v>5090</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>85</v>
+        <v>378</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>30</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
         <v>5090</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1255</v>
+        <v>412</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>20</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>3888.15</v>
+        <v>4790</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>817</v>
+        <v>422</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>20</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>3990</v>
+        <v>5090</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>309</v>
+        <v>17</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>4790</v>
+        <v>5090</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>419</v>
+        <v>358</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A34" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B34" s="3" t="s">
+      <c r="A34" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="C34" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>4790</v>
+        <v>2166</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>308</v>
+        <v>19</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>8490</v>
+        <v>2052</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>75</v>
+        <v>5</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>5090</v>
+        <v>2400</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>201</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>5090</v>
+        <v>1990</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>866</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>5090</v>
+        <v>2400</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>162</v>
+        <v>480</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>3990</v>
+        <v>2280</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>746</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>4790</v>
+        <v>2280</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>113</v>
+        <v>78</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>4790</v>
+        <v>2280</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>495</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>20</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>4790</v>
+        <v>1990</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>870</v>
+        <v>2</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>4790</v>
+        <v>1990</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>72</v>
+        <v>241</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>4790</v>
+        <v>2052</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>167</v>
+        <v>1</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>4790</v>
+        <v>2280</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>77</v>
+        <v>40</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>4790</v>
+        <v>2280</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>501</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>8490</v>
+        <v>2400</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>163</v>
+        <v>5</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>5090</v>
+        <v>2052</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>670</v>
+        <v>1</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>2.4</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
-    <mergeCell ref="A23:I23"/>
+    <mergeCell ref="A34:I34"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
-    <hyperlink ref="D24" r:id="rId19"/>
-[...9 lines deleted...]
-    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>