--- v1 (2025-11-30)
+++ v2 (2026-01-15)
@@ -57,312 +57,312 @@
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Бахрома ПВХ</t>
   </si>
   <si>
     <t>1.1 Бахрома ПВХ 1,8х0,5 м</t>
   </si>
   <si>
     <t>255-023</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 1,8х0,5м 48 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>255-026</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 1,8х0,5м 48 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>255-025</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 1,8х0,5м 48 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-026</t>
-[...5 lines deleted...]
-    <t>1.2 Бахрома ПВХ 4,8х0,6 м</t>
+    <t>1.2 Бахрома ПВХ 2,4х0,6 м</t>
+  </si>
+  <si>
+    <t>255-034</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-038</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-044</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ЗЕЛЕНЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-034-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 76 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-035</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-054</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-033-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 76 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-037-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 76 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-046</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-055</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-056</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-042</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-032</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-036</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-037</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.3 Бахрома ПВХ 4,8х0,6 м</t>
+  </si>
+  <si>
+    <t>255-141</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-137-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 152 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>255-175</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
     <t>255-166</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
+    <t>255-185</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230 нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-161</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЖЕЛТЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-163</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-164</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>255-176</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок питания 303-500 NEON-NIGHT</t>
   </si>
   <si>
     <t>245-209</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В нужен контроллер 245-908 NEON-NIGHT</t>
   </si>
   <si>
+    <t>255-131</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-136-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 152 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-138-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 152 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-137</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-133</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>255-145</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-161</t>
-[...50 lines deleted...]
-    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+    <t>255-143</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-138</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>245-208</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED RGB черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 245-908 NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-136-6</t>
-[...52 lines deleted...]
-  <si>
     <t>255-173</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
-  </si>
-[...97 lines deleted...]
-    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -747,51 +747,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-1-8-h-0-5-m-beliy-provod-230-v-diodi-sinie-48-led-8201" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-1-8-h-0-5-m-beliy-provod-230-v-diodi-belie-48-led-8202" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-1-8-h-0-5-m-beliy-provod-230-v-diodi-tepliy-beliy-48-led-8203" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-8h0-6-m-effekt-mertsaniya-cherniy-provod-230-v-diodi-beliy-176-led-neon-night-27354" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-tyopliy-beliy-230v-15047" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-8h0-6-m-effekt-mertsaniya-cherniy-provod-230-v-diodi-tepliy-beliy-176-led-neon-night-27355" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-230-v-diodi-rgb-176-led-neon-night-14604" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-230-v-diodi-belie-176-led-neon-night-2862" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-jyoltiy-230v-15045" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-diodi-tepliy-beliy-176-led-7487" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-230v-nujen-shnur-303-500-1-neon-night-31175" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-zelyoniy-230v-15042" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-cherniy-provod-230-v-diodi-jeltie-176-led-neon-night-2852" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-230-v-diodi-jeltie-176-led-neon-night-2859" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-tepliy-beliy-152-led-6393" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-cherniy-provod-230-v-diodi-belie-176-led-neon-night-2856" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-cherniy-provod-230-v-diodi-sinie-176-led-neon-night-2854" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-8h0-6m-cherniy-provod-230v-diodi-rgb-176-led-neon-night-30032" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-sinie-152-led-6391" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-belie-152-led-6392" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-sinie-176-led-neon-night-2857" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-belie-176-led-neon-night-2858" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-cherniy-provod-230-v-diodi-tepliy-beliy-176-led-neon-night-14026" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-prozrachniy-provod-230-v-diodi-sinie-176-led-neon-night-2863" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-siniy-230v-15046" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-4-8h0-6-m-s-effektom-mertsaniya-beliy-pvh-176led-tsvet-beliy-230v-15043" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-4-8-h-0-6-m-beliy-provod-230-v-diodi-tepliy-beliy-176-led-neon-night-4007" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-4-8h0-6m-effekt-mertsaniya-cherniy-provod-230v-diodi-sinie-176-led-neon-night-30033" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-tepliy-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-230-nujen-shnur-303-500-1-neon-night-31186" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-prozrachniy-provod-230-v-diodi-belie-88-led-neon-night-14024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-prozrachniy-provod-230-v-diodi-zelyonie-88-led-neon-night-7064" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-aysikl-bahroma-2-4h0-6m-effekt-mertsaniya-beliy-provod-220v-diodi-teplie-belie-88-led-neon-night-30025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-tepliy-beliy-76-led-6390" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4h0-6m-effekt-mertsaniya-beliy-provod-230-v-diodi-belie-88-led-neon-night-2843" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-tepliy-beliy-88-led-neon-night-4006" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-belie-88-led-neon-night-2841" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-prozrachniy-provod-230-v-diodi-tepliy-beliy-88-led-neon-night-14030" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-sinie-76-led-6388" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-beliy-provod-230-v-diodi-belie-76-led-6389" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-cherniy-provod-230-v-diodi-zelyonie-88-led-neon-night-14021" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-cherniy-provod-230-v-diodi-tepliy-beliy-88-led-neon-night-14025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-cherniy-provod-230-v-diodi-belie-88-led-neon-night-2839" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4h0-6m-effekt-mertsaniya-beliy-provod-230-v-diodi-sinie-88-led-neon-night-2842" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-2-4-h-0-6-m-cherniy-provod-230-v-diodi-krasnie-88-led-neon-night-14029" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svech" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-zelenyy-chernyy-pvh-ip65-postoyannoe-svecheni" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-n" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svech" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-sve" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-sveche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svecheni" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-n" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svech" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-sve" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyanno" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-belyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamik" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svec" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-sv" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svech" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svech" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svec" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I49"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -828,1381 +828,1381 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1499</v>
+        <v>1524.48</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>30</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1499</v>
+        <v>1575.33</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>207</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1549</v>
+        <v>1524.48</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>204</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>5090</v>
+        <v>2318.76</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>5090</v>
+        <v>2440.8</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>815</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>5090</v>
+        <v>1878.2</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>416</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>8490</v>
+        <v>2023.83</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>46</v>
+        <v>236</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>4790</v>
+        <v>2440.8</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>733</v>
+        <v>2</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>5090</v>
+        <v>1878.2</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>189</v>
+        <v>5</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>4790</v>
+        <v>2023.83</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>128</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>5090</v>
+        <v>2023.83</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>634</v>
+        <v>1</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>5090</v>
+        <v>2318.76</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>80</v>
+        <v>17</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>4790</v>
+        <v>2202.82</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>158</v>
+        <v>8</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>4790</v>
+        <v>2318.76</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>208</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>3990</v>
+        <v>1878.2</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>391</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>4790</v>
+        <v>2318.76</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>51</v>
+        <v>7</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>4790</v>
+        <v>2440.8</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>14</v>
+        <v>506</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>8490</v>
+        <v>2318.76</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>139</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="3" t="s">
+      <c r="A23" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>3888.15</v>
+        <v>4871.43</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>718</v>
+        <v>2</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>4790</v>
+        <v>4871.43</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>107</v>
+        <v>71</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>4790</v>
+        <v>4871.43</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>372</v>
+        <v>49</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>4790</v>
+        <v>3954.25</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>271</v>
+        <v>595</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>20</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>4790</v>
+        <v>5176.53</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>30</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>5090</v>
+        <v>5176.53</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>378</v>
+        <v>552</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>5090</v>
+        <v>5176.53</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>412</v>
+        <v>606</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>4790</v>
+        <v>5176.53</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>422</v>
+        <v>392</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>5090</v>
+        <v>5176.53</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>30</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="C33" s="3">
+        <v>5176.53</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>275</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>30</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="C33" s="3">
-[...22 lines deleted...]
-      <c r="A34" s="2" t="s">
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="2"/>
-[...6 lines deleted...]
-      <c r="I34" s="2"/>
+      <c r="C34" s="3">
+        <v>5176.53</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="3">
+        <v>67</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>30</v>
+      </c>
+      <c r="I34" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>2166</v>
+        <v>5176.53</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>20</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>2052</v>
+        <v>5176.53</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>2400</v>
+        <v>8634.33</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>1990</v>
+        <v>4871.43</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>131</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>2400</v>
+        <v>4871.43</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>480</v>
+        <v>99</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>2280</v>
+        <v>4057.83</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>198</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>2280</v>
+        <v>4057.83</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>78</v>
+        <v>25</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>20</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>2280</v>
+        <v>4871.43</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>348</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>20</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>1990</v>
+        <v>4871.43</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>2</v>
+        <v>97</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>1990</v>
+        <v>4871.43</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>241</v>
+        <v>1</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>2052</v>
+        <v>4871.43</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1</v>
+        <v>560</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>2280</v>
+        <v>4871.43</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>2280</v>
+        <v>4871.43</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>283</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>2400</v>
+        <v>8634.33</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>5</v>
+        <v>121</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I48" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>2052</v>
+        <v>5176.53</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>1</v>
+        <v>199</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I49" s="3">
-        <v>2.4</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
-    <mergeCell ref="A34:I34"/>
+    <mergeCell ref="A23:I23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
-    <hyperlink ref="D23" r:id="rId19"/>
-[...9 lines deleted...]
-    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>