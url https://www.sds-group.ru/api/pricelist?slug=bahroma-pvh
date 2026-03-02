--- v2 (2026-01-15)
+++ v3 (2026-03-02)
@@ -72,297 +72,297 @@
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 1,8х0,5м 48 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>255-026</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 1,8х0,5м 48 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>255-025</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 1,8х0,5м 48 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>1.2 Бахрома ПВХ 2,4х0,6 м</t>
   </si>
   <si>
+    <t>255-044</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ЗЕЛЕНЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-042</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-046</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-055</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-056</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-032</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-035</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-037</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-054</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-033-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 76 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-036</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>255-034</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>255-038</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 88 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-044</t>
-[...4 lines deleted...]
-  <si>
     <t>255-034-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 76 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-035</t>
-[...16 lines deleted...]
-  <si>
     <t>255-037-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 2,4х0,6м 76 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-046</t>
-[...40 lines deleted...]
-  <si>
     <t>1.3 Бахрома ПВХ 4,8х0,6 м</t>
   </si>
   <si>
+    <t>245-208</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED RGB черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 245-908 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-166</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-161</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЖЕЛТЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-163</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-164</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-209</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В нужен контроллер 245-908 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-133</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-138</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-143</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>255-141</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-146</t>
-[...4 lines deleted...]
-  <si>
     <t>255-135</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
     <t>255-137-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 152 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
+    <t>255-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230 нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>255-175</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-166</t>
-[...2 lines deleted...]
-    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+    <t>255-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок питания 303-500 NEON-NIGHT</t>
   </si>
   <si>
     <t>255-185</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-186</t>
-[...40 lines deleted...]
-  <si>
     <t>255-131</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-136</t>
-[...4 lines deleted...]
-  <si>
     <t>255-136-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 152 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>255-138-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 152 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>255-137</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
-  </si>
-[...40 lines deleted...]
-    <t>Гирлянда светодиодная Бахрома (Айсикл) 4,8х0,6м 176 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -747,51 +747,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svech" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-zelenyy-chernyy-pvh-ip65-postoyannoe-svecheni" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-n" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svech" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-sve" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-sveche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svecheni" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-n" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svech" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-sve" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyanno" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-belyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamik" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svec" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-sv" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svech" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svech" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svec" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-1-8h0-5m-48-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-zelenyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-88-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-2-4h0-6m-76-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kontroller-245-908-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kontroller-245-908-neon-night" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-pitaniya-303-500-neon-night" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-152-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-aysikl-4-8h0-6m-176-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I49"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -828,1342 +828,1342 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1524.48</v>
+        <v>1364.4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>72</v>
+        <v>98</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>30</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1575.33</v>
+        <v>1364.4</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>30</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1524.48</v>
+        <v>1364.4</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>204</v>
+        <v>283</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>2318.76</v>
+        <v>1878.2</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>2440.8</v>
+        <v>1878.2</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>1878.2</v>
+        <v>2318.76</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>2023.83</v>
+        <v>2202.82</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>236</v>
+        <v>8</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>2440.8</v>
+        <v>2318.76</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>1878.2</v>
+        <v>2318.76</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>2023.83</v>
+        <v>2440.8</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>24</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>2023.83</v>
+        <v>2318.76</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>24</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>2318.76</v>
+        <v>1878.2</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>2202.82</v>
+        <v>2023.83</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>2318.76</v>
+        <v>1952.64</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>508</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>1878.2</v>
+        <v>2318.76</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
-        <v>2.4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>2318.76</v>
+        <v>2440.8</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>2440.8</v>
+        <v>1821.46</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>506</v>
+        <v>255</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>2318.76</v>
+        <v>2023.83</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>24</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>4871.43</v>
+        <v>8634.33</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>2</v>
+        <v>128</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>4871.43</v>
+        <v>5176.53</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>20</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>4871.43</v>
+        <v>4400.06</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>49</v>
+        <v>552</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>3954.25</v>
+        <v>5176.53</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>595</v>
+        <v>100</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>5176.53</v>
+        <v>4400.06</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>55</v>
+        <v>282</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>30</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
         <v>5176.53</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>552</v>
+        <v>69</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>5176.53</v>
+        <v>4871.43</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>606</v>
+        <v>74</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>5176.53</v>
+        <v>4871.43</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>392</v>
+        <v>84</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>5176.53</v>
+        <v>8634.33</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>78</v>
+        <v>10</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>5176.53</v>
+        <v>4871.43</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>275</v>
+        <v>99</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>30</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>5176.53</v>
+        <v>4871.43</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>67</v>
+        <v>5</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>30</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>5176.53</v>
+        <v>4140.72</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>50</v>
+        <v>291</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>20</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>5176.53</v>
+        <v>4400.06</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>239</v>
+        <v>201</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>8634.33</v>
+        <v>4140.72</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1</v>
+        <v>582</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>20</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
         <v>4871.43</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>131</v>
+        <v>30</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>30</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
         <v>4871.43</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>99</v>
+        <v>1</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>30</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>4057.83</v>
+        <v>4871.43</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>198</v>
+        <v>45</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>4057.83</v>
+        <v>3361.12</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>25</v>
+        <v>622</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>20</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>4871.43</v>
+        <v>4400.06</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>348</v>
+        <v>406</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>4871.43</v>
+        <v>5176.53</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>4871.43</v>
+        <v>4400.06</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1</v>
+        <v>275</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>4871.43</v>
+        <v>4400.06</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>560</v>
+        <v>618</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
         <v>4871.43</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>30</v>
+        <v>115</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>30</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>4871.43</v>
+        <v>3361.12</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>283</v>
+        <v>259</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>8634.33</v>
+        <v>4057.83</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>20</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>5176.53</v>
+        <v>4140.72</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>199</v>
+        <v>352</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A23:I23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>