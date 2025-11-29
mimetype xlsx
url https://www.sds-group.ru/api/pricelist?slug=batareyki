--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -45,357 +45,357 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Батарейки</t>
   </si>
   <si>
     <t>1.1 Алкалиновые батарейки</t>
   </si>
   <si>
+    <t>39-1052</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>30-1052</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1027</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1024</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 24 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1050</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1013</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 24 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1025</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая ультра AA/LR6 пальчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1025</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая ультра AA/LR6, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1011</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 12 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1026</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6, 1,5В, 12 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1061</t>
   </si>
   <si>
     <t>Батарейка алкалиновая 6LR61, 9В, 1 шт, «Крона», блистер REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>39-1010</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая ультра AAA/LR03 мизинчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1026</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 12 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1027</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6, 1,5В, 4 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1012</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AAA/LR03, 1,5В, 4 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1027</t>
-[...10 lines deleted...]
-  <si>
     <t>30-1011</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AAA/LR03, 1,5В, 12 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1024</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AA/LR6, 1,5В, 24 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>39-1050</t>
-[...4 lines deleted...]
-  <si>
     <t>30-1043</t>
   </si>
   <si>
     <t xml:space="preserve">Батарейка высоковольтная A27, 12В, 5 шт, блистер REXANT </t>
   </si>
   <si>
+    <t>30-1020</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая D/LR20, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1014</t>
   </si>
   <si>
     <t>Батарейка алкалиновая С/LR14, 1,5В, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1026</t>
-[...10 lines deleted...]
-  <si>
     <t>30-1046</t>
   </si>
   <si>
     <t xml:space="preserve">Батарейка высоковольтная A23, 12В, 1 шт, блистер REXANT </t>
   </si>
   <si>
     <t>30-1044</t>
   </si>
   <si>
     <t>Батарейка высоковольтная A27, 12В, 1 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1020</t>
-[...52 lines deleted...]
-  <si>
     <t>39-1012</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 4 шт. REXANT</t>
   </si>
   <si>
     <t>1.2 Литиевые батарейки</t>
   </si>
   <si>
+    <t>39-1108</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2032 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1107</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2025 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1114</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2032 3В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1109</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2430 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1110</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2450 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1106</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2016 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1103</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1225 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1112</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2, 3В, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1111</t>
   </si>
   <si>
     <t>Батарейка литиевая CR123, 3В, 1 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1112</t>
-[...28 lines deleted...]
-  <si>
     <t>39-1102</t>
   </si>
   <si>
     <t>Батарейка литиевая CR1220 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
-    <t>39-1114</t>
-[...17 lines deleted...]
-    <t>1.3 Солевые батарейки</t>
+    <t>1.3 Плоские батарейки (таблетки)</t>
+  </si>
+  <si>
+    <t>30-1105</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1620, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1036</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR48, 1,5В, 10 шт (AG5, LR754, G5, 193, GP93A, 393, SR754W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1101</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1216, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1108</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2032, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1109</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2430, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1103</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1225, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1106</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2016, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1107</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2025, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1038</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR41, 1,5В, 10 шт (AG3, LR736, G3, 192, GP92A, 392, SR41W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1040</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR60, 1,5В, 10 шт (AG1, LR621, G1, 164, GP64A, 364, SR621W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1041</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR50, 1,5В, 10 шт (AG0, LR521, G0, 379, SR521W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1031</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR54, 1,5В, 10 шт (AG10, LR1130, G10, 189, GP89A, 389, SR1130W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1035</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR69, 1,5В, 10 шт (AG6, LR921, G6, 171, GP71A, 371, SR920W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1104</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1616, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Солевые батарейки</t>
+  </si>
+  <si>
+    <t>30-0030</t>
+  </si>
+  <si>
+    <t>Батарейка солевая 6F22 «Крона» 9В, 1 шт, термопленка PROconnect</t>
   </si>
   <si>
     <t>30-0010</t>
   </si>
   <si>
     <t>Батарейка солевая АА/R6, 1,5В, 4 шт, термопленка PROconnect</t>
-  </si>
-[...91 lines deleted...]
-    <t>Батарейка литиевая CR1216, 3В, 5 шт, блистер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -780,51 +780,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-6lr61-9v-1-sht-krona-blister-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-4-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-4-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-1-5v-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-12-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-24-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-s-lr14-1-5v-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-12-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-1-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-1-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-d-lr20-1-5v-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-24-sht-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-4-sht-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-12-sht-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-24-sht-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-12-sht-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-4-sht-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr123-3v-1-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2-3v-1-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1220-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2450-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-aa-r6-1-5v-4-sht-termoplenka-proconnect.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-6f22-krona-9v-1-sht-termoplenka-proconnect.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr48-1-5v-10-sht-ag5-lr754-g5-193-gp93a-393-sr754w-blister-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr60-1-5v-10-sht-ag1-lr621-g1-164-gp64a-364-sr621w-blister-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr50-1-5v-10-sht-ag0-lr521-g0-379-sr521w-blister-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr54-1-5v-10-sht-ag10-lr1130-g10-189-gp89a-389-sr1130w-blister-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr69-1-5v-10-sht-ag6-lr921-g6-171-gp71a-371-sr920w-blister-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr41-1-5v-10-sht-ag3-lr736-g3-192-gp92a-392-sr41w-blister-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1620-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1616-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1216-3v-5-sht-blister-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/alkalinovaya-batareyka-aaa-lr03-1-5-v-2-sht-blister-rexant-15536" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-4-sht-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-24-sht-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-24-sht-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-1-5v-2-sht-palchik-blister-rexant-11749" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-12-sht-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-12-sht-palchik-blister-rexant-11748" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/alkalinovaya-batareyka-6lr61-krona-9-v-1-sht-blister-rexant-7924" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-12-sht-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/alkalinovaya-batareyka-aa-lr6-1-5-v-4-sht-blister-rexant-7952" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/alkalinovaya-batareyka-aaa-lr03-1-5-v-4-sht-blister-7951" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-12-sht-mizinchik-blister-rexant-11752" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-24-sht-palchik-blister-rexant-18371" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/visokovoltnaya-batareyka-a27-12v-5-sht-blister-rexant-9376" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/alkalinovaya-batareyka-d-lr20-1-5-v-2-sht-blister-rexant-7922" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/alkalinovaya-batareyka-tip-s-lr14-1-5-v-2-sht-blister-rexant-7923" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/visokovoltnaya-batareyka-a23-12v-1-sht-blister-rexant-21022" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/visokovoltnaya-batareyka-a27-12v-1-sht-blister-rexant-21023" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-4-sht-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2450-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2-3v-1-sht-blister-rexant-17126" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr123-3v-1-sht-blister-rexant-9374" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1220-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr1620-5-sht-3-v-70-mah-blister-7929" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr48-1-5v-ag5-lr754-g5-193-gp93a-393-sr754w-10-sht-blister-rexant-9368" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr1216-5-sht-3-v-25-mah-blister-rexant-7925" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr2032-5-sht-3-v-220-mah-blister-7932" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr2430-5-sht-3-v-300-mah-blister-7933" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr1225-5-sht-3-v-48-mah-blister-7927" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr2016-5-sht-3-v-80-mah-blister-7930" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr2025-5-sht-3-v-160-mah-blister-7931" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr41-1-5v-ag3-lr736-g3-192-gp92a-392-sr41w-10-sht-blister-rexant-9370" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr60-1-5v-ag1-lr621-g1-164-gp64a-364-sr621w-10-sht-blister-rexant-9372" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr50-1-5v-ag0-lr521-g0-379-sr521w-10-sht-blister-rexant-9373" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr54-1-5v-ag10-lr1130-g10-189-gp89a-389-sr1130w-10-sht-blister-rexant-9363" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr69-1-5v-ag6-lr921-g6-171-gp71a-371-sr920w-10-sht-blister-rexant-9367" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr1616-5-sht-3-v-50-mah-blister-7928" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-krona-6f22-9v-1-sht-proconnect-11743" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-aa-r6-1-5v-4-sht-proconnect-9320" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I55"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -861,1558 +861,1558 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>174.05</v>
+        <v>39.02</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>13872</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H4" s="3">
-        <v>192</v>
+        <v>240</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>26.23</v>
+        <v>27.2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H5" s="3">
         <v>480</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>14</v>
+        <v>38.46</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>51364</v>
       </c>
       <c r="G6" s="3">
         <v>4</v>
       </c>
       <c r="H6" s="3">
-        <v>768</v>
+        <v>480</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>24.2</v>
+        <v>24.42</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>39120</v>
       </c>
       <c r="G7" s="3">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="H7" s="3">
-        <v>384</v>
+        <v>576</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>23.12</v>
+        <v>39.02</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>16460</v>
       </c>
       <c r="G8" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="H8" s="3">
-        <v>864</v>
+        <v>240</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>22.14</v>
+        <v>24.42</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>24</v>
       </c>
       <c r="H9" s="3">
-        <v>432</v>
+        <v>576</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>39.02</v>
+        <v>45</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>20844</v>
+        <v>23024</v>
       </c>
       <c r="G10" s="3">
         <v>2</v>
       </c>
       <c r="H10" s="3">
         <v>240</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>42.55</v>
+        <v>24.2</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H11" s="3">
-        <v>1000</v>
+        <v>384</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>128</v>
+        <v>25896</v>
       </c>
       <c r="G12" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="H12" s="3">
-        <v>192</v>
+        <v>576</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
         <v>15</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>12</v>
       </c>
       <c r="H13" s="3">
         <v>432</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>27.2</v>
+        <v>174.05</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>480</v>
+        <v>192</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>44.49</v>
+        <v>45</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>22432</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H15" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>44.49</v>
+        <v>27</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>43944</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H16" s="3">
-        <v>480</v>
+        <v>576</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>155.4</v>
+        <v>14</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H17" s="3">
-        <v>144</v>
+        <v>768</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>24.42</v>
+        <v>26.23</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>103536</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="H18" s="3">
-        <v>576</v>
+        <v>480</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>45</v>
+        <v>23.12</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>29882</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="H19" s="3">
-        <v>240</v>
+        <v>864</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>38.46</v>
+        <v>22.14</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>87984</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="H20" s="3">
-        <v>480</v>
+        <v>432</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>39.02</v>
+        <v>42.55</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>18990</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H21" s="3">
-        <v>240</v>
+        <v>1000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>27</v>
+        <v>155.4</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>100164</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="H22" s="3">
-        <v>576</v>
+        <v>144</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>24.42</v>
+        <v>74</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>58440</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="H23" s="3">
-        <v>576</v>
+        <v>192</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>27</v>
+        <v>44.49</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>89244</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>576</v>
+        <v>480</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>45</v>
+        <v>44.49</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>29306</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
         <v>38.46</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>72508</v>
+        <v>33780</v>
       </c>
       <c r="G26" s="3">
         <v>4</v>
       </c>
       <c r="H26" s="3">
         <v>480</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>226.26</v>
+        <v>20.17</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>88980</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>200</v>
+        <v>20.17</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>12190</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>20.17</v>
+        <v>34.85</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>102535</v>
+        <v>9767</v>
       </c>
       <c r="G30" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>0</v>
+        <v>1500</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
         <v>63.16</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>6715</v>
+        <v>6420</v>
       </c>
       <c r="G31" s="3">
         <v>5</v>
       </c>
       <c r="H31" s="3">
         <v>2500</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>28.4</v>
+        <v>71.78</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>8760</v>
+        <v>8990</v>
       </c>
       <c r="G32" s="3">
         <v>5</v>
       </c>
       <c r="H32" s="3">
-        <v>0</v>
+        <v>2500</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>20.17</v>
+        <v>22.54</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>16050</v>
+        <v>6335</v>
       </c>
       <c r="G33" s="3">
         <v>5</v>
       </c>
       <c r="H33" s="3">
         <v>5000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
         <v>28.4</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>14020</v>
+        <v>7560</v>
       </c>
       <c r="G34" s="3">
         <v>5</v>
       </c>
       <c r="H34" s="3">
         <v>5000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>34.85</v>
+        <v>200</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>13115</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>22.54</v>
+        <v>226.26</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>10635</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>71.78</v>
+        <v>28.4</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>14915</v>
+        <v>13155</v>
       </c>
       <c r="G37" s="3">
         <v>5</v>
       </c>
       <c r="H37" s="3">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>9.6</v>
+        <v>19.04</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>30688</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H39" s="3">
-        <v>960</v>
+        <v>1800</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>54.82</v>
+        <v>6.8</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>480</v>
+        <v>6000</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="2" t="s">
+      <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B41" s="2"/>
-[...6 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="B41" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C41" s="3">
+        <v>14</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="3">
+        <v>0</v>
+      </c>
+      <c r="G41" s="3">
+        <v>5</v>
+      </c>
+      <c r="H41" s="3">
+        <v>1800</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>6.8</v>
+        <v>19.04</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1140</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H42" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>4</v>
+        <v>27.2</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>5035</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H43" s="3">
-        <v>6000</v>
+        <v>1000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>5.75</v>
+        <v>19.04</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>7140</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H44" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C45" s="3">
         <v>19.04</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>5</v>
       </c>
       <c r="H45" s="3">
         <v>2000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C46" s="3">
         <v>15.2</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>2096</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>5</v>
       </c>
       <c r="H46" s="3">
         <v>2000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>19.04</v>
+        <v>5.82</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>2000</v>
+        <v>6000</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>27.2</v>
+        <v>4</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>6835</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H48" s="3">
-        <v>1000</v>
+        <v>6000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>3.8</v>
+        <v>5.46</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>8450</v>
+        <v>5666</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
         <v>6000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>5.5</v>
+        <v>3.8</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>5860</v>
+        <v>3720</v>
       </c>
       <c r="G50" s="3">
         <v>10</v>
       </c>
       <c r="H50" s="3">
         <v>6000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>5.82</v>
+        <v>5.5</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
         <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
         <v>6000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C52" s="3">
         <v>19.04</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>5</v>
       </c>
       <c r="H52" s="3">
         <v>1800</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B53" s="3" t="s">
+      <c r="A53" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="C53" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>19.04</v>
+        <v>54.82</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>2000</v>
+        <v>480</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>14</v>
+        <v>9.6</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>28748</v>
       </c>
       <c r="G55" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H55" s="3">
-        <v>1800</v>
+        <v>960</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A27:I27"/>
     <mergeCell ref="A38:I38"/>
-    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A53:I53"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
-    <hyperlink ref="D42" r:id="rId36"/>
-[...10 lines deleted...]
-    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D44" r:id="rId39"/>
+    <hyperlink ref="D45" r:id="rId40"/>
+    <hyperlink ref="D46" r:id="rId41"/>
+    <hyperlink ref="D47" r:id="rId42"/>
+    <hyperlink ref="D48" r:id="rId43"/>
+    <hyperlink ref="D49" r:id="rId44"/>
+    <hyperlink ref="D50" r:id="rId45"/>
+    <hyperlink ref="D51" r:id="rId46"/>
+    <hyperlink ref="D52" r:id="rId47"/>
     <hyperlink ref="D54" r:id="rId48"/>
     <hyperlink ref="D55" r:id="rId49"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">