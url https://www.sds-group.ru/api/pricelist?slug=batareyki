--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -8,394 +8,418 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="122">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Батарейки</t>
   </si>
   <si>
     <t>1.1 Алкалиновые батарейки</t>
   </si>
   <si>
+    <t>39-1014</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая С/LR14 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>39-1241</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A23 12В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1242</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A27 12В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1240</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A23 12В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1020</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая D/LR20, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1010</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая ультра AAA/LR03 мизинчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1024</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 24 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1027</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1026</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6, 1,5В, 12 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Батарейка высоковольтная A27, 12В, 5 шт, блистер REXANT </t>
+  </si>
+  <si>
+    <t>30-1014</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая С/LR14, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1061</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая 6LR61 Крона 9В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1027</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6, 1,5В, 4 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1011</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 12 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1012</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1013</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 24 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1025</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая ультра AA/LR6 пальчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1026</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 12 шт. REXANT</t>
+  </si>
+  <si>
     <t>39-1052</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 2 шт. REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>39-1020</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая D/LR20 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1044</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A27, 12В, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1024</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6, 1,5В, 24 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1061</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая 6LR61, 9В, 1 шт, «Крона», блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1012</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03, 1,5В, 4 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1052</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AAA/LR03, 1,5В, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>39-1027</t>
-[...8 lines deleted...]
-    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 24 шт. REXANT</t>
+    <t>30-1011</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03, 1,5В, 12 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1025</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая ультра AA/LR6, 1,5В, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>39-1050</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 2 шт. REXANT</t>
   </si>
   <si>
-    <t>39-1013</t>
-[...106 lines deleted...]
-  <si>
     <t>1.2 Литиевые батарейки</t>
   </si>
   <si>
+    <t>39-1114</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2032 3В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1102</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1220 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1103</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1225 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1106</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2016 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
     <t>39-1108</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2032 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
+    <t>30-1111</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR123, 3В, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1112</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2, 3В, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>39-1107</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2025 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
-    <t>39-1114</t>
-[...4 lines deleted...]
-  <si>
     <t>39-1109</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2430 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
     <t>39-1110</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2450 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
-    <t>39-1106</t>
-[...29 lines deleted...]
-    <t>1.3 Плоские батарейки (таблетки)</t>
+    <t>1.3 Солевые батарейки</t>
+  </si>
+  <si>
+    <t>30-0010</t>
+  </si>
+  <si>
+    <t>Батарейка солевая АА/R6, 1,5В, 4 шт, термопленка PROconnect</t>
+  </si>
+  <si>
+    <t>30-0030</t>
+  </si>
+  <si>
+    <t>Батарейка солевая 6F22 «Крона» 9В, 1 шт, термопленка PROconnect</t>
+  </si>
+  <si>
+    <t>1.4 Плоские батарейки (таблетки)</t>
+  </si>
+  <si>
+    <t>30-1107</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2025, 3В, 5 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1105</t>
   </si>
   <si>
     <t>Батарейка литиевая CR1620, 3В, 5 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1036</t>
-[...2 lines deleted...]
-    <t>Батарейка часовая LR48, 1,5В, 10 шт (AG5, LR754, G5, 193, GP93A, 393, SR754W) блистер REXANT</t>
+    <t>30-1108</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2032, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1109</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2430, 3В, 5 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1101</t>
   </si>
   <si>
     <t>Батарейка литиевая CR1216, 3В, 5 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1108</t>
-[...8 lines deleted...]
-    <t>Батарейка литиевая CR2430, 3В, 5 шт, блистер REXANT</t>
+    <t>30-1038</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR41, 1,5В, 10 шт (AG3, LR736, G3, 192, GP92A, 392, SR41W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1040</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR60, 1,5В, 10 шт (AG1, LR621, G1, 164, GP64A, 364, SR621W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1041</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR50, 1,5В, 10 шт (AG0, LR521, G0, 379, SR521W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1031</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR54, 1,5В, 10 шт (AG10, LR1130, G10, 189, GP89A, 389, SR1130W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1035</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR69, 1,5В, 10 шт (AG6, LR921, G6, 171, GP71A, 371, SR920W) блистер REXANT</t>
   </si>
   <si>
     <t>30-1103</t>
   </si>
   <si>
     <t>Батарейка литиевая CR1225, 3В, 5 шт, блистер REXANT</t>
   </si>
   <si>
+    <t>30-1104</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1616, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1106</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2016, 3В, 5 шт, блистер REXANT</t>
-  </si>
-[...55 lines deleted...]
-    <t>Батарейка солевая АА/R6, 1,5В, 4 шт, термопленка PROconnect</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -780,56 +804,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/alkalinovaya-batareyka-aaa-lr03-1-5-v-2-sht-blister-rexant-15536" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-4-sht-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-24-sht-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-24-sht-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-1-5v-2-sht-palchik-blister-rexant-11749" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-12-sht-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-12-sht-palchik-blister-rexant-11748" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/alkalinovaya-batareyka-6lr61-krona-9-v-1-sht-blister-rexant-7924" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-12-sht-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/alkalinovaya-batareyka-aa-lr6-1-5-v-4-sht-blister-rexant-7952" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/alkalinovaya-batareyka-aaa-lr03-1-5-v-4-sht-blister-7951" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-12-sht-mizinchik-blister-rexant-11752" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-24-sht-palchik-blister-rexant-18371" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/visokovoltnaya-batareyka-a27-12v-5-sht-blister-rexant-9376" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/alkalinovaya-batareyka-d-lr20-1-5-v-2-sht-blister-rexant-7922" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/alkalinovaya-batareyka-tip-s-lr14-1-5-v-2-sht-blister-rexant-7923" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/visokovoltnaya-batareyka-a23-12v-1-sht-blister-rexant-21022" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/visokovoltnaya-batareyka-a27-12v-1-sht-blister-rexant-21023" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-4-sht-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2450-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2-3v-1-sht-blister-rexant-17126" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr123-3v-1-sht-blister-rexant-9374" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1220-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr1620-5-sht-3-v-70-mah-blister-7929" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr48-1-5v-ag5-lr754-g5-193-gp93a-393-sr754w-10-sht-blister-rexant-9368" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr1216-5-sht-3-v-25-mah-blister-rexant-7925" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr2032-5-sht-3-v-220-mah-blister-7932" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr2430-5-sht-3-v-300-mah-blister-7933" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr1225-5-sht-3-v-48-mah-blister-7927" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr2016-5-sht-3-v-80-mah-blister-7930" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr2025-5-sht-3-v-160-mah-blister-7931" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr41-1-5v-ag3-lr736-g3-192-gp92a-392-sr41w-10-sht-blister-rexant-9370" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr60-1-5v-ag1-lr621-g1-164-gp64a-364-sr621w-10-sht-blister-rexant-9372" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr50-1-5v-ag0-lr521-g0-379-sr521w-10-sht-blister-rexant-9373" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr54-1-5v-ag10-lr1130-g10-189-gp89a-389-sr1130w-10-sht-blister-rexant-9363" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr69-1-5v-ag6-lr921-g6-171-gp71a-371-sr920w-10-sht-blister-rexant-9367" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/litievie-batareyki-cr1616-5-sht-3-v-50-mah-blister-7928" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-krona-6f22-9v-1-sht-proconnect-11743" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-aa-r6-1-5v-4-sht-proconnect-9320" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/element-pitaniya-lr14-c-1-5v-blister-2sht-rexant-2-24-192" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-d-lr20-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-24-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-4-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-s-lr14-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-6lr61-krona-9v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-4-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-12-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-4-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-24-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-12-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-dlr20-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-24-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-6lr61-9v-1-sht-krona-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-4-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1220-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr123-3v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2-3v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2450-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-aa-r6-1-5v-4-sht-termoplenka-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-6f22-krona-9v-1-sht-termoplenka-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1620-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1216-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr41-1-5v-10-sht-ag3-lr736-g3-192-gp92a-392-sr41w-blister-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr60-1-5v-10-sht-ag1-lr621-g1-164-gp64a-364-sr621w-blister-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr50-1-5v-10-sht-ag0-lr521-g0-379-sr521w-blister-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr54-1-5v-10-sht-ag10-lr1130-g10-189-gp89a-389-sr1130w-blister-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr69-1-5v-10-sht-ag6-lr921-g6-171-gp71a-371-sr920w-blister-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1616-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-5-sht-blister-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I55"/>
+  <dimension ref="A1:I59"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -861,1560 +885,1680 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>39.02</v>
+        <v>106.79</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>13872</v>
+        <v>10080</v>
       </c>
       <c r="G4" s="3">
         <v>2</v>
       </c>
       <c r="H4" s="3">
-        <v>240</v>
+        <v>192</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>27.2</v>
+        <v>43.28</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>14735</v>
       </c>
       <c r="G5" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H5" s="3">
-        <v>480</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>38.46</v>
+        <v>45.24</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>51364</v>
+        <v>5594</v>
       </c>
       <c r="G6" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>480</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>24.42</v>
+        <v>45.24</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>39120</v>
+        <v>10035</v>
       </c>
       <c r="G7" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>576</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>39.02</v>
+        <v>158.04</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>16460</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>2</v>
       </c>
       <c r="H8" s="3">
-        <v>240</v>
+        <v>144</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>24.42</v>
+        <v>45.76</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>19238</v>
       </c>
       <c r="G9" s="3">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="H9" s="3">
-        <v>576</v>
+        <v>240</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>45</v>
+        <v>26.14</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>23024</v>
+        <v>41112</v>
       </c>
       <c r="G10" s="3">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="H10" s="3">
-        <v>240</v>
+        <v>576</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>24.2</v>
+        <v>35.6</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>36868</v>
       </c>
       <c r="G11" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H11" s="3">
-        <v>384</v>
+        <v>480</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>27</v>
+        <v>15.26</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>25896</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>12</v>
       </c>
       <c r="H12" s="3">
-        <v>576</v>
+        <v>432</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>15</v>
+        <v>43.27</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="H13" s="3">
-        <v>432</v>
+        <v>1000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>174.05</v>
+        <v>75.26</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H14" s="3">
         <v>192</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>45</v>
+        <v>186.11</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>22432</v>
+        <v>30300</v>
       </c>
       <c r="G15" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>240</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>27</v>
+        <v>14.24</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>43944</v>
+        <v>3976</v>
       </c>
       <c r="G16" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="H16" s="3">
-        <v>576</v>
+        <v>768</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>14</v>
+        <v>27.46</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>2868</v>
       </c>
       <c r="G17" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="H17" s="3">
-        <v>768</v>
+        <v>576</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>26.23</v>
+        <v>36.61</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>15232</v>
       </c>
       <c r="G18" s="3">
         <v>4</v>
       </c>
       <c r="H18" s="3">
         <v>480</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>23.12</v>
+        <v>26.14</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>9216</v>
       </c>
       <c r="G19" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H19" s="3">
-        <v>864</v>
+        <v>576</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>22.14</v>
+        <v>45.76</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>19908</v>
       </c>
       <c r="G20" s="3">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="H20" s="3">
-        <v>432</v>
+        <v>240</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>42.55</v>
+        <v>27.46</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>29316</v>
       </c>
       <c r="G21" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H21" s="3">
-        <v>1000</v>
+        <v>576</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>155.4</v>
+        <v>39.68</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>12546</v>
       </c>
       <c r="G22" s="3">
         <v>2</v>
       </c>
       <c r="H22" s="3">
-        <v>144</v>
+        <v>240</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>74</v>
+        <v>167.81</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>21332</v>
       </c>
       <c r="G23" s="3">
         <v>2</v>
       </c>
       <c r="H23" s="3">
-        <v>192</v>
+        <v>96</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>44.49</v>
+        <v>45.25</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>480</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>44.49</v>
+        <v>22.52</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>216</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="H25" s="3">
-        <v>480</v>
+        <v>432</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>38.46</v>
+        <v>177.01</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>33780</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>192</v>
+      </c>
+      <c r="I26" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C27" s="3">
+        <v>26.68</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="3">
+        <v>0</v>
+      </c>
+      <c r="G27" s="3">
         <v>4</v>
       </c>
-      <c r="H26" s="3">
+      <c r="H27" s="3">
         <v>480</v>
       </c>
-      <c r="I26" s="3">
-[...14 lines deleted...]
-      <c r="I27" s="2"/>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>20.17</v>
+        <v>27.66</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>88980</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H28" s="3">
-        <v>5000</v>
+        <v>480</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>20.17</v>
+        <v>23.51</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>12190</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H29" s="3">
-        <v>5000</v>
+        <v>864</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>34.85</v>
+        <v>24.61</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>9767</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H30" s="3">
-        <v>1500</v>
+        <v>384</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>63.16</v>
+        <v>39.68</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>6420</v>
+        <v>14292</v>
       </c>
       <c r="G31" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H31" s="3">
-        <v>2500</v>
+        <v>240</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B32" s="3" t="s">
+      <c r="A32" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="C32" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>22.54</v>
+        <v>37.22</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>6335</v>
+        <v>8525</v>
       </c>
       <c r="G33" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>5000</v>
+        <v>1500</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>28.4</v>
+        <v>24.92</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>7560</v>
+        <v>12395</v>
       </c>
       <c r="G34" s="3">
         <v>5</v>
       </c>
       <c r="H34" s="3">
         <v>5000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>200</v>
+        <v>24.92</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>7400</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>226.26</v>
+        <v>22.92</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>5435</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>28.4</v>
+        <v>20.51</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>13155</v>
+        <v>81875</v>
       </c>
       <c r="G37" s="3">
         <v>5</v>
       </c>
       <c r="H37" s="3">
         <v>5000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A38" s="2" t="s">
+      <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="2"/>
-[...6 lines deleted...]
-      <c r="I38" s="2"/>
+      <c r="B38" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C38" s="3">
+        <v>230.11</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" s="3">
+        <v>0</v>
+      </c>
+      <c r="G38" s="3">
+        <v>1</v>
+      </c>
+      <c r="H38" s="3">
+        <v>100</v>
+      </c>
+      <c r="I38" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>19.04</v>
+        <v>203.4</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
         <v>0</v>
       </c>
       <c r="G39" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>1800</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>6.8</v>
+        <v>20.51</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>11395</v>
       </c>
       <c r="G40" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H40" s="3">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>14</v>
+        <v>54.66</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>6005</v>
       </c>
       <c r="G41" s="3">
         <v>5</v>
       </c>
       <c r="H41" s="3">
-        <v>1800</v>
+        <v>2500</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>19.04</v>
+        <v>73</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>7815</v>
       </c>
       <c r="G42" s="3">
         <v>5</v>
       </c>
       <c r="H42" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B43" s="3" t="s">
+      <c r="A43" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="C43" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>19.04</v>
+        <v>8.32</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>28372</v>
       </c>
       <c r="G44" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H44" s="3">
-        <v>2000</v>
+        <v>960</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>19.04</v>
+        <v>55.75</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>2000</v>
+        <v>480</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A46" s="3" t="s">
+      <c r="A46" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B46" s="2"/>
+      <c r="C46" s="2"/>
+      <c r="D46" s="2"/>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2"/>
+      <c r="G46" s="2"/>
+      <c r="H46" s="2"/>
+      <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>5.82</v>
+        <v>13.17</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H47" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>4</v>
+        <v>16.48</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H48" s="3">
-        <v>6000</v>
+        <v>1800</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>5.46</v>
+        <v>19.36</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>5666</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H49" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>3.8</v>
+        <v>23.54</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>3720</v>
+        <v>4125</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H50" s="3">
-        <v>6000</v>
+        <v>1000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>5.5</v>
+        <v>12.2</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
         <v>0</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H51" s="3">
-        <v>6000</v>
+        <v>1800</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>19.04</v>
+        <v>5.92</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>1800</v>
+        <v>6000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="2" t="s">
+      <c r="A53" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B53" s="2"/>
-[...6 lines deleted...]
-      <c r="I53" s="2"/>
+      <c r="C53" s="3">
+        <v>4.07</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="3">
+        <v>0</v>
+      </c>
+      <c r="G53" s="3">
+        <v>10</v>
+      </c>
+      <c r="H53" s="3">
+        <v>6000</v>
+      </c>
+      <c r="I53" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>54.82</v>
+        <v>4.73</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>4116</v>
       </c>
       <c r="G54" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>480</v>
+        <v>6000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>9.6</v>
+        <v>3.86</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>28748</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H55" s="3">
-        <v>960</v>
+        <v>6000</v>
       </c>
       <c r="I55" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C56" s="3">
+        <v>5.08</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="3">
+        <v>0</v>
+      </c>
+      <c r="G56" s="3">
+        <v>10</v>
+      </c>
+      <c r="H56" s="3">
+        <v>6000</v>
+      </c>
+      <c r="I56" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="C57" s="3">
+        <v>16.48</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" s="3">
+        <v>0</v>
+      </c>
+      <c r="G57" s="3">
+        <v>5</v>
+      </c>
+      <c r="H57" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I57" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C58" s="3">
+        <v>16.48</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="3">
+        <v>0</v>
+      </c>
+      <c r="G58" s="3">
+        <v>5</v>
+      </c>
+      <c r="H58" s="3">
+        <v>1800</v>
+      </c>
+      <c r="I58" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="C59" s="3">
+        <v>19.36</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="3">
+        <v>0</v>
+      </c>
+      <c r="G59" s="3">
+        <v>5</v>
+      </c>
+      <c r="H59" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A27:I27"/>
-[...1 lines deleted...]
-    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A46:I46"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
-    <hyperlink ref="D28" r:id="rId24"/>
-[...3 lines deleted...]
-    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D27" r:id="rId24"/>
+    <hyperlink ref="D28" r:id="rId25"/>
+    <hyperlink ref="D29" r:id="rId26"/>
+    <hyperlink ref="D30" r:id="rId27"/>
+    <hyperlink ref="D31" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
-    <hyperlink ref="D39" r:id="rId34"/>
-[...3 lines deleted...]
-    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
-    <hyperlink ref="D46" r:id="rId41"/>
-[...5 lines deleted...]
-    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D47" r:id="rId41"/>
+    <hyperlink ref="D48" r:id="rId42"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
     <hyperlink ref="D54" r:id="rId48"/>
     <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>