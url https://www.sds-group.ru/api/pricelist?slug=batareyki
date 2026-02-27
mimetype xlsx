--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,418 +8,412 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="120">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Батарейки</t>
   </si>
   <si>
     <t>1.1 Алкалиновые батарейки</t>
   </si>
   <si>
+    <t>30-1011</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03, 1,5В, 12 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>30-1025</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая ультра AA/LR6, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1044</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A27, 12В, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1242</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A27 12В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1240</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A23 12В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1020</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая D/LR20, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1011</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 12 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1050</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1052</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Батарейка высоковольтная A27, 12В, 5 шт, блистер REXANT </t>
+  </si>
+  <si>
+    <t>39-1052</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1241</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A23 12В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1012</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1013</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 24 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1025</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая ультра AA/LR6 пальчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1026</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 12 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1061</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая 6LR61 Крона 9В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
     <t>39-1014</t>
   </si>
   <si>
     <t>Батарейка алкалиновая С/LR14 1,5В блистер 2 шт. REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Батарейка алкалиновая D/LR20, 1,5В, 2 шт, блистер REXANT</t>
+    <t>39-1020</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая D/LR20 1,5В блистер 2 шт. REXANT</t>
   </si>
   <si>
     <t>39-1010</t>
   </si>
   <si>
     <t>Батарейка алкалиновая ультра AAA/LR03 мизинчиковая 1,5В блистер 2 шт. REXANT</t>
   </si>
   <si>
     <t>39-1024</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 24 шт. REXANT</t>
   </si>
   <si>
     <t>39-1027</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 4 шт. REXANT</t>
   </si>
   <si>
+    <t>30-1027</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6, 1,5В, 4 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1026</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AA/LR6, 1,5В, 12 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1043</t>
-[...4 lines deleted...]
-  <si>
     <t>30-1014</t>
   </si>
   <si>
     <t>Батарейка алкалиновая С/LR14, 1,5В, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>39-1061</t>
-[...58 lines deleted...]
-  <si>
     <t>30-1024</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AA/LR6, 1,5В, 24 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1061</t>
-[...34 lines deleted...]
-  <si>
     <t>1.2 Литиевые батарейки</t>
   </si>
   <si>
+    <t>39-1107</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2025 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1109</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2430 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1112</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2, 3В, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1103</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1225 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
     <t>39-1114</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2032 3В блистер 1 шт. REXANT</t>
   </si>
   <si>
     <t>39-1102</t>
   </si>
   <si>
     <t>Батарейка литиевая CR1220 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
-    <t>39-1103</t>
-[...4 lines deleted...]
-  <si>
     <t>39-1106</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2016 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
     <t>39-1108</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2032 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
+    <t>39-1111</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR123 3В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1112</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2 3В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
     <t>30-1111</t>
   </si>
   <si>
     <t>Батарейка литиевая CR123, 3В, 1 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1112</t>
-[...16 lines deleted...]
-  <si>
     <t>39-1110</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2450 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
     <t>1.3 Солевые батарейки</t>
   </si>
   <si>
     <t>30-0010</t>
   </si>
   <si>
     <t>Батарейка солевая АА/R6, 1,5В, 4 шт, термопленка PROconnect</t>
   </si>
   <si>
     <t>30-0030</t>
   </si>
   <si>
     <t>Батарейка солевая 6F22 «Крона» 9В, 1 шт, термопленка PROconnect</t>
   </si>
   <si>
     <t>1.4 Плоские батарейки (таблетки)</t>
   </si>
   <si>
+    <t>30-1106</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2016, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1108</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2032, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1038</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR41, 1,5В, 10 шт (AG3, LR736, G3, 192, GP92A, 392, SR41W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1109</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2430, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1104</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1616, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1105</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1620, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1107</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2025, 3В, 5 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1105</t>
-[...16 lines deleted...]
-  <si>
     <t>30-1101</t>
   </si>
   <si>
     <t>Батарейка литиевая CR1216, 3В, 5 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1038</t>
-[...10 lines deleted...]
-  <si>
     <t>30-1041</t>
   </si>
   <si>
     <t>Батарейка часовая LR50, 1,5В, 10 шт (AG0, LR521, G0, 379, SR521W) блистер REXANT</t>
   </si>
   <si>
+    <t>30-1103</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1225, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1031</t>
   </si>
   <si>
     <t>Батарейка часовая LR54, 1,5В, 10 шт (AG10, LR1130, G10, 189, GP89A, 389, SR1130W) блистер REXANT</t>
   </si>
   <si>
     <t>30-1035</t>
   </si>
   <si>
     <t>Батарейка часовая LR69, 1,5В, 10 шт (AG6, LR921, G6, 171, GP71A, 371, SR920W) блистер REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Батарейка литиевая CR2016, 3В, 5 шт, блистер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -804,56 +798,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/element-pitaniya-lr14-c-1-5v-blister-2sht-rexant-2-24-192" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-d-lr20-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-24-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-4-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-s-lr14-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-6lr61-krona-9v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-4-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-12-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-4-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-24-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-12-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-dlr20-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-24-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-6lr61-9v-1-sht-krona-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-4-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1220-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr123-3v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2-3v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2450-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-aa-r6-1-5v-4-sht-termoplenka-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-6f22-krona-9v-1-sht-termoplenka-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1620-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1216-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr41-1-5v-10-sht-ag3-lr736-g3-192-gp92a-392-sr41w-blister-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr60-1-5v-10-sht-ag1-lr621-g1-164-gp64a-364-sr621w-blister-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr50-1-5v-10-sht-ag0-lr521-g0-379-sr521w-blister-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr54-1-5v-10-sht-ag10-lr1130-g10-189-gp89a-389-sr1130w-blister-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr69-1-5v-10-sht-ag6-lr921-g6-171-gp71a-371-sr920w-blister-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1616-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-5-sht-blister-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaalr03-1-5v-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aalr6-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-dlr20-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaalr03-mizinchikovaya-1-5v-blister-12-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-palchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaalr03-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaalr03-mizinchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaalr03-mizinchikovaya-1-5v-blister-4-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaalr03-mizinchikovaya-1-5v-blister-24-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aalr6-palchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-palchikovaya-1-5v-blister-12-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-6lr61-krona-9v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-slr14-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-dlr20-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aaalr03-mizinchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-palchikovaya-1-5v-blister-24-sht-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-palchikovaya-1-5v-blister-4-sht-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-1-5v-4-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-1-5v-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-slr14-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-1-5v-24-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2-3v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1220-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr123-3v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2-3v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr123-3v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2450-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-aar6-1-5v-4-sht-termoplenka-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-6f22-krona-9v-1-sht-termoplenka-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr41-1-5v-10-sht-ag3-lr736-g3-192-gp92a-392-sr41w-blister-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1616-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1620-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1216-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr50-1-5v-10-sht-ag0-lr521-g0-379-sr521w-blister-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr54-1-5v-10-sht-ag10-lr1130-g10-189-gp89a-389-sr1130w-blister-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr69-1-5v-10-sht-ag6-lr921-g6-171-gp71a-371-sr920w-blister-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I59"/>
+  <dimension ref="A1:I58"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -885,1188 +879,1188 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>106.79</v>
+        <v>23.51</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>10080</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="H4" s="3">
-        <v>192</v>
+        <v>864</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>43.28</v>
+        <v>24.61</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>14735</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>384</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>45.24</v>
+        <v>45.25</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>5594</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>480</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
         <v>45.24</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>10035</v>
+        <v>4921</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>158.04</v>
+        <v>45.24</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>9449</v>
       </c>
       <c r="G8" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>45.76</v>
+        <v>158.04</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>19238</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>2</v>
       </c>
       <c r="H9" s="3">
-        <v>240</v>
+        <v>144</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>26.14</v>
+        <v>27.46</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>41112</v>
+        <v>9228</v>
       </c>
       <c r="G10" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="H10" s="3">
         <v>576</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>35.6</v>
+        <v>39.68</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>36868</v>
+        <v>12204</v>
       </c>
       <c r="G11" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H11" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>15.26</v>
+        <v>27.66</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="H12" s="3">
-        <v>432</v>
+        <v>480</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
         <v>43.27</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>5</v>
       </c>
       <c r="H13" s="3">
         <v>1000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>75.26</v>
+        <v>39.68</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>10144</v>
       </c>
       <c r="G14" s="3">
         <v>2</v>
       </c>
       <c r="H14" s="3">
-        <v>192</v>
+        <v>240</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>186.11</v>
+        <v>43.28</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>30300</v>
+        <v>13846</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H15" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>14.24</v>
+        <v>36.61</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>3976</v>
+        <v>29728</v>
       </c>
       <c r="G16" s="3">
         <v>4</v>
       </c>
       <c r="H16" s="3">
-        <v>768</v>
+        <v>480</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>27.46</v>
+        <v>26.14</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>2868</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H17" s="3">
         <v>576</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>36.61</v>
+        <v>45.76</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>15232</v>
+        <v>16040</v>
       </c>
       <c r="G18" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H18" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>26.14</v>
+        <v>27.46</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>9216</v>
+        <v>44</v>
       </c>
       <c r="G19" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="H19" s="3">
         <v>576</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>45.76</v>
+        <v>186.11</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>19908</v>
+        <v>27983</v>
       </c>
       <c r="G20" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>240</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>27.46</v>
+        <v>106.79</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>29316</v>
+        <v>8416</v>
       </c>
       <c r="G21" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="H21" s="3">
-        <v>576</v>
+        <v>192</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>39.68</v>
+        <v>167.81</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>12546</v>
+        <v>18858</v>
       </c>
       <c r="G22" s="3">
         <v>2</v>
       </c>
       <c r="H22" s="3">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>167.81</v>
+        <v>45.76</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>21332</v>
+        <v>15826</v>
       </c>
       <c r="G23" s="3">
         <v>2</v>
       </c>
       <c r="H23" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>45.25</v>
+        <v>26.14</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>30744</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="H24" s="3">
-        <v>480</v>
+        <v>576</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>22.52</v>
+        <v>35.6</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>216</v>
+        <v>43516</v>
       </c>
       <c r="G25" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="H25" s="3">
-        <v>432</v>
+        <v>480</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>177.01</v>
+        <v>14.24</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H26" s="3">
-        <v>192</v>
+        <v>768</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>26.68</v>
+        <v>15.26</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="H27" s="3">
-        <v>480</v>
+        <v>432</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>27.66</v>
+        <v>75.26</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>2</v>
       </c>
       <c r="H28" s="3">
-        <v>480</v>
+        <v>192</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>23.51</v>
+        <v>22.52</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H29" s="3">
-        <v>864</v>
+        <v>432</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A30" s="3" t="s">
+      <c r="A30" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="C31" s="3">
+        <v>20.51</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>30010</v>
+      </c>
+      <c r="G31" s="3">
+        <v>5</v>
+      </c>
+      <c r="H31" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I31" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="C31" s="3">
-[...22 lines deleted...]
-      <c r="A32" s="2" t="s">
+      <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B32" s="2"/>
-[...6 lines deleted...]
-      <c r="I32" s="2"/>
+      <c r="C32" s="3">
+        <v>54.66</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" s="3">
+        <v>18075</v>
+      </c>
+      <c r="G32" s="3">
+        <v>5</v>
+      </c>
+      <c r="H32" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I32" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>37.22</v>
+        <v>203.4</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>8525</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>1500</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
         <v>24.92</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>12395</v>
+        <v>6695</v>
       </c>
       <c r="G34" s="3">
         <v>5</v>
       </c>
       <c r="H34" s="3">
         <v>5000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>24.92</v>
+        <v>37.22</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>7400</v>
+        <v>12593</v>
       </c>
       <c r="G35" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>5000</v>
+        <v>1500</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>22.92</v>
+        <v>24.92</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>5435</v>
+        <v>11120</v>
       </c>
       <c r="G36" s="3">
         <v>5</v>
       </c>
       <c r="H36" s="3">
         <v>5000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>20.51</v>
+        <v>22.92</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>81875</v>
+        <v>18935</v>
       </c>
       <c r="G37" s="3">
         <v>5</v>
       </c>
       <c r="H37" s="3">
         <v>5000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>230.11</v>
+        <v>20.51</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>58680</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>203.4</v>
+        <v>230.12</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>9576</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>20.51</v>
+        <v>203.4</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>11395</v>
+        <v>4888</v>
       </c>
       <c r="G40" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>54.66</v>
+        <v>230.11</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>6005</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
         <v>73</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>7815</v>
+        <v>9515</v>
       </c>
       <c r="G42" s="3">
         <v>5</v>
       </c>
       <c r="H42" s="3">
         <v>2500</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
         <v>8.32</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>28372</v>
+        <v>27268</v>
       </c>
       <c r="G44" s="3">
         <v>4</v>
       </c>
       <c r="H44" s="3">
         <v>960</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
         <v>55.75</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
@@ -2084,481 +2078,451 @@
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>13.17</v>
+        <v>19.36</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>5</v>
       </c>
       <c r="H47" s="3">
         <v>2000</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>16.48</v>
+        <v>19.36</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>5</v>
       </c>
       <c r="H48" s="3">
-        <v>1800</v>
+        <v>2000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>19.36</v>
+        <v>5.92</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>2000</v>
+        <v>6000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
         <v>23.54</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>4125</v>
+        <v>1510</v>
       </c>
       <c r="G50" s="3">
         <v>5</v>
       </c>
       <c r="H50" s="3">
         <v>1000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>12.2</v>
+        <v>16.48</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
         <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>5</v>
       </c>
       <c r="H51" s="3">
         <v>1800</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>5.92</v>
+        <v>16.48</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H52" s="3">
-        <v>6000</v>
+        <v>1800</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>4.07</v>
+        <v>13.17</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H53" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>4.73</v>
+        <v>12.2</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>4116</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H54" s="3">
-        <v>6000</v>
+        <v>1800</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>3.86</v>
+        <v>4.73</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>2442</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
         <v>6000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>5.08</v>
+        <v>16.48</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H56" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>16.48</v>
+        <v>3.86</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="G57" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>2000</v>
+        <v>6000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>16.48</v>
+        <v>5.08</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G58" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H58" s="3">
-        <v>1800</v>
+        <v>6000</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A30:I30"/>
     <mergeCell ref="A43:I43"/>
     <mergeCell ref="A46:I46"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D29" r:id="rId26"/>
-    <hyperlink ref="D30" r:id="rId27"/>
-    <hyperlink ref="D31" r:id="rId28"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D47" r:id="rId41"/>
     <hyperlink ref="D48" r:id="rId42"/>
     <hyperlink ref="D49" r:id="rId43"/>
     <hyperlink ref="D50" r:id="rId44"/>
     <hyperlink ref="D51" r:id="rId45"/>
     <hyperlink ref="D52" r:id="rId46"/>
     <hyperlink ref="D53" r:id="rId47"/>
     <hyperlink ref="D54" r:id="rId48"/>
     <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
-    <hyperlink ref="D59" r:id="rId53"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>