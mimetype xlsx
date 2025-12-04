--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -57,207 +57,207 @@
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Белт-лайт</t>
   </si>
   <si>
     <t>1.1 Белт-лайт двухжильный</t>
   </si>
   <si>
     <t>331-251</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 100м, шаг 15см, 667 патронов E27, IP65, белый плоский провод каучук NEON-NIGHT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>метр</t>
   </si>
   <si>
+    <t>331-242</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, белый круглый провод ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-243</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 20см, 250 патронов E27, IP65, черный круглый провод ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
     <t>331-210</t>
   </si>
   <si>
     <t>Кабель гирлянды Белт-Лайт, 2 жилы, 2х1,5мм², 100м NEON-NIGHT</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>331-345</t>
   </si>
   <si>
     <t>Набор ЕВРО Белт-Лайт 2 жилы, 100м, шаг 40см, 225 LED-ламп, БЕЛЫЙ, 45мм (6 LED), плоский провод каучук NEON-NIGHT</t>
   </si>
   <si>
+    <t>331-232</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 100м, шаг 40см, 225 патронов Е27, IP65, белый круглый провод ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
     <t>331-252</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, белый плоский провод каучук NEON-NIGHT</t>
   </si>
   <si>
-    <t>331-232</t>
-[...2 lines deleted...]
-    <t>Гирлянда Белт-Лайт 2 жилы, 100м, шаг 40см, 225 патронов Е27, IP65, белый круглый провод ПВХ NEON-NIGHT</t>
+    <t>331-231</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 100м, шаг 40см, 225 подвесных патронов Е27, IP65, черный круглый провод каучук NEON-NIGHT</t>
   </si>
   <si>
     <t>331-241</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, черный круглый провод ПВХ NEON-NIGHT</t>
   </si>
   <si>
     <t>331-211</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 20см, 250 патронов E27, IP65, черный плоский провод каучук NEON-NIGHT</t>
   </si>
   <si>
     <t>331-213</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 100м, шаг 50см, 180 патронов E27, IP65, черный плоский провод каучук NEON-NIGHT</t>
   </si>
   <si>
-    <t>331-231</t>
-[...4 lines deleted...]
-  <si>
     <t>331-212</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, черный плоский провод каучук NEON-NIGHT</t>
   </si>
   <si>
     <t>331-244</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 20см, 250 патронов E27, IP65, белый круглый провод ПВХ NEON-NIGHT</t>
   </si>
   <si>
-    <t>331-243</t>
-[...10 lines deleted...]
-  <si>
     <t>331-264</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, белый плоский провод ПВХ PROconnect</t>
   </si>
   <si>
     <t>331-261</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 20см, 250 патронов E27, IP65, черный плоский провод ПВХ PROconnect</t>
   </si>
   <si>
     <t>331-262</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, черный плоский провод ПВХ PROconnect</t>
   </si>
   <si>
     <t>1.2 Белт-лайт пятижильный</t>
   </si>
   <si>
+    <t>331-112</t>
+  </si>
+  <si>
+    <t>Гирлянда Belt-Light 5 жил, 100м, шаг 15см, 665 патронов E27, IP20, серый провод NEON-NIGHT</t>
+  </si>
+  <si>
     <t>331-221</t>
   </si>
   <si>
     <t>Гирлянда Belt-Light 5 жил, 100м, шаг 15см, 667 патронов, E27, IP65, серый провод NEON-NIGHT</t>
   </si>
   <si>
-    <t>331-112</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Аксессуары для белт-лайта</t>
   </si>
   <si>
+    <t>331-001</t>
+  </si>
+  <si>
+    <t>Патрон E27 для двухжильной гирлянды Belt-light NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-008</t>
+  </si>
+  <si>
+    <t>Заглушка для двухжильной гирлянды Belt-light (10 шт/уп) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-015</t>
+  </si>
+  <si>
+    <t>Удлинитель E27, с проводом 50см NEON-NIGHT</t>
+  </si>
+  <si>
     <t>331-012</t>
   </si>
   <si>
     <t>Удлинитель E27, с проводом 20см NEON-NIGHT</t>
   </si>
   <si>
     <t>331-013</t>
   </si>
   <si>
     <t>Удлинитель E27, с проводом 30см NEON-NIGHT</t>
   </si>
   <si>
-    <t>331-015</t>
-[...2 lines deleted...]
-    <t>Удлинитель E27, с проводом 50см NEON-NIGHT</t>
+    <t>331-003</t>
+  </si>
+  <si>
+    <t>Блок питания для подключения двухжильной гирлянды Belt-light (шнур питания 1,5м с вилкой, 2 коннектора, заглушка) NEON-NIGHT</t>
   </si>
   <si>
     <t>331-007</t>
   </si>
   <si>
     <t>Заглушка с крюком для двухжильной гирлянды Belt-light (10 шт/уп) NEON-NIGHT</t>
   </si>
   <si>
     <t>331-005</t>
   </si>
   <si>
     <t>Коннектор соединительный для двухжильной гирлянды Belt-light (10 шт/уп) NEON-NIGHT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Блок питания для подключения двухжильной гирлянды Belt-light (шнур питания 1,5м с вилкой, коннектор) NEON-NIGHT</t>
   </si>
   <si>
     <t>332-116</t>
   </si>
   <si>
     <t>Контроллер iMLamp4D_AC_3500 для Белт-Лайта и светодиодных ламп 220В, 3500Вт, 4 канала х 4,0А, ДУ, IP65 ИМПУЛЬС ЛАЙТ</t>
   </si>
   <si>
     <t>332-119</t>
   </si>
   <si>
     <t>Контроллер iMLamp4D_AC_7000 для Белт-Лайта и светодиодных ламп 220В, 7000Вт, 4 канала х 8,0А, 33 программы, ДУ, IP65 ИМПУЛЬС ЛАЙТ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-100m-shag-15sm-667-patronov-e27-ip65-belyy-ploskiy-provod-kauchuk-neon-n.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-girlyandy-belt-layt-2-zhily-2h1-5mm-100m-neon-night.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-evro-belt-layt-2-zhily-100m-shag-40sm-225-led-lamp-belyy-45mm-6-led-ploskiy-provod-kauchuk-neo.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-belyy-ploskiy-provod-kauchuk-neon-ni.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-100m-shag-40sm-225-patronov-e27-ip65-belyy-kruglyy-provod-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-chernyy-kruglyy-provod-pvh-neon-nigh.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-chernyy-ploskiy-provod-kauchuk-neon-.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-100m-shag-50sm-180-patronov-e27-ip65-chernyy-ploskiy-provod-kauchuk-neon.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-100m-shag-40sm-225-podvesnyh-patronov-e27-ip65-chernyy-kruglyy-provod-ka.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-chernyy-ploskiy-provod-kauchuk-neon-.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-belyy-kruglyy-provod-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-chernyy-kruglyy-provod-pvh-neon-nigh.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-belyy-kruglyy-provod-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-belyy-ploskiy-provod-pvh-proconnect.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-chernyy-ploskiy-provod-pvh-proconnec.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-chernyy-ploskiy-provod-pvh-proconnec.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-light-5-zhil-100m-shag-15sm-667-patronov-e27-ip65-seryy-provod-neon-night.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-light-5-zhil-100m-shag-15sm-665-patronov-e27-ip20-seryy-provod-neon-night.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-20sm-neon-night.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-30sm-neon-night.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-50sm-neon-night.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-s-kryukom-dlya-dvuhzhilnoy-girlyandy-belt-light-10-sht-up-neon-night.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-dvuhzhilnoy-girlyandy-belt-light-10-sht-up-neon-night.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dvuhzhilnoy-girlyandy-belt-light-10-sht-up-neon-night.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-dlya-dvuhzhilnoy-girlyandy-belt-light-neon-night.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-dlya-podklyucheniya-dvuhzhilnoy-girlyandy-belt-light-shnur-pitaniya-1-5m-s-vilkoy-konn.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-imlamp4d-ac-3500-dlya-belt-layta-i-svetodiodnyh-lamp-220v-3500vt-4-kanala-h-4-0a-du-ip65-.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-imlamp4d-ac-7000-dlya-belt-layta-i-svetodiodnyh-lamp-220v-7000vt-4-kanala-h-8-0a-33-progr.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-15-sm-patroni-e27-vlagostoykaya-ip65-beliy-provod-19997" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-jili-50m-shag-40sm-125-patronov-e27-ip65-beliy-krugliy-provod-neon-night-31297" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-jili-50m-shag-20sm-250-patronov-e27-ip65-cherniy-krugliy-provod-neon-night-31298" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-illyuminatsionniy-belt-light-dvuhjilniy-100m-7610" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gotoviy-nabor-evro-belt-light-2-jili-shag-40-sm-belie-led-lampi-45mm-6-led-12204" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-40-sm-patroni-pod-vint-e27-vlagostoykaya-ip65-28672" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-40-sm-patroni-e27-vlagostoykaya-ip65-beliy-provod-9447" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-40-sm-podvesnie-patroni-e27-vlagostoykaya-ip65-28671" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-light-2-jili-50m-shag-40sm-125-patronov-e27-ip65-cherniy-krugliy-provod-neon-night-30026" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-20-sm-patroni-e27-vlagostoykaya-ip65-3020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-50-sm-patroni-e27-vlagostoykaya-ip65-3022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-40-sm-patroni-e27-vlagostoykaya-ip65-3021" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-jili-50m-shag-20sm-250-patronov-e27-ip65-beliy-krugliy-provod-neon-night-31299" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-belyy-ploskiy-provod-pvh-proconnect.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-chernyy-ploskiy-provod-pvh-proconnec.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-chernyy-ploskiy-provod-pvh-proconnec.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-5-jil-shag-15-sm-patroni-e27-3018" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-5-jil-shag-15-sm-patroni-e27-vlagostoykaya-ip65-3023" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-dlya-dvuhjilnogo-illyuminatsionnogo-kabelya-belt-light-7611" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dvuhjilnogo-kabelya-belt-light-7614" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-50sm-14573" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-20sm-14555" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-30sm-14567" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-podklyucheniya-dvuhjilnogo-belt-light-shnur-pitaniya-1-5m-s-vilkoy-konnektor-7612" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-s-kryukom-dlya-dvuhjilnogo-kabelya-belt-light-7613" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-dlya-dvuhjilnogo-kabelya-belt-light-7615" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-imlamp4d-ac-3500-dlya-belt-layta-svetodiodnie-lampi-220-v-3500-vt-4-kan-h-4-0-a-du-ip65-12275" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-imlamp4d-ac-7000-dlya-belt-layta-svetodiodnie-lampi-220-v-7000-vt-4-kan-h-8-0-a-33-progr-du-ip65-17682" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I33"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -744,860 +744,860 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>1290</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="G4" s="3">
         <v>100</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>28990</v>
+        <v>479</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>57</v>
+        <v>2550</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H5" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>838.22</v>
+        <v>790</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3">
+        <v>28990</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C7" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>5000</v>
+        <v>55</v>
       </c>
       <c r="G7" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>493.9</v>
+        <v>838.22</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>479</v>
+        <v>493.9</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>990</v>
+        <v>669</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>5000</v>
+        <v>4450</v>
       </c>
       <c r="G10" s="3">
         <v>50</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>603.9</v>
+        <v>586.52</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G11" s="3">
         <v>100</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>586.52</v>
+        <v>479</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>669</v>
+        <v>990</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>3150</v>
+        <v>1250</v>
       </c>
       <c r="G13" s="3">
         <v>50</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>790</v>
+        <v>603.9</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>4300</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>790</v>
+        <v>669</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>100</v>
+        <v>2033</v>
       </c>
       <c r="G15" s="3">
         <v>50</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>479</v>
+        <v>790</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>2450</v>
+        <v>4390</v>
       </c>
       <c r="G16" s="3">
         <v>50</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
         <v>420</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>3599</v>
+        <v>3349</v>
       </c>
       <c r="G17" s="3">
         <v>50</v>
       </c>
       <c r="H17" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
         <v>699</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>9649</v>
+        <v>6079</v>
       </c>
       <c r="G18" s="3">
         <v>50</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
         <v>420</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>19450</v>
+        <v>17400</v>
       </c>
       <c r="G19" s="3">
         <v>50</v>
       </c>
       <c r="H19" s="3">
         <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>1640.75</v>
+        <v>802.43</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>100</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>802.43</v>
+        <v>1640.75</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="G22" s="3">
         <v>100</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>370.21</v>
+        <v>185.09</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F24" s="3">
-        <v>1</v>
+        <v>3217</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>407.39</v>
+        <v>107.33</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F25" s="3">
-        <v>4</v>
+        <v>350</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
         <v>465.06</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
         <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>69.89</v>
+        <v>370.21</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F27" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>169.54</v>
+        <v>407.39</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F28" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>107.33</v>
+        <v>993.87</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F29" s="3">
-        <v>420</v>
+        <v>1346</v>
       </c>
       <c r="G29" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>185.09</v>
+        <v>69.89</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F30" s="3">
-        <v>4798</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H30" s="3">
         <v>500</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>993.87</v>
+        <v>169.54</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F31" s="3">
-        <v>1373</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
         <v>16339.1</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F32" s="3">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>1</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
         <v>35306.19</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F33" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>1</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A23:I23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>