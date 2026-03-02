--- v1 (2025-12-04)
+++ v2 (2026-03-02)
@@ -8,256 +8,238 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="66">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Белт-лайт</t>
   </si>
   <si>
-    <t>1.1 Белт-лайт двухжильный</t>
+    <t>1.1 Белт-лайт пятижильный</t>
+  </si>
+  <si>
+    <t>331-221</t>
+  </si>
+  <si>
+    <t>Гирлянда Belt-Light 5 жил, 100м, шаг 15см, 667 патронов, E27, IP65, серый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>1.2 Белт-лайт двухжильный</t>
+  </si>
+  <si>
+    <t>331-210</t>
+  </si>
+  <si>
+    <t>Кабель гирлянды Белт-Лайт, 2 жилы, 2х1,5мм², 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>331-345</t>
+  </si>
+  <si>
+    <t>Набор ЕВРО Белт-Лайт 2 жилы, 100м, шаг 40см, 225 LED-ламп, БЕЛЫЙ, 45мм (6 LED), плоский провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-213</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 50см, 100 патронов E27, IP65, черный плоский провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-241</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, черный круглый провод ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-232</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 100м, шаг 40см, 225 патронов Е27, IP65, белый круглый провод ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-252</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, белый плоский провод каучук NEON-NIGHT</t>
   </si>
   <si>
     <t>331-251</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 100м, шаг 15см, 667 патронов E27, IP65, белый плоский провод каучук NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>метр</t>
+    <t>331-243</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 20см, 250 патронов E27, IP65, черный круглый провод ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-244</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 20см, 250 патронов E27, IP65, белый круглый провод ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-254</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 20см, 250 патронов Е27, IP65, белый плоский провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-231</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 100м, шаг 40см, 225 подвесных патронов Е27, IP65, черный круглый провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-212</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, черный плоский провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>331-211</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 20см, 250 патронов E27, IP65, черный плоский провод каучук NEON-NIGHT</t>
   </si>
   <si>
     <t>331-242</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, белый круглый провод ПВХ NEON-NIGHT</t>
   </si>
   <si>
-    <t>331-243</t>
-[...67 lines deleted...]
-  <si>
     <t>331-264</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, белый плоский провод ПВХ PROconnect</t>
   </si>
   <si>
+    <t>331-262</t>
+  </si>
+  <si>
+    <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 40см, 125 патронов E27, IP65, черный плоский провод ПВХ PROconnect</t>
+  </si>
+  <si>
     <t>331-261</t>
   </si>
   <si>
     <t>Гирлянда Белт-Лайт 2 жилы, 50м, шаг 20см, 250 патронов E27, IP65, черный плоский провод ПВХ PROconnect</t>
   </si>
   <si>
-    <t>331-262</t>
-[...19 lines deleted...]
-  <si>
     <t>1.3 Аксессуары для белт-лайта</t>
   </si>
   <si>
+    <t>331-012</t>
+  </si>
+  <si>
+    <t>Удлинитель E27, с проводом 20см NEON-NIGHT</t>
+  </si>
+  <si>
     <t>331-001</t>
   </si>
   <si>
     <t>Патрон E27 для двухжильной гирлянды Belt-light NEON-NIGHT</t>
   </si>
   <si>
     <t>331-008</t>
   </si>
   <si>
     <t>Заглушка для двухжильной гирлянды Belt-light (10 шт/уп) NEON-NIGHT</t>
   </si>
   <si>
-    <t>331-015</t>
-[...8 lines deleted...]
-    <t>Удлинитель E27, с проводом 20см NEON-NIGHT</t>
+    <t>331-003</t>
+  </si>
+  <si>
+    <t>Блок питания для подключения двухжильной гирлянды Belt-light (шнур питания 1,5м с вилкой, 2 коннектора, заглушка) NEON-NIGHT</t>
   </si>
   <si>
     <t>331-013</t>
   </si>
   <si>
     <t>Удлинитель E27, с проводом 30см NEON-NIGHT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Коннектор соединительный для двухжильной гирлянды Belt-light (10 шт/уп) NEON-NIGHT</t>
   </si>
   <si>
     <t>332-116</t>
   </si>
   <si>
     <t>Контроллер iMLamp4D_AC_3500 для Белт-Лайта и светодиодных ламп 220В, 3500Вт, 4 канала х 4,0А, ДУ, IP65 ИМПУЛЬС ЛАЙТ</t>
   </si>
   <si>
     <t>332-119</t>
   </si>
   <si>
     <t>Контроллер iMLamp4D_AC_7000 для Белт-Лайта и светодиодных ламп 220В, 7000Вт, 4 канала х 8,0А, 33 программы, ДУ, IP65 ИМПУЛЬС ЛАЙТ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -654,56 +636,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-15-sm-patroni-e27-vlagostoykaya-ip65-beliy-provod-19997" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-jili-50m-shag-40sm-125-patronov-e27-ip65-beliy-krugliy-provod-neon-night-31297" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-jili-50m-shag-20sm-250-patronov-e27-ip65-cherniy-krugliy-provod-neon-night-31298" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-illyuminatsionniy-belt-light-dvuhjilniy-100m-7610" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gotoviy-nabor-evro-belt-light-2-jili-shag-40-sm-belie-led-lampi-45mm-6-led-12204" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-40-sm-patroni-pod-vint-e27-vlagostoykaya-ip65-28672" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-40-sm-patroni-e27-vlagostoykaya-ip65-beliy-provod-9447" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-40-sm-podvesnie-patroni-e27-vlagostoykaya-ip65-28671" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-light-2-jili-50m-shag-40sm-125-patronov-e27-ip65-cherniy-krugliy-provod-neon-night-30026" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-20-sm-patroni-e27-vlagostoykaya-ip65-3020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-50-sm-patroni-e27-vlagostoykaya-ip65-3022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-2-jili-shag-40-sm-patroni-e27-vlagostoykaya-ip65-3021" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-jili-50m-shag-20sm-250-patronov-e27-ip65-beliy-krugliy-provod-neon-night-31299" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-belyy-ploskiy-provod-pvh-proconnect.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-chernyy-ploskiy-provod-pvh-proconnec.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-chernyy-ploskiy-provod-pvh-proconnec.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-5-jil-shag-15-sm-patroni-e27-3018" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belt-light-5-jil-shag-15-sm-patroni-e27-vlagostoykaya-ip65-3023" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-dlya-dvuhjilnogo-illyuminatsionnogo-kabelya-belt-light-7611" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dvuhjilnogo-kabelya-belt-light-7614" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-50sm-14573" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-20sm-14555" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-30sm-14567" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-podklyucheniya-dvuhjilnogo-belt-light-shnur-pitaniya-1-5m-s-vilkoy-konnektor-7612" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-s-kryukom-dlya-dvuhjilnogo-kabelya-belt-light-7613" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-dlya-dvuhjilnogo-kabelya-belt-light-7615" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-imlamp4d-ac-3500-dlya-belt-layta-svetodiodnie-lampi-220-v-3500-vt-4-kan-h-4-0-a-du-ip65-12275" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-imlamp4d-ac-7000-dlya-belt-layta-svetodiodnie-lampi-220-v-7000-vt-4-kan-h-8-0-a-33-progr-du-ip65-17682" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-light-5-zhil-100m-shag-15sm-667-patronov-e27-ip65-seryy-provod-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-girlyandy-belt-layt-2-zhily-2h1-5mm-100m-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-evro-belt-layt-2-zhily-100m-shag-40sm-225-led-lamp-belyy-45mm-6-led-ploskiy-provod-kauchuk-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-50sm-100-patronov-e27-ip65-chernyy-ploskiy-provod-kauchuk-neon" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-chernyy-kruglyy-provod-pvh-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-100m-shag-40sm-225-patronov-e27-ip65-belyy-kruglyy-provod-pvh-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-belyy-ploskiy-provod-kauchuk-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-100m-shag-15sm-667-patronov-e27-ip65-belyy-ploskiy-provod-kauchuk-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-chernyy-kruglyy-provod-pvh-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-belyy-kruglyy-provod-pvh-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-belyy-ploskiy-provod-kauchuk-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-100m-shag-40sm-225-podvesnyh-patronov-e27-ip65-chernyy-kruglyy-provod-kauchuk-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-chernyy-ploskiy-provod-kauchuk-neon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-chernyy-ploskiy-provod-kauchuk-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-belyy-kruglyy-provod-pvh-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-belyy-ploskiy-provod-pvh-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-40sm-125-patronov-e27-ip65-chernyy-ploskiy-provod-pvh-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-belt-layt-2-zhily-50m-shag-20sm-250-patronov-e27-ip65-chernyy-ploskiy-provod-pvh-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-20sm-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-dlya-dvuhzhilnoy-girlyandy-belt-light-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dvuhzhilnoy-girlyandy-belt-light-10-shtup-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-dlya-podklyucheniya-dvuhzhilnoy-girlyandy-belt-light-shnur-pitaniya-1-5m-s-vilkoy-2-konnektora-zaglushka-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-e27-s-provodom-30sm-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-imlamp4d-ac-3500-dlya-belt-layta-i-svetodiodnyh-lamp-220v-3500vt-4-kanala-h-4-0a-du-ip65-impuls-layt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-imlamp4d-ac-7000-dlya-belt-layta-i-svetodiodnyh-lamp-220v-7000vt-4-kanala-h-8-0a-33-programmy-du-ip65-impuls-layt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I33"/>
+  <dimension ref="A1:I30"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -735,916 +717,826 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1290</v>
+        <v>1668.64</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="G4" s="3">
         <v>100</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="3" t="s">
+      <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3">
+        <v>29482.83</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="G6" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>28990</v>
+        <v>852.47</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>55</v>
+        <v>100</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>838.22</v>
+        <v>614.17</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>493.9</v>
+        <v>487.14</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>669</v>
+        <v>452.07</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>4450</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>586.52</v>
+        <v>680.37</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>500</v>
+        <v>4450</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>479</v>
+        <v>1311.93</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="G12" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>990</v>
+        <v>803.43</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1250</v>
+        <v>50</v>
       </c>
       <c r="G13" s="3">
         <v>50</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>603.9</v>
+        <v>803.43</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>4300</v>
       </c>
       <c r="G14" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>669</v>
+        <v>1006.83</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2033</v>
+        <v>4150</v>
       </c>
       <c r="G15" s="3">
         <v>50</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>790</v>
+        <v>596.49</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>4390</v>
+        <v>900</v>
       </c>
       <c r="G16" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>420</v>
+        <v>680.37</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>3349</v>
+        <v>5800</v>
       </c>
       <c r="G17" s="3">
         <v>50</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>699</v>
+        <v>1006.83</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>6079</v>
+        <v>1000</v>
       </c>
       <c r="G18" s="3">
         <v>50</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="C19" s="3">
+        <v>487.14</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="3">
+        <v>2300</v>
+      </c>
+      <c r="G19" s="3">
+        <v>50</v>
+      </c>
+      <c r="H19" s="3">
+        <v>50</v>
+      </c>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="C19" s="3">
-[...17 lines deleted...]
-      <c r="I19" s="3">
+      <c r="B20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C20" s="3">
+        <v>427.14</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="3">
+        <v>3300</v>
+      </c>
+      <c r="G20" s="3">
+        <v>50</v>
+      </c>
+      <c r="H20" s="3">
+        <v>50</v>
+      </c>
+      <c r="I20" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>802.43</v>
+        <v>427.14</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
+        <v>11800</v>
+      </c>
+      <c r="G21" s="3">
+        <v>50</v>
+      </c>
+      <c r="H21" s="3">
+        <v>50</v>
+      </c>
+      <c r="I21" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>1640.75</v>
+        <v>710.88</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>100</v>
+        <v>6300</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>185.09</v>
+        <v>338.85</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F24" s="3">
-        <v>3217</v>
+        <v>1</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>107.33</v>
+        <v>188.24</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F25" s="3">
-        <v>350</v>
+        <v>2867</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>465.06</v>
+        <v>109.15</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>310</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>370.21</v>
+        <v>1010.77</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F27" s="3">
-        <v>1</v>
+        <v>1346</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>407.39</v>
+        <v>414.32</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F28" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
         <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>993.87</v>
+        <v>16616.86</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F29" s="3">
-        <v>1346</v>
+        <v>6</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>69.89</v>
+        <v>32315.76</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G30" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
-[...85 lines deleted...]
-      <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A5:I5"/>
     <mergeCell ref="A23:I23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
-    <hyperlink ref="D5" r:id="rId2"/>
-[...13 lines deleted...]
-    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
-    <hyperlink ref="D31" r:id="rId26"/>
-[...1 lines deleted...]
-    <hyperlink ref="D33" r:id="rId28"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>