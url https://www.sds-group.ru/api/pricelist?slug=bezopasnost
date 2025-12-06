--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -8,2488 +8,2476 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1538" uniqueCount="812">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1530" uniqueCount="808">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1. Безопасность</t>
   </si>
   <si>
     <t>1.1 Видеонаблюдение</t>
   </si>
   <si>
-    <t>1.1.1 Кабель для видеонаблюдения</t>
-[...2 lines deleted...]
-    <t>1.1.1.1 Кабель КВК с питанием 2*0,75 мм2</t>
+    <t>1.1.1 Видеорегистраторы</t>
+  </si>
+  <si>
+    <t>1.1.1.1 Гибридные видеорегистраторы HVR (AHD)</t>
+  </si>
+  <si>
+    <t>45-0177</t>
+  </si>
+  <si>
+    <t>Видеорегистратор гибридный 4-канальный AHD-HDVR/2.0 (без HDD) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>1.1.2 Камеры AHD</t>
+  </si>
+  <si>
+    <t>1.1.2.1 Уличной установки AHD</t>
+  </si>
+  <si>
+    <t>45-0143</t>
+  </si>
+  <si>
+    <t>Купольная уличная камера AHD 1.3Мп (960P), объектив 2.8-12 мм., ИК до 30 м.</t>
+  </si>
+  <si>
+    <t>1.1.2.2 Внутренней установки AHD</t>
+  </si>
+  <si>
+    <t>45-0135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Купольная камера AHD 1.0Мп (720P), объектив 2.8-12 мм., ИК до 30 м. </t>
+  </si>
+  <si>
+    <t>45-0279</t>
+  </si>
+  <si>
+    <t>Панорамная камера AHD 3.0 Мп, объектив Fish Eye 1,29 мм, с ИК до 100м²</t>
+  </si>
+  <si>
+    <t>1.1.3 Камеры IP / WiFi</t>
+  </si>
+  <si>
+    <t>1.1.3.1 Внутренней установки IP / WiFi</t>
+  </si>
+  <si>
+    <t>45-0253</t>
+  </si>
+  <si>
+    <t>Видеокамера IP 1.0Мп (720P), объектив 2.8 мм., ИК до 15 м.  REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Кабель для видеонаблюдения</t>
+  </si>
+  <si>
+    <t>1.1.4.1 Кабель ШВЭВ, ШВЭП, ШСМ</t>
+  </si>
+  <si>
+    <t>01-4033</t>
+  </si>
+  <si>
+    <t>Кабель ШВЭВ (ШСм, 3x0,12 мм², 200 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-4034</t>
+  </si>
+  <si>
+    <t>Кабель ШВЭП (ШСм, 4x0,12 мм², 200 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4.2 Кабель ККСВ, ККСП</t>
+  </si>
+  <si>
+    <t>01-4004</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+2х0,5 мм, 305 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4022</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+4х0,5 мм, 100 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4002</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+2х0,5 мм, 100 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4021</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+4х0,5 мм, 100 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>01-4003</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+2х0,5 мм, 305 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>01-4001</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+2х0,5 мм, 100 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4.3 Кабель КВК с питанием 2*0,75 мм2</t>
+  </si>
+  <si>
+    <t>01-4101-1</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,75 мм² (Cu/Cu) белый, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4015</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-1,5+2x0,75 мм² (Cu/Cu) черный, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4109</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,75 мм² (Cu/CCA) (96) черный, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4014</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-1,5+2x0,75 мм² (Cu/Cu) белый, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4105</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,75 мм² (Cu/Cu) черный, 200 м, REXANT</t>
   </si>
   <si>
     <t>01-4107</t>
   </si>
   <si>
     <t>Кабель КВК-П-2+2x0,75 мм², +ТРОС (Cu/Cu) черный, 305 м, REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...34 lines deleted...]
-  <si>
     <t>01-4108</t>
   </si>
   <si>
     <t>Кабель КВК-В-2+2x0,75 мм² (Cu/CCA) (96) белый, 200 м, PROconnect</t>
   </si>
   <si>
-    <t>1.1.1.2 Кабель КВК с питанием 2*0,5 мм2</t>
+    <t>1.1.4.4 Кабель КВК с питанием 2*0,5 мм2</t>
+  </si>
+  <si>
+    <t>01-4213</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,50 мм² (Cu/Cu) белый, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4215</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,50 мм² (Cu/CCA) (96) черный, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4216</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,50 мм² (Cu/CCA) (96) белый, 200 м, PROconnect</t>
   </si>
   <si>
     <t>01-4012</t>
   </si>
   <si>
     <t>Кабель КВК-В-1,5+2x0,50 мм² (Cu/Cu) белый, 200 м, REXANT</t>
   </si>
   <si>
-    <t>01-4215</t>
-[...2 lines deleted...]
-    <t>Кабель КВК-П-2 +2x0,50 мм² (Cu/CCA) (96) черный, 200 м, PROconnect</t>
+    <t>01-4013</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-1,5+2x0,50 мм² (Cu/Cu) черный, 200 м, REXANT</t>
   </si>
   <si>
     <t>01-4214</t>
   </si>
   <si>
     <t>Кабель КВК-П-2 +2x0,50 мм² (Cu/Cu) черный, 200 м, PROconnect</t>
   </si>
   <si>
-    <t>01-4013</t>
-[...74 lines deleted...]
-    <t>1.1.2.1 Разъемы BNC</t>
+    <t>1.1.5 Разъемы и аксессуары</t>
+  </si>
+  <si>
+    <t>1.1.5.1 Переходники BNC</t>
+  </si>
+  <si>
+    <t>05-3202-4</t>
+  </si>
+  <si>
+    <t>Переход штекер BNC - гнездо RCA PROCONNECT</t>
+  </si>
+  <si>
+    <t>05-3201-5</t>
+  </si>
+  <si>
+    <t>Переход гнездо F - штекер BNC GOLD PROCONNECT</t>
+  </si>
+  <si>
+    <t>05-3201-1</t>
+  </si>
+  <si>
+    <t>Переход гнездо F - штекер BNC GOLD REXANT</t>
+  </si>
+  <si>
+    <t>05-3301</t>
+  </si>
+  <si>
+    <t>Переход штекер BNC - гнездо BNC x 2 (тройник) REXANT</t>
+  </si>
+  <si>
+    <t>05-3203</t>
+  </si>
+  <si>
+    <t>Переход гнездо BNC - гнездо BNC (I-коннектор) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5.2 Шнуры BNC -BNC</t>
+  </si>
+  <si>
+    <t>18-2701</t>
+  </si>
+  <si>
+    <t>Кабель соединительный BNC - BNC, длина 1,5 метра REXANT</t>
+  </si>
+  <si>
+    <t>18-2703</t>
+  </si>
+  <si>
+    <t>Кабель соединительный BNC - BNC, длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>18-2745</t>
+  </si>
+  <si>
+    <t>Кабель соединительный BNC - BNC, длина 45 метров REXANT</t>
+  </si>
+  <si>
+    <t>18-1718</t>
+  </si>
+  <si>
+    <t>Кабель соединительный для систем видеонаблюдения BNC + DC питание, длина 18 метров REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5.3 Разъемы питания DC</t>
+  </si>
+  <si>
+    <t>14-0315-4</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5мм с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
+    <t>14-0317</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 9 разъемов 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0360</t>
+  </si>
+  <si>
+    <t>Удлинитель кабеля питания DC гнездо-штекер (2,1х5,5мм) 3м REXANT</t>
+  </si>
+  <si>
+    <t>14-0315-2</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5 с быстрозажимной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>14-0320</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 2 разъема 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0312</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм угловой REXANT</t>
+  </si>
+  <si>
+    <t>14-0314-2</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с быстрозажимной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>14-0310</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5 с проводом 20 см REXANT</t>
+  </si>
+  <si>
+    <t>14-0324</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,5х5,5мм с проводом 20 см REXANT</t>
+  </si>
+  <si>
+    <t>14-0350</t>
+  </si>
+  <si>
+    <t>Удлинитель кабеля питания DC гнездо-штекер (2,1х5,5мм) 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>14-0313</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с проводом 20 см REXANT</t>
+  </si>
+  <si>
+    <t>14-0318</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 5 разъемов 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0319</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 4 разъема 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0326</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,5х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0311</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0332</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,5х5,5мм с проводом 20см REXANT</t>
+  </si>
+  <si>
+    <t>14-0314</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с клеммной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>14-0314-4</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
+    <t>14-0315</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5 с клеммной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>014-0327</t>
+  </si>
+  <si>
+    <t>Переходник для адаптеров питания DC гн.5,5х2,1мм - шт.5,5х2,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0333</t>
+  </si>
+  <si>
+    <t>Переходник для адаптеров питания DC гн. 5,5х2,5мм - шт. 5,5х2,1мм REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5.4 Грозозащита</t>
+  </si>
+  <si>
+    <t>05-3079-1</t>
+  </si>
+  <si>
+    <t>Грозозащита витой пары разъем RJ45 с PoE REXANT</t>
+  </si>
+  <si>
+    <t>05-4000-1</t>
+  </si>
+  <si>
+    <t>Грозозащита на F-разъем 5-2400 МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-3078</t>
+  </si>
+  <si>
+    <t>Грозозащита коаксиального кабеля BNC разъем REXANT</t>
+  </si>
+  <si>
+    <t>05-3079</t>
+  </si>
+  <si>
+    <t>Грозозащита витой пары RJ45 разъем REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5.5 Разъемы BNC</t>
+  </si>
+  <si>
+    <t>05-3072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер под винт с колпачком угловой REXANT </t>
+  </si>
+  <si>
+    <t>05-3071-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер под винт с колпачком тип-2 REXANT </t>
+  </si>
+  <si>
+    <t>05-3081-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC гнездо с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
+    <t>05-3075-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер под пайку с пружиной металл (универсальный) PROconnect</t>
+  </si>
+  <si>
+    <t>05-3076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер с клеммной колодкой REXANT </t>
   </si>
   <si>
     <t>05-3076-2</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер с быстрозажимной колодкой REXANT </t>
   </si>
   <si>
-    <t>шт</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Разъем BNC штекер под винт с колпачком тип-2 REXANT </t>
+    <t>05-3082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC гнездо под винт с колпачком REXANT </t>
   </si>
   <si>
     <t>05-3120</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC гнездо с проводом 20 см REXANT </t>
   </si>
   <si>
     <t>05-3071</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер под винт с колпачком REXANT </t>
   </si>
   <si>
-    <t>05-3072</t>
-[...4 lines deleted...]
-  <si>
     <t>05-3001</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер RG-58 обжим REXANT </t>
   </si>
   <si>
     <t>05-3073</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер под винт с пружиной металл REXANT </t>
   </si>
   <si>
+    <t>05-3076-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
     <t>05-3003</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер RG-6 обжим REXANT </t>
   </si>
   <si>
     <t>05-3075</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер под пайку с пружиной металл (универсальный) REXANT </t>
   </si>
   <si>
-    <t>05-3075-4</t>
-[...4 lines deleted...]
-  <si>
     <t>05-3071-4</t>
   </si>
   <si>
     <t>Разъем BNC штекер под винт с колпачком PROconnect</t>
   </si>
   <si>
+    <t>05-3072-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер под винт с колпачком угловой PROconnect</t>
+  </si>
+  <si>
     <t>05-3002</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC штекер RG-59 обжим REXANT </t>
   </si>
   <si>
     <t>05-3081</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем BNC гнездо с клеммной колодкой REXANT </t>
   </si>
   <si>
-    <t>05-3081-4</t>
-[...28 lines deleted...]
-  <si>
     <t>05-3073-4</t>
   </si>
   <si>
     <t>Разъем BNC штекер под винт с пружиной металл PROconnect</t>
   </si>
   <si>
-    <t>1.1.2.2 Разъемы питания DC</t>
-[...128 lines deleted...]
-    <t>1.1.2.3 Разъемы в розничной упаковке</t>
+    <t>1.1.5.6 Разъемы в розничной упаковке</t>
   </si>
   <si>
     <t>05-3073-4-7</t>
   </si>
   <si>
     <t>Разъем высокочастотный на кабель, штекер BNC под винт с пружиной, металл, (1шт.) (пакет) PROconnect</t>
   </si>
   <si>
-    <t>1.1.2.4 Грозозащита</t>
-[...86 lines deleted...]
-    <t>1.1.3 Муляжи видеокамер</t>
+    <t>1.1.6 Муляжи видеокамер</t>
   </si>
   <si>
     <t>45-0303</t>
   </si>
   <si>
     <t>Муляж видеокамеры внутренней установки RX-303 REXANT</t>
   </si>
   <si>
+    <t>45-0305</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры внутренней установки RX-305 REXANT</t>
+  </si>
+  <si>
+    <t>45-0309</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры уличной установки RX-309 REXANT</t>
+  </si>
+  <si>
     <t>45-0200</t>
   </si>
   <si>
     <t>Муляж камеры уличный, купольный, белый REXANT</t>
   </si>
   <si>
+    <t>45-0230</t>
+  </si>
+  <si>
+    <t>Муляж камеры, внутренний, купольный, черный REXANT</t>
+  </si>
+  <si>
+    <t>45-0301</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры внутренней установки RX-301 REXANT</t>
+  </si>
+  <si>
+    <t>45-0210</t>
+  </si>
+  <si>
+    <t>Муляж камеры внутренний, купольный, белый REXANT</t>
+  </si>
+  <si>
     <t>45-0307</t>
   </si>
   <si>
     <t>Муляж видеокамеры уличной установки RX-307 REXANT</t>
   </si>
   <si>
-    <t>45-0301</t>
-[...22 lines deleted...]
-  <si>
     <t>45-0240</t>
   </si>
   <si>
     <t>Муляж камеры уличный, цилиндрический, белый REXANT</t>
   </si>
   <si>
-    <t>45-0309</t>
-[...4 lines deleted...]
-  <si>
     <t>45-0250</t>
   </si>
   <si>
     <t>Муляж камеры уличный, цилиндрический, черный REXANT</t>
   </si>
   <si>
-    <t>1.1.4 Камеры IP / WiFi</t>
-[...49 lines deleted...]
-  <si>
     <t>1.1.7 Блоки питания</t>
   </si>
   <si>
+    <t>34-0496</t>
+  </si>
+  <si>
+    <t>Блок питания резервированный 12В, 2А, под АКБ 7А/ ч DC-496</t>
+  </si>
+  <si>
     <t>34-0493</t>
   </si>
   <si>
     <t>Блок питания стабилизированный 12В, 1,5А, уличная установка DC-493</t>
   </si>
   <si>
-    <t>34-0496</t>
-[...2 lines deleted...]
-    <t>Блок питания резервированный 12В, 2А, под АКБ 7А/ ч DC-496</t>
+    <t>34-0494</t>
+  </si>
+  <si>
+    <t>Блок питания стабилизированный 12В, 2А, внутренняя установка DC-494</t>
   </si>
   <si>
     <t>34-0498</t>
   </si>
   <si>
     <t>Блок питания резервированный 12В, 3А, под АКБ 7А/ ч, уличная установка DC-498</t>
   </si>
   <si>
-    <t>34-0494</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.8 Кронштейны для камер видеонаблюдения</t>
   </si>
   <si>
+    <t>34-0870</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT, труба 5,1 см, 30 см</t>
+  </si>
+  <si>
+    <t>34-0882</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 14,5см, боковой REXANT</t>
+  </si>
+  <si>
+    <t>34-0884</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 30см, боковой REXANT</t>
+  </si>
+  <si>
+    <t>34-0888</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 15см, на мачту REXANT</t>
+  </si>
+  <si>
+    <t>34-0892</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для камер видеонаблюдения на столб, 20х13см, под хомуты REXANT (Хомуты в комплект не входят!) </t>
+  </si>
+  <si>
+    <t>34-0887</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 45см, торцевой REXANT</t>
+  </si>
+  <si>
+    <t>34-0893</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для камер видеонаблюдения на столб, 18х14см, под хомуты REXANT (Хомуты в комплект не входят!) </t>
+  </si>
+  <si>
+    <t>34-0879</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения телескопический, 70-130см, боковой REXANT</t>
+  </si>
+  <si>
+    <t>34-0878</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT телескопический, 70-130 см</t>
+  </si>
+  <si>
+    <t>34-0883</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 14,5см, торцевой REXANT</t>
+  </si>
+  <si>
+    <t>34-0874</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT двойной с поворотными площадками, 30 см</t>
+  </si>
+  <si>
+    <t>28-4011</t>
+  </si>
+  <si>
+    <t>Кронштейн универсальный для видеокамер на столб/угол, серый</t>
+  </si>
+  <si>
+    <t>34-0616</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения телескопический, 60-110см боковой REXANT</t>
+  </si>
+  <si>
+    <t>28-4012</t>
+  </si>
+  <si>
+    <t>Кронштейн универсальный для видеокамер на столб/угол, черный</t>
+  </si>
+  <si>
+    <t>34-0617</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения телескопический, 60-110см торцевой REXANT</t>
+  </si>
+  <si>
+    <t>34-0872</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT с поворотной площадкой, труба 5,1 см, 30 см</t>
+  </si>
+  <si>
     <t>34-0881</t>
   </si>
   <si>
     <t>Кронштейн для камер видеонаблюдения, 50см, угловой REXANT</t>
   </si>
   <si>
-    <t>28-4012</t>
-[...26 lines deleted...]
-    <t>Кронштейн для камер видеонаблюдения, 30см, боковой REXANT</t>
+    <t>34-0886</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 45см, боковой REXANT</t>
+  </si>
+  <si>
+    <t>34-0894</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения на столб, 14х14 см, под хомуты REXANT (Хомуты в комплект не входят!)</t>
+  </si>
+  <si>
+    <t>34-0880</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 30см, угловой REXANT</t>
   </si>
   <si>
     <t>34-0885</t>
   </si>
   <si>
     <t>Кронштейн для камер видеонаблюдения, 30см, торцевой REXANT</t>
   </si>
   <si>
-    <t>34-0887</t>
-[...89 lines deleted...]
-    <t>1.2.1.1 Кабель КСПВ / КСПЭВ</t>
+    <t>1.2 СКУД</t>
+  </si>
+  <si>
+    <t>1.2.1 Аудиотрубки (трубки многоквартирного домофона)</t>
+  </si>
+  <si>
+    <t>45-0320</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и регулировкой звука RX-320, черная REXANT</t>
+  </si>
+  <si>
+    <t>45-0321</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и регулировкой звука RX-321, серая REXANT</t>
+  </si>
+  <si>
+    <t>45-0349</t>
+  </si>
+  <si>
+    <t>Трубка домофона RX-349, REXANT</t>
+  </si>
+  <si>
+    <t>45-0347</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и отключением звука RX-347, REXANT</t>
+  </si>
+  <si>
+    <t>45-0348</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и регулятором звука RX-348 REXANT</t>
+  </si>
+  <si>
+    <t>45-0346</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и отключением звука RX-346, REXANT Premium</t>
+  </si>
+  <si>
+    <t>45-0322</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и регулировкой звука RX-322, желтая REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2 Замки и крепления</t>
+  </si>
+  <si>
+    <t>45-0907</t>
+  </si>
+  <si>
+    <t>Замок электромеханический накладной универсальный SC-10</t>
+  </si>
+  <si>
+    <t>45-0926</t>
+  </si>
+  <si>
+    <t>Замок электромагнитный SC-180 + монтажный уголок SECURIC</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>45-0901</t>
+  </si>
+  <si>
+    <t>Замок электромагнитный SC-180</t>
+  </si>
+  <si>
+    <t>45-0925</t>
+  </si>
+  <si>
+    <t>Монтажный уголок для SC-500</t>
+  </si>
+  <si>
+    <t>45-0909</t>
+  </si>
+  <si>
+    <t>Замок электромеханический накладной универсальный  SC-20, с возможностью блокировки кнопки открывания</t>
+  </si>
+  <si>
+    <t>45-0927</t>
+  </si>
+  <si>
+    <t>Замок электромагнитный SC-280 + монтажный уголок SECURIC</t>
+  </si>
+  <si>
+    <t>1.2.3 Видеоглазки</t>
+  </si>
+  <si>
+    <t>45-1112</t>
+  </si>
+  <si>
+    <t>Видеоглазок дверной REXANT (DV-112) с цветным LCD-дисплеем 2.8" с функцией записи фото и звонком</t>
+  </si>
+  <si>
+    <t>45-1111</t>
+  </si>
+  <si>
+    <t>Видеоглазок дверной REXANT (DV-111) с цветным LCD-дисплеем 2.4" и функцией записи фото</t>
+  </si>
+  <si>
+    <t>45-1115</t>
+  </si>
+  <si>
+    <t>Видеоглазок дверной REXANT (DV-115) с цветным LCD-дисплеем 4.3" с функцией записи фото/видео по движению, встроенный звонок, ночной режим работы</t>
+  </si>
+  <si>
+    <t>45-0249</t>
+  </si>
+  <si>
+    <t>Видеоглазок дверной REXANT, с функцией записи видео/фото по движению, ночной режим работы</t>
+  </si>
+  <si>
+    <t>1.2.4 Кнопки "ВЫХОД"</t>
+  </si>
+  <si>
+    <t>45-0959</t>
+  </si>
+  <si>
+    <t>Кнопка «Выход» металлическая с синей подсветкой SB-50</t>
+  </si>
+  <si>
+    <t>45-0961</t>
+  </si>
+  <si>
+    <t>Кнопка «Выход» металлическая с синей подсветкой SB-60 врезного типа</t>
+  </si>
+  <si>
+    <t>45-0955</t>
+  </si>
+  <si>
+    <t>Кнопка «Выход» металлическая SB-30</t>
+  </si>
+  <si>
+    <t>45-0963</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кнопка «Выход» металлическая SB-70 врезного типа </t>
+  </si>
+  <si>
+    <t>1.2.5 Идентификаторы (Электронные ключи / карты)</t>
+  </si>
+  <si>
+    <t>46-0229</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок прозрачный) 125 kHz формат Em-Marin</t>
+  </si>
+  <si>
+    <t>46-0223-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 13,56 MHz формат Mifare Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0220-1</t>
+  </si>
+  <si>
+    <t>Ключ-карта электронный компактный,125KHz, формат EM Marin, белый REXANT</t>
+  </si>
+  <si>
+    <t>46-0221</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0227</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта с прорезью) 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0225-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта) 125KHz формат EM Marin Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0227-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта с прорезью) 125KHz формат EM Marin Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0221-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 125KHz формат EM Marin Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0220</t>
+  </si>
+  <si>
+    <t>Компактный электронный ключ (карта) 125KHz, формат EM Marin, белый REXANT</t>
+  </si>
+  <si>
+    <t>46-0257</t>
+  </si>
+  <si>
+    <t>Электронный ключ (браслет) 125 KHz формат EM-Marin</t>
+  </si>
+  <si>
+    <t>46-0223</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 13,56 MHz формат Mifare</t>
+  </si>
+  <si>
+    <t>46-0225</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта) 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0253</t>
+  </si>
+  <si>
+    <t>Дубликатор электронных ключей 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0255</t>
+  </si>
+  <si>
+    <t>Электронный ключ-заготовка (брелок) 125 kHz перезаписываемый формат Em-Marin</t>
+  </si>
+  <si>
+    <t>46-0229-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок прозрачный) 125 kHz формат Em-Marin индивидуальная упаковка 1 шт.</t>
+  </si>
+  <si>
+    <t>46-0257-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (браслет) 125 KHz формат EM-Marin, индивидуальная упаковка 1 шт.</t>
+  </si>
+  <si>
+    <t>46-0255-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ-заготовка (брелок) 125 kHz перезаписываемый формат Em-Marin. Индивидуальная упаковка 1 шт.</t>
+  </si>
+  <si>
+    <t>1.2.6 Доводчики дверные</t>
+  </si>
+  <si>
+    <t>46-0501</t>
+  </si>
+  <si>
+    <t>Доводчик дверной для установки на дверь весом до 45 кг</t>
+  </si>
+  <si>
+    <t>46-0503</t>
+  </si>
+  <si>
+    <t>Доводчик дверной для установки на дверь весом до 65 кг</t>
+  </si>
+  <si>
+    <t>46-0511</t>
+  </si>
+  <si>
+    <t>Доводчик дверной со скользящей тягой для установки на дверь весом до 65 кг</t>
+  </si>
+  <si>
+    <t>46-0512</t>
+  </si>
+  <si>
+    <t>Доводчик дверной со скользящей тягой для установки на дверь весом до 85 кг</t>
+  </si>
+  <si>
+    <t>1.2.7 Видеодомофоны</t>
+  </si>
+  <si>
+    <t>1.2.7.1 Вызывные панели</t>
+  </si>
+  <si>
+    <t>45-0315</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-315)</t>
+  </si>
+  <si>
+    <t>45-0313</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-313)</t>
+  </si>
+  <si>
+    <t>45-0312</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-312)</t>
+  </si>
+  <si>
+    <t>45-0316</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-316)</t>
+  </si>
+  <si>
+    <t>45-0317</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-317)</t>
+  </si>
+  <si>
+    <t>1.2.7.2 Мониторы видеодомофона</t>
+  </si>
+  <si>
+    <t>45-0336</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 7" формата AHD, с сенсорным управлением, с детектором движения, функцией фото- и видеозаписи (модель AC-336)</t>
+  </si>
+  <si>
+    <t>45-0438-2</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-438) в комплекте с вызывной видеопанелью с кнопкой SECURIC</t>
+  </si>
+  <si>
+    <t>45-0332</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 4,3" формата AHD, с сенсорным управлением, детектором движения, функцией фото- и видеозаписи (модель AC-332)</t>
+  </si>
+  <si>
+    <t>45-0435-2</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-435) в комплекте с вызывной видеопанелью с кнопкой SECURIC</t>
+  </si>
+  <si>
+    <t>45-0435-1</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-435) в комплекте с вызывной видеопанелью SECURIC</t>
+  </si>
+  <si>
+    <t>45-0438</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 7" формата AHD(1080P), с сенсорным экраном, детектором движения, функцией фото- и видеозаписи  (модель AC-438)</t>
+  </si>
+  <si>
+    <t>45-0440</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 10,1" формата AHD(1080P), с сенсорным экраном, детектором движения, функцией фото- и видеозаписи (модель AC-440)</t>
+  </si>
+  <si>
+    <t>45-0439</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 10,1" формата AHD(1080P), с сенсорным управлением, детектором движения, функцией фото- и видеозаписи (модель AC-439)</t>
+  </si>
+  <si>
+    <t>45-0337</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD, с сенсорным управлением, с детектором движения, функцией фото- и видеозаписи (модель AC-337)</t>
+  </si>
+  <si>
+    <t>45-0438-1</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-438) в комплекте с вызывной видеопанелью SECURIC</t>
+  </si>
+  <si>
+    <t>45-0332-1</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 4,3" формата AHD (модель AC-332) в комплекте с вызывной видеопанелью с кнопкой SECURIC</t>
+  </si>
+  <si>
+    <t>45-0333</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 7" формата AHD, с детектором движения, функцией фото- и видеозаписи (модель AC-333)</t>
+  </si>
+  <si>
+    <t>45-0434</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD(1080P), с детектором движения, функцией фото- и  видеозаписи. Цвет белый  (модель AC-434)</t>
+  </si>
+  <si>
+    <t>1.3 Знаки безопасности</t>
+  </si>
+  <si>
+    <t>1.3.1 Наклейки</t>
+  </si>
+  <si>
+    <t>1.3.1.1 Наклейки пожарной безопасности</t>
+  </si>
+  <si>
+    <t>56-0054</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности "Пожарный кран"100*100 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0051</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности "Огнетушитель"200*200 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0051-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности «Огнетушитель» 150х150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0055</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности "Пожарный кран"200*200 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0052</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности "Пожарный гидрант"100*100 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0053</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности "Пожарный гидрант"200*200 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0050</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности "Огнетушитель"100*100 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0055-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности «Пожарный кран» 150х150 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.1.2 Наклейки предупреждающие</t>
+  </si>
+  <si>
+    <t>56-0036</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак «Злая собака» 200x200 мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0021</t>
+  </si>
+  <si>
+    <t>Наклейка знак безопасности «Внимание. Опасность» 150х150х150 мм REXANT</t>
+  </si>
+  <si>
+    <t>55-0020</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности «Пожароопасно» 150х150х150 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.1.3 Наклейки эвакуационные</t>
+  </si>
+  <si>
+    <t>56-0020</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак  "Указатель запасного выхода"100*300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0030</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Направляющая стрелка"200*200 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0027</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Направление к эвакуационному выходу направо"100*300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0023</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Указатель выхода"150*300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0025</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Направление к эвакуационному выходу налево"100*300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0029</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Направляющая стрелка"100*100 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0026</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Направление к эвакуационному выходу налево"150*300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0021</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Указатель запасного выхода"150*300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0022</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Указатель выхода"100*300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0028</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак «Направление к эвакуационному выходу направо» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.1.4 Наклейки запрещающие</t>
+  </si>
+  <si>
+    <t>56-0056-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности «Запрещается пользоваться открытым огнем и курить» d - 180 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0043</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак "Фотосъемка запрещена" 150*150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0019</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак «На роликах не заходить» 150х150 мм</t>
+  </si>
+  <si>
+    <t>56-0040-9</t>
+  </si>
+  <si>
+    <t>Наклейки запрещающие знаки «Набор наклеек 4 шт. мини- d 9 см» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0035</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак "Курить запрещено" 200х200 Rexant</t>
+  </si>
+  <si>
+    <t>56-0038</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак "Машины не ставить" 150x300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0039</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак "С животными вход запрещен" 150*150 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0040</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак "С животными вход запрещен" 300*150 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0041</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак "С продуктами питания вход запрещен" 150*150 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0042</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак «Использование мобильных телефонов запрещено» 150х150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0040-10</t>
+  </si>
+  <si>
+    <t>Наклейки запрещающие знаки «Набор наклеек 4 шт. мини- d 9 см» с хедером; 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0047</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак «Проход запрещен» 150 х 150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0013</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак «Не мусорить» d-150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0037</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак "Проход запрещен" 200x200 мм Rexant</t>
+  </si>
+  <si>
+    <t>1.3.1.5 Наклейки предписывающие</t>
+  </si>
+  <si>
+    <t>56-0032</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак "Место курения" 100х100 Rexant</t>
+  </si>
+  <si>
+    <t>56-0033</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак "Место курения" 200х200 Rexant</t>
+  </si>
+  <si>
+    <t>1.3.1.6 Наклейки информационные</t>
+  </si>
+  <si>
+    <t>56-0031</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак "Внимание, ведётся видеонаблюдение" 100*100 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0016</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак «От себя» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0024</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак "Внимание, ведётся видеонаблюдение" 200*200 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0015</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак «На себя» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0017</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак «Зона Wi-Fi» 150х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0014</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак «Желтый круг» d - 150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0012</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак «Ответственный за пожарную безопасность» 100х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка информационный знак «Охрана» 100х200 мм REXANT </t>
+  </si>
+  <si>
+    <t>1.3.1.7 Наклейки медицинского назначения</t>
+  </si>
+  <si>
+    <t>56-0070</t>
+  </si>
+  <si>
+    <t>Наклейка знак медицинского  назначения "Аптечка первой медицинской помощи"100*100 мм Rexant</t>
+  </si>
+  <si>
+    <t>1.3.1.8 Наклейки автомобильные</t>
+  </si>
+  <si>
+    <t>56-0044</t>
+  </si>
+  <si>
+    <t>Наклейка  автомобильная "Дама за рулем" 150*150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0034</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак "Начинающий водитель" 150х150 Rexant</t>
+  </si>
+  <si>
+    <t>56-0045</t>
+  </si>
+  <si>
+    <t>Наклейка  автомобильная "Ребенок в машине" 150*150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0072</t>
+  </si>
+  <si>
+    <t>Наклейка  автомобильная "Инвалид " 150*150 мм</t>
+  </si>
+  <si>
+    <t>56-0046</t>
+  </si>
+  <si>
+    <t>Наклейка  автомобильная "Шипы" 200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0018</t>
+  </si>
+  <si>
+    <t>Наклейка  автомобильная треугольная «Ребенок в машине» 150х150х150 мм  REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Таблички ПВХ</t>
+  </si>
+  <si>
+    <t>1.3.2.1 Таблички пожарной безопасности</t>
+  </si>
+  <si>
+    <t>56-0051-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ знак пожарной безопасности «Огнетушитель» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0053-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ знак пожарной безопасности «Пожарный гидрант» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0055-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ знак пожарной безопасности «Пожарный кран» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2.2 Таблички предписывающие</t>
+  </si>
+  <si>
+    <t>56-0033-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Место курения» 200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2.3 Таблички предупреждающие</t>
+  </si>
+  <si>
+    <t>56-0036-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Злая собака» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2.4 Таблички эвакуационные</t>
+  </si>
+  <si>
+    <t>56-0030-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Направляющая стрелка» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0025-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу налево» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0021-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель запасного выхода» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0028-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу направо» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0020-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель запасного выхода» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0022-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель выхода» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0023-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель выхода» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0027-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу направо» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2.5 Таблички запрещающие</t>
+  </si>
+  <si>
+    <t>56-0035-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ  информационный знак «Курить запрещено» 200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0043-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ запрещающий знак «Фотосъемка запрещена» 150х150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0056-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Запрещается пользоваться открытым огнем и курить» d - 180 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0037-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Проход запрещен» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0038-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Машины не ставить» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0039-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ запрещающий знак «Выгул собак запрещен» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2.6 Таблички информационные</t>
+  </si>
+  <si>
+    <t>56-0024-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Внимание, ведется видеонаблюдение» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0017-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ «Зона Wi-Fi» 200х150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0058-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Внимание, объект охраняется круглосуточно, установлена сигнализация» 100х100 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Противопожарная безопасность</t>
+  </si>
+  <si>
+    <t>1.4.1 Кабель для монтажа систем связи и сигнализации</t>
+  </si>
+  <si>
+    <t>1.4.1.1 Кабель КСПВ / КСПЭВ</t>
+  </si>
+  <si>
+    <t>01-4700</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 2х0,4мм, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-4710</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 2х0,5мм, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-4715</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 12х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4701</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 4х0,4мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4704</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 10х0,4мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4706</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 14х0,4мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4711</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 4х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4713</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 8х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4714</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 10х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4716</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 14х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4719</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 20х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4710-1</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПЭВ 2х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4711-1</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПЭВ 4х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4702</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 6х0,4мм, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4703</t>
   </si>
   <si>
     <t>Кабель сигнальный КСПВ 8х0,4мм, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>метр</t>
-[...31 lines deleted...]
-  <si>
     <t>01-4712</t>
   </si>
   <si>
     <t>Кабель сигнальный КСПВ 6х0,5мм, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4719</t>
-[...14 lines deleted...]
-    <t>Кабель сигнальный КСПВ 6х0,4мм, бухта 200м REXANT</t>
+    <t>01-4700-1</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПЭВ 2х0,4мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4725-1</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПЭВ 1х2х0,4мм, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4705</t>
   </si>
   <si>
     <t>Кабель сигнальный КСПВ 12х0,4мм, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4701</t>
-[...47 lines deleted...]
-    <t>1.2.1.2 Кабель КСВВ / КСВЭВ</t>
+    <t>1.4.1.2 Кабель КСВВ / КСВЭВ</t>
+  </si>
+  <si>
+    <t>01-4749</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВ 6х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4748</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВ 4х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4747-1</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВЭВ 2х0,5мм, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4750</t>
   </si>
   <si>
     <t>Кабель сигнальный КСВВ 8х0,5мм, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4747-1</t>
-[...2 lines deleted...]
-    <t>Кабель сигнальный КСВЭВ 2х0,5мм, бухта 200м REXANT</t>
+    <t>01-4751</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВ 10х0,5мм, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4748-1</t>
   </si>
   <si>
     <t>Кабель сигнальный КСВЭВ 4х0,5мм, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4747</t>
   </si>
   <si>
     <t>Кабель сигнальный КСВВ 2х0,5мм, бухта 500м REXANT</t>
   </si>
   <si>
-    <t>01-4751</t>
-[...16 lines deleted...]
-  <si>
     <t>01-4752</t>
   </si>
   <si>
     <t>Кабель сигнальный КСВВ 12х0,5мм, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>1.2.1.3 Кабель КСВВнг-LS / КСВЭВнг-LS</t>
+    <t>1.4.1.3 Кабель КСВВнг-LS / КСВЭВнг-LS</t>
+  </si>
+  <si>
+    <t>01-4805</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный REXANT КСВВнг(А)-LS 1x2х0,64 мм, бухта 500м</t>
+  </si>
+  <si>
+    <t>01-4785</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВнг(А)-LS 4х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4793</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВнг(А)-LS 20х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4802</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВнг(А)-LS 1х2х0,5мм, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-4784</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВнг(А)-LS 2х0,5мм, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-4786</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВнг(А)-LS 6х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4784-1</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВЭВнг(А)-LS 2х0,5мм, бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4787</t>
   </si>
   <si>
     <t>Кабель сигнальный КСВВнг(А)-LS 8х0,5мм, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4784</t>
-[...34 lines deleted...]
-  <si>
     <t>01-4788</t>
   </si>
   <si>
     <t>Кабель сигнальный КСВВнг(А)-LS 10х0,5мм, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4805</t>
-[...8 lines deleted...]
-    <t>1.2.2.1 Кабель КПСВВнг-LS / КПСВЭВнг-LS</t>
+    <t>1.4.2 Кабель для монтажа систем охранной и пожарной сигнализации</t>
+  </si>
+  <si>
+    <t>1.4.2.1 Кабель КПСВВнг-LS / КПСВЭВнг-LS</t>
+  </si>
+  <si>
+    <t>01-4866</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LS 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4865</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LS 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4860-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4865-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4866-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4861</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LS 1x2x0,75мм², бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4862</t>
   </si>
   <si>
     <t>Кабель для пожарной сигнализации КПСВВнг(А)-LS 1x2x1,00мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4861</t>
-[...4 lines deleted...]
-  <si>
     <t>01-4861-1</t>
   </si>
   <si>
     <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 1x2x0,75мм², бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4867-1</t>
   </si>
   <si>
     <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 2x2x1,00мм², бухта 200м REXANT</t>
   </si>
   <si>
+    <t>01-4863</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LS 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4863-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4869-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 2x2x2,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4862-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 1x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4860</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LS 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
     <t>01-4868-1</t>
   </si>
   <si>
     <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 2x2x1,50мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4860</t>
-[...59 lines deleted...]
-    <t>1.2.2.2 Кабель КПСВВнг-LSLTx / КПСВЭВнг-LSLTx</t>
+    <t>1.4.2.2 Кабель КПСВВнг-LSLTx / КПСВЭВнг-LSLTx</t>
+  </si>
+  <si>
+    <t>01-4876-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LSLTx 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4871-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LSLTx 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4873-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации REXANT КПСВЭВнг(А)-LSLTx 1x2x1,50 мм², бухта 200 м</t>
+  </si>
+  <si>
+    <t>01-4876</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LSLTx 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4873</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LSLTx 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4875</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LSLTx 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4870-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LSLTx 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4870</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LSLTx 1x2x0,50мм², бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4872</t>
   </si>
   <si>
     <t>Кабель для пожарной сигнализации КПСВВнг(А)-LSLTx 1x2x1,00мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4871-1</t>
-[...4 lines deleted...]
-  <si>
     <t>01-4872-1</t>
   </si>
   <si>
     <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LSLTx 1x2x1,00мм², бухта 200м REXANT</t>
   </si>
   <si>
+    <t>01-4875-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LSLTx 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
     <t>01-4871</t>
   </si>
   <si>
     <t>Кабель для пожарной сигнализации КПСВВнг(А)-LSLTx 1x2x0,75мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4870-1</t>
-[...47 lines deleted...]
-    <t>1.2.2.3 Кабель КПСнг(А)-FRLS / КПСЭнг(А)-FRLS</t>
+    <t>1.4.2.3 Кабель КПСнг(А)-FRLS / КПСЭнг(А)-FRLS</t>
+  </si>
+  <si>
+    <t>01-4907</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 2x2x0,20мм², бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4904</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСнг(А)-FRLS 1x2x1,00мм², бухта 200м REXANT</t>
   </si>
   <si>
+    <t>01-4900-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLS 1x2x0,20мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4906</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 1x2x2,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4901</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 1x2x0,35мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4905</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4909</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4910</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4911</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 2x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4903-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLS 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4904-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLS 1x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4900</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 1x2x0,20мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4902</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
     <t>01-4903</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСнг(А)-FRLS 1х2х0,75мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4910</t>
-[...10 lines deleted...]
-  <si>
     <t>01-4902-1</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСЭнг(А)-FRLS 1x2x0,50мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4903-1</t>
-[...8 lines deleted...]
-    <t>Кабель огнестойкий КПСЭнг(А)-FRLS 1x2x1,00мм², бухта 200м REXANT</t>
+    <t>01-4909-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLS 2x2x0,50мм², бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4910-1</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСЭнг(А)-FRLS 2x2x0,75мм², бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4911-1</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСЭнг(А)-FRLS 2x2x1,00мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4902</t>
-[...16 lines deleted...]
-  <si>
     <t>01-4905-1</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСЭнг(А)-FRLS 1x2x1,50мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4900</t>
-[...35 lines deleted...]
-    <t>1.2.2.4 Кабель КПСнг(А)-FRHF / КПСЭнг(А)-FRHF</t>
+    <t>1.4.2.4 Кабель КПСнг(А)-FRHF / КПСЭнг(А)-FRHF</t>
+  </si>
+  <si>
+    <t>01-4924-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRHF 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4917-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRHF 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4920</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий REXANT КПСнг(А)-FRHF 1x2x2,50 мм², бухта 200 м</t>
+  </si>
+  <si>
+    <t>01-4919</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRHF 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4917</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRHF 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4923</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRHF 2x2x0,50мм², бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4924</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСнг(А)-FRHF 2x2x0,75мм², бухта 200м REXANT</t>
   </si>
   <si>
+    <t>01-4919-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRHF 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
     <t>01-4918</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСнг(А)-FRHF 1x2x1,00мм², бухта 200м REXANT</t>
   </si>
   <si>
+    <t>01-4916-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRHF 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
     <t>01-4918-1</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСЭнг(А)-FRHF 1x2x1,00мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4919-1</t>
-[...4 lines deleted...]
-  <si>
     <t>01-4923-1</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСЭнг(А)-FRHF 2x2x0,50мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4917</t>
-[...22 lines deleted...]
-  <si>
     <t>01-4916</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСнг(А)-FRHF 1x2x0,50мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4923</t>
-[...17 lines deleted...]
-    <t>1.2.2.5 Кабель КПСнг(А)-FRLSLTx / КПСЭнг(А)-FRLSLTx</t>
+    <t>1.4.2.5 Кабель КПСнг(А)-FRLSLTx / КПСЭнг(А)-FRLSLTx</t>
+  </si>
+  <si>
+    <t>01-4938</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4937-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLSLTx 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4933-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель огнестойкий КПСЭнг(А)-FRLSLTx 1x2x1,50мм², бухта 200м REXANT </t>
+  </si>
+  <si>
+    <t>01-4933</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4930</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4930-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLSLTx 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4931-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLSLTx 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4932-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLSLTx 1x2x1,00мм², бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4931</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 1x2x0,75мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4933</t>
-[...2 lines deleted...]
-    <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 1x2x1,50мм², бухта 200м REXANT</t>
+    <t>01-4932</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 1x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4937</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 2x2x0,50мм², бухта 200м REXANT</t>
   </si>
   <si>
     <t>01-4939</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 2x2x1,00мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4930-1</t>
-[...16 lines deleted...]
-  <si>
     <t>01-4938-1</t>
   </si>
   <si>
     <t>Кабель огнестойкий КПСЭнг(А)-FRLSLTx 2x2x0,75мм², бухта 200м REXANT</t>
   </si>
   <si>
-    <t>01-4933-1</t>
-[...425 lines deleted...]
-    <t>1.4.1 GSM сигнализации</t>
+    <t>1.5 Беспроводные сигнализации</t>
+  </si>
+  <si>
+    <t>1.5.1 Автономные сигнализации</t>
+  </si>
+  <si>
+    <t>46-0215</t>
+  </si>
+  <si>
+    <t>Беспроводной звонок с выносным датчиком движения (модель GS-215)  REXANT</t>
+  </si>
+  <si>
+    <t>46-0207</t>
+  </si>
+  <si>
+    <t>Автономная сигнализация геркон (в упаковке 4шт.) (модель RX-207)  REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>46-0205</t>
+  </si>
+  <si>
+    <t>Беспроводной звонок с датчиком движения (модель GS-205)  REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2 GSM сигнализации</t>
+  </si>
+  <si>
+    <t>46-0237</t>
+  </si>
+  <si>
+    <t>Брелок для сигнализации GS-115, черный (модель GS-237)  REXANT</t>
+  </si>
+  <si>
+    <t>46-0241</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Беспроводной датчик открытия для GS-115, с отключаемой индикацией, геркон (модель GS-241)  REXANT </t>
+  </si>
+  <si>
+    <t>46-0111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект беспроводной GSM-сигнализации GS-115 с дополнительными датчиками REXANT </t>
   </si>
   <si>
     <t>46-0101</t>
   </si>
   <si>
     <t>Автономная GSM Сигнализация "Сторож"  REXANT</t>
-  </si>
-[...553 lines deleted...]
-    <t>Наклейка  автомобильная треугольная «Ребенок в машине» 150х150х150 мм  REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2874,56 +2862,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-tros-cu-cu-chernyy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-cu-cca-96-chernyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-cu-cu-chernyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-75-mm-cu-cu-belyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-75-mm-cu-cu-chernyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-cu-cu-belyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-cu-cca-96-belyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-50-mm-cu-cu-belyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-cu-cca-96-chernyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-cu-cu-chernyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-50-mm-cu-cu-chernyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-cu-cu-belyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-cu-cca-96-belyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-100-m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-305-m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-305-m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-4h0-5-mm-100-m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-4h0-5-mm-100-m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-100-m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvep-shsm-4x0-12-mm-200-m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvev-shsm-3x0-12-mm-200-m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-bystrozazhimnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-tip-2-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-provodom-20-sm-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-58-obzhim-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-pruzhinoy-metall-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-6-obzhim-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-pruzhinoy-metall-universalnyy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-pruzhinoy-metall-universalnyy-proconnect.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-proconnect.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-59-obzhim-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-proconnect.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-proconnect.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-proconnect.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-pod-vint-s-kolpachkom-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-pruzhinoy-metall-proconnect.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-9-razemov-2-1h5-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-bystrozazhimnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-provodom-20-sm-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-5-razemov-2-1h5-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-2-razema-2-1h5-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-4-razema-2-1h5-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-3m-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-5mm-sht-5-5h2-1mm-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-bystrozazhimnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-s-provodom-20-sm-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-provodom-20-sm-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-5h5-5mm-s-provodom-20sm-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-klemmnoy-kolodkoy-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-1mm-sht-5-5h2-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-vysokochastotnyy-na-kabel-shteker-bnc-pod-vint-s-pruzhinoy-metall-1sht-paket-proconnect.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-vitoy-pary-razem-rj45-s-poe-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-na-f-razem-5-2400-mgts-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-vitoy-pary-rj45-razem-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-koaksialnogo-kabelya-bnc-razem-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-bnc-bnc-dlina-1-5-metra-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-bnc-bnc-dlina-3-metra-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-bnc-bnc-dlina-45-metrov-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-dlya-sistem-videonablyudeniya-bnc-dc-pitanie-dlina-18-metrov-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-rca-proconnect.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-bnc-x-2-troynik-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-bnc-gnezdo-bnc-i-konnektor-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-vnutrenney-ustanovki-rx-303-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-ulichnyy-kupolnyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-ulichnoy-ustanovki-rx-307-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-vnutrenney-ustanovki-rx-301-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-vnutrenney-ustanovki-rx-305-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-vnutrenniy-kupolnyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-vnutrenniy-kupolnyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-ulichnyy-tsilindricheskiy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-ulichnoy-ustanovki-rx-309-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-ulichnyy-tsilindricheskiy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videokamera-ip-1-0mp-720p-obektiv-2-8-mm-ik-do-15-m-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-ulichnaya-kamera-ahd-1-3mp-960p-obektiv-2-8-12-mm-ik-do-30-m.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-kamera-ahd-1-0mp-720p-obektiv-2-8-12-mm-ik-do-30-m.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panoramnaya-kamera-ahd-3-0-mp-obektiv-fish-eye-1-29-mm-s-ik-do-100m.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoregistrator-gibridnyy-4-kanalnyy-ahd-hdvr-2-0-bez-hdd-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovannyy-12v-1-5a-ulichnaya-ustanovka-dc-493.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovannyy-12v-2a-pod-akb-7a-ch-dc-496.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovannyy-12v-3a-pod-akb-7a-ch-ulichnaya-ustanovka-dc-498.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovannyy-12v-2a-vnutrennyaya-ustanovka-dc-494.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-50sm-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalnyy-dlya-videokamer-na-stolb-ugol-chernyy.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-bokovoy-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-s-povorotnoy-ploschadkoy-truba-5-1-sm-30-sm.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-teleskopicheskiy-70-130-sm.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-bokovoy-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-tortsevoy-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-tortsevoy-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-15sm-na-machtu-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-tortsevoy-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-bokovoy-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-14h14-sm-pod-homuty-rexant-homuty-v-komplekt-ne-vho.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalnyy-dlya-videokamer-na-stolb-ugol-seryy.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-tortsevoy-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-dvoynoy-s-povorotnymi-ploschadkami-30-sm.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-truba-5-1-sm-30-sm.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-20h13sm-pod-homuty-rexant-homuty-v-komplekt-ne-vhod.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-bokovoy-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-18h14sm-pod-homuty-rexant-homuty-v-komplekt-ne-vhod.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-70-130sm-bokovoy-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-8h0-4mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-4h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-12h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspev-2h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspev-4h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-2h0-5mm-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-6h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-20h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-2h0-4mm-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-6h0-4mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-12h0-4mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-4h0-4mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-8h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-10h0-4mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-14h0-4mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspev-2h0-4mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-10h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-14h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspev-1h2h0-4mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvv-8h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvev-2h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvev-4h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvv-2h0-5mm-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvv-10h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvv-6h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvv-4h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvv-12h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvng-a-ls-8h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvng-a-ls-2h0-5mm-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvng-a-ls-6h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvng-a-ls-20h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvng-a-ls-1h2h0-5mm-buhta-500m-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvevng-a-ls-2h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvng-a-ls-4h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvng-a-ls-10h0-5mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-rexant-ksvvng-a-ls-1x2h0-64-mm-buhta-500m.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvng-a-ls-1x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvng-a-ls-1x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-ls-1x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-ls-2x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-ls-2x2x1-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvng-a-ls-1x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-ls-1x2x1-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-ls-2x2x2-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvng-a-ls-1x2x1-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvng-a-ls-2x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvng-a-ls-2x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-ls-1x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-ls-1x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-ls-2x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-ls-2x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvng-a-lsltx-1x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-lsltx-1x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-lsltx-1x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvng-a-lsltx-1x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-lsltx-1x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvng-a-lsltx-1x2x1-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvng-a-lsltx-2x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-lsltx-2x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvng-a-lsltx-2x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvng-a-lsltx-1x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevng-a-lsltx-2x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-rexant-kpsvevng-a-lsltx-1x2x1-50-mm-buhta-200-m.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1h2h0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-2x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-2x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-2x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-2x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-2x2x0-20mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-2x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x1-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x0-20mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x0-35mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x1-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x2-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x0-20mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-2x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-2x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-1x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-1x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-1x2x1-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-2x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-1x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-1x2x1-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-1x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-2x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-1x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-2x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-1x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-rexant-kpsng-a-frhf-1x2x2-50-mm-buhta-200-m.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-1x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-1x2x1-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-2x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-1x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-1x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-2x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-2x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-1x2x1-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-2x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-1x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-1x2x0-50mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-1x2x1-00mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-2x2x0-75mm-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-111-s-tsvetnym-lcd-displeem-2-4-i-funktsiey-zapisi-foto.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-112-s-tsvetnym-lcd-displeem-2-8-s-funktsiey-zapisi-foto-i-zvonkom.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-s-funktsiey-zapisi-video-foto-po-dvizheniyu-nochnoy-rezhim-raboty.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-115-s-tsvetnym-lcd-displeem-4-3-s-funktsiey-zapisi-foto-video-po-dvizh.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-s-sensornym-upravleniem-detektorom-dvizheniya-funktsi.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd-1080p-s-sensornym-ekranom-detektorom-dvizheniya-funk.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-1080p-s-detektorom-dvizheniya-funktsiey-foto-i-videozap.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-1080p-s-sensornym-ekranom-detektorom-dvizheniya-funktsi.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd-1080p-s-sensornym-upravleniem-detektorom-dvizheniya-.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornym-upravleniem-s-detektorom-dvizheniya-funktsi.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-mo.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vyzyvnoy-videopanelyu-s-knop.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-model-ac-332-v-komplekte-s-vyzyvnoy-videopanelyu-s-kn.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd-s-sensornym-upravleniem-detektorom-dvizheniya-funkts.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vyzyvnoy-videopanelyu-securi.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vyzyvnoy-videopanelyu-s-knop.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-313.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-315.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-316.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-317.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-312.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-rx-349-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-321-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-347-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulyatorom-zvuka-rx-348-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-320-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-346-rexant-premium.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-322-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-s-prorezyu-125khz-format-em-marin.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-zagotovka-brelok-125-khz-perezapisyvaemyy-format-em-marin.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-125khz-format-em-marin.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dublikator-elektronnyh-klyuchey-125khz-format-em-marin.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-prozrachnyy-125-khz-format-em-marin.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-s-prorezyu-125khz-format-em-marin-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-125khz-format-em-marin-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-braslet-125-khz-format-em-marin.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-prozrachnyy-125-khz-format-em-marin-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-braslet-125-khz-format-em-marin-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-zagotovka-brelok-125-khz-perezapisyvaemyy-format-em-marin-individualnaya-upakovka.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaktnyy-elektronnyy-klyuch-karta-125khz-format-em-marin-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-karta-elektronnyy-kompaktnyy-125khz-format-em-marin-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-13-56-mhz-format-mifare.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-125khz-format-em-marin.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-13-56-mhz-format-mifare-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-125khz-format-em-marin-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-65-kg.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-45-kg.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyaschey-tyagoy-dlya-ustanovki-na-dver-vesom-do-85-kg.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyaschey-tyagoy-dlya-ustanovki-na-dver-vesom-do-65-kg.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalnyy-sc-10.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-ugolok-dlya-sc-500.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-180.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalnyy-sc-20-s-vozmozhnostyu-blokirovki-knopki-otkryvaniy.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-180-montazhnyy-ugolok-securic.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-280-montazhnyy-ugolok-securic.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vyhod-metallicheskaya-s-siney-podsvetkoy-sb-50.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vyhod-metallicheskaya-s-siney-podsvetkoy-sb-60-vreznogo-tipa.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vyhod-metallicheskaya-sb-70-vreznogo-tipa.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vyhod-metallicheskaya-sb-30.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtonomnaya-gsm-signalizatsiya-storozh-rexant.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-besprovodnoy-gsm-signalizatsii-gs-115-s-dopolnitelnymi-datchikami-rexant.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-datchik-otkrytiya-dlya-gs-115-s-otklyuchaemoy-indikatsiey-gerkon-model-gs-241-rexant.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-dlya-signalizatsii-gs-115-chernyy-model-gs-237-rexant.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnaya-gsm-signalizatsiya-gs-115-rexant.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-zvonok-s-vynosnym-datchikom-dvizheniya-model-gs-215-rexant.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtonomnaya-signalizatsiya-gerkon-v-upakovke-4sht-model-rx-207-rexant.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-zvonok-s-datchikom-dvizheniya-model-gs-205-rexant.html" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-ognetushitel-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-pozharnyy-gidrant-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-pozharnyy-kran-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-vyhoda-150h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-vyhoda-100h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-100h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlyayuschaya-strelka-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-150h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-150h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-150h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-100h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-100h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-fotosemka-zapreschena-150h150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-kurit-zaprescheno-200h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-mashiny-ne-stavit-150h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-prohod-zapreschen-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-vygul-sobak-zapreschen-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-zapreschaetsya-polzovatsya-otkrytym-ognem-i-kurit-d-180-mm-rexant.html" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-zlaya-sobaka-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zona-wi-fi-200h150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-vnimanie-vedetsya-videonablyudenie-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-vnimanie-obekt-ohranyaetsya-kruglosutochno-ustanovlena-signalizat.html" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-mesto-kureniya-200h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-ognetushitel-100-100-mm-rexant.html" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-pozharnyy-gidrant-100-100-mm-rexant.html" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-pozharnyy-kran-100-100-mm-rexant.html" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-ognetushitel-200-200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-pozharnyy-gidrant-200-200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-pozharnyy-kran-200-200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-ognetushitel-150h150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-pozharnyy-kran-150h150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-150-300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-100-300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-100-300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-napravlyayuschaya-strelka-100-100-mm-rexant.html" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-100-300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-ukazatel-vyhoda-100-300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-ukazatel-vyhoda-150-300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-150-300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-napravlyayuschaya-strelka-200-200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-150h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-kurit-zaprescheno-200h200-rexant.html" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-mashiny-ne-stavit-150x300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-s-zhivotnymi-vhod-zapreschen-150-150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-s-produktami-pitaniya-vhod-zapreschen-150-150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-s-zhivotnymi-vhod-zapreschen-300-150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-ispolzovanie-mobilnyh-telefonov-zaprescheno-150h150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-prohod-zapreschen-150-h-150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-na-rolikah-ne-zahodit-150h150-mm.html" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-zapreschayuschie-znaki-nabor-nakleek-4-sht-mini-d-9-sm-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-ne-musorit-d-150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-zapreschaetsya-polzovatsya-otkrytym-ognem-i-kurit-d-180-mm-rexa.html" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-fotosemka-zapreschena-150-150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-zapreschayuschie-znaki-nabor-nakleek-4-sht-mini-d-9-sm-s-hederom-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-prohod-zapreschen-200x200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-zlaya-sobaka-200x200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-pozharoopasno-150h150h150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-bezopasnosti-vnimanie-opasnost-150h150h150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-mesto-kureniya-100h100-rexant.html" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-mesto-kureniya-200h200-rexant.html" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-vnimanie-vedetsya-videonablyudenie-200-200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-vnimanie-vedetsya-videonablyudenie-100-100-mm-rexant.html" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-zona-wi-fi-150h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-na-sebya-150h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-otvetstvennyy-za-pozharnuyu-bezopasnost-100h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-zheltyy-krug-d-150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-ot-sebya-150h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-ohrana-100h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-meditsinskogo-naznacheniya-aptechka-pervoy-meditsinskoy-pomoschi-200-200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-meditsinskogo-naznacheniya-aptechka-pervoy-meditsinskoy-pomoschi-100-100-mm-rexant.html" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-nachinayuschiy-voditel-150h150-rexant.html" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-dama-za-rulem-150-150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-invalid-150-150-mm.html" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-shipy-200h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-rebenok-v-mashine-150-150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-treugolnaya-rebenok-v-mashine-150h150h150-mm-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoregistrator-gibridniy-4-kanalniy-ahd-hdvr-2-0-bez-hdd-rexant-28481" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-ulichnaya-kamera-ahd-1-3mp-960p-obektiv-2-8-12-mm-ik-do-30-m-10569" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-kamera-ahd-1-0mp-720p-obektiv-2-8-12-mm-ik-do-30-m-11680" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panoramnaya-kamera-ahd-3-0-mp-obektiv-fish-eye-1-29-mm-s-ik-do-100m-sup2-14076" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videokamera-ip-1-0mp-720p-obektiv-2-8-mm-ik-do-15-m-rexant-8174" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvev-shsm-3x0-12-mm-sup2-200-m-beliy-rexant-3567" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvep-shsm-4x0-12-mm-sup2-200-m-cherniy-rexant-3569" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-305-m-cherniy-rexant-492" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-4h0-5-mm-100-m-cherniy-rexant-495" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-100-m-cherniy-rexant-490" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-4h0-5-mm-100-m-beliy-rexant-493" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-305-m-beliy-rexant-491" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-100-m-beliy-rexant-167" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-sup2-cu-cu-beliy-200-m-rexant-12227" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-75-mm-sup2-cu-cu-cherniy-200-m-rexant-9402" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-cu-cca-96-cherniy-200-m-proconnect-4255" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-75-mm-sup2-cu-cu-beliy-200-m-rexant-9401" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-cu-cu-cherniy-200-m-rexant-2091" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-tros-cu-cu-cherniy-305-m-rexant-4478" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-sup2-cu-cca-96-beliy-200-m-proconnect-4254" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-sup2-cu-cu-beliy-200-m-proconnect-2092" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-sup2-cu-cca-96-cherniy-200-m-proconnect-15655" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-sup2-cu-cca-96-beliy-200-m-proconnect-4252" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-50-mm-sup2-cu-cu-beliy-200-m-rexant-9399" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-50-mm-sup2-cu-cu-cherniy-200-m-rexant-9400" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-sup2-cu-cu-cherniy-200-m-proconnect-2093" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-rca-proconnect-614" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-proconnect-2208" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-rexant-621" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-bnc-x-2-troynik-rexant-33" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-bnc-gnezdo-bnc-i-konnektor-rexant-615" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-bnc-bnc-dlina-1-5-metra-rexant-7600" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-bnc-bnc-dlina-3-metra-rexant-7601" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-bnc-bnc-dlina-45-metrov-rexant-7605" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-dlya-sistem-videonablyudeniya-bnc-dc-pitanie-dlina-18-metrov-rexant-6938" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect-20135" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-9-razemov-2-1h5-5mm-rexant-7108" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-3m-rexant-13240" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-bistrozajimnoy-kolodkoy-rexant-8811" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-2-razema-2-1h5-5mm-rexant-13241" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-uglovoy-rexant-2306" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-bistrozajimnoy-kolodkoy-rexant-8810" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-provodom-20-sm-rexant-9088" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-s-provodom-20-sm-rexant-23643" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-1-5m-rexant-13242" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-provodom-20-sm-rexant-2307" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-5-razemov-2-1h5-5mm-rexant-12681" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-4-razema-2-1h5-5mm-rexant-13250" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-rexant-15631" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-rexant-2305" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-5h5-5mm-s-provodom-20sm-rexant-23772" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-rexant-2308" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect-6898" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-klemmnoy-kolodkoy-rexant-4312" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-1mm-sht-5-5h2-5mm-rexant-18322" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-5mm-sht-5-5h2-1mm-rexant-23771" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-vitoy-pari-razem-rj45-s-poe-rexant-8767" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-na-f-razem-5-2400-mgts-rexant-8836" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-koaksialnogo-kabelya-bnc-razem-rexant-6394" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-vitoy-pari-rj45-razem-rexant-6395" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-rexant-607" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-tip-2-rexant-12169" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-proconnect-20066" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-prujinoy-metall-universalniy-proconnect-3359" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-rexant-3948" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-bistrozajimnoy-kolodkoy-blister-rexant-8809" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-pod-vint-s-kolpachkom-rexant-3360" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-provodom-20-sm-rexant-14430" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-rexant-18" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-58-objim-rexant-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-prujinoy-metall-rexant-1401" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-proconnect-6899" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-6-objim-rexant-601" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-prujinoy-metall-universalniy-rexant-3358" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-proconnect-2161" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-proconnect-2162" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-59-objim-rexant-600" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-rexant-6593" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-prujinoy-metall-proconnect-2163" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-visokochastotniy-na-kabel-shteker-bnc-pod-vint-s-prujinoy-metall-1sht-paket-proconnect-11894" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-vnutrenney-ustanovki-rx-303-rexant-24261" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-vnutrenney-ustanovki-rx-305-rexant-24262" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-ulichnoy-ustanovki-rx-309-rexant-24264" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-ulichniy-kupolniy-beliy-7911" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-vnutrenniy-kupolniy-cherniy-7918" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-vnutrenney-ustanovki-rx-301-rexant-24260" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-vnutrenniy-kupolniy-beliy-7916" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-ulichnoy-ustanovki-rx-307-rexant-24263" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-ulichniy-tsilindricheskiy-beliy-14194" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-ulichniy-tsilindricheskiy-cherniy-14196" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovanniy-12v-2a-pod-akb-7a-ch-dc-496-11956" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovanniy-12v-1-5a-ulichnaya-ustanovka-dc-493-11953" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovanniy-12v-2a-vnutrennyaya-ustanovka-dc-494-11951" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovanniy-12v-3a-pod-akb-7a-ch-ulichnaya-ustanovka-dc-498-11952" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-truba-5-1-sm-30-sm-18326" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-bokovoy-rexant-30893" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-bokovoy-rexant-30895" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-15sm-na-machtu-rexant-30899" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-20h13sm-pod-homuti-rexant-homuti-v-komplekt-ne-vhodyat-30900" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-tortsevoy-rexant-30898" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-18h14sm-pod-homuti-rexant-homuti-v-komplekt-ne-vhodyat-30901" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-70-130sm-bokovoy-rexant-30890" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-teleskopicheskiy-70-130-sm-18325" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-tortsevoy-rexant-30894" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-dvoynoy-s-povorotnimi-ploschadkami-30-sm-18328" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalniy-dlya-videokamer-na-stolb-ugol-seriy-28178" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-bokovoy-rexant-29655" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalniy-dlya-videokamer-na-stolb-ugol-cherniy-28179" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-tortsevoy-rexant-29611" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-s-povorotnoy-ploschadkoy-truba-5-1-sm-30-sm-18327" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-50sm-uglovoy-rexant-30892" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-bokovoy-rexant-30897" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-14h14-sm-pod-homuti-rexant-homuti-v-komplekt-ne-vhodyat-30902" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-uglovoy-rexant-30891" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-tortsevoy-rexant-30896" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-320-chernaya-rexant-28483" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-321-seraya-rexant-28484" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-rx-349-rexant-12590" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-347-rexant-12582" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulyatorom-zvuka-rx-348-rexant-12604" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-346-rexant-premium-19338" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-322-jeltaya-rexant-28485" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalniy-sc-10-20892" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitniy-sc-180-montajniy-ugolok-securic-31313" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitniy-sc-180-20893" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajniy-ugolok-dlya-sc-500-20886" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalniy-sc-20-s-vozmojnostyu-blokirovki-knopki-otkrivaniya-20887" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitniy-sc-280-montajniy-ugolok-securic-31314" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-112-s-tsvetnim-lcd-displeem-2-8-s-funktsiey-zapisi-foto-i-zvonkom-28795" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-111-s-tsvetnim-lcd-displeem-2-4-i-funktsiey-zapisi-foto-28794" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-115-s-tsvetnim-lcd-displeem-4-3-s-funktsiey-zapisi-foto-video-po-dvijeniyu-vstroenniy-zvonok-nochnoy-rejim-raboti-28798" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-s-funktsiey-zapisi-video-foto-po-dvijeniyu-nochnoy-rejim-raboti-8313" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vihod-metallicheskaya-s-siney-podsvetkoy-sb-50-20882" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vihod-metallicheskaya-s-siney-podsvetkoy-sb-60-vreznogo-tipa-20881" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vihod-metallicheskaya-sb-30-20889" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vihod-metallicheskaya-sb-70-vreznogo-tipa-20883" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-prozrachniy-125-khz-format-em-marin-15803" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-13-56-mhz-format-mifare-individualnaya-upakovka-1-sht-17539" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-karta-elektronniy-kompaktniy-125khz-format-em-marin-beliy-rexant-29443" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-125khz-format-em-marin-12344" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-karta-s-prorezyu-125khz-format-em-marin-13486" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-karta-125khz-format-em-marin-individualnaya-upakovka-1-sht-17541" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-karta-s-prorezyu-125khz-format-em-marin-individualnaya-upakovka-1-sht-17538" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-125khz-format-em-marin-individualnaya-upakovka-1-sht-17540" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaktniy-elektronniy-klyuch-karta-125khz-format-em-marin-beliy-rexant-28418" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-braslet-125-khz-format-em-marin-19368" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-13-56-mhz-format-mifare-12345" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-karta-125khz-format-em-marin-12346" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dublikator-elektronnih-klyuchey-125khz-format-em-marin-15802" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-zagotovka-brelok-125-khz-perezapisivaemiy-format-em-marin-19335" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-prozrachniy-125-khz-format-em-marin-individualnaya-upakovka-1-sht-19706" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-braslet-125-khz-format-em-marin-individualnaya-upakovka-1-sht-20147" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-zagotovka-brelok-125-khz-perezapisivaemiy-format-em-marin-individualnaya-upakovka-1-sht-20370" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-45-kg-28486" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-65-kg-11921" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyaschey-tyagoy-dlya-ustanovki-na-dver-vesom-do-65-kg-28488" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyaschey-tyagoy-dlya-ustanovki-na-dver-vesom-do-85-kg-28489" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-315-18254" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-313-18253" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-312-18252" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-316-28723" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-317-28724" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornim-upravleniem-s-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-336-18256" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vizivnoy-videopanelyu-s-knopkoy-securic-31483" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-s-sensornim-upravleniem-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-332-18257" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vizivnoy-videopanelyu-s-knopkoy-securic-31481" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vyzyvnoy-videopanelyu-securi.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-1080p-s-sensornim-ekranom-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-438-28729" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd-1080p-s-sensornim-ekranom-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-440-28722" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd-1080p-s-sensornim-upravleniem-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-439-29319" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornim-upravleniem-s-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-337-18261" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vizivnoy-videopanelyu-securic-31482" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-model-ac-332-v-komplekte-s-vizivnoy-videopanelyu-s-knopkoy-securic-31484" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-333-18255" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-1080p-s-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-tsvet-beliy-model-ac-434-28727" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-pojarniy-kran-100-100-mm-rexant-9132" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-ognetushitel-200-200-mm-rexant-9129" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-ognetushitel-150h150-mm-rexant-20687" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-pojarniy-kran-200-200-mm-rexant-9133" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-pojarniy-gidrant-100-100-mm-rexant-9130" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-pojarniy-gidrant-200-200-mm-rexant-9131" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-ognetushitel-100-100-mm-rexant-9128" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-pojarniy-kran-150h150-mm-rexant-20688" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-zlaya-sobaka-200x200-mm-rexant-12023" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-bezopasnosti-vnimanie-opasnost-150h150h150-mm-rexant-20679" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-pojaroopasno-150h150h150-mm-rexant-20689" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-ukazatel-zapasnogo-vihoda-100-300-mm-rexant-9117" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-napravlyayuschaya-strelka-200-200-mm-rexant-9127" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-napravo-100-300-mm-rexant-9124" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-ukazatel-vihoda-150-300-mm-rexant-9120" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-nalevo-100-300-mm-rexant-9122" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-napravlyayuschaya-strelka-100-100-mm-rexant-9126" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-nalevo-150-300-mm-rexant-9123" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-ukazatel-zapasnogo-vihoda-150-300-mm-rexant-9118" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-ukazatel-vihoda-100-300-mm-rexant-9119" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-napravo-150h300-mm-rexant-9125" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-zapreschaetsya-polzovatsya-otkritim-ognem-i-kurit-d-180-mm-rexant-20690" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-fotosemka-zapreschena-150-150-mm-rexant-15246" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-na-rolikah-ne-zahodit-150h150-mm-20024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-zapreschayuschie-znaki-nabor-nakleek-4-sht-mini-d-9-sm-200h200-mm-rexant-20676" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-kurit-zaprescheno-200h200-rexant-11098" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-mashini-ne-stavit-150x300-mm-rexant-12022" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-s-jivotnimi-vhod-zapreschen-150-150-mm-rexant-15248" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-s-jivotnimi-vhod-zapreschen-300-150-mm-rexant-15256" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-s-produktami-pitaniya-vhod-zapreschen-150-150-mm-rexant-15257" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-ispolzovanie-mobilnih-telefonov-zaprescheno-150h150-mm-rexant-15252" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-zapreschayuschie-znaki-nabor-nakleek-4-sht-mini-d-9-sm-s-hederom-200h200-mm-rexant-29854" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-prohod-zapreschen-150-h-150-mm-rexant-19875" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-ne-musorit-d-150-mm-rexant-20675" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-prohod-zapreschen-200x200-mm-rexant-12024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-mesto-kureniya-100h100-rexant-11095" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-mesto-kureniya-200h200-rexant-11096" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-vnimanie-vedyotsya-videonablyudenie-100-100-mm-rexant-10297" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-ot-sebya-150h300-mm-rexant-20027" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-vnimanie-vedyotsya-videonablyudenie-200-200-mm-rexant-9121" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-na-sebya-150h300-mm-rexant-20026" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-zona-wi-fi-150h200-mm-rexant-20049" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-jeltiy-krug-d-150-mm-rexant-20677" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-otvetstvenniy-za-pojarnuyu-bezopasnost-100h200-mm-rexant-20436" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-ohrana-100h200-mm-rexant-20443" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-meditsinskogo-naznacheniya-aptechka-pervoy-meditsinskoy-pomoschi-100-100-mm-rexant-9134" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-dama-za-rulem-150-150-mm-rexant-15261" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-nachinayuschiy-voditel-150h150-rexant-11097" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-rebenok-v-mashine-150-150-mm-rexant-15253" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-invalid-150-150-mm-15258" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-shipi-200h200mm-rexant-15727" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-treugolnaya-rebenok-v-mashine-150h150h150-mm-rexant-20025" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pojarnoy-bezopasnosti-ognetushitel-200h200-mm-rexant-19694" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pojarnoy-bezopasnosti-pojarniy-gidrant-200h200-mm-rexant-19696" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pojarnoy-bezopasnosti-pojarniy-kran-200h200-mm-rexant-19695" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-mesto-kureniya-200h200mm-rexant-19713" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-zlaya-sobaka-200h200-mm-rexant-19711" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlyayuschaya-strelka-200h200-mm-rexant-19699" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-nalevo-100h300-mm-rexant-19704" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-zapasnogo-vihoda-150h300-mm-rexant-19703" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-napravo-150h300-mm-rexant-19702" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-zapasnogo-vihoda-100h300-mm-rexant-19701" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-vihoda-100h300-mm-rexant-19698" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-vihoda-150h300-mm-rexant-19697" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-napravo-100h300-mm-rexant-19700" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-kurit-zaprescheno-200h200mm-rexant-19707" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-fotosemka-zapreschena-150h150-mm-rexant-19710" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-zapreschaetsya-polzovatsya-otkritim-ognem-i-kurit-d-180-mm-rexant-20134" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-prohod-zapreschen-200h200-mm-rexant-19708" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-mashini-ne-stavit-150h300-mm-rexant-19709" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-vigul-sobak-zapreschen-200h200-mm-rexant-20029" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-vnimanie-vedetsya-videonablyudenie-200h200-mm-rexant-19712" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zona-wi-fi-200h150-mm-rexant-20028" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-vnimanie-obekt-ohranyaetsya-kruglosutochno-ustanovlena-signalizatsiya-100h100-mm-rexant-20133" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-2h0-4mm-buhta-500m-rexant-13396" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-2h0-5mm-buhta-500m-rexant-13398" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-12h0-5mm-buhta-200m-rexant-13420" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-4h0-4mm-buhta-200m-rexant-13419" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-10h0-4mm-buhta-200m-rexant-13441" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-14h0-4mm-buhta-200m-rexant-13461" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-4h0-5mm-buhta-200m-rexant-13426" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-8h0-5mm-buhta-200m-rexant-13407" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-10h0-5mm-buhta-200m-rexant-13435" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-14h0-5mm-buhta-200m-rexant-13399" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-20h0-5mm-buhta-200m-rexant-13436" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpeb-2h0-5mm-buhta-200m-rexant-13457" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpeb-4h0-5mm-buhta-200m-rexant-13414" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-6h0-4mm-buhta-200m-rexant-13406" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-8h0-4mm-buhta-200m-rexant-13397" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-6h0-5mm-buhta-200m-rexant-13465" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpeb-2h0-4mm-buhta-200m-rexant-13437" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpeb-1x2h0-4mm-buhta-200m-rexant-13452" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-12h0-4mm-buhta-200m-rexant-13448" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcvb-6h0-5mm-buhta-200m-rexant-13651" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcvb-4h0-5mm-buhta-200m-rexant-13642" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcveb-2h0-5mm-buhta-200m-rexant-13600" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcvb-8h0-5mm-buhta-200m-rexant-13598" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcvb-10h0-5mm-buhta-200m-rexant-13668" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcveb-4h0-5mm-buhta-200m-rexant-13604" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcvb-2h0-5mm-buhta-500mrexant-13641" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcvb-12h0-5mm-buhta-200m-rexant-13608" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-rexant-ksvvng-a-ls-1x2h0-64-mm-buhta-500m-13610" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-4h0-5mm-buhta-200m-rexant-13584" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-20h0-5mm-buhta-200m-rexant-13534" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-1x2h0-5mm-buhta-500m-rexant-13645" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-2h0-5mm-buhta-500m-rexant-13672" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-6h0-5mm-buhta-200m-rexant-13585" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvevng-a-ls-2h0-5mm-buhta-200m-rexant-13557" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-8h0-5mm-buhta-200m-rexant-13627" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-10h0-5mm-buhta-200m-rexant-13628" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-ls-2x2x0-75mm-sup2-buhta-200m-rexant-13839" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-ls-2x2x0-50mm-sup2-buhta-200m-rexant-13888" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-1x2x0-50mm-sup2-buhta-200m-rexant-13775" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-2x2x0-50mm-sup2-buhta-200m-rexant-13840" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-2x2x0-75mm-sup2-buhta-200m-rexant-13862" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-ls-1x2x0-75mm-sup2-buhta-200m-rexant-13851" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-ls-1x2x1-00mm-sup2-buhta-200m-rexant-13883" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-1x2x0-75mm-sup2-buhta-200m-rexant-13949" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-2x2x1-00mm-sup2-buhta-200m-rexant-13902" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-ls-1x2x1-50mm-sup2-buhta-200m-rexant-13884" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-1x2x1-50mm-sup2-buhta-200m-rexant-13794" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-2x2x2-50mm-sup2-buhta-200m-rexant-13910" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-1x2x1-00mm-sup2-buhta-200m-rexant-13886" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-ls-1x2x0-50mm-sup2-buhta-200m-rexant-13850" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-2x2x1-50mm-sup2-buhta-200m-rexant-13903" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-lsltx-2x2x0-75mm-sup2-buhta-200m-rexant-13920" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-lsltx-1x2x0-75mm-sup2-buhta-200m-rexant-13930" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-rexant-kpsvevng-a-lsltx-1x2x1-50-mm-sup2-buhta-200-m-13931" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-lsltx-2x2x0-75mm-sup2-buhta-200m-rexant-13894" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-lsltx-1x2x1-50mm-sup2-buhta-200m-rexant-13761" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-lsltx-2x2x0-50mm-sup2-buhta-200m-rexant-13830" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-lsltx-1x2x0-50mm-sup2-buhta-200m-rexant-13832" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-lsltx-1x2x0-50mm-sup2-buhta-200m-rexant-13917" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-lsltx-1x2x1-00mm-sup2-buhta-200m-rexant-13960" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-lsltx-1x2x1-00mm-sup2-buhta-200m-rexant-13762" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-lsltx-2x2x0-50mm-sup2-buhta-200m-rexant-13919" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-lsltx-1x2x0-75mm-sup2-buhta-200m-rexant-13856" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-2x2x0-20mm-sup2-buhta-200m-rexant-13835" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x1-00mm-sup2-buhta-200m-rexant-13963" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x0-20mm-sup2-buhta-200m-rexant-13875" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x2-50mm-sup2-buhta-200m-rexant-13776" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x0-35mm-sup2-buhta-200m-rexant-13927" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x1-50mm-sup2-buhta-200m-rexant-13834" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-2x2x0-50mm-sup2-buhta-200m-rexant-13801" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-2x2x0-75mm-sup2-buhta-200m-rexant-13802" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-2x2x1-00mm-sup2-buhta-200m-rexant-13847" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x0-75mm-sup2-buhta-200m-rexant-13929" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x1-00mm-sup2-buhta-200m-rexant-13932" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x0-20mm-sup2-buhta-200m-rexant-13827" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x0-50mm-sup2-buhta-200m-rexant-13913" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1h2h0-75mm-sup2-buhta-200m-rexant-13752" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x0-50mm-sup2-buhta-200m-rexant-13928" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-2x2x0-50mm-sup2-buhta-200m-rexant-13803" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-2x2x0-75mm-sup2-buhta-200m-rexant-13804" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-2x2x1-00mm-sup2-buhta-200m-rexant-13790" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x1-50mm-sup2-buhta-200m-rexant-13876" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-2x2x0-75mm-sup2-buhta-200m-rexant-13964" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-1x2x0-75mm-sup2-buhta-200m-rexant-13754" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-rexant-kpsng-a-frhf-1x2x2-50-mm-sup2-buhta-200-m-13873" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-1x2x1-50mm-sup2-buhta-200m-rexant-13816" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-1x2x0-75mm-sup2-buhta-200m-rexant-13815" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-2x2x0-50mm-sup2-buhta-200m-rexant-13748" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-2x2x0-75mm-sup2-buhta-200m-rexant-13922" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-1x2x1-50mm-sup2-buhta-200m-rexant-13817" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-1x2x1-00mm-sup2-buhta-200m-rexant-13872" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-1x2x0-50mm-sup2-buhta-200m-rexant-13792" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-1x2x1-00mm-sup2-buhta-200m-rexant-13778" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-2x2x0-50mm-sup2-buhta-200m-rexant-13750" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-1x2x0-50mm-sup2-buhta-200m-rexant-13871" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-2x2x0-75mm-sup2-buhta-200m-rexant-13958" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-2x2x0-50mm-sup2-buhta-200m-rexant-13823" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-1x2x1-50mm-sup2-buhta-200m-rexant-13831" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-1x2x1-50mm-sup2-buhta-200m-rexant-13915" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-1x2x0-50mm-sup2-buhta-200m-rexant-13822" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-1x2x0-50mm-sup2-buhta-200m-rexant-13760" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-1x2x0-75mm-sup2-buhta-200m-rexant-13837" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-1x2x1-00mm-sup2-buhta-200m-rexant-13879" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-1x2x0-75mm-sup2-buhta-200m-rexant-13957" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-1x2x1-00mm-sup2-buhta-200m-rexant-13914" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-2x2x0-50mm-sup2-buhta-200m-rexant-13870" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-2x2x1-00mm-sup2-buhta-200m-rexant-13836" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-2x2x0-75mm-sup2-buhta-200m-rexant-13959" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-zvonok-s-vinosnim-datchikom-dvijeniya-model-gs-215-rexant-12573" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtonomnaya-signalizatsiya-gerkon-v-upakovke-4sht-model-rx-207-rexant-13267" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-zvonok-s-datchikom-dvijeniya-model-gs-205-rexant-12581" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-dlya-signalizatsii-gs-115-cherniy-model-gs-237-rexant-11859" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-datchik-otkritiya-dlya-gs-115-s-otklyuchaemoy-indikatsiey-gerkon-model-gs-241-rexant-12357" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-besprovodnoy-gsm-signalizatsii-gs-115-s-dopolnitelnimi-datchikami-rexant-28419" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtonomnaya-gsm-signalizatsiya-storoj-rexant-10166" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I432"/>
+  <dimension ref="A1:I430"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2981,11884 +2969,11824 @@
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3">
-        <v>25778.71</v>
+        <v>4062.22</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
-        <v>305</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C7" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3">
+        <v>3781.69</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F9" s="3">
+        <v>36</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>50</v>
+      </c>
+      <c r="I9" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C11" s="3">
-        <v>14229</v>
+        <v>1723.68</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C12" s="3">
-        <v>12698.06</v>
+        <v>4580.63</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>156</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A14" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C15" s="3">
+        <v>5972.98</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F15" s="3">
+        <v>0</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
         <v>32</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I15" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A16" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A17" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C18" s="3">
-        <v>11602.93</v>
+        <v>6229.51</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>88</v>
+        <v>320</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="C19" s="3">
-        <v>9123.53</v>
+        <v>7868.85</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="F19" s="3">
-        <v>164</v>
+        <v>240</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C21" s="3">
-        <v>4605.08</v>
+        <v>16109.9</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="F21" s="3">
-        <v>534</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I21" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C22" s="3">
-        <v>16109.9</v>
+        <v>7731.44</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>157</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I22" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="C23" s="3">
-        <v>17706.6</v>
+        <v>4605.08</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>494</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I23" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="C24" s="3">
-        <v>7731.44</v>
+        <v>7595.37</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="F24" s="3">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>6</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="C25" s="3">
-        <v>7595.37</v>
+        <v>17706.6</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="F25" s="3">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I25" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C26" s="3">
         <v>4929.83</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="F26" s="3">
-        <v>1704</v>
+        <v>1025</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>6</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="C28" s="3">
-        <v>7868.85</v>
+        <v>14229</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="F28" s="3">
-        <v>193</v>
+        <v>90</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I28" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C29" s="3">
+        <v>16855.07</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F29" s="3">
+        <v>20</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
+        <v>2</v>
+      </c>
+      <c r="I29" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C30" s="3">
+        <v>12933.18</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F30" s="3">
+        <v>389</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1</v>
+      </c>
+      <c r="H30" s="3">
+        <v>2</v>
+      </c>
+      <c r="I30" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="C31" s="3">
+        <v>17717.92</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F31" s="3">
+        <v>30</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>2</v>
+      </c>
+      <c r="I31" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C32" s="3">
-        <v>90.82</v>
+        <v>13746.11</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="F32" s="3">
-        <v>3450</v>
+        <v>48</v>
       </c>
       <c r="G32" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C33" s="3">
-        <v>22.95</v>
+        <v>25778.71</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>77</v>
       </c>
       <c r="G33" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>2000</v>
+        <v>1</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>305</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="C34" s="3">
-        <v>17.46</v>
+        <v>12698.06</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="F34" s="3">
-        <v>3600</v>
+        <v>126</v>
       </c>
       <c r="G34" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A35" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A35" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C36" s="3">
-        <v>29.34</v>
+        <v>11602.93</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="F36" s="3">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="G36" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="C37" s="3">
-        <v>35.41</v>
+        <v>9050.53</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="F37" s="3">
-        <v>13000</v>
+        <v>205</v>
       </c>
       <c r="G37" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>2500</v>
+        <v>2</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C38" s="3">
-        <v>109.53</v>
+        <v>9123.53</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="F38" s="3">
-        <v>33290</v>
+        <v>145</v>
       </c>
       <c r="G38" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C39" s="3">
-        <v>43.33</v>
+        <v>11760.82</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="F39" s="3">
-        <v>10300</v>
+        <v>135</v>
       </c>
       <c r="G39" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>2500</v>
+        <v>2</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="C40" s="3">
-        <v>153.77</v>
+        <v>10629.48</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="F40" s="3">
-        <v>8650</v>
+        <v>63</v>
       </c>
       <c r="G40" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C41" s="3">
-        <v>57.2</v>
+        <v>11822.29</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="F41" s="3">
-        <v>5300</v>
+        <v>126</v>
       </c>
       <c r="G41" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A42" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A43" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="C44" s="3">
-        <v>45.17</v>
+        <v>19.22</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F44" s="3">
-        <v>7500</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>50</v>
       </c>
       <c r="H44" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="C45" s="3">
-        <v>45.42</v>
+        <v>43.79</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F45" s="3">
-        <v>4680</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H45" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="C46" s="3">
-        <v>43.4</v>
+        <v>24.46</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F46" s="3">
-        <v>105240</v>
+        <v>700</v>
       </c>
       <c r="G46" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H46" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="C47" s="3">
-        <v>34.26</v>
+        <v>46.25</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>1250</v>
       </c>
       <c r="G47" s="3">
         <v>50</v>
       </c>
       <c r="H47" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="C48" s="3">
-        <v>50.18</v>
+        <v>20.08</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F48" s="3">
-        <v>2300</v>
+        <v>9360</v>
       </c>
       <c r="G48" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H48" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A49" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="B50" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C50" s="3">
+        <v>617.07</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F50" s="3">
+        <v>212</v>
+      </c>
+      <c r="G50" s="3">
+        <v>1</v>
+      </c>
+      <c r="H50" s="3">
         <v>100</v>
       </c>
-      <c r="C50" s="3">
-[...11 lines deleted...]
-      <c r="G50" s="3">
+      <c r="I50" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C51" s="3">
+        <v>784.68</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F51" s="3">
+        <v>45</v>
+      </c>
+      <c r="G51" s="3">
+        <v>1</v>
+      </c>
+      <c r="H51" s="3">
         <v>50</v>
       </c>
-      <c r="H50" s="3">
-[...17 lines deleted...]
-      <c r="I51" s="2"/>
+      <c r="I51" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="C52" s="3">
-        <v>507.21</v>
+        <v>2800.41</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F52" s="3">
-        <v>848</v>
+        <v>48</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="C53" s="3">
-        <v>80.01</v>
+        <v>650.65</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F53" s="3">
-        <v>8390</v>
+        <v>467</v>
       </c>
       <c r="G53" s="3">
+        <v>1</v>
+      </c>
+      <c r="H53" s="3">
         <v>50</v>
       </c>
-      <c r="H53" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A54" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A54" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="C55" s="3">
-        <v>223.5</v>
+        <v>47.92</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F55" s="3">
-        <v>341</v>
+        <v>17450</v>
       </c>
       <c r="G55" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H55" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="C56" s="3">
-        <v>252.47</v>
+        <v>456.49</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F56" s="3">
-        <v>2489</v>
+        <v>805</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="C57" s="3">
-        <v>372.52</v>
+        <v>160.6</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F57" s="3">
-        <v>2126</v>
+        <v>9954</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="C58" s="3">
-        <v>160.6</v>
+        <v>80.01</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F58" s="3">
-        <v>14384</v>
+        <v>8090</v>
       </c>
       <c r="G58" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H58" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="C59" s="3">
-        <v>140.17</v>
+        <v>252.47</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F59" s="3">
-        <v>12402</v>
+        <v>2163</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="C60" s="3">
-        <v>15.6</v>
+        <v>26.88</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F60" s="3">
-        <v>1100</v>
+        <v>8700</v>
       </c>
       <c r="G60" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H60" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="C61" s="3">
         <v>76.64</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F61" s="3">
-        <v>35850</v>
+        <v>37550</v>
       </c>
       <c r="G61" s="3">
         <v>50</v>
       </c>
       <c r="H61" s="3">
         <v>1000</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="C62" s="3">
-        <v>55.57</v>
+        <v>71.4</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F62" s="3">
-        <v>4750</v>
+        <v>26550</v>
       </c>
       <c r="G62" s="3">
         <v>50</v>
       </c>
       <c r="H62" s="3">
         <v>2000</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="C63" s="3">
-        <v>47.92</v>
+        <v>55.57</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F63" s="3">
-        <v>19450</v>
+        <v>3900</v>
       </c>
       <c r="G63" s="3">
         <v>50</v>
       </c>
       <c r="H63" s="3">
         <v>2000</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="C64" s="3">
-        <v>54.51</v>
+        <v>140.17</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F64" s="3">
-        <v>51100</v>
+        <v>10123</v>
       </c>
       <c r="G64" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="C65" s="3">
-        <v>30.43</v>
+        <v>54.51</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F65" s="3">
-        <v>68420</v>
+        <v>47250</v>
       </c>
       <c r="G65" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H65" s="3">
         <v>2000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="C66" s="3">
-        <v>15.47</v>
+        <v>212.33</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F66" s="3">
-        <v>31350</v>
+        <v>246</v>
       </c>
       <c r="G66" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>5000</v>
+        <v>200</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="C67" s="3">
-        <v>14.62</v>
+        <v>191.87</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F67" s="3">
-        <v>35050</v>
+        <v>2065</v>
       </c>
       <c r="G67" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="C68" s="3">
-        <v>77.6</v>
+        <v>14.62</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F68" s="3">
-        <v>3000</v>
+        <v>32600</v>
       </c>
       <c r="G68" s="3">
         <v>50</v>
       </c>
       <c r="H68" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="C69" s="3">
-        <v>38.76</v>
+        <v>15.47</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F69" s="3">
-        <v>167433</v>
+        <v>30000</v>
       </c>
       <c r="G69" s="3">
         <v>50</v>
       </c>
       <c r="H69" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="C70" s="3">
-        <v>34.43</v>
+        <v>77.6</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F70" s="3">
-        <v>68400</v>
+        <v>2650</v>
       </c>
       <c r="G70" s="3">
         <v>50</v>
       </c>
       <c r="H70" s="3">
         <v>2000</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="C71" s="3">
-        <v>26.88</v>
+        <v>38.76</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F71" s="3">
-        <v>10850</v>
+        <v>140450</v>
       </c>
       <c r="G71" s="3">
         <v>50</v>
       </c>
       <c r="H71" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="C72" s="3">
-        <v>74.88</v>
+        <v>30.43</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F72" s="3">
-        <v>300</v>
+        <v>58560</v>
       </c>
       <c r="G72" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H72" s="3">
         <v>2000</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A73" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I73" s="2"/>
+      <c r="A73" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="C73" s="3">
+        <v>34.43</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F73" s="3">
+        <v>81650</v>
+      </c>
+      <c r="G73" s="3">
+        <v>50</v>
+      </c>
+      <c r="H73" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I73" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="C74" s="3">
-        <v>76.43</v>
+        <v>74.88</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F74" s="3">
         <v>0</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H74" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I74" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C75" s="3">
+        <v>15.6</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F75" s="3">
+        <v>900</v>
+      </c>
+      <c r="G75" s="3">
         <v>100</v>
       </c>
-      <c r="I74" s="3">
-[...14 lines deleted...]
-      <c r="I75" s="2"/>
+      <c r="H75" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I75" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A76" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A76" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="B76" s="2"/>
+      <c r="C76" s="2"/>
+      <c r="D76" s="2"/>
+      <c r="E76" s="2"/>
+      <c r="F76" s="2"/>
+      <c r="G76" s="2"/>
+      <c r="H76" s="2"/>
+      <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="C77" s="3">
-        <v>717.18</v>
+        <v>3193.76</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F77" s="3">
-        <v>521</v>
+        <v>1149</v>
       </c>
       <c r="G77" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="C78" s="3">
-        <v>1954.81</v>
+        <v>717.18</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F78" s="3">
-        <v>1211</v>
+        <v>474</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="C79" s="3">
         <v>1680.43</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F79" s="3">
-        <v>786</v>
+        <v>769</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
         <v>125</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I80" s="2"/>
+      <c r="A80" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C80" s="3">
+        <v>1954.81</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F80" s="3">
+        <v>659</v>
+      </c>
+      <c r="G80" s="3">
+        <v>1</v>
+      </c>
+      <c r="H80" s="3">
+        <v>200</v>
+      </c>
+      <c r="I80" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A81" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="B81" s="2"/>
+      <c r="C81" s="2"/>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="C82" s="3">
-        <v>784.68</v>
+        <v>29.34</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F82" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H82" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="C83" s="3">
-        <v>2800.41</v>
+        <v>22.95</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F83" s="3">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H83" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="C84" s="3">
-        <v>650.65</v>
+        <v>45.42</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F84" s="3">
-        <v>593</v>
+        <v>4000</v>
       </c>
       <c r="G84" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H84" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="C85" s="3">
+        <v>57.2</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F85" s="3">
+        <v>4750</v>
+      </c>
+      <c r="G85" s="3">
         <v>50</v>
       </c>
-      <c r="I84" s="3">
-[...14 lines deleted...]
-      <c r="I85" s="2"/>
+      <c r="H85" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I85" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="C86" s="3">
-        <v>48.65</v>
+        <v>37.09</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F86" s="3">
-        <v>350</v>
+        <v>88000</v>
       </c>
       <c r="G86" s="3">
         <v>50</v>
       </c>
       <c r="H86" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="C87" s="3">
-        <v>19.22</v>
+        <v>90.82</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F87" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>50</v>
       </c>
       <c r="H87" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C88" s="3">
-        <v>46.25</v>
+        <v>50.18</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F88" s="3">
-        <v>1750</v>
+        <v>2050</v>
       </c>
       <c r="G88" s="3">
         <v>50</v>
       </c>
       <c r="H88" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="C89" s="3">
-        <v>20.08</v>
+        <v>15.71</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F89" s="3">
-        <v>11260</v>
+        <v>3350</v>
       </c>
       <c r="G89" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H89" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="C90" s="3">
-        <v>27.18</v>
+        <v>49.07</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F90" s="3">
-        <v>1450</v>
+        <v>350</v>
       </c>
       <c r="G90" s="3">
         <v>50</v>
       </c>
       <c r="H90" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I90" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C91" s="3">
+        <v>35.41</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F91" s="3">
+        <v>6100</v>
+      </c>
+      <c r="G91" s="3">
+        <v>100</v>
+      </c>
+      <c r="H91" s="3">
         <v>2500</v>
       </c>
-      <c r="I90" s="3">
-[...14 lines deleted...]
-      <c r="I91" s="2"/>
+      <c r="I91" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="C92" s="3">
-        <v>458.64</v>
+        <v>109.53</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F92" s="3">
-        <v>1143</v>
+        <v>31360</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H92" s="3">
-        <v>15</v>
+        <v>1000</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="C93" s="3">
-        <v>420.05</v>
+        <v>43.4</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F93" s="3">
-        <v>0</v>
+        <v>102810</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>20</v>
+        <v>1000</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="C94" s="3">
-        <v>693.29</v>
+        <v>43.33</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F94" s="3">
-        <v>2704</v>
+        <v>8700</v>
       </c>
       <c r="G94" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H94" s="3">
-        <v>30</v>
+        <v>2500</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="C95" s="3">
-        <v>299.77</v>
+        <v>153.77</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F95" s="3">
-        <v>8</v>
+        <v>8250</v>
       </c>
       <c r="G95" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H95" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C96" s="3">
-        <v>769.91</v>
+        <v>46.82</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>7450</v>
       </c>
       <c r="G96" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H96" s="3">
-        <v>20</v>
+        <v>1000</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="C97" s="3">
-        <v>511.97</v>
+        <v>30.83</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F97" s="3">
-        <v>2604</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H97" s="3">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="C98" s="3">
-        <v>463.96</v>
+        <v>41.85</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F98" s="3">
-        <v>3314</v>
+        <v>6300</v>
       </c>
       <c r="G98" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H98" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="C99" s="3">
-        <v>1013.28</v>
+        <v>45.17</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F99" s="3">
-        <v>1495</v>
+        <v>9250</v>
       </c>
       <c r="G99" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H99" s="3">
-        <v>30</v>
+        <v>1000</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C100" s="3">
-        <v>512.81</v>
+        <v>35.97</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F100" s="3">
+        <v>21150</v>
+      </c>
+      <c r="G100" s="3">
+        <v>50</v>
+      </c>
+      <c r="H100" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I100" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B101" s="2"/>
+      <c r="C101" s="2"/>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2"/>
+      <c r="H101" s="2"/>
+      <c r="I101" s="2"/>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C102" s="3">
+        <v>76.43</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F102" s="3">
         <v>0</v>
       </c>
-      <c r="G100" s="3">
-[...49 lines deleted...]
-      <c r="I102" s="2"/>
+      <c r="G102" s="3">
+        <v>1</v>
+      </c>
+      <c r="H102" s="3">
+        <v>100</v>
+      </c>
+      <c r="I102" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="2"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
       <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C104" s="3">
+        <v>458.64</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F104" s="3">
+        <v>659</v>
+      </c>
+      <c r="G104" s="3">
+        <v>1</v>
+      </c>
+      <c r="H104" s="3">
+        <v>15</v>
+      </c>
+      <c r="I104" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A105" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C105" s="3">
+        <v>769.91</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F105" s="3">
+        <v>0</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>20</v>
+      </c>
+      <c r="I105" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I106" s="2"/>
+      <c r="C106" s="3">
+        <v>512.81</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F106" s="3">
+        <v>0</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>60</v>
+      </c>
+      <c r="I106" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C107" s="3">
+        <v>420.05</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F107" s="3">
+        <v>0</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>20</v>
+      </c>
+      <c r="I107" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A108" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I108" s="2"/>
+      <c r="C108" s="3">
+        <v>463.96</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F108" s="3">
+        <v>802</v>
+      </c>
+      <c r="G108" s="3">
+        <v>1</v>
+      </c>
+      <c r="H108" s="3">
+        <v>100</v>
+      </c>
+      <c r="I108" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C109" s="3">
-        <v>1723.68</v>
+        <v>299.77</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F109" s="3">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C110" s="3">
+        <v>511.97</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F110" s="3">
+        <v>1020</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>60</v>
+      </c>
+      <c r="I110" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B110" s="3" t="s">
+      <c r="B111" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="C110" s="3">
-[...22 lines deleted...]
-      <c r="A111" s="2" t="s">
+      <c r="C111" s="3">
+        <v>693.29</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F111" s="3">
+        <v>1731</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>30</v>
+      </c>
+      <c r="I111" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A112" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B111" s="2"/>
-[...9 lines deleted...]
-      <c r="A112" s="2" t="s">
+      <c r="B112" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B112" s="2"/>
-[...6 lines deleted...]
-      <c r="I112" s="2"/>
+      <c r="C112" s="3">
+        <v>1013.28</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F112" s="3">
+        <v>1363</v>
+      </c>
+      <c r="G112" s="3">
+        <v>1</v>
+      </c>
+      <c r="H112" s="3">
+        <v>30</v>
+      </c>
+      <c r="I112" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C113" s="3">
-        <v>4838.4</v>
+        <v>1045.28</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F113" s="3">
-        <v>0</v>
+        <v>3218</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
         <v>214</v>
       </c>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="2"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
       <c r="I114" s="2"/>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C115" s="3">
-        <v>1620.55</v>
+        <v>4327.29</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F115" s="3">
-        <v>97</v>
+        <v>28.1</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C116" s="3">
-        <v>4327.29</v>
+        <v>1620.55</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F116" s="3">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C117" s="3">
-        <v>7244.77</v>
+        <v>2024.42</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F117" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C118" s="3">
-        <v>2024.42</v>
+        <v>7244.77</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F118" s="3">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
         <v>223</v>
       </c>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="2"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
       <c r="I119" s="2"/>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C120" s="3">
-        <v>1610.37</v>
+        <v>1189.36</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F120" s="3">
-        <v>0</v>
+        <v>352</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I120" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C121" s="3">
-        <v>1775.58</v>
+        <v>580.83</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F121" s="3">
+        <v>28</v>
+      </c>
+      <c r="G121" s="3">
+        <v>1</v>
+      </c>
+      <c r="H121" s="3">
+        <v>50</v>
+      </c>
+      <c r="I121" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C122" s="3">
-        <v>1753.17</v>
+        <v>636.16</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F122" s="3">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C123" s="3">
-        <v>1421.8</v>
+        <v>925.32</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F123" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I123" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C124" s="3">
-        <v>2662.9</v>
+        <v>1029.53</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F124" s="3">
-        <v>628</v>
+        <v>55</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I124" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C125" s="3">
-        <v>636.16</v>
+        <v>722.21</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F125" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C126" s="3">
-        <v>636.16</v>
+        <v>952.7</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F126" s="3">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>30</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C127" s="3">
-        <v>722.21</v>
+        <v>2126.67</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F127" s="3">
         <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C128" s="3">
-        <v>925.32</v>
+        <v>2662.9</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F128" s="3">
-        <v>16</v>
+        <v>392</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I128" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C129" s="3">
         <v>574.47</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F129" s="3">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>35</v>
       </c>
       <c r="I129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C130" s="3">
-        <v>722.21</v>
+        <v>3177.45</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F130" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I130" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C131" s="3">
-        <v>700.71</v>
+        <v>1775.58</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F131" s="3">
-        <v>0</v>
+        <v>112</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I131" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C132" s="3">
-        <v>1775.58</v>
+        <v>1753.17</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F132" s="3">
-        <v>56</v>
+        <v>137</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I132" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C133" s="3">
-        <v>1753.17</v>
+        <v>1775.58</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F133" s="3">
-        <v>256</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I133" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C134" s="3">
-        <v>3177.45</v>
+        <v>1753.17</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F134" s="3">
+        <v>253</v>
+      </c>
+      <c r="G134" s="3">
+        <v>1</v>
+      </c>
+      <c r="H134" s="3">
+        <v>10</v>
+      </c>
+      <c r="I134" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C135" s="3">
-        <v>1189.36</v>
+        <v>1421.8</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F135" s="3">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
         <v>20</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C136" s="3">
-        <v>1029.53</v>
+        <v>1610.37</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F136" s="3">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C137" s="3">
-        <v>580.83</v>
+        <v>722.21</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F137" s="3">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
         <v>50</v>
       </c>
       <c r="I137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C138" s="3">
-        <v>952.7</v>
+        <v>700.71</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F138" s="3">
-        <v>0</v>
+        <v>67</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C139" s="3">
-        <v>2126.67</v>
+        <v>1244.67</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F139" s="3">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C140" s="3">
-        <v>1244.67</v>
+        <v>636.16</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F140" s="3">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>30</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
         <v>266</v>
       </c>
       <c r="B141" s="2"/>
       <c r="C141" s="2"/>
       <c r="D141" s="2"/>
       <c r="E141" s="2"/>
       <c r="F141" s="2"/>
       <c r="G141" s="2"/>
       <c r="H141" s="2"/>
       <c r="I141" s="2"/>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
         <v>267</v>
       </c>
       <c r="B142" s="2"/>
       <c r="C142" s="2"/>
       <c r="D142" s="2"/>
       <c r="E142" s="2"/>
       <c r="F142" s="2"/>
       <c r="G142" s="2"/>
       <c r="H142" s="2"/>
       <c r="I142" s="2"/>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A143" s="2" t="s">
+      <c r="A143" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B143" s="2"/>
-[...6 lines deleted...]
-      <c r="I143" s="2"/>
+      <c r="B143" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="C143" s="3">
+        <v>1062.5</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F143" s="3">
+        <v>2273</v>
+      </c>
+      <c r="G143" s="3">
+        <v>1</v>
+      </c>
+      <c r="H143" s="3">
+        <v>32</v>
+      </c>
+      <c r="I143" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C144" s="3">
-        <v>37.15</v>
+        <v>1062.5</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F144" s="3">
-        <v>2600</v>
+        <v>2466</v>
       </c>
       <c r="G144" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C145" s="3">
-        <v>23.81</v>
+        <v>937.5</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F145" s="3">
-        <v>70600</v>
+        <v>7</v>
       </c>
       <c r="G145" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C146" s="3">
-        <v>72.08</v>
+        <v>1000</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F146" s="3">
-        <v>7600</v>
+        <v>1320</v>
       </c>
       <c r="G146" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C147" s="3">
-        <v>20.34</v>
+        <v>1062.5</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F147" s="3">
-        <v>3000</v>
+        <v>5985</v>
       </c>
       <c r="G147" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C148" s="3">
-        <v>28.88</v>
+        <v>1160.11</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F148" s="3">
-        <v>800</v>
+        <v>3261</v>
       </c>
       <c r="G148" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C149" s="3">
-        <v>13.11</v>
+        <v>799.89</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F149" s="3">
-        <v>75500</v>
+        <v>0</v>
       </c>
       <c r="G149" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>500</v>
+        <v>32</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A150" s="3" t="s">
+      <c r="A150" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B150" s="2"/>
+      <c r="C150" s="2"/>
+      <c r="D150" s="2"/>
+      <c r="E150" s="2"/>
+      <c r="F150" s="2"/>
+      <c r="G150" s="2"/>
+      <c r="H150" s="2"/>
+      <c r="I150" s="2"/>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="3">
-        <v>122.33</v>
+        <v>1808.69</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F151" s="3">
-        <v>5400</v>
+        <v>356</v>
       </c>
       <c r="G151" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B152" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="B152" s="3" t="s">
+      <c r="C152" s="3">
+        <v>2065.29</v>
+      </c>
+      <c r="D152" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="C152" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F152" s="3">
-        <v>64000</v>
+        <v>42</v>
       </c>
       <c r="G152" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>500</v>
+        <v>24</v>
       </c>
       <c r="I152" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C153" s="3">
-        <v>27.43</v>
+        <v>1984.86</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F153" s="3">
-        <v>4800</v>
+        <v>1</v>
       </c>
       <c r="G153" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C154" s="3">
-        <v>54.77</v>
+        <v>939.2</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F154" s="3">
-        <v>3600</v>
+        <v>44</v>
       </c>
       <c r="G154" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C155" s="3">
-        <v>17.73</v>
+        <v>2355.43</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F155" s="3">
-        <v>6267</v>
+        <v>354</v>
       </c>
       <c r="G155" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C156" s="3">
-        <v>49.47</v>
+        <v>2592.18</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>271</v>
+        <v>287</v>
       </c>
       <c r="F156" s="3">
-        <v>6400</v>
+        <v>165</v>
       </c>
       <c r="G156" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I156" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A157" s="3" t="s">
+      <c r="A157" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B157" s="2"/>
+      <c r="C157" s="2"/>
+      <c r="D157" s="2"/>
+      <c r="E157" s="2"/>
+      <c r="F157" s="2"/>
+      <c r="G157" s="2"/>
+      <c r="H157" s="2"/>
+      <c r="I157" s="2"/>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>60.24</v>
+        <v>7988.4</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F158" s="3">
-        <v>17000</v>
+        <v>0</v>
       </c>
       <c r="G158" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="3">
-        <v>13.88</v>
+        <v>3812.42</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F159" s="3">
         <v>0</v>
       </c>
       <c r="G159" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>60.67</v>
+        <v>13525.3</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F160" s="3">
-        <v>6600</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B161" s="3" t="s">
+      <c r="C161" s="3">
+        <v>6048</v>
+      </c>
+      <c r="D161" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F161" s="3">
+        <v>0</v>
+      </c>
+      <c r="G161" s="3">
+        <v>1</v>
+      </c>
+      <c r="H161" s="3">
+        <v>50</v>
+      </c>
+      <c r="I161" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A162" s="2" t="s">
         <v>305</v>
       </c>
-      <c r="C161" s="3">
-[...22 lines deleted...]
-      <c r="A162" s="3" t="s">
+      <c r="B162" s="2"/>
+      <c r="C162" s="2"/>
+      <c r="D162" s="2"/>
+      <c r="E162" s="2"/>
+      <c r="F162" s="2"/>
+      <c r="G162" s="2"/>
+      <c r="H162" s="2"/>
+      <c r="I162" s="2"/>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A163" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="B162" s="3" t="s">
+      <c r="B163" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="C162" s="3">
-[...8 lines deleted...]
-      <c r="F162" s="3">
+      <c r="C163" s="3">
+        <v>1546.61</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F163" s="3">
         <v>0</v>
       </c>
-      <c r="G162" s="3">
-[...20 lines deleted...]
-      <c r="I163" s="2"/>
+      <c r="G163" s="3">
+        <v>1</v>
+      </c>
+      <c r="H163" s="3">
+        <v>100</v>
+      </c>
+      <c r="I163" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B164" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B164" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" s="3">
-        <v>57.18</v>
+        <v>612.2</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F164" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B165" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B165" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="3">
-        <v>17.28</v>
+        <v>1104.62</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F165" s="3">
-        <v>4000</v>
+        <v>107</v>
       </c>
       <c r="G165" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="B166" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B166" s="3" t="s">
+      <c r="C166" s="3">
+        <v>341.15</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F166" s="3">
+        <v>1</v>
+      </c>
+      <c r="G166" s="3">
+        <v>1</v>
+      </c>
+      <c r="H166" s="3">
+        <v>100</v>
+      </c>
+      <c r="I166" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A167" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="C166" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B167" s="2"/>
+      <c r="C167" s="2"/>
+      <c r="D167" s="2"/>
+      <c r="E167" s="2"/>
+      <c r="F167" s="2"/>
+      <c r="G167" s="2"/>
+      <c r="H167" s="2"/>
+      <c r="I167" s="2"/>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C168" s="3">
-        <v>74.43</v>
+        <v>54.12</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F168" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G168" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H168" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="C169" s="3">
-        <v>44.09</v>
+        <v>89.79</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F169" s="3">
-        <v>13200</v>
+        <v>185</v>
       </c>
       <c r="G169" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C170" s="3">
-        <v>25.34</v>
+        <v>138.11</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F170" s="3">
-        <v>20400</v>
+        <v>0</v>
       </c>
       <c r="G170" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B171" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="C171" s="3">
+        <v>40.71</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F171" s="3">
+        <v>15950</v>
+      </c>
+      <c r="G171" s="3">
+        <v>50</v>
+      </c>
+      <c r="H171" s="3">
+        <v>3750</v>
+      </c>
+      <c r="I171" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A172" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="B171" s="3" t="s">
+      <c r="B172" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="C171" s="3">
-[...32 lines deleted...]
-      <c r="I172" s="2"/>
+      <c r="C172" s="3">
+        <v>46.36</v>
+      </c>
+      <c r="D172" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F172" s="3">
+        <v>44700</v>
+      </c>
+      <c r="G172" s="3">
+        <v>100</v>
+      </c>
+      <c r="H172" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I172" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="B173" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="B173" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C173" s="3">
-        <v>56.88</v>
+        <v>56.65</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F173" s="3">
-        <v>4000</v>
+        <v>2484</v>
       </c>
       <c r="G173" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B174" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="B174" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" s="3">
-        <v>14.5</v>
+        <v>78.68</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F174" s="3">
-        <v>40000</v>
+        <v>599</v>
       </c>
       <c r="G174" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="B175" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="B175" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" s="3">
-        <v>44.67</v>
+        <v>54.66</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F175" s="3">
-        <v>4200</v>
+        <v>353</v>
       </c>
       <c r="G175" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="B176" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="B176" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C176" s="3">
-        <v>140.32</v>
+        <v>72.28</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F176" s="3">
-        <v>200</v>
+        <v>3400</v>
       </c>
       <c r="G176" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H176" s="3">
-        <v>200</v>
+        <v>2500</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="B177" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="B177" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177" s="3">
-        <v>18.2</v>
+        <v>146.83</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F177" s="3">
-        <v>0</v>
+        <v>3700</v>
       </c>
       <c r="G177" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="H177" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="B178" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="B178" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C178" s="3">
-        <v>25.49</v>
+        <v>59.74</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F178" s="3">
-        <v>0</v>
+        <v>22600</v>
       </c>
       <c r="G178" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H178" s="3">
-        <v>200</v>
+        <v>3750</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B179" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="B179" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179" s="3">
-        <v>26.62</v>
+        <v>32.35</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F179" s="3">
-        <v>25400</v>
+        <v>46200</v>
       </c>
       <c r="G179" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H179" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="B180" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="B180" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" s="3">
-        <v>71.77</v>
+        <v>1520.75</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F180" s="3">
-        <v>0</v>
+        <v>579</v>
       </c>
       <c r="G180" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="B181" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="B181" s="3" t="s">
+      <c r="C181" s="3">
+        <v>107.29</v>
+      </c>
+      <c r="D181" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F181" s="3">
+        <v>2950</v>
+      </c>
+      <c r="G181" s="3">
+        <v>50</v>
+      </c>
+      <c r="H181" s="3">
+        <v>3750</v>
+      </c>
+      <c r="I181" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A182" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="C181" s="3">
-[...22 lines deleted...]
-      <c r="A182" s="2" t="s">
+      <c r="B182" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B182" s="2"/>
-[...6 lines deleted...]
-      <c r="I182" s="2"/>
+      <c r="C182" s="3">
+        <v>69.91</v>
+      </c>
+      <c r="D182" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F182" s="3">
+        <v>526</v>
+      </c>
+      <c r="G182" s="3">
+        <v>1</v>
+      </c>
+      <c r="H182" s="3">
+        <v>250</v>
+      </c>
+      <c r="I182" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A183" s="2" t="s">
+      <c r="A183" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="B183" s="2"/>
-[...6 lines deleted...]
-      <c r="I183" s="2"/>
+      <c r="B183" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="C183" s="3">
+        <v>254.22</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F183" s="3">
+        <v>302</v>
+      </c>
+      <c r="G183" s="3">
+        <v>1</v>
+      </c>
+      <c r="H183" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I183" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C184" s="3">
-        <v>62.16</v>
+        <v>177.33</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F184" s="3">
-        <v>5800</v>
+        <v>203</v>
       </c>
       <c r="G184" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>200</v>
+        <v>3750</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A185" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B185" s="3" t="s">
+      <c r="A185" s="2" t="s">
         <v>349</v>
       </c>
-      <c r="C185" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B185" s="2"/>
+      <c r="C185" s="2"/>
+      <c r="D185" s="2"/>
+      <c r="E185" s="2"/>
+      <c r="F185" s="2"/>
+      <c r="G185" s="2"/>
+      <c r="H185" s="2"/>
+      <c r="I185" s="2"/>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C186" s="3">
-        <v>53.64</v>
+        <v>1237.13</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F186" s="3">
-        <v>1800</v>
+        <v>104</v>
       </c>
       <c r="G186" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C187" s="3">
-        <v>130.25</v>
+        <v>1568.58</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F187" s="3">
-        <v>2200</v>
+        <v>119</v>
       </c>
       <c r="G187" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C188" s="3">
-        <v>181.16</v>
+        <v>2442.69</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F188" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G188" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C189" s="3">
-        <v>34.41</v>
+        <v>3461.07</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F189" s="3">
-        <v>4400</v>
+        <v>1</v>
       </c>
       <c r="G189" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A190" s="3" t="s">
+      <c r="A190" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="B190" s="3" t="s">
+      <c r="B190" s="2"/>
+      <c r="C190" s="2"/>
+      <c r="D190" s="2"/>
+      <c r="E190" s="2"/>
+      <c r="F190" s="2"/>
+      <c r="G190" s="2"/>
+      <c r="H190" s="2"/>
+      <c r="I190" s="2"/>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A191" s="2" t="s">
         <v>359</v>
       </c>
-      <c r="C190" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B191" s="2"/>
+      <c r="C191" s="2"/>
+      <c r="D191" s="2"/>
+      <c r="E191" s="2"/>
+      <c r="F191" s="2"/>
+      <c r="G191" s="2"/>
+      <c r="H191" s="2"/>
+      <c r="I191" s="2"/>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="C192" s="3">
-        <v>87.36</v>
+        <v>6048</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F192" s="3">
-        <v>4800</v>
+        <v>0</v>
       </c>
       <c r="G192" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="C193" s="3">
-        <v>65.08</v>
+        <v>6048</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F193" s="3">
-        <v>3000</v>
+        <v>12</v>
       </c>
       <c r="G193" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="C194" s="3">
-        <v>88.3</v>
+        <v>5892.55</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F194" s="3">
-        <v>1800</v>
+        <v>14</v>
       </c>
       <c r="G194" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="C195" s="3">
-        <v>69.6</v>
+        <v>6202.68</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F195" s="3">
-        <v>6400</v>
+        <v>33</v>
       </c>
       <c r="G195" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B196" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C196" s="3">
+        <v>6104.37</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F196" s="3">
+        <v>35</v>
+      </c>
+      <c r="G196" s="3">
+        <v>1</v>
+      </c>
+      <c r="H196" s="3">
+        <v>20</v>
+      </c>
+      <c r="I196" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A197" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="B196" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B197" s="2"/>
+      <c r="C197" s="2"/>
+      <c r="D197" s="2"/>
+      <c r="E197" s="2"/>
+      <c r="F197" s="2"/>
+      <c r="G197" s="2"/>
+      <c r="H197" s="2"/>
+      <c r="I197" s="2"/>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="C198" s="3">
+        <v>6885</v>
+      </c>
+      <c r="D198" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F198" s="3">
+        <v>4</v>
+      </c>
+      <c r="G198" s="3">
+        <v>1</v>
+      </c>
+      <c r="H198" s="3">
+        <v>23</v>
+      </c>
+      <c r="I198" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A199" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B199" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="B198" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I199" s="2"/>
+      <c r="C199" s="3">
+        <v>8829.86</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="F199" s="3">
+        <v>13</v>
+      </c>
+      <c r="G199" s="3">
+        <v>1</v>
+      </c>
+      <c r="H199" s="3">
+        <v>1</v>
+      </c>
+      <c r="I199" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="C200" s="3">
-        <v>73.45</v>
+        <v>10795.3</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F200" s="3">
-        <v>4400</v>
+        <v>12</v>
       </c>
       <c r="G200" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>200</v>
+        <v>28</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="C201" s="3">
-        <v>63.44</v>
+        <v>8032.88</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>271</v>
+        <v>287</v>
       </c>
       <c r="F201" s="3">
-        <v>4400</v>
+        <v>0</v>
       </c>
       <c r="G201" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="I201" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="C202" s="3">
-        <v>79.37</v>
+        <v>5855.97</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>271</v>
+        <v>287</v>
       </c>
       <c r="F202" s="3">
+        <v>8</v>
+      </c>
+      <c r="G202" s="3">
+        <v>1</v>
+      </c>
+      <c r="H202" s="3">
+        <v>1</v>
+      </c>
+      <c r="I202" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C203" s="3">
-        <v>60.48</v>
+        <v>16468.11</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F203" s="3">
-        <v>4200</v>
+        <v>2</v>
       </c>
       <c r="G203" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>200</v>
+        <v>28</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C204" s="3">
-        <v>45.89</v>
+        <v>18252.05</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F204" s="3">
-        <v>3000</v>
+        <v>25</v>
       </c>
       <c r="G204" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>200</v>
+        <v>16</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C205" s="3">
-        <v>99.4</v>
+        <v>20623.93</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F205" s="3">
-        <v>400</v>
+        <v>10</v>
       </c>
       <c r="G205" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>200</v>
+        <v>16</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="C206" s="3">
-        <v>76.99</v>
+        <v>7468.64</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F206" s="3">
-        <v>1600</v>
+        <v>5</v>
       </c>
       <c r="G206" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>200</v>
+        <v>23</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="C207" s="3">
-        <v>81</v>
+        <v>9810.96</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>271</v>
+        <v>287</v>
       </c>
       <c r="F207" s="3">
-        <v>3800</v>
+        <v>10</v>
       </c>
       <c r="G207" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I207" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="C208" s="3">
-        <v>107.08</v>
+        <v>6388.25</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>271</v>
+        <v>287</v>
       </c>
       <c r="F208" s="3">
-        <v>2000</v>
+        <v>108</v>
       </c>
       <c r="G208" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I208" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="C209" s="3">
-        <v>40.59</v>
+        <v>11099.54</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F209" s="3">
         <v>0</v>
       </c>
       <c r="G209" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>200</v>
+        <v>28</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="B210" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="C210" s="3">
+        <v>14421.2</v>
+      </c>
+      <c r="D210" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F210" s="3">
+        <v>19</v>
+      </c>
+      <c r="G210" s="3">
+        <v>1</v>
+      </c>
+      <c r="H210" s="3">
+        <v>28</v>
+      </c>
+      <c r="I210" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A211" s="2" t="s">
         <v>397</v>
       </c>
-      <c r="B210" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B211" s="2"/>
+      <c r="C211" s="2"/>
+      <c r="D211" s="2"/>
+      <c r="E211" s="2"/>
+      <c r="F211" s="2"/>
+      <c r="G211" s="2"/>
+      <c r="H211" s="2"/>
+      <c r="I211" s="2"/>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="2" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B212" s="2"/>
       <c r="C212" s="2"/>
       <c r="D212" s="2"/>
       <c r="E212" s="2"/>
       <c r="F212" s="2"/>
       <c r="G212" s="2"/>
       <c r="H212" s="2"/>
       <c r="I212" s="2"/>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A213" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A213" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="B213" s="2"/>
+      <c r="C213" s="2"/>
+      <c r="D213" s="2"/>
+      <c r="E213" s="2"/>
+      <c r="F213" s="2"/>
+      <c r="G213" s="2"/>
+      <c r="H213" s="2"/>
+      <c r="I213" s="2"/>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="C214" s="3">
-        <v>41.63</v>
+        <v>25.29</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F214" s="3">
-        <v>6200</v>
+        <v>0</v>
       </c>
       <c r="G214" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H214" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C215" s="3">
-        <v>85.9</v>
+        <v>54.41</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F215" s="3">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="G215" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H215" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="C216" s="3">
-        <v>62.25</v>
+        <v>36.04</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F216" s="3">
-        <v>0</v>
+        <v>270</v>
       </c>
       <c r="G216" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H216" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="C217" s="3">
-        <v>36.69</v>
+        <v>54.41</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F217" s="3">
-        <v>3800</v>
+        <v>200</v>
       </c>
       <c r="G217" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H217" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="C218" s="3">
-        <v>48.6</v>
+        <v>25.29</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F218" s="3">
-        <v>0</v>
+        <v>345</v>
       </c>
       <c r="G218" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H218" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="C219" s="3">
-        <v>61.69</v>
+        <v>54.41</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F219" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G219" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H219" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C220" s="3">
-        <v>91.39</v>
+        <v>25.29</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F220" s="3">
-        <v>3600</v>
+        <v>2615</v>
       </c>
       <c r="G220" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H220" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="C221" s="3">
-        <v>107.66</v>
+        <v>43.09</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F221" s="3">
-        <v>800</v>
+        <v>365</v>
       </c>
       <c r="G221" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H221" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A222" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A222" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="B222" s="2"/>
+      <c r="C222" s="2"/>
+      <c r="D222" s="2"/>
+      <c r="E222" s="2"/>
+      <c r="F222" s="2"/>
+      <c r="G222" s="2"/>
+      <c r="H222" s="2"/>
+      <c r="I222" s="2"/>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C223" s="3">
-        <v>39.85</v>
+        <v>48.97</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F223" s="3">
-        <v>0</v>
+        <v>475</v>
       </c>
       <c r="G223" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H223" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="C224" s="3">
-        <v>105.14</v>
+        <v>43.51</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F224" s="3">
-        <v>1600</v>
+        <v>550</v>
       </c>
       <c r="G224" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="H224" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C225" s="3">
-        <v>85.95</v>
+        <v>43.51</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F225" s="3">
-        <v>8200</v>
+        <v>0</v>
       </c>
       <c r="G225" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H225" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A226" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A226" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="B226" s="2"/>
+      <c r="C226" s="2"/>
+      <c r="D226" s="2"/>
+      <c r="E226" s="2"/>
+      <c r="F226" s="2"/>
+      <c r="G226" s="2"/>
+      <c r="H226" s="2"/>
+      <c r="I226" s="2"/>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="C227" s="3">
-        <v>27.71</v>
+        <v>53.57</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F227" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G227" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H227" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="C228" s="3">
-        <v>75.11</v>
+        <v>54.41</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F228" s="3">
-        <v>8000</v>
+        <v>540</v>
       </c>
       <c r="G228" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H228" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="C229" s="3">
-        <v>122.45</v>
+        <v>53.57</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F229" s="3">
-        <v>200</v>
+        <v>185</v>
       </c>
       <c r="G229" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H229" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="C230" s="3">
-        <v>23.77</v>
+        <v>54.41</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F230" s="3">
-        <v>2000</v>
+        <v>60</v>
       </c>
       <c r="G230" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H230" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="C231" s="3">
-        <v>66.97</v>
+        <v>53.57</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F231" s="3">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="G231" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H231" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A232" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I232" s="2"/>
+      <c r="A232" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="B232" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="C232" s="3">
+        <v>25.29</v>
+      </c>
+      <c r="D232" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F232" s="3">
+        <v>550</v>
+      </c>
+      <c r="G232" s="3">
+        <v>5</v>
+      </c>
+      <c r="H232" s="3">
+        <v>100</v>
+      </c>
+      <c r="I232" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="C233" s="3">
-        <v>120.72</v>
+        <v>54.41</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F233" s="3">
-        <v>1800</v>
+        <v>195</v>
       </c>
       <c r="G233" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H233" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="C234" s="3">
-        <v>79.73</v>
+        <v>54.41</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F234" s="3">
-        <v>1800</v>
+        <v>125</v>
       </c>
       <c r="G234" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H234" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="C235" s="3">
-        <v>88.93</v>
+        <v>53.57</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F235" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G235" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H235" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C236" s="3">
-        <v>119.93</v>
+        <v>60.06</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F236" s="3">
-        <v>800</v>
+        <v>185</v>
       </c>
       <c r="G236" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H236" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A237" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A237" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="B237" s="2"/>
+      <c r="C237" s="2"/>
+      <c r="D237" s="2"/>
+      <c r="E237" s="2"/>
+      <c r="F237" s="2"/>
+      <c r="G237" s="2"/>
+      <c r="H237" s="2"/>
+      <c r="I237" s="2"/>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="C238" s="3">
-        <v>64.08</v>
+        <v>54.41</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F238" s="3">
-        <v>5800</v>
+        <v>230</v>
       </c>
       <c r="G238" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H238" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="C239" s="3">
-        <v>106.84</v>
+        <v>31.48</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F239" s="3">
-        <v>3000</v>
+        <v>1025</v>
       </c>
       <c r="G239" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H239" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="C240" s="3">
-        <v>55.32</v>
+        <v>27.83</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F240" s="3">
-        <v>4400</v>
+        <v>1970</v>
       </c>
       <c r="G240" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H240" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="C241" s="3">
-        <v>127.13</v>
+        <v>54.41</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F241" s="3">
-        <v>1800</v>
+        <v>20</v>
       </c>
       <c r="G241" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="H241" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="C242" s="3">
-        <v>52.6</v>
+        <v>54.41</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F242" s="3">
-        <v>2600</v>
+        <v>31</v>
       </c>
       <c r="G242" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H242" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="C243" s="3">
-        <v>86.72</v>
+        <v>54.41</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F243" s="3">
-        <v>1400</v>
+        <v>335</v>
       </c>
       <c r="G243" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H243" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="C244" s="3">
-        <v>69.98</v>
+        <v>34.98</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F244" s="3">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="G244" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H244" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="C245" s="3">
-        <v>116.25</v>
+        <v>45.15</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F245" s="3">
-        <v>200</v>
+        <v>1320</v>
       </c>
       <c r="G245" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H245" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A246" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I246" s="2"/>
+      <c r="A246" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="B246" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="C246" s="3">
+        <v>34.98</v>
+      </c>
+      <c r="D246" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F246" s="3">
+        <v>715</v>
+      </c>
+      <c r="G246" s="3">
+        <v>5</v>
+      </c>
+      <c r="H246" s="3">
+        <v>100</v>
+      </c>
+      <c r="I246" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="C247" s="3">
-        <v>70.53</v>
+        <v>34.98</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F247" s="3">
-        <v>3200</v>
+        <v>90</v>
       </c>
       <c r="G247" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H247" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="C248" s="3">
-        <v>124.03</v>
+        <v>24.06</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F248" s="3">
-        <v>1000</v>
+        <v>3699</v>
       </c>
       <c r="G248" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H248" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="C249" s="3">
-        <v>131.71</v>
+        <v>28.33</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F249" s="3">
-        <v>200</v>
+        <v>2445</v>
       </c>
       <c r="G249" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="H249" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="C250" s="3">
-        <v>49.21</v>
+        <v>30.92</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F250" s="3">
-        <v>4400</v>
+        <v>2015</v>
       </c>
       <c r="G250" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="H250" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="C251" s="3">
-        <v>74.54</v>
+        <v>54.41</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F251" s="3">
-        <v>2000</v>
+        <v>165</v>
       </c>
       <c r="G251" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H251" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A252" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A252" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="B252" s="2"/>
+      <c r="C252" s="2"/>
+      <c r="D252" s="2"/>
+      <c r="E252" s="2"/>
+      <c r="F252" s="2"/>
+      <c r="G252" s="2"/>
+      <c r="H252" s="2"/>
+      <c r="I252" s="2"/>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="C253" s="3">
-        <v>107.76</v>
+        <v>25.29</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F253" s="3">
-        <v>1800</v>
+        <v>35</v>
       </c>
       <c r="G253" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H253" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="C254" s="3">
-        <v>110.15</v>
+        <v>54.41</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F254" s="3">
-        <v>200</v>
+        <v>85</v>
       </c>
       <c r="G254" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H254" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A255" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A255" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="B255" s="2"/>
+      <c r="C255" s="2"/>
+      <c r="D255" s="2"/>
+      <c r="E255" s="2"/>
+      <c r="F255" s="2"/>
+      <c r="G255" s="2"/>
+      <c r="H255" s="2"/>
+      <c r="I255" s="2"/>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="C256" s="3">
-        <v>97.35</v>
+        <v>25.29</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F256" s="3">
-        <v>5200</v>
+        <v>90</v>
       </c>
       <c r="G256" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H256" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I256" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="C257" s="3">
-        <v>44.93</v>
+        <v>45.15</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F257" s="3">
-        <v>10200</v>
+        <v>1263</v>
       </c>
       <c r="G257" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H257" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I257" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="C258" s="3">
-        <v>90.27</v>
+        <v>54.41</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F258" s="3">
-        <v>3000</v>
+        <v>1880</v>
       </c>
       <c r="G258" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H258" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="C259" s="3">
-        <v>133.29</v>
+        <v>39.92</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="F259" s="3">
-        <v>1800</v>
+        <v>1195</v>
       </c>
       <c r="G259" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H259" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A260" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I260" s="2"/>
+      <c r="A260" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="B260" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="C260" s="3">
+        <v>33.44</v>
+      </c>
+      <c r="D260" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F260" s="3">
+        <v>1390</v>
+      </c>
+      <c r="G260" s="3">
+        <v>5</v>
+      </c>
+      <c r="H260" s="3">
+        <v>100</v>
+      </c>
+      <c r="I260" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A261" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I261" s="2"/>
+      <c r="A261" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="B261" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="C261" s="3">
+        <v>47.36</v>
+      </c>
+      <c r="D261" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F261" s="3">
+        <v>2140</v>
+      </c>
+      <c r="G261" s="3">
+        <v>10</v>
+      </c>
+      <c r="H261" s="3">
+        <v>10</v>
+      </c>
+      <c r="I261" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="C262" s="3">
-        <v>3812.42</v>
+        <v>33.79</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F262" s="3">
-        <v>0</v>
+        <v>2050</v>
       </c>
       <c r="G262" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H262" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I262" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="C263" s="3">
-        <v>8876</v>
+        <v>28.05</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F263" s="3">
+        <v>1304</v>
+      </c>
+      <c r="G263" s="3">
         <v>5</v>
       </c>
-      <c r="G263" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="H263" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I263" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A264" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A264" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="B264" s="2"/>
+      <c r="C264" s="2"/>
+      <c r="D264" s="2"/>
+      <c r="E264" s="2"/>
+      <c r="F264" s="2"/>
+      <c r="G264" s="2"/>
+      <c r="H264" s="2"/>
+      <c r="I264" s="2"/>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="C265" s="3">
-        <v>13525.3</v>
+        <v>25.29</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F265" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G265" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H265" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="2" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="B266" s="2"/>
       <c r="C266" s="2"/>
       <c r="D266" s="2"/>
       <c r="E266" s="2"/>
       <c r="F266" s="2"/>
       <c r="G266" s="2"/>
       <c r="H266" s="2"/>
       <c r="I266" s="2"/>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A267" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I267" s="2"/>
+      <c r="A267" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="B267" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="C267" s="3">
+        <v>36.04</v>
+      </c>
+      <c r="D267" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F267" s="3">
+        <v>0</v>
+      </c>
+      <c r="G267" s="3">
+        <v>5</v>
+      </c>
+      <c r="H267" s="3">
+        <v>100</v>
+      </c>
+      <c r="I267" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="C268" s="3">
-        <v>10795.3</v>
+        <v>36.04</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F268" s="3">
-        <v>13</v>
+        <v>475</v>
       </c>
       <c r="G268" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H268" s="3">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="I268" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="C269" s="3">
-        <v>20280.05</v>
+        <v>36.04</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F269" s="3">
-        <v>37</v>
+        <v>100</v>
       </c>
       <c r="G269" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H269" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I269" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="C270" s="3">
-        <v>14421.2</v>
+        <v>36.04</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F270" s="3">
-        <v>34</v>
+        <v>175</v>
       </c>
       <c r="G270" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H270" s="3">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="I270" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="C271" s="3">
-        <v>18297.9</v>
+        <v>42.78</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F271" s="3">
-        <v>4</v>
+        <v>1730</v>
       </c>
       <c r="G271" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H271" s="3">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="C272" s="3">
-        <v>20623.93</v>
+        <v>53.01</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F272" s="3">
-        <v>38</v>
+        <v>110</v>
       </c>
       <c r="G272" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H272" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A273" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A273" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="B273" s="2"/>
+      <c r="C273" s="2"/>
+      <c r="D273" s="2"/>
+      <c r="E273" s="2"/>
+      <c r="F273" s="2"/>
+      <c r="G273" s="2"/>
+      <c r="H273" s="2"/>
+      <c r="I273" s="2"/>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A274" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A274" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="B274" s="2"/>
+      <c r="C274" s="2"/>
+      <c r="D274" s="2"/>
+      <c r="E274" s="2"/>
+      <c r="F274" s="2"/>
+      <c r="G274" s="2"/>
+      <c r="H274" s="2"/>
+      <c r="I274" s="2"/>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="C275" s="3">
-        <v>8829.86</v>
+        <v>173.11</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>522</v>
+        <v>16</v>
       </c>
       <c r="F275" s="3">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I275" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
       <c r="C276" s="3">
-        <v>7098.05</v>
+        <v>184.41</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>522</v>
+        <v>16</v>
       </c>
       <c r="F276" s="3">
-        <v>117</v>
+        <v>39</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I276" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="C277" s="3">
-        <v>13089.22</v>
+        <v>173.11</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F277" s="3">
         <v>0</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A278" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A278" s="2" t="s">
+        <v>519</v>
+      </c>
+      <c r="B278" s="2"/>
+      <c r="C278" s="2"/>
+      <c r="D278" s="2"/>
+      <c r="E278" s="2"/>
+      <c r="F278" s="2"/>
+      <c r="G278" s="2"/>
+      <c r="H278" s="2"/>
+      <c r="I278" s="2"/>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>529</v>
+        <v>520</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>530</v>
+        <v>521</v>
       </c>
       <c r="C279" s="3">
-        <v>8032.88</v>
+        <v>173.11</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>522</v>
+        <v>16</v>
       </c>
       <c r="F279" s="3">
         <v>0</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I279" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="2" t="s">
-        <v>531</v>
+        <v>522</v>
       </c>
       <c r="B280" s="2"/>
       <c r="C280" s="2"/>
       <c r="D280" s="2"/>
       <c r="E280" s="2"/>
       <c r="F280" s="2"/>
       <c r="G280" s="2"/>
       <c r="H280" s="2"/>
       <c r="I280" s="2"/>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="C281" s="3">
-        <v>6048</v>
+        <v>184.41</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F281" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I281" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A282" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A282" s="2" t="s">
+        <v>525</v>
+      </c>
+      <c r="B282" s="2"/>
+      <c r="C282" s="2"/>
+      <c r="D282" s="2"/>
+      <c r="E282" s="2"/>
+      <c r="F282" s="2"/>
+      <c r="G282" s="2"/>
+      <c r="H282" s="2"/>
+      <c r="I282" s="2"/>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="C283" s="3">
-        <v>6202.68</v>
+        <v>173.11</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F283" s="3">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>539</v>
+        <v>529</v>
       </c>
       <c r="C284" s="3">
-        <v>6782.63</v>
+        <v>122.95</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F284" s="3">
-        <v>48</v>
+        <v>3</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>541</v>
+        <v>531</v>
       </c>
       <c r="C285" s="3">
-        <v>5892.55</v>
+        <v>184.41</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F285" s="3">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A286" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I286" s="2"/>
+      <c r="A286" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="B286" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="C286" s="3">
+        <v>184.41</v>
+      </c>
+      <c r="D286" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F286" s="3">
+        <v>1</v>
+      </c>
+      <c r="G286" s="3">
+        <v>1</v>
+      </c>
+      <c r="H286" s="3">
+        <v>10</v>
+      </c>
+      <c r="I286" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>543</v>
+        <v>534</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>544</v>
+        <v>535</v>
       </c>
       <c r="C287" s="3">
-        <v>1343.5</v>
+        <v>122.95</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F287" s="3">
-        <v>10228</v>
+        <v>3</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>545</v>
+        <v>536</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
       <c r="C288" s="3">
-        <v>1522.63</v>
+        <v>122.95</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F288" s="3">
-        <v>7456</v>
+        <v>0</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>547</v>
+        <v>538</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>548</v>
+        <v>539</v>
       </c>
       <c r="C289" s="3">
-        <v>1364.83</v>
+        <v>173.11</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F289" s="3">
-        <v>2834</v>
+        <v>130</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="I289" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="C290" s="3">
-        <v>1416</v>
+        <v>122.95</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F290" s="3">
-        <v>9907</v>
+        <v>0</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="I290" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A291" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A291" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="B291" s="2"/>
+      <c r="C291" s="2"/>
+      <c r="D291" s="2"/>
+      <c r="E291" s="2"/>
+      <c r="F291" s="2"/>
+      <c r="G291" s="2"/>
+      <c r="H291" s="2"/>
+      <c r="I291" s="2"/>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>553</v>
+        <v>543</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>554</v>
+        <v>544</v>
       </c>
       <c r="C292" s="3">
-        <v>1160.11</v>
+        <v>166.1</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F292" s="3">
-        <v>4709</v>
+        <v>0</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
       <c r="C293" s="3">
-        <v>799.89</v>
+        <v>97.83</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F293" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A294" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I294" s="2"/>
+      <c r="A294" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="B294" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="C294" s="3">
+        <v>173.11</v>
+      </c>
+      <c r="D294" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F294" s="3">
+        <v>0</v>
+      </c>
+      <c r="G294" s="3">
+        <v>1</v>
+      </c>
+      <c r="H294" s="3">
+        <v>100</v>
+      </c>
+      <c r="I294" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>558</v>
+        <v>549</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>559</v>
+        <v>550</v>
       </c>
       <c r="C295" s="3">
-        <v>46.36</v>
+        <v>191.49</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F295" s="3">
-        <v>48900</v>
+        <v>0</v>
       </c>
       <c r="G295" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>560</v>
+        <v>551</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="C296" s="3">
-        <v>107.29</v>
+        <v>191.49</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F296" s="3">
-        <v>4950</v>
+        <v>0</v>
       </c>
       <c r="G296" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H296" s="3">
-        <v>3750</v>
+        <v>10</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
       <c r="C297" s="3">
-        <v>32.35</v>
+        <v>297.3</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F297" s="3">
-        <v>61000</v>
+        <v>2</v>
       </c>
       <c r="G297" s="3">
+        <v>1</v>
+      </c>
+      <c r="H297" s="3">
         <v>100</v>
       </c>
-      <c r="H297" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A298" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A298" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="B298" s="2"/>
+      <c r="C298" s="2"/>
+      <c r="D298" s="2"/>
+      <c r="E298" s="2"/>
+      <c r="F298" s="2"/>
+      <c r="G298" s="2"/>
+      <c r="H298" s="2"/>
+      <c r="I298" s="2"/>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>566</v>
+        <v>556</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="C299" s="3">
-        <v>54.12</v>
+        <v>184.41</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F299" s="3">
-        <v>400</v>
+        <v>27</v>
       </c>
       <c r="G299" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
       <c r="C300" s="3">
-        <v>78.68</v>
+        <v>134.52</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F300" s="3">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>570</v>
+        <v>560</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>571</v>
+        <v>561</v>
       </c>
       <c r="C301" s="3">
-        <v>56.65</v>
+        <v>50.18</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F301" s="3">
-        <v>408</v>
+        <v>0</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A302" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A302" s="2" t="s">
+        <v>562</v>
+      </c>
+      <c r="B302" s="2"/>
+      <c r="C302" s="2"/>
+      <c r="D302" s="2"/>
+      <c r="E302" s="2"/>
+      <c r="F302" s="2"/>
+      <c r="G302" s="2"/>
+      <c r="H302" s="2"/>
+      <c r="I302" s="2"/>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A303" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A303" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="B303" s="2"/>
+      <c r="C303" s="2"/>
+      <c r="D303" s="2"/>
+      <c r="E303" s="2"/>
+      <c r="F303" s="2"/>
+      <c r="G303" s="2"/>
+      <c r="H303" s="2"/>
+      <c r="I303" s="2"/>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A304" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A304" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="B304" s="2"/>
+      <c r="C304" s="2"/>
+      <c r="D304" s="2"/>
+      <c r="E304" s="2"/>
+      <c r="F304" s="2"/>
+      <c r="G304" s="2"/>
+      <c r="H304" s="2"/>
+      <c r="I304" s="2"/>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>578</v>
+        <v>565</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>579</v>
+        <v>566</v>
       </c>
       <c r="C305" s="3">
-        <v>177.33</v>
+        <v>9.47</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F305" s="3">
-        <v>1</v>
+        <v>40500</v>
       </c>
       <c r="G305" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H305" s="3">
-        <v>3750</v>
+        <v>500</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
-        <v>580</v>
+        <v>568</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>581</v>
+        <v>569</v>
       </c>
       <c r="C306" s="3">
-        <v>80.31</v>
+        <v>13.11</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F306" s="3">
-        <v>3600</v>
+        <v>14000</v>
       </c>
       <c r="G306" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="H306" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
-        <v>582</v>
+        <v>570</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>583</v>
+        <v>571</v>
       </c>
       <c r="C307" s="3">
-        <v>138.11</v>
+        <v>72.08</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F307" s="3">
-        <v>18</v>
+        <v>4000</v>
       </c>
       <c r="G307" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H307" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>584</v>
+        <v>572</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>585</v>
+        <v>573</v>
       </c>
       <c r="C308" s="3">
-        <v>59.74</v>
+        <v>17.73</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F308" s="3">
-        <v>2050</v>
+        <v>8200</v>
       </c>
       <c r="G308" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H308" s="3">
-        <v>3750</v>
+        <v>200</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>586</v>
+        <v>574</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>587</v>
+        <v>575</v>
       </c>
       <c r="C309" s="3">
-        <v>40.71</v>
+        <v>43.17</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F309" s="3">
-        <v>18250</v>
+        <v>2600</v>
       </c>
       <c r="G309" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H309" s="3">
-        <v>3750</v>
+        <v>200</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>588</v>
+        <v>576</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>589</v>
+        <v>577</v>
       </c>
       <c r="C310" s="3">
-        <v>89.79</v>
+        <v>60.24</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F310" s="3">
-        <v>150</v>
+        <v>11800</v>
       </c>
       <c r="G310" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H310" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>590</v>
+        <v>578</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>591</v>
+        <v>579</v>
       </c>
       <c r="C311" s="3">
-        <v>54.66</v>
+        <v>23.81</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F311" s="3">
-        <v>141</v>
+        <v>28000</v>
       </c>
       <c r="G311" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H311" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A312" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I312" s="2"/>
+      <c r="A312" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="B312" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="C312" s="3">
+        <v>49.47</v>
+      </c>
+      <c r="D312" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F312" s="3">
+        <v>5600</v>
+      </c>
+      <c r="G312" s="3">
+        <v>200</v>
+      </c>
+      <c r="H312" s="3">
+        <v>200</v>
+      </c>
+      <c r="I312" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>593</v>
+        <v>582</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>594</v>
+        <v>583</v>
       </c>
       <c r="C313" s="3">
-        <v>1568.58</v>
+        <v>60.67</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F313" s="3">
-        <v>93</v>
+        <v>4400</v>
       </c>
       <c r="G313" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H313" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>595</v>
+        <v>584</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>596</v>
+        <v>585</v>
       </c>
       <c r="C314" s="3">
-        <v>1237.13</v>
+        <v>84.51</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F314" s="3">
-        <v>120</v>
+        <v>1600</v>
       </c>
       <c r="G314" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H314" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I314" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>597</v>
+        <v>586</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>598</v>
+        <v>587</v>
       </c>
       <c r="C315" s="3">
-        <v>3461.07</v>
+        <v>122.33</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F315" s="3">
-        <v>2</v>
+        <v>2000</v>
       </c>
       <c r="G315" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H315" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>600</v>
+        <v>589</v>
       </c>
       <c r="C316" s="3">
-        <v>2442.69</v>
+        <v>20.34</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F316" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G316" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H316" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I316" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A317" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I317" s="2"/>
+      <c r="A317" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="B317" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C317" s="3">
+        <v>28.88</v>
+      </c>
+      <c r="D317" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F317" s="3">
+        <v>6800</v>
+      </c>
+      <c r="G317" s="3">
+        <v>200</v>
+      </c>
+      <c r="H317" s="3">
+        <v>200</v>
+      </c>
+      <c r="I317" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>602</v>
+        <v>592</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="C318" s="3">
-        <v>2009.66</v>
+        <v>27.43</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F318" s="3">
-        <v>369</v>
+        <v>2400</v>
       </c>
       <c r="G318" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H318" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>604</v>
+        <v>594</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>605</v>
+        <v>595</v>
       </c>
       <c r="C319" s="3">
-        <v>1043.56</v>
+        <v>37.15</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F319" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G319" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H319" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>606</v>
+        <v>596</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>607</v>
+        <v>597</v>
       </c>
       <c r="C320" s="3">
-        <v>1984.86</v>
+        <v>37.65</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F320" s="3">
-        <v>5</v>
+        <v>4000</v>
       </c>
       <c r="G320" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H320" s="3">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="I320" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>609</v>
+        <v>599</v>
       </c>
       <c r="C321" s="3">
-        <v>2479.4</v>
+        <v>13.88</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F321" s="3">
-        <v>382</v>
+        <v>600</v>
       </c>
       <c r="G321" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H321" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>610</v>
+        <v>600</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="C322" s="3">
-        <v>2065.29</v>
+        <v>19.43</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>522</v>
+        <v>567</v>
       </c>
       <c r="F322" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G322" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H322" s="3">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="I322" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>612</v>
+        <v>602</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>613</v>
+        <v>603</v>
       </c>
       <c r="C323" s="3">
-        <v>2728.61</v>
+        <v>54.77</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>522</v>
+        <v>567</v>
       </c>
       <c r="F323" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G323" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H323" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I323" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="2" t="s">
-        <v>614</v>
+        <v>604</v>
       </c>
       <c r="B324" s="2"/>
       <c r="C324" s="2"/>
       <c r="D324" s="2"/>
       <c r="E324" s="2"/>
       <c r="F324" s="2"/>
       <c r="G324" s="2"/>
       <c r="H324" s="2"/>
       <c r="I324" s="2"/>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
-        <v>615</v>
+        <v>605</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>616</v>
+        <v>606</v>
       </c>
       <c r="C325" s="3">
-        <v>1546.61</v>
+        <v>44.09</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F325" s="3">
-        <v>0</v>
+        <v>12600</v>
       </c>
       <c r="G325" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H325" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I325" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>617</v>
+        <v>607</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>618</v>
+        <v>608</v>
       </c>
       <c r="C326" s="3">
-        <v>612.2</v>
+        <v>25.34</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F326" s="3">
-        <v>0</v>
+        <v>9600</v>
       </c>
       <c r="G326" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H326" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I326" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>619</v>
+        <v>609</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>620</v>
+        <v>610</v>
       </c>
       <c r="C327" s="3">
-        <v>341.15</v>
+        <v>17.28</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F327" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G327" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H327" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>622</v>
+        <v>612</v>
       </c>
       <c r="C328" s="3">
-        <v>1104.62</v>
+        <v>57.18</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F328" s="3">
-        <v>102</v>
+        <v>2200</v>
       </c>
       <c r="G328" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H328" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I328" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A329" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I329" s="2"/>
+      <c r="A329" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="B329" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="C329" s="3">
+        <v>74.43</v>
+      </c>
+      <c r="D329" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F329" s="3">
+        <v>0</v>
+      </c>
+      <c r="G329" s="3">
+        <v>200</v>
+      </c>
+      <c r="H329" s="3">
+        <v>200</v>
+      </c>
+      <c r="I329" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A330" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I330" s="2"/>
+      <c r="A330" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="B330" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="C330" s="3">
+        <v>36.55</v>
+      </c>
+      <c r="D330" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F330" s="3">
+        <v>2200</v>
+      </c>
+      <c r="G330" s="3">
+        <v>200</v>
+      </c>
+      <c r="H330" s="3">
+        <v>200</v>
+      </c>
+      <c r="I330" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>625</v>
+        <v>617</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="C331" s="3">
-        <v>5685.58</v>
+        <v>13.63</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F331" s="3">
-        <v>0</v>
+        <v>37000</v>
       </c>
       <c r="G331" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H331" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I331" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="C332" s="3">
-        <v>16439.8</v>
+        <v>88.92</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F332" s="3">
         <v>0</v>
       </c>
       <c r="G332" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H332" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I332" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A333" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A333" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="B333" s="2"/>
+      <c r="C333" s="2"/>
+      <c r="D333" s="2"/>
+      <c r="E333" s="2"/>
+      <c r="F333" s="2"/>
+      <c r="G333" s="2"/>
+      <c r="H333" s="2"/>
+      <c r="I333" s="2"/>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>631</v>
+        <v>622</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>632</v>
+        <v>623</v>
       </c>
       <c r="C334" s="3">
-        <v>462.88</v>
+        <v>21.42</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F334" s="3">
-        <v>498</v>
+        <v>200</v>
       </c>
       <c r="G334" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H334" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I334" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>633</v>
+        <v>624</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>634</v>
+        <v>625</v>
       </c>
       <c r="C335" s="3">
-        <v>5190.3</v>
+        <v>26.62</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F335" s="3">
-        <v>0</v>
+        <v>12600</v>
       </c>
       <c r="G335" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H335" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I335" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A336" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I336" s="2"/>
+      <c r="A336" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="B336" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="C336" s="3">
+        <v>140.32</v>
+      </c>
+      <c r="D336" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F336" s="3">
+        <v>200</v>
+      </c>
+      <c r="G336" s="3">
+        <v>200</v>
+      </c>
+      <c r="H336" s="3">
+        <v>200</v>
+      </c>
+      <c r="I336" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>636</v>
+        <v>628</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="C337" s="3">
-        <v>2484.99</v>
+        <v>18.2</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F337" s="3">
-        <v>2046</v>
+        <v>0</v>
       </c>
       <c r="G337" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H337" s="3">
-        <v>60</v>
+        <v>500</v>
       </c>
       <c r="I337" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
       <c r="C338" s="3">
-        <v>1682.4</v>
+        <v>14.5</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>640</v>
+        <v>567</v>
       </c>
       <c r="F338" s="3">
-        <v>911</v>
+        <v>67500</v>
       </c>
       <c r="G338" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H338" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I338" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="B339" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="C339" s="3">
+        <v>44.67</v>
+      </c>
+      <c r="D339" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E339" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F339" s="3">
+        <v>4000</v>
+      </c>
+      <c r="G339" s="3">
+        <v>200</v>
+      </c>
+      <c r="H339" s="3">
+        <v>200</v>
+      </c>
+      <c r="I339" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="340" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A340" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="B340" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="C340" s="3">
+        <v>25.49</v>
+      </c>
+      <c r="D340" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E340" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F340" s="3">
+        <v>0</v>
+      </c>
+      <c r="G340" s="3">
+        <v>200</v>
+      </c>
+      <c r="H340" s="3">
+        <v>200</v>
+      </c>
+      <c r="I340" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="341" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A341" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="B341" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="C341" s="3">
+        <v>56.88</v>
+      </c>
+      <c r="D341" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E341" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F341" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G341" s="3">
+        <v>200</v>
+      </c>
+      <c r="H341" s="3">
+        <v>200</v>
+      </c>
+      <c r="I341" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="342" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A342" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="B342" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="C342" s="3">
+        <v>71.77</v>
+      </c>
+      <c r="D342" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E342" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F342" s="3">
+        <v>0</v>
+      </c>
+      <c r="G342" s="3">
+        <v>200</v>
+      </c>
+      <c r="H342" s="3">
+        <v>200</v>
+      </c>
+      <c r="I342" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="343" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A343" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="B343" s="2"/>
+      <c r="C343" s="2"/>
+      <c r="D343" s="2"/>
+      <c r="E343" s="2"/>
+      <c r="F343" s="2"/>
+      <c r="G343" s="2"/>
+      <c r="H343" s="2"/>
+      <c r="I343" s="2"/>
+    </row>
+    <row r="344" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A344" s="2" t="s">
         <v>641</v>
       </c>
-      <c r="B339" s="3" t="s">
-[...119 lines deleted...]
-      </c>
+      <c r="B344" s="2"/>
+      <c r="C344" s="2"/>
+      <c r="D344" s="2"/>
+      <c r="E344" s="2"/>
+      <c r="F344" s="2"/>
+      <c r="G344" s="2"/>
+      <c r="H344" s="2"/>
+      <c r="I344" s="2"/>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="C345" s="3">
-        <v>173.11</v>
+        <v>88.3</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F345" s="3">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="G345" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H345" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I345" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A346" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I346" s="2"/>
+      <c r="A346" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="B346" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="C346" s="3">
+        <v>65.08</v>
+      </c>
+      <c r="D346" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E346" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F346" s="3">
+        <v>2200</v>
+      </c>
+      <c r="G346" s="3">
+        <v>200</v>
+      </c>
+      <c r="H346" s="3">
+        <v>200</v>
+      </c>
+      <c r="I346" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>654</v>
+        <v>647</v>
       </c>
       <c r="C347" s="3">
-        <v>173.11</v>
+        <v>40.55</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F347" s="3">
-        <v>17</v>
+        <v>2800</v>
       </c>
       <c r="G347" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H347" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I347" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
-        <v>655</v>
+        <v>648</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>656</v>
+        <v>649</v>
       </c>
       <c r="C348" s="3">
-        <v>122.95</v>
+        <v>71.8</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F348" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G348" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H348" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I348" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
-        <v>657</v>
+        <v>650</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>658</v>
+        <v>651</v>
       </c>
       <c r="C349" s="3">
-        <v>122.95</v>
+        <v>102.75</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F349" s="3">
-        <v>3</v>
+        <v>4200</v>
       </c>
       <c r="G349" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H349" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I349" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
-        <v>659</v>
+        <v>652</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="C350" s="3">
-        <v>173.11</v>
+        <v>47.38</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F350" s="3">
-        <v>0</v>
+        <v>2200</v>
       </c>
       <c r="G350" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H350" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I350" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>662</v>
+        <v>655</v>
       </c>
       <c r="C351" s="3">
-        <v>173.11</v>
+        <v>62.16</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F351" s="3">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="G351" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H351" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I351" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>664</v>
+        <v>657</v>
       </c>
       <c r="C352" s="3">
-        <v>184.41</v>
+        <v>53.64</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F352" s="3">
-        <v>2</v>
+        <v>9400</v>
       </c>
       <c r="G352" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H352" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I352" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="C353" s="3">
-        <v>184.41</v>
+        <v>130.25</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F353" s="3">
-        <v>1</v>
+        <v>600</v>
       </c>
       <c r="G353" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H353" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I353" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
       <c r="C354" s="3">
-        <v>122.95</v>
+        <v>87.36</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F354" s="3">
-        <v>3</v>
+        <v>3000</v>
       </c>
       <c r="G354" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H354" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I354" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
-        <v>669</v>
+        <v>662</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>670</v>
+        <v>663</v>
       </c>
       <c r="C355" s="3">
-        <v>122.95</v>
+        <v>96.71</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F355" s="3">
-        <v>0</v>
+        <v>5600</v>
       </c>
       <c r="G355" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H355" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I355" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A356" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I356" s="2"/>
+      <c r="A356" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="B356" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="C356" s="3">
+        <v>172.36</v>
+      </c>
+      <c r="D356" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F356" s="3">
+        <v>400</v>
+      </c>
+      <c r="G356" s="3">
+        <v>200</v>
+      </c>
+      <c r="H356" s="3">
+        <v>200</v>
+      </c>
+      <c r="I356" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
-        <v>672</v>
+        <v>666</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="C357" s="3">
-        <v>97.83</v>
+        <v>69.6</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F357" s="3">
-        <v>17</v>
+        <v>2800</v>
       </c>
       <c r="G357" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H357" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I357" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
-        <v>674</v>
+        <v>668</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>675</v>
+        <v>669</v>
       </c>
       <c r="C358" s="3">
-        <v>166.1</v>
+        <v>34.41</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F358" s="3">
-        <v>144</v>
+        <v>1400</v>
       </c>
       <c r="G358" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H358" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I358" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="C359" s="3">
-        <v>191.49</v>
+        <v>181.16</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F359" s="3">
         <v>0</v>
       </c>
       <c r="G359" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H359" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I359" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A360" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A360" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="B360" s="2"/>
+      <c r="C360" s="2"/>
+      <c r="D360" s="2"/>
+      <c r="E360" s="2"/>
+      <c r="F360" s="2"/>
+      <c r="G360" s="2"/>
+      <c r="H360" s="2"/>
+      <c r="I360" s="2"/>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
-        <v>680</v>
+        <v>673</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>681</v>
+        <v>674</v>
       </c>
       <c r="C361" s="3">
-        <v>297.3</v>
+        <v>117.29</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F361" s="3">
-        <v>0</v>
+        <v>2400</v>
       </c>
       <c r="G361" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H361" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I361" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>682</v>
+        <v>675</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
       <c r="C362" s="3">
-        <v>173.11</v>
+        <v>63.44</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F362" s="3">
-        <v>37</v>
+        <v>7000</v>
       </c>
       <c r="G362" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H362" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I362" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A363" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I363" s="2"/>
+      <c r="A363" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="B363" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="C363" s="3">
+        <v>92.7</v>
+      </c>
+      <c r="D363" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F363" s="3">
+        <v>0</v>
+      </c>
+      <c r="G363" s="3">
+        <v>200</v>
+      </c>
+      <c r="H363" s="3">
+        <v>200</v>
+      </c>
+      <c r="I363" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="C364" s="3">
-        <v>184.41</v>
+        <v>107.08</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F364" s="3">
-        <v>9</v>
+        <v>3200</v>
       </c>
       <c r="G364" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H364" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I364" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A365" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I365" s="2"/>
+      <c r="A365" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="B365" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="C365" s="3">
+        <v>99.4</v>
+      </c>
+      <c r="D365" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E365" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F365" s="3">
+        <v>1800</v>
+      </c>
+      <c r="G365" s="3">
+        <v>200</v>
+      </c>
+      <c r="H365" s="3">
+        <v>200</v>
+      </c>
+      <c r="I365" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="C366" s="3">
-        <v>141.6</v>
+        <v>76.99</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F366" s="3">
-        <v>74</v>
+        <v>400</v>
       </c>
       <c r="G366" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H366" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I366" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="C367" s="3">
-        <v>184.41</v>
+        <v>45.89</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F367" s="3">
-        <v>221</v>
+        <v>2600</v>
       </c>
       <c r="G367" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H367" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I367" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="C368" s="3">
-        <v>50.18</v>
+        <v>40.59</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F368" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G368" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H368" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I368" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A369" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I369" s="2"/>
+      <c r="A369" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="B369" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="C369" s="3">
+        <v>73.45</v>
+      </c>
+      <c r="D369" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F369" s="3">
+        <v>3000</v>
+      </c>
+      <c r="G369" s="3">
+        <v>200</v>
+      </c>
+      <c r="H369" s="3">
+        <v>200</v>
+      </c>
+      <c r="I369" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="B370" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="C370" s="3">
+        <v>79.37</v>
+      </c>
+      <c r="D370" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F370" s="3">
+        <v>0</v>
+      </c>
+      <c r="G370" s="3">
+        <v>200</v>
+      </c>
+      <c r="H370" s="3">
+        <v>200</v>
+      </c>
+      <c r="I370" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A371" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="B371" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="C371" s="3">
+        <v>81</v>
+      </c>
+      <c r="D371" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F371" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G371" s="3">
+        <v>200</v>
+      </c>
+      <c r="H371" s="3">
+        <v>200</v>
+      </c>
+      <c r="I371" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="372" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A372" s="3" t="s">
         <v>695</v>
       </c>
-      <c r="B370" s="3" t="s">
+      <c r="B372" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="C370" s="3">
-[...22 lines deleted...]
-      <c r="A371" s="2" t="s">
+      <c r="C372" s="3">
+        <v>60.48</v>
+      </c>
+      <c r="D372" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F372" s="3">
+        <v>4200</v>
+      </c>
+      <c r="G372" s="3">
+        <v>200</v>
+      </c>
+      <c r="H372" s="3">
+        <v>200</v>
+      </c>
+      <c r="I372" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="373" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A373" s="2" t="s">
         <v>697</v>
       </c>
-      <c r="B371" s="2"/>
-[...48 lines deleted...]
-      </c>
+      <c r="B373" s="2"/>
+      <c r="C373" s="2"/>
+      <c r="D373" s="2"/>
+      <c r="E373" s="2"/>
+      <c r="F373" s="2"/>
+      <c r="G373" s="2"/>
+      <c r="H373" s="2"/>
+      <c r="I373" s="2"/>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="C374" s="3">
-        <v>25.29</v>
+        <v>39.85</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F374" s="3">
-        <v>375</v>
+        <v>1600</v>
       </c>
       <c r="G374" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H374" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I374" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="C375" s="3">
-        <v>25.29</v>
+        <v>57.41</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F375" s="3">
-        <v>2750</v>
+        <v>2600</v>
       </c>
       <c r="G375" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H375" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I375" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="C376" s="3">
-        <v>54.41</v>
+        <v>23.77</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F376" s="3">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="G376" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H376" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I376" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="C377" s="3">
-        <v>54.41</v>
+        <v>110.21</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F377" s="3">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="G377" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H377" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I377" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="C378" s="3">
-        <v>54.41</v>
+        <v>27.71</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F378" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G378" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H378" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I378" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="C379" s="3">
-        <v>36.04</v>
+        <v>75.11</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F379" s="3">
-        <v>1910</v>
+        <v>8200</v>
       </c>
       <c r="G379" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H379" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I379" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="B380" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="C380" s="3">
+        <v>62.25</v>
+      </c>
+      <c r="D380" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F380" s="3">
+        <v>6200</v>
+      </c>
+      <c r="G380" s="3">
+        <v>200</v>
+      </c>
+      <c r="H380" s="3">
+        <v>200</v>
+      </c>
+      <c r="I380" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="381" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A381" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="B381" s="3" t="s">
         <v>713</v>
       </c>
-      <c r="B380" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I381" s="2"/>
+      <c r="C381" s="3">
+        <v>85.9</v>
+      </c>
+      <c r="D381" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F381" s="3">
+        <v>1000</v>
+      </c>
+      <c r="G381" s="3">
+        <v>200</v>
+      </c>
+      <c r="H381" s="3">
+        <v>200</v>
+      </c>
+      <c r="I381" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="C382" s="3">
-        <v>54.41</v>
+        <v>105.14</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F382" s="3">
-        <v>95</v>
+        <v>2200</v>
       </c>
       <c r="G382" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H382" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I382" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="C383" s="3">
-        <v>53.57</v>
+        <v>48.6</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F383" s="3">
-        <v>90</v>
+        <v>200</v>
       </c>
       <c r="G383" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H383" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I383" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="C384" s="3">
-        <v>53.57</v>
+        <v>61.69</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F384" s="3">
-        <v>405</v>
+        <v>0</v>
       </c>
       <c r="G384" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H384" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I384" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="C385" s="3">
-        <v>25.29</v>
+        <v>20.49</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F385" s="3">
-        <v>660</v>
+        <v>2000</v>
       </c>
       <c r="G385" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H385" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I385" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="C386" s="3">
-        <v>53.57</v>
+        <v>32.92</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F386" s="3">
-        <v>10</v>
+        <v>11200</v>
       </c>
       <c r="G386" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H386" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I386" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="C387" s="3">
-        <v>53.57</v>
+        <v>41.63</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F387" s="3">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="G387" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H387" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I387" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="C388" s="3">
-        <v>54.41</v>
+        <v>36.69</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F388" s="3">
-        <v>520</v>
+        <v>4000</v>
       </c>
       <c r="G388" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H388" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I388" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="B389" s="3" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="C389" s="3">
-        <v>54.41</v>
+        <v>66.97</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F389" s="3">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="G389" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H389" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I389" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="C390" s="3">
-        <v>54.41</v>
+        <v>91.39</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F390" s="3">
-        <v>0</v>
+        <v>4600</v>
       </c>
       <c r="G390" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H390" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I390" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="B391" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="C391" s="3">
+        <v>107.66</v>
+      </c>
+      <c r="D391" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F391" s="3">
+        <v>1600</v>
+      </c>
+      <c r="G391" s="3">
+        <v>200</v>
+      </c>
+      <c r="H391" s="3">
+        <v>200</v>
+      </c>
+      <c r="I391" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="392" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A392" s="3" t="s">
         <v>734</v>
       </c>
-      <c r="B391" s="3" t="s">
+      <c r="B392" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="C391" s="3">
-[...22 lines deleted...]
-      <c r="A392" s="2" t="s">
+      <c r="C392" s="3">
+        <v>85.95</v>
+      </c>
+      <c r="D392" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F392" s="3">
+        <v>2400</v>
+      </c>
+      <c r="G392" s="3">
+        <v>200</v>
+      </c>
+      <c r="H392" s="3">
+        <v>200</v>
+      </c>
+      <c r="I392" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="393" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A393" s="2" t="s">
         <v>736</v>
       </c>
-      <c r="B392" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B393" s="2"/>
+      <c r="C393" s="2"/>
+      <c r="D393" s="2"/>
+      <c r="E393" s="2"/>
+      <c r="F393" s="2"/>
+      <c r="G393" s="2"/>
+      <c r="H393" s="2"/>
+      <c r="I393" s="2"/>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="C394" s="3">
-        <v>54.41</v>
+        <v>127.13</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F394" s="3">
-        <v>185</v>
+        <v>2000</v>
       </c>
       <c r="G394" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H394" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I394" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="C395" s="3">
-        <v>34.98</v>
+        <v>69.98</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F395" s="3">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="G395" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H395" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I395" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="C396" s="3">
-        <v>34.98</v>
+        <v>104.63</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F396" s="3">
-        <v>820</v>
+        <v>200</v>
       </c>
       <c r="G396" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H396" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I396" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="C397" s="3">
-        <v>47.53</v>
+        <v>106.84</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F397" s="3">
-        <v>1365</v>
+        <v>2000</v>
       </c>
       <c r="G397" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H397" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I397" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="C398" s="3">
-        <v>34.98</v>
+        <v>64.08</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F398" s="3">
-        <v>435</v>
+        <v>200</v>
       </c>
       <c r="G398" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H398" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I398" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="C399" s="3">
-        <v>31.48</v>
+        <v>86.72</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F399" s="3">
-        <v>2565</v>
+        <v>0</v>
       </c>
       <c r="G399" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="H399" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I399" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="C400" s="3">
-        <v>30.92</v>
+        <v>120.72</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F400" s="3">
-        <v>1995</v>
+        <v>1000</v>
       </c>
       <c r="G400" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H400" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I400" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="C401" s="3">
-        <v>54.41</v>
+        <v>119.93</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F401" s="3">
-        <v>20</v>
+        <v>1800</v>
       </c>
       <c r="G401" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="H401" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I401" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="C402" s="3">
-        <v>30.92</v>
+        <v>79.73</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F402" s="3">
-        <v>2065</v>
+        <v>1800</v>
       </c>
       <c r="G402" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="H402" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I402" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="C403" s="3">
-        <v>54.41</v>
+        <v>55.32</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F403" s="3">
-        <v>430</v>
+        <v>4200</v>
       </c>
       <c r="G403" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H403" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I403" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="3" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="C404" s="3">
-        <v>31.48</v>
+        <v>88.93</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F404" s="3">
-        <v>1090</v>
+        <v>2200</v>
       </c>
       <c r="G404" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H404" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I404" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="C405" s="3">
-        <v>26.73</v>
+        <v>97.22</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F405" s="3">
-        <v>3749</v>
+        <v>1400</v>
       </c>
       <c r="G405" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H405" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="I405" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="C406" s="3">
-        <v>54.41</v>
+        <v>52.6</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F406" s="3">
-        <v>160</v>
+        <v>1400</v>
       </c>
       <c r="G406" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H406" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I406" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="2" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="B407" s="2"/>
       <c r="C407" s="2"/>
       <c r="D407" s="2"/>
       <c r="E407" s="2"/>
       <c r="F407" s="2"/>
       <c r="G407" s="2"/>
       <c r="H407" s="2"/>
       <c r="I407" s="2"/>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="C408" s="3">
-        <v>48.97</v>
+        <v>133.29</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F408" s="3">
-        <v>660</v>
+        <v>1200</v>
       </c>
       <c r="G408" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H408" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I408" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="C409" s="3">
-        <v>43.51</v>
+        <v>81.33</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F409" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="G409" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H409" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I409" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="B410" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="C410" s="3">
+        <v>99.14</v>
+      </c>
+      <c r="D410" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F410" s="3">
+        <v>0</v>
+      </c>
+      <c r="G410" s="3">
+        <v>200</v>
+      </c>
+      <c r="H410" s="3">
+        <v>200</v>
+      </c>
+      <c r="I410" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="411" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A411" s="3" t="s">
         <v>770</v>
       </c>
-      <c r="B410" s="3" t="s">
+      <c r="B411" s="3" t="s">
         <v>771</v>
       </c>
-      <c r="C410" s="3">
-[...32 lines deleted...]
-      <c r="I411" s="2"/>
+      <c r="C411" s="3">
+        <v>124.03</v>
+      </c>
+      <c r="D411" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F411" s="3">
+        <v>600</v>
+      </c>
+      <c r="G411" s="3">
+        <v>200</v>
+      </c>
+      <c r="H411" s="3">
+        <v>200</v>
+      </c>
+      <c r="I411" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="B412" s="3" t="s">
         <v>773</v>
       </c>
-      <c r="B412" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C412" s="3">
-        <v>25.29</v>
+        <v>44.93</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F412" s="3">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="G412" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H412" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I412" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="B413" s="3" t="s">
         <v>775</v>
       </c>
-      <c r="B413" s="3" t="s">
+      <c r="C413" s="3">
+        <v>49.21</v>
+      </c>
+      <c r="D413" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F413" s="3">
+        <v>0</v>
+      </c>
+      <c r="G413" s="3">
+        <v>200</v>
+      </c>
+      <c r="H413" s="3">
+        <v>200</v>
+      </c>
+      <c r="I413" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="414" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A414" s="3" t="s">
         <v>776</v>
       </c>
-      <c r="C413" s="3">
-[...22 lines deleted...]
-      <c r="A414" s="2" t="s">
+      <c r="B414" s="3" t="s">
         <v>777</v>
       </c>
-      <c r="B414" s="2"/>
-[...6 lines deleted...]
-      <c r="I414" s="2"/>
+      <c r="C414" s="3">
+        <v>74.54</v>
+      </c>
+      <c r="D414" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F414" s="3">
+        <v>0</v>
+      </c>
+      <c r="G414" s="3">
+        <v>200</v>
+      </c>
+      <c r="H414" s="3">
+        <v>200</v>
+      </c>
+      <c r="I414" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="3" t="s">
         <v>778</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>779</v>
       </c>
       <c r="C415" s="3">
-        <v>54.41</v>
+        <v>97.35</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F415" s="3">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="G415" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H415" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I415" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
         <v>780</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>781</v>
       </c>
       <c r="C416" s="3">
-        <v>25.29</v>
+        <v>70.53</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F416" s="3">
-        <v>0</v>
+        <v>2800</v>
       </c>
       <c r="G416" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H416" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I416" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="3" t="s">
         <v>782</v>
       </c>
       <c r="B417" s="3" t="s">
         <v>783</v>
       </c>
       <c r="C417" s="3">
-        <v>37.15</v>
+        <v>90.27</v>
       </c>
       <c r="D417" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F417" s="3">
-        <v>1435</v>
+        <v>3000</v>
       </c>
       <c r="G417" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H417" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I417" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
         <v>784</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>785</v>
       </c>
       <c r="C418" s="3">
-        <v>42.02</v>
+        <v>94.44</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F418" s="3">
-        <v>1235</v>
+        <v>400</v>
       </c>
       <c r="G418" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H418" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I418" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
         <v>786</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>787</v>
       </c>
       <c r="C419" s="3">
-        <v>33.79</v>
+        <v>118.54</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F419" s="3">
-        <v>705</v>
+        <v>200</v>
       </c>
       <c r="G419" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H419" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I419" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
         <v>788</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>789</v>
       </c>
       <c r="C420" s="3">
-        <v>47.36</v>
+        <v>107.76</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>64</v>
+        <v>567</v>
       </c>
       <c r="F420" s="3">
-        <v>290</v>
+        <v>1000</v>
       </c>
       <c r="G420" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="H420" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I420" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A421" s="3" t="s">
+      <c r="A421" s="2" t="s">
         <v>790</v>
       </c>
-      <c r="B421" s="3" t="s">
+      <c r="B421" s="2"/>
+      <c r="C421" s="2"/>
+      <c r="D421" s="2"/>
+      <c r="E421" s="2"/>
+      <c r="F421" s="2"/>
+      <c r="G421" s="2"/>
+      <c r="H421" s="2"/>
+      <c r="I421" s="2"/>
+    </row>
+    <row r="422" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A422" s="2" t="s">
         <v>791</v>
       </c>
-      <c r="C421" s="3">
-[...22 lines deleted...]
-      <c r="A422" s="3" t="s">
+      <c r="B422" s="2"/>
+      <c r="C422" s="2"/>
+      <c r="D422" s="2"/>
+      <c r="E422" s="2"/>
+      <c r="F422" s="2"/>
+      <c r="G422" s="2"/>
+      <c r="H422" s="2"/>
+      <c r="I422" s="2"/>
+    </row>
+    <row r="423" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A423" s="3" t="s">
         <v>792</v>
       </c>
-      <c r="B422" s="3" t="s">
+      <c r="B423" s="3" t="s">
         <v>793</v>
       </c>
-      <c r="C422" s="3">
-[...32 lines deleted...]
-      <c r="I423" s="2"/>
+      <c r="C423" s="3">
+        <v>2484.99</v>
+      </c>
+      <c r="D423" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F423" s="3">
+        <v>1530</v>
+      </c>
+      <c r="G423" s="3">
+        <v>1</v>
+      </c>
+      <c r="H423" s="3">
+        <v>60</v>
+      </c>
+      <c r="I423" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="B424" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="B424" s="3" t="s">
+      <c r="C424" s="3">
+        <v>1682.4</v>
+      </c>
+      <c r="D424" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>796</v>
       </c>
-      <c r="C424" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F424" s="3">
-        <v>0</v>
+        <v>482</v>
       </c>
       <c r="G424" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H424" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I424" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
         <v>797</v>
       </c>
       <c r="B425" s="3" t="s">
         <v>798</v>
       </c>
       <c r="C425" s="3">
-        <v>25.29</v>
+        <v>1614.26</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F425" s="3">
-        <v>325</v>
+        <v>460</v>
       </c>
       <c r="G425" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H425" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I425" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="2" t="s">
         <v>799</v>
       </c>
       <c r="B426" s="2"/>
       <c r="C426" s="2"/>
       <c r="D426" s="2"/>
       <c r="E426" s="2"/>
       <c r="F426" s="2"/>
       <c r="G426" s="2"/>
       <c r="H426" s="2"/>
       <c r="I426" s="2"/>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="3" t="s">
         <v>800</v>
       </c>
       <c r="B427" s="3" t="s">
         <v>801</v>
       </c>
       <c r="C427" s="3">
-        <v>36.04</v>
+        <v>416.59</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F427" s="3">
-        <v>1520</v>
+        <v>481</v>
       </c>
       <c r="G427" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H427" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I427" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
         <v>802</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>803</v>
       </c>
       <c r="C428" s="3">
-        <v>36.04</v>
+        <v>815.79</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F428" s="3">
-        <v>30</v>
+        <v>222</v>
       </c>
       <c r="G428" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H428" s="3">
         <v>100</v>
       </c>
       <c r="I428" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
         <v>804</v>
       </c>
       <c r="B429" s="3" t="s">
         <v>805</v>
       </c>
       <c r="C429" s="3">
-        <v>36.04</v>
+        <v>16439.8</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F429" s="3">
-        <v>1020</v>
+        <v>0</v>
       </c>
       <c r="G429" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H429" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I429" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
         <v>806</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>807</v>
       </c>
       <c r="C430" s="3">
-        <v>47.53</v>
+        <v>5685.58</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="F430" s="3">
-        <v>1740</v>
+        <v>0</v>
       </c>
       <c r="G430" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H430" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I430" s="3">
-        <v>1</v>
-[...56 lines deleted...]
-      <c r="I432" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="65">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A10:I10"/>
     <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A17:I17"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A27:I27"/>
-    <mergeCell ref="A30:I30"/>
-[...7 lines deleted...]
-    <mergeCell ref="A102:I102"/>
+    <mergeCell ref="A35:I35"/>
+    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A49:I49"/>
+    <mergeCell ref="A54:I54"/>
+    <mergeCell ref="A76:I76"/>
+    <mergeCell ref="A81:I81"/>
+    <mergeCell ref="A101:I101"/>
     <mergeCell ref="A103:I103"/>
-    <mergeCell ref="A105:I105"/>
-[...3 lines deleted...]
-    <mergeCell ref="A112:I112"/>
     <mergeCell ref="A114:I114"/>
     <mergeCell ref="A119:I119"/>
     <mergeCell ref="A141:I141"/>
     <mergeCell ref="A142:I142"/>
-    <mergeCell ref="A143:I143"/>
-[...4 lines deleted...]
-    <mergeCell ref="A199:I199"/>
+    <mergeCell ref="A150:I150"/>
+    <mergeCell ref="A157:I157"/>
+    <mergeCell ref="A162:I162"/>
+    <mergeCell ref="A167:I167"/>
+    <mergeCell ref="A185:I185"/>
+    <mergeCell ref="A190:I190"/>
+    <mergeCell ref="A191:I191"/>
+    <mergeCell ref="A197:I197"/>
+    <mergeCell ref="A211:I211"/>
     <mergeCell ref="A212:I212"/>
-    <mergeCell ref="A232:I232"/>
-[...2 lines deleted...]
-    <mergeCell ref="A261:I261"/>
+    <mergeCell ref="A213:I213"/>
+    <mergeCell ref="A222:I222"/>
+    <mergeCell ref="A226:I226"/>
+    <mergeCell ref="A237:I237"/>
+    <mergeCell ref="A252:I252"/>
+    <mergeCell ref="A255:I255"/>
+    <mergeCell ref="A264:I264"/>
     <mergeCell ref="A266:I266"/>
-    <mergeCell ref="A267:I267"/>
+    <mergeCell ref="A273:I273"/>
+    <mergeCell ref="A274:I274"/>
+    <mergeCell ref="A278:I278"/>
     <mergeCell ref="A280:I280"/>
-    <mergeCell ref="A286:I286"/>
-[...2 lines deleted...]
-    <mergeCell ref="A317:I317"/>
+    <mergeCell ref="A282:I282"/>
+    <mergeCell ref="A291:I291"/>
+    <mergeCell ref="A298:I298"/>
+    <mergeCell ref="A302:I302"/>
+    <mergeCell ref="A303:I303"/>
+    <mergeCell ref="A304:I304"/>
     <mergeCell ref="A324:I324"/>
-    <mergeCell ref="A329:I329"/>
-[...13 lines deleted...]
-    <mergeCell ref="A392:I392"/>
+    <mergeCell ref="A333:I333"/>
+    <mergeCell ref="A343:I343"/>
+    <mergeCell ref="A344:I344"/>
+    <mergeCell ref="A360:I360"/>
+    <mergeCell ref="A373:I373"/>
+    <mergeCell ref="A393:I393"/>
     <mergeCell ref="A407:I407"/>
-    <mergeCell ref="A411:I411"/>
-[...1 lines deleted...]
-    <mergeCell ref="A423:I423"/>
+    <mergeCell ref="A421:I421"/>
+    <mergeCell ref="A422:I422"/>
     <mergeCell ref="A426:I426"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D6" r:id="rId1"/>
-    <hyperlink ref="D7" r:id="rId2"/>
-[...86 lines deleted...]
-    <hyperlink ref="D110" r:id="rId89"/>
+    <hyperlink ref="D9" r:id="rId2"/>
+    <hyperlink ref="D11" r:id="rId3"/>
+    <hyperlink ref="D12" r:id="rId4"/>
+    <hyperlink ref="D15" r:id="rId5"/>
+    <hyperlink ref="D18" r:id="rId6"/>
+    <hyperlink ref="D19" r:id="rId7"/>
+    <hyperlink ref="D21" r:id="rId8"/>
+    <hyperlink ref="D22" r:id="rId9"/>
+    <hyperlink ref="D23" r:id="rId10"/>
+    <hyperlink ref="D24" r:id="rId11"/>
+    <hyperlink ref="D25" r:id="rId12"/>
+    <hyperlink ref="D26" r:id="rId13"/>
+    <hyperlink ref="D28" r:id="rId14"/>
+    <hyperlink ref="D29" r:id="rId15"/>
+    <hyperlink ref="D30" r:id="rId16"/>
+    <hyperlink ref="D31" r:id="rId17"/>
+    <hyperlink ref="D32" r:id="rId18"/>
+    <hyperlink ref="D33" r:id="rId19"/>
+    <hyperlink ref="D34" r:id="rId20"/>
+    <hyperlink ref="D36" r:id="rId21"/>
+    <hyperlink ref="D37" r:id="rId22"/>
+    <hyperlink ref="D38" r:id="rId23"/>
+    <hyperlink ref="D39" r:id="rId24"/>
+    <hyperlink ref="D40" r:id="rId25"/>
+    <hyperlink ref="D41" r:id="rId26"/>
+    <hyperlink ref="D44" r:id="rId27"/>
+    <hyperlink ref="D45" r:id="rId28"/>
+    <hyperlink ref="D46" r:id="rId29"/>
+    <hyperlink ref="D47" r:id="rId30"/>
+    <hyperlink ref="D48" r:id="rId31"/>
+    <hyperlink ref="D50" r:id="rId32"/>
+    <hyperlink ref="D51" r:id="rId33"/>
+    <hyperlink ref="D52" r:id="rId34"/>
+    <hyperlink ref="D53" r:id="rId35"/>
+    <hyperlink ref="D55" r:id="rId36"/>
+    <hyperlink ref="D56" r:id="rId37"/>
+    <hyperlink ref="D57" r:id="rId38"/>
+    <hyperlink ref="D58" r:id="rId39"/>
+    <hyperlink ref="D59" r:id="rId40"/>
+    <hyperlink ref="D60" r:id="rId41"/>
+    <hyperlink ref="D61" r:id="rId42"/>
+    <hyperlink ref="D62" r:id="rId43"/>
+    <hyperlink ref="D63" r:id="rId44"/>
+    <hyperlink ref="D64" r:id="rId45"/>
+    <hyperlink ref="D65" r:id="rId46"/>
+    <hyperlink ref="D66" r:id="rId47"/>
+    <hyperlink ref="D67" r:id="rId48"/>
+    <hyperlink ref="D68" r:id="rId49"/>
+    <hyperlink ref="D69" r:id="rId50"/>
+    <hyperlink ref="D70" r:id="rId51"/>
+    <hyperlink ref="D71" r:id="rId52"/>
+    <hyperlink ref="D72" r:id="rId53"/>
+    <hyperlink ref="D73" r:id="rId54"/>
+    <hyperlink ref="D74" r:id="rId55"/>
+    <hyperlink ref="D75" r:id="rId56"/>
+    <hyperlink ref="D77" r:id="rId57"/>
+    <hyperlink ref="D78" r:id="rId58"/>
+    <hyperlink ref="D79" r:id="rId59"/>
+    <hyperlink ref="D80" r:id="rId60"/>
+    <hyperlink ref="D82" r:id="rId61"/>
+    <hyperlink ref="D83" r:id="rId62"/>
+    <hyperlink ref="D84" r:id="rId63"/>
+    <hyperlink ref="D85" r:id="rId64"/>
+    <hyperlink ref="D86" r:id="rId65"/>
+    <hyperlink ref="D87" r:id="rId66"/>
+    <hyperlink ref="D88" r:id="rId67"/>
+    <hyperlink ref="D89" r:id="rId68"/>
+    <hyperlink ref="D90" r:id="rId69"/>
+    <hyperlink ref="D91" r:id="rId70"/>
+    <hyperlink ref="D92" r:id="rId71"/>
+    <hyperlink ref="D93" r:id="rId72"/>
+    <hyperlink ref="D94" r:id="rId73"/>
+    <hyperlink ref="D95" r:id="rId74"/>
+    <hyperlink ref="D96" r:id="rId75"/>
+    <hyperlink ref="D97" r:id="rId76"/>
+    <hyperlink ref="D98" r:id="rId77"/>
+    <hyperlink ref="D99" r:id="rId78"/>
+    <hyperlink ref="D100" r:id="rId79"/>
+    <hyperlink ref="D102" r:id="rId80"/>
+    <hyperlink ref="D104" r:id="rId81"/>
+    <hyperlink ref="D105" r:id="rId82"/>
+    <hyperlink ref="D106" r:id="rId83"/>
+    <hyperlink ref="D107" r:id="rId84"/>
+    <hyperlink ref="D108" r:id="rId85"/>
+    <hyperlink ref="D109" r:id="rId86"/>
+    <hyperlink ref="D110" r:id="rId87"/>
+    <hyperlink ref="D111" r:id="rId88"/>
+    <hyperlink ref="D112" r:id="rId89"/>
     <hyperlink ref="D113" r:id="rId90"/>
     <hyperlink ref="D115" r:id="rId91"/>
     <hyperlink ref="D116" r:id="rId92"/>
     <hyperlink ref="D117" r:id="rId93"/>
     <hyperlink ref="D118" r:id="rId94"/>
     <hyperlink ref="D120" r:id="rId95"/>
     <hyperlink ref="D121" r:id="rId96"/>
     <hyperlink ref="D122" r:id="rId97"/>
     <hyperlink ref="D123" r:id="rId98"/>
     <hyperlink ref="D124" r:id="rId99"/>
     <hyperlink ref="D125" r:id="rId100"/>
     <hyperlink ref="D126" r:id="rId101"/>
     <hyperlink ref="D127" r:id="rId102"/>
     <hyperlink ref="D128" r:id="rId103"/>
     <hyperlink ref="D129" r:id="rId104"/>
     <hyperlink ref="D130" r:id="rId105"/>
     <hyperlink ref="D131" r:id="rId106"/>
     <hyperlink ref="D132" r:id="rId107"/>
     <hyperlink ref="D133" r:id="rId108"/>
     <hyperlink ref="D134" r:id="rId109"/>
     <hyperlink ref="D135" r:id="rId110"/>
     <hyperlink ref="D136" r:id="rId111"/>
     <hyperlink ref="D137" r:id="rId112"/>
     <hyperlink ref="D138" r:id="rId113"/>
     <hyperlink ref="D139" r:id="rId114"/>
     <hyperlink ref="D140" r:id="rId115"/>
-    <hyperlink ref="D144" r:id="rId116"/>
-[...5 lines deleted...]
-    <hyperlink ref="D150" r:id="rId122"/>
+    <hyperlink ref="D143" r:id="rId116"/>
+    <hyperlink ref="D144" r:id="rId117"/>
+    <hyperlink ref="D145" r:id="rId118"/>
+    <hyperlink ref="D146" r:id="rId119"/>
+    <hyperlink ref="D147" r:id="rId120"/>
+    <hyperlink ref="D148" r:id="rId121"/>
+    <hyperlink ref="D149" r:id="rId122"/>
     <hyperlink ref="D151" r:id="rId123"/>
     <hyperlink ref="D152" r:id="rId124"/>
     <hyperlink ref="D153" r:id="rId125"/>
     <hyperlink ref="D154" r:id="rId126"/>
     <hyperlink ref="D155" r:id="rId127"/>
     <hyperlink ref="D156" r:id="rId128"/>
-    <hyperlink ref="D157" r:id="rId129"/>
-[...23 lines deleted...]
-    <hyperlink ref="D185" r:id="rId153"/>
+    <hyperlink ref="D158" r:id="rId129"/>
+    <hyperlink ref="D159" r:id="rId130"/>
+    <hyperlink ref="D160" r:id="rId131"/>
+    <hyperlink ref="D161" r:id="rId132"/>
+    <hyperlink ref="D163" r:id="rId133"/>
+    <hyperlink ref="D164" r:id="rId134"/>
+    <hyperlink ref="D165" r:id="rId135"/>
+    <hyperlink ref="D166" r:id="rId136"/>
+    <hyperlink ref="D168" r:id="rId137"/>
+    <hyperlink ref="D169" r:id="rId138"/>
+    <hyperlink ref="D170" r:id="rId139"/>
+    <hyperlink ref="D171" r:id="rId140"/>
+    <hyperlink ref="D172" r:id="rId141"/>
+    <hyperlink ref="D173" r:id="rId142"/>
+    <hyperlink ref="D174" r:id="rId143"/>
+    <hyperlink ref="D175" r:id="rId144"/>
+    <hyperlink ref="D176" r:id="rId145"/>
+    <hyperlink ref="D177" r:id="rId146"/>
+    <hyperlink ref="D178" r:id="rId147"/>
+    <hyperlink ref="D179" r:id="rId148"/>
+    <hyperlink ref="D180" r:id="rId149"/>
+    <hyperlink ref="D181" r:id="rId150"/>
+    <hyperlink ref="D182" r:id="rId151"/>
+    <hyperlink ref="D183" r:id="rId152"/>
+    <hyperlink ref="D184" r:id="rId153"/>
     <hyperlink ref="D186" r:id="rId154"/>
     <hyperlink ref="D187" r:id="rId155"/>
     <hyperlink ref="D188" r:id="rId156"/>
     <hyperlink ref="D189" r:id="rId157"/>
-    <hyperlink ref="D190" r:id="rId158"/>
-[...189 lines deleted...]
-    <hyperlink ref="D410" r:id="rId348"/>
+    <hyperlink ref="D192" r:id="rId158"/>
+    <hyperlink ref="D193" r:id="rId159"/>
+    <hyperlink ref="D194" r:id="rId160"/>
+    <hyperlink ref="D195" r:id="rId161"/>
+    <hyperlink ref="D196" r:id="rId162"/>
+    <hyperlink ref="D198" r:id="rId163"/>
+    <hyperlink ref="D199" r:id="rId164"/>
+    <hyperlink ref="D200" r:id="rId165"/>
+    <hyperlink ref="D201" r:id="rId166"/>
+    <hyperlink ref="D202" r:id="rId167"/>
+    <hyperlink ref="D203" r:id="rId168"/>
+    <hyperlink ref="D204" r:id="rId169"/>
+    <hyperlink ref="D205" r:id="rId170"/>
+    <hyperlink ref="D206" r:id="rId171"/>
+    <hyperlink ref="D207" r:id="rId172"/>
+    <hyperlink ref="D208" r:id="rId173"/>
+    <hyperlink ref="D209" r:id="rId174"/>
+    <hyperlink ref="D210" r:id="rId175"/>
+    <hyperlink ref="D214" r:id="rId176"/>
+    <hyperlink ref="D215" r:id="rId177"/>
+    <hyperlink ref="D216" r:id="rId178"/>
+    <hyperlink ref="D217" r:id="rId179"/>
+    <hyperlink ref="D218" r:id="rId180"/>
+    <hyperlink ref="D219" r:id="rId181"/>
+    <hyperlink ref="D220" r:id="rId182"/>
+    <hyperlink ref="D221" r:id="rId183"/>
+    <hyperlink ref="D223" r:id="rId184"/>
+    <hyperlink ref="D224" r:id="rId185"/>
+    <hyperlink ref="D225" r:id="rId186"/>
+    <hyperlink ref="D227" r:id="rId187"/>
+    <hyperlink ref="D228" r:id="rId188"/>
+    <hyperlink ref="D229" r:id="rId189"/>
+    <hyperlink ref="D230" r:id="rId190"/>
+    <hyperlink ref="D231" r:id="rId191"/>
+    <hyperlink ref="D232" r:id="rId192"/>
+    <hyperlink ref="D233" r:id="rId193"/>
+    <hyperlink ref="D234" r:id="rId194"/>
+    <hyperlink ref="D235" r:id="rId195"/>
+    <hyperlink ref="D236" r:id="rId196"/>
+    <hyperlink ref="D238" r:id="rId197"/>
+    <hyperlink ref="D239" r:id="rId198"/>
+    <hyperlink ref="D240" r:id="rId199"/>
+    <hyperlink ref="D241" r:id="rId200"/>
+    <hyperlink ref="D242" r:id="rId201"/>
+    <hyperlink ref="D243" r:id="rId202"/>
+    <hyperlink ref="D244" r:id="rId203"/>
+    <hyperlink ref="D245" r:id="rId204"/>
+    <hyperlink ref="D246" r:id="rId205"/>
+    <hyperlink ref="D247" r:id="rId206"/>
+    <hyperlink ref="D248" r:id="rId207"/>
+    <hyperlink ref="D249" r:id="rId208"/>
+    <hyperlink ref="D250" r:id="rId209"/>
+    <hyperlink ref="D251" r:id="rId210"/>
+    <hyperlink ref="D253" r:id="rId211"/>
+    <hyperlink ref="D254" r:id="rId212"/>
+    <hyperlink ref="D256" r:id="rId213"/>
+    <hyperlink ref="D257" r:id="rId214"/>
+    <hyperlink ref="D258" r:id="rId215"/>
+    <hyperlink ref="D259" r:id="rId216"/>
+    <hyperlink ref="D260" r:id="rId217"/>
+    <hyperlink ref="D261" r:id="rId218"/>
+    <hyperlink ref="D262" r:id="rId219"/>
+    <hyperlink ref="D263" r:id="rId220"/>
+    <hyperlink ref="D265" r:id="rId221"/>
+    <hyperlink ref="D267" r:id="rId222"/>
+    <hyperlink ref="D268" r:id="rId223"/>
+    <hyperlink ref="D269" r:id="rId224"/>
+    <hyperlink ref="D270" r:id="rId225"/>
+    <hyperlink ref="D271" r:id="rId226"/>
+    <hyperlink ref="D272" r:id="rId227"/>
+    <hyperlink ref="D275" r:id="rId228"/>
+    <hyperlink ref="D276" r:id="rId229"/>
+    <hyperlink ref="D277" r:id="rId230"/>
+    <hyperlink ref="D279" r:id="rId231"/>
+    <hyperlink ref="D281" r:id="rId232"/>
+    <hyperlink ref="D283" r:id="rId233"/>
+    <hyperlink ref="D284" r:id="rId234"/>
+    <hyperlink ref="D285" r:id="rId235"/>
+    <hyperlink ref="D286" r:id="rId236"/>
+    <hyperlink ref="D287" r:id="rId237"/>
+    <hyperlink ref="D288" r:id="rId238"/>
+    <hyperlink ref="D289" r:id="rId239"/>
+    <hyperlink ref="D290" r:id="rId240"/>
+    <hyperlink ref="D292" r:id="rId241"/>
+    <hyperlink ref="D293" r:id="rId242"/>
+    <hyperlink ref="D294" r:id="rId243"/>
+    <hyperlink ref="D295" r:id="rId244"/>
+    <hyperlink ref="D296" r:id="rId245"/>
+    <hyperlink ref="D297" r:id="rId246"/>
+    <hyperlink ref="D299" r:id="rId247"/>
+    <hyperlink ref="D300" r:id="rId248"/>
+    <hyperlink ref="D301" r:id="rId249"/>
+    <hyperlink ref="D305" r:id="rId250"/>
+    <hyperlink ref="D306" r:id="rId251"/>
+    <hyperlink ref="D307" r:id="rId252"/>
+    <hyperlink ref="D308" r:id="rId253"/>
+    <hyperlink ref="D309" r:id="rId254"/>
+    <hyperlink ref="D310" r:id="rId255"/>
+    <hyperlink ref="D311" r:id="rId256"/>
+    <hyperlink ref="D312" r:id="rId257"/>
+    <hyperlink ref="D313" r:id="rId258"/>
+    <hyperlink ref="D314" r:id="rId259"/>
+    <hyperlink ref="D315" r:id="rId260"/>
+    <hyperlink ref="D316" r:id="rId261"/>
+    <hyperlink ref="D317" r:id="rId262"/>
+    <hyperlink ref="D318" r:id="rId263"/>
+    <hyperlink ref="D319" r:id="rId264"/>
+    <hyperlink ref="D320" r:id="rId265"/>
+    <hyperlink ref="D321" r:id="rId266"/>
+    <hyperlink ref="D322" r:id="rId267"/>
+    <hyperlink ref="D323" r:id="rId268"/>
+    <hyperlink ref="D325" r:id="rId269"/>
+    <hyperlink ref="D326" r:id="rId270"/>
+    <hyperlink ref="D327" r:id="rId271"/>
+    <hyperlink ref="D328" r:id="rId272"/>
+    <hyperlink ref="D329" r:id="rId273"/>
+    <hyperlink ref="D330" r:id="rId274"/>
+    <hyperlink ref="D331" r:id="rId275"/>
+    <hyperlink ref="D332" r:id="rId276"/>
+    <hyperlink ref="D334" r:id="rId277"/>
+    <hyperlink ref="D335" r:id="rId278"/>
+    <hyperlink ref="D336" r:id="rId279"/>
+    <hyperlink ref="D337" r:id="rId280"/>
+    <hyperlink ref="D338" r:id="rId281"/>
+    <hyperlink ref="D339" r:id="rId282"/>
+    <hyperlink ref="D340" r:id="rId283"/>
+    <hyperlink ref="D341" r:id="rId284"/>
+    <hyperlink ref="D342" r:id="rId285"/>
+    <hyperlink ref="D345" r:id="rId286"/>
+    <hyperlink ref="D346" r:id="rId287"/>
+    <hyperlink ref="D347" r:id="rId288"/>
+    <hyperlink ref="D348" r:id="rId289"/>
+    <hyperlink ref="D349" r:id="rId290"/>
+    <hyperlink ref="D350" r:id="rId291"/>
+    <hyperlink ref="D351" r:id="rId292"/>
+    <hyperlink ref="D352" r:id="rId293"/>
+    <hyperlink ref="D353" r:id="rId294"/>
+    <hyperlink ref="D354" r:id="rId295"/>
+    <hyperlink ref="D355" r:id="rId296"/>
+    <hyperlink ref="D356" r:id="rId297"/>
+    <hyperlink ref="D357" r:id="rId298"/>
+    <hyperlink ref="D358" r:id="rId299"/>
+    <hyperlink ref="D359" r:id="rId300"/>
+    <hyperlink ref="D361" r:id="rId301"/>
+    <hyperlink ref="D362" r:id="rId302"/>
+    <hyperlink ref="D363" r:id="rId303"/>
+    <hyperlink ref="D364" r:id="rId304"/>
+    <hyperlink ref="D365" r:id="rId305"/>
+    <hyperlink ref="D366" r:id="rId306"/>
+    <hyperlink ref="D367" r:id="rId307"/>
+    <hyperlink ref="D368" r:id="rId308"/>
+    <hyperlink ref="D369" r:id="rId309"/>
+    <hyperlink ref="D370" r:id="rId310"/>
+    <hyperlink ref="D371" r:id="rId311"/>
+    <hyperlink ref="D372" r:id="rId312"/>
+    <hyperlink ref="D374" r:id="rId313"/>
+    <hyperlink ref="D375" r:id="rId314"/>
+    <hyperlink ref="D376" r:id="rId315"/>
+    <hyperlink ref="D377" r:id="rId316"/>
+    <hyperlink ref="D378" r:id="rId317"/>
+    <hyperlink ref="D379" r:id="rId318"/>
+    <hyperlink ref="D380" r:id="rId319"/>
+    <hyperlink ref="D381" r:id="rId320"/>
+    <hyperlink ref="D382" r:id="rId321"/>
+    <hyperlink ref="D383" r:id="rId322"/>
+    <hyperlink ref="D384" r:id="rId323"/>
+    <hyperlink ref="D385" r:id="rId324"/>
+    <hyperlink ref="D386" r:id="rId325"/>
+    <hyperlink ref="D387" r:id="rId326"/>
+    <hyperlink ref="D388" r:id="rId327"/>
+    <hyperlink ref="D389" r:id="rId328"/>
+    <hyperlink ref="D390" r:id="rId329"/>
+    <hyperlink ref="D391" r:id="rId330"/>
+    <hyperlink ref="D392" r:id="rId331"/>
+    <hyperlink ref="D394" r:id="rId332"/>
+    <hyperlink ref="D395" r:id="rId333"/>
+    <hyperlink ref="D396" r:id="rId334"/>
+    <hyperlink ref="D397" r:id="rId335"/>
+    <hyperlink ref="D398" r:id="rId336"/>
+    <hyperlink ref="D399" r:id="rId337"/>
+    <hyperlink ref="D400" r:id="rId338"/>
+    <hyperlink ref="D401" r:id="rId339"/>
+    <hyperlink ref="D402" r:id="rId340"/>
+    <hyperlink ref="D403" r:id="rId341"/>
+    <hyperlink ref="D404" r:id="rId342"/>
+    <hyperlink ref="D405" r:id="rId343"/>
+    <hyperlink ref="D406" r:id="rId344"/>
+    <hyperlink ref="D408" r:id="rId345"/>
+    <hyperlink ref="D409" r:id="rId346"/>
+    <hyperlink ref="D410" r:id="rId347"/>
+    <hyperlink ref="D411" r:id="rId348"/>
     <hyperlink ref="D412" r:id="rId349"/>
     <hyperlink ref="D413" r:id="rId350"/>
-    <hyperlink ref="D415" r:id="rId351"/>
-[...6 lines deleted...]
-    <hyperlink ref="D422" r:id="rId358"/>
+    <hyperlink ref="D414" r:id="rId351"/>
+    <hyperlink ref="D415" r:id="rId352"/>
+    <hyperlink ref="D416" r:id="rId353"/>
+    <hyperlink ref="D417" r:id="rId354"/>
+    <hyperlink ref="D418" r:id="rId355"/>
+    <hyperlink ref="D419" r:id="rId356"/>
+    <hyperlink ref="D420" r:id="rId357"/>
+    <hyperlink ref="D423" r:id="rId358"/>
     <hyperlink ref="D424" r:id="rId359"/>
     <hyperlink ref="D425" r:id="rId360"/>
     <hyperlink ref="D427" r:id="rId361"/>
     <hyperlink ref="D428" r:id="rId362"/>
     <hyperlink ref="D429" r:id="rId363"/>
     <hyperlink ref="D430" r:id="rId364"/>
-    <hyperlink ref="D431" r:id="rId365"/>
-    <hyperlink ref="D432" r:id="rId366"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>