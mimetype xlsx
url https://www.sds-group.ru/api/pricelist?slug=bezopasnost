--- v1 (2025-12-06)
+++ v2 (2026-02-27)
@@ -8,2476 +8,2407 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1530" uniqueCount="808">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1486" uniqueCount="785">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1. Безопасность</t>
   </si>
   <si>
     <t>1.1 Видеонаблюдение</t>
   </si>
   <si>
-    <t>1.1.1 Видеорегистраторы</t>
-[...8 lines deleted...]
-    <t>Видеорегистратор гибридный 4-канальный AHD-HDVR/2.0 (без HDD) REXANT</t>
+    <t>1.1.1 Кабель для видеонаблюдения</t>
+  </si>
+  <si>
+    <t>1.1.1.1 Кабель КВК с питанием 2*0,75 мм2</t>
+  </si>
+  <si>
+    <t>01-4108</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,75 мм² (Cu/CCA) (96) белый, 200 м, PROconnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-4105</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,75 мм² (Cu/Cu) черный, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4014</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-1,5+2x0,75 мм² (Cu/Cu) белый, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4107</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2+2x0,75 мм², +ТРОС (Cu/Cu) черный, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4109</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,75 мм² (Cu/CCA) (96) черный, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4015</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-1,5+2x0,75 мм² (Cu/Cu) черный, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4101-1</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,75 мм² (Cu/Cu) белый, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>1.1.1.2 Кабель КВК с питанием 2*0,5 мм2</t>
+  </si>
+  <si>
+    <t>01-4213</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,50 мм² (Cu/Cu) белый, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4216</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,50 мм² (Cu/CCA) (96) белый, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4012</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-1,5+2x0,50 мм² (Cu/Cu) белый, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4215</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,50 мм² (Cu/CCA) (96) черный, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4013</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-1,5+2x0,50 мм² (Cu/Cu) черный, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4214</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,50 мм² (Cu/Cu) черный, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>1.1.1.3 Кабель ККСВ, ККСП</t>
+  </si>
+  <si>
+    <t>01-4001</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+2х0,5 мм, 100 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>01-4002</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+2х0,5 мм, 100 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4003</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+2х0,5 мм, 305 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>01-4022</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+4х0,5 мм, 100 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4004</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+2х0,5 мм, 305 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4021</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+4х0,5 мм, 100 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>1.1.1.4 Кабель ШВЭВ, ШВЭП, ШСМ</t>
+  </si>
+  <si>
+    <t>01-4034</t>
+  </si>
+  <si>
+    <t>Кабель ШВЭП (ШСм, 4x0,12 мм², 200 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4033</t>
+  </si>
+  <si>
+    <t>Кабель ШВЭВ (ШСм, 3x0,12 мм², 200 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Разъемы и аксессуары</t>
+  </si>
+  <si>
+    <t>1.1.2.1 Разъемы BNC</t>
+  </si>
+  <si>
+    <t>05-3076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер с клеммной колодкой REXANT </t>
+  </si>
+  <si>
     <t>шт</t>
   </si>
   <si>
-    <t>1.1.2 Камеры AHD</t>
-[...2 lines deleted...]
-    <t>1.1.2.1 Уличной установки AHD</t>
+    <t>05-3075-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер под пайку с пружиной металл (универсальный) PROconnect</t>
+  </si>
+  <si>
+    <t>05-3071-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер под винт с колпачком PROconnect</t>
+  </si>
+  <si>
+    <t>05-3072-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер под винт с колпачком угловой PROconnect</t>
+  </si>
+  <si>
+    <t>05-3073-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер под винт с пружиной металл PROconnect</t>
+  </si>
+  <si>
+    <t>05-3081-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC гнездо с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
+    <t>05-3073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер под винт с пружиной металл REXANT </t>
+  </si>
+  <si>
+    <t>05-3076-4</t>
+  </si>
+  <si>
+    <t>Разъем BNC штекер с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
+    <t>05-3075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер под пайку с пружиной металл (универсальный) REXANT </t>
+  </si>
+  <si>
+    <t>05-3082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC гнездо под винт с колпачком REXANT </t>
+  </si>
+  <si>
+    <t>05-3081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC гнездо с клеммной колодкой REXANT </t>
+  </si>
+  <si>
+    <t>05-3120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC гнездо с проводом 20 см REXANT </t>
+  </si>
+  <si>
+    <t>05-3071-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер под винт с колпачком тип-2 REXANT </t>
+  </si>
+  <si>
+    <t>05-3071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер под винт с колпачком REXANT </t>
+  </si>
+  <si>
+    <t>05-3001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер RG-58 обжим REXANT </t>
+  </si>
+  <si>
+    <t>05-3076-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер с быстрозажимной колодкой REXANT </t>
+  </si>
+  <si>
+    <t>05-3003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер RG-6 обжим REXANT </t>
+  </si>
+  <si>
+    <t>05-3002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем BNC штекер RG-59 обжим REXANT </t>
+  </si>
+  <si>
+    <t>1.1.2.2 Разъемы питания DC</t>
+  </si>
+  <si>
+    <t>14-0318</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 5 разъемов 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0314-2</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с быстрозажимной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>14-0317</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 9 разъемов 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0315-4</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5мм с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
+    <t>14-0312</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм угловой REXANT</t>
+  </si>
+  <si>
+    <t>14-0314</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с клеммной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>14-0315</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5 с клеммной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>14-0315-2</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5 с быстрозажимной колодкой REXANT</t>
+  </si>
+  <si>
+    <t>14-0310</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,1х5,5 с проводом 20 см REXANT</t>
+  </si>
+  <si>
+    <t>14-0326</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,5х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>014-0327</t>
+  </si>
+  <si>
+    <t>Переходник для адаптеров питания DC гн.5,5х2,1мм - шт.5,5х2,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0333</t>
+  </si>
+  <si>
+    <t>Переходник для адаптеров питания DC гн. 5,5х2,5мм - шт. 5,5х2,1мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0320</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 2 разъема 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0319</t>
+  </si>
+  <si>
+    <t>Разветвитель питания DC на 4 разъема 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>14-0350</t>
+  </si>
+  <si>
+    <t>Удлинитель кабеля питания DC гнездо-штекер (2,1х5,5мм) 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>14-0360</t>
+  </si>
+  <si>
+    <t>Удлинитель кабеля питания DC гнездо-штекер (2,1х5,5мм) 3м REXANT</t>
+  </si>
+  <si>
+    <t>14-0324</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,5х5,5мм с проводом 20 см REXANT</t>
+  </si>
+  <si>
+    <t>14-0332</t>
+  </si>
+  <si>
+    <t>Разъем питания DC гнездо 2,5х5,5мм с проводом 20см REXANT</t>
+  </si>
+  <si>
+    <t>14-0314-4</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с клеммной колодкой PROconnect</t>
+  </si>
+  <si>
+    <t>14-0313</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм с проводом 20 см REXANT</t>
+  </si>
+  <si>
+    <t>14-0311</t>
+  </si>
+  <si>
+    <t>Разъем питания DC штекер 2,1х5,5мм REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2.3 Разъемы в розничной упаковке</t>
+  </si>
+  <si>
+    <t>05-3073-4-7</t>
+  </si>
+  <si>
+    <t>Разъем высокочастотный на кабель, штекер BNC под винт с пружиной, металл, (1шт.) (пакет) PROconnect</t>
+  </si>
+  <si>
+    <t>1.1.2.4 Грозозащита</t>
+  </si>
+  <si>
+    <t>05-4000-1</t>
+  </si>
+  <si>
+    <t>Грозозащита на F-разъем 5-2400 МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-3079-1</t>
+  </si>
+  <si>
+    <t>Грозозащита витой пары разъем RJ45 с PoE REXANT</t>
+  </si>
+  <si>
+    <t>05-3079</t>
+  </si>
+  <si>
+    <t>Грозозащита витой пары RJ45 разъем REXANT</t>
+  </si>
+  <si>
+    <t>05-3078</t>
+  </si>
+  <si>
+    <t>Грозозащита коаксиального кабеля BNC разъем REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2.5 Шнуры BNC -BNC</t>
+  </si>
+  <si>
+    <t>18-2703</t>
+  </si>
+  <si>
+    <t>Кабель соединительный BNC - BNC, длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>18-2745</t>
+  </si>
+  <si>
+    <t>Кабель соединительный BNC - BNC, длина 45 метров REXANT</t>
+  </si>
+  <si>
+    <t>18-1718</t>
+  </si>
+  <si>
+    <t>Кабель соединительный для систем видеонаблюдения BNC + DC питание, длина 18 метров REXANT</t>
+  </si>
+  <si>
+    <t>18-2701</t>
+  </si>
+  <si>
+    <t>Кабель соединительный BNC - BNC, длина 1,5 метра REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2.6 Переходники BNC</t>
+  </si>
+  <si>
+    <t>05-3201-1</t>
+  </si>
+  <si>
+    <t>Переход гнездо F - штекер BNC GOLD REXANT</t>
+  </si>
+  <si>
+    <t>05-3301</t>
+  </si>
+  <si>
+    <t>Переход штекер BNC - гнездо BNC x 2 (тройник) REXANT</t>
+  </si>
+  <si>
+    <t>05-3203</t>
+  </si>
+  <si>
+    <t>Переход гнездо BNC - гнездо BNC (I-коннектор) REXANT</t>
+  </si>
+  <si>
+    <t>05-3202-4</t>
+  </si>
+  <si>
+    <t>Переход штекер BNC - гнездо RCA PROCONNECT</t>
+  </si>
+  <si>
+    <t>1.1.3 Муляжи видеокамер</t>
+  </si>
+  <si>
+    <t>45-0240</t>
+  </si>
+  <si>
+    <t>Муляж камеры уличный, цилиндрический, белый REXANT</t>
+  </si>
+  <si>
+    <t>45-0230</t>
+  </si>
+  <si>
+    <t>Муляж камеры, внутренний, купольный, черный REXANT</t>
+  </si>
+  <si>
+    <t>45-0210</t>
+  </si>
+  <si>
+    <t>Муляж камеры внутренний, купольный, белый REXANT</t>
+  </si>
+  <si>
+    <t>45-0307</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры уличной установки RX-307 REXANT</t>
+  </si>
+  <si>
+    <t>45-0301</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры внутренней установки RX-301 REXANT</t>
+  </si>
+  <si>
+    <t>45-0200</t>
+  </si>
+  <si>
+    <t>Муляж камеры уличный, купольный, белый REXANT</t>
+  </si>
+  <si>
+    <t>45-0250</t>
+  </si>
+  <si>
+    <t>Муляж камеры уличный, цилиндрический, черный REXANT</t>
+  </si>
+  <si>
+    <t>45-0305</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры внутренней установки RX-305 REXANT</t>
+  </si>
+  <si>
+    <t>45-0309</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры уличной установки RX-309 REXANT</t>
+  </si>
+  <si>
+    <t>45-0303</t>
+  </si>
+  <si>
+    <t>Муляж видеокамеры внутренней установки RX-303 REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Камеры AHD</t>
+  </si>
+  <si>
+    <t>1.1.4.1 Уличной установки AHD</t>
   </si>
   <si>
     <t>45-0143</t>
   </si>
   <si>
     <t>Купольная уличная камера AHD 1.3Мп (960P), объектив 2.8-12 мм., ИК до 30 м.</t>
   </si>
   <si>
-    <t>1.1.2.2 Внутренней установки AHD</t>
+    <t>1.1.4.2 Внутренней установки AHD</t>
   </si>
   <si>
     <t>45-0135</t>
   </si>
   <si>
     <t xml:space="preserve">Купольная камера AHD 1.0Мп (720P), объектив 2.8-12 мм., ИК до 30 м. </t>
   </si>
   <si>
-    <t>45-0279</t>
-[...569 lines deleted...]
-    <t>1.1.7 Блоки питания</t>
+    <t>1.1.5 Блоки питания</t>
   </si>
   <si>
     <t>34-0496</t>
   </si>
   <si>
     <t>Блок питания резервированный 12В, 2А, под АКБ 7А/ ч DC-496</t>
   </si>
   <si>
+    <t>34-0494</t>
+  </si>
+  <si>
+    <t>Блок питания стабилизированный 12В, 2А, внутренняя установка DC-494</t>
+  </si>
+  <si>
+    <t>34-0498</t>
+  </si>
+  <si>
+    <t>Блок питания резервированный 12В, 3А, под АКБ 7А/ ч, уличная установка DC-498</t>
+  </si>
+  <si>
     <t>34-0493</t>
   </si>
   <si>
     <t>Блок питания стабилизированный 12В, 1,5А, уличная установка DC-493</t>
   </si>
   <si>
-    <t>34-0494</t>
-[...11 lines deleted...]
-    <t>1.1.8 Кронштейны для камер видеонаблюдения</t>
+    <t>1.1.6 Кронштейны для камер видеонаблюдения</t>
+  </si>
+  <si>
+    <t>34-0878</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT телескопический, 70-130 см</t>
+  </si>
+  <si>
+    <t>34-0881</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 50см, угловой REXANT</t>
+  </si>
+  <si>
+    <t>34-0887</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 45см, торцевой REXANT</t>
+  </si>
+  <si>
+    <t>34-0616</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения телескопический, 60-110см боковой REXANT</t>
+  </si>
+  <si>
+    <t>28-4012</t>
+  </si>
+  <si>
+    <t>Кронштейн универсальный для видеокамер на столб/угол, черный</t>
+  </si>
+  <si>
+    <t>34-0883</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 14,5см, торцевой REXANT</t>
+  </si>
+  <si>
+    <t>34-0879</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения телескопический, 70-130см, боковой REXANT</t>
+  </si>
+  <si>
+    <t>34-0880</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 30см, угловой REXANT</t>
+  </si>
+  <si>
+    <t>34-0882</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 14,5см, боковой REXANT</t>
+  </si>
+  <si>
+    <t>34-0884</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 30см, боковой REXANT</t>
+  </si>
+  <si>
+    <t>34-0894</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения на столб, 14х14 см, под хомуты REXANT (Хомуты в комплект не входят!)</t>
+  </si>
+  <si>
+    <t>34-0885</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 30см, торцевой REXANT</t>
+  </si>
+  <si>
+    <t>34-0893</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для камер видеонаблюдения на столб, 18х14см, под хомуты REXANT (Хомуты в комплект не входят!) </t>
+  </si>
+  <si>
+    <t>34-0617</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения телескопический, 60-110см торцевой REXANT</t>
   </si>
   <si>
     <t>34-0870</t>
   </si>
   <si>
     <t>Кронштейн для камер видеонаблюдения REXANT, труба 5,1 см, 30 см</t>
   </si>
   <si>
-    <t>34-0882</t>
-[...8 lines deleted...]
-    <t>Кронштейн для камер видеонаблюдения, 30см, боковой REXANT</t>
+    <t>34-0886</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения, 45см, боковой REXANT</t>
   </si>
   <si>
     <t>34-0888</t>
   </si>
   <si>
     <t>Кронштейн для камер видеонаблюдения, 15см, на мачту REXANT</t>
   </si>
   <si>
     <t>34-0892</t>
   </si>
   <si>
     <t xml:space="preserve">Кронштейн для камер видеонаблюдения на столб, 20х13см, под хомуты REXANT (Хомуты в комплект не входят!) </t>
   </si>
   <si>
-    <t>34-0887</t>
-[...26 lines deleted...]
-    <t>Кронштейн для камер видеонаблюдения, 14,5см, торцевой REXANT</t>
+    <t>28-4011</t>
+  </si>
+  <si>
+    <t>Кронштейн универсальный для видеокамер на столб/угол, серый</t>
+  </si>
+  <si>
+    <t>34-0872</t>
+  </si>
+  <si>
+    <t>Кронштейн для камер видеонаблюдения REXANT с поворотной площадкой, труба 5,1 см, 30 см</t>
   </si>
   <si>
     <t>34-0874</t>
   </si>
   <si>
     <t>Кронштейн для камер видеонаблюдения REXANT двойной с поворотными площадками, 30 см</t>
   </si>
   <si>
-    <t>28-4011</t>
-[...62 lines deleted...]
-    <t>1.2.1 Аудиотрубки (трубки многоквартирного домофона)</t>
+    <t>1.2 Противопожарная безопасность</t>
+  </si>
+  <si>
+    <t>1.2.1 Кабель для монтажа систем связи и сигнализации</t>
+  </si>
+  <si>
+    <t>1.2.1.1 Кабель КСПВ / КСПЭВ</t>
+  </si>
+  <si>
+    <t>01-4711-5</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 4х0,5мм ССА, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>м</t>
+  </si>
+  <si>
+    <t>01-4700</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 2х0,4мм, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-4712</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 6х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4710-6</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПЭВ 2х0,5мм ССА, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4703</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 8х0,4мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4712-5</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 6х0,5мм ССА, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4711-6</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПЭВ 4х0,5мм ССА, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4706</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 14х0,4мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4710</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 2х0,5мм, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-4711</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 4х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4715</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 12х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4716</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 14х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4711-1</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПЭВ 4х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4701</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 4х0,4мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4702</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 6х0,4мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4704</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 10х0,4мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4705</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 12х0,4мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4713</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 8х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4714</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 10х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4719</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 20х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4700-1</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПЭВ 2х0,4мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4710-1</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПЭВ 2х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4710-5</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 2х0,5мм ССА, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-4713-5</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСПВ 8х0,5мм ССА, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>1.2.1.2 Кабель КСВВ / КСВЭВ</t>
+  </si>
+  <si>
+    <t>01-4748-5</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВ 4х0,5мм ССА, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4747-6</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВЭВ 2х0,5мм ССА, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4747-5</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВ 2х0,5мм ССА, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-4748</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВ 4х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4749</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВ 6х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4747</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВ 2х0,5мм, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-4750</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВ 8х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4751</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВ 10х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4747-1</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВЭВ 2х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4748-1</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВЭВ 4х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4748-6</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВЭВ 4х0,5мм ССА, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4784-5</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВнг(А)-LS 2х0,5мм ССА, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-4785-5</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВнг(А)-LS 4х0,5мм ССА, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>1.2.1.3 Кабель КСВВнг-LS / КСВЭВнг-LS</t>
+  </si>
+  <si>
+    <t>01-4784</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВнг(А)-LS 2х0,5мм, бухта 500м REXANT</t>
+  </si>
+  <si>
+    <t>01-4785</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВнг(А)-LS 4х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4786</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВнг(А)-LS 6х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4787</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВнг(А)-LS 8х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4793</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный КСВВнг(А)-LS 20х0,5мм, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4805</t>
+  </si>
+  <si>
+    <t>Кабель сигнальный REXANT КСВВнг(А)-LS 1x2х0,64 мм, бухта 500м</t>
+  </si>
+  <si>
+    <t>1.2.2 Кабель для монтажа систем охранной и пожарной сигнализации</t>
+  </si>
+  <si>
+    <t>1.2.2.1 Кабель КПСВВнг-LS / КПСВЭВнг-LS</t>
+  </si>
+  <si>
+    <t>01-4861</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LS 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4862</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LS 1x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4863</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LS 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4860</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LS 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4865</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LS 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4866</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LS 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4860-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4861-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4862-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 1x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4863-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4865-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4866-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4867-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 2x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4868-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 2x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4869-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LS 2x2x2,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2.2 Кабель КПСВВнг-LSLTx / КПСВЭВнг-LSLTx</t>
+  </si>
+  <si>
+    <t>01-4876</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LSLTx 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4875-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LSLTx 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4870</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LSLTx 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4871</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LSLTx 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4872</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LSLTx 1x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4873</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LSLTx 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4875</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВВнг(А)-LSLTx 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4870-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LSLTx 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4871-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LSLTx 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4876-1</t>
+  </si>
+  <si>
+    <t>Кабель для пожарной сигнализации КПСВЭВнг(А)-LSLTx 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2.3 Кабель КПСнг(А)-FRLS / КПСЭнг(А)-FRLS</t>
+  </si>
+  <si>
+    <t>01-4901</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 1x2x0,35мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4902</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4911</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 2x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4900-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLS 1x2x0,20мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4902-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLS 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4904-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLS 1x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4905-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLS 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4900</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 1x2x0,20мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4903</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 1х2х0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4904</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 1x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4905</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4907</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 2x2x0,20мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4909</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4910</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLS 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4903-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLS 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4909-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLS 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4910-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLS 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4911-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLS 2x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2.4 Кабель КПСнг(А)-FRHF / КПСЭнг(А)-FRHF</t>
+  </si>
+  <si>
+    <t>01-4920</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий REXANT КПСнг(А)-FRHF 1x2x2,50 мм², бухта 200 м</t>
+  </si>
+  <si>
+    <t>01-4924-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRHF 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4918</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRHF 1x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4923</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRHF 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4916-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRHF 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4917-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRHF 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4916</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRHF 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4917</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRHF 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4919</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRHF 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4924</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRHF 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4918-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRHF 1x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4919-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRHF 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4923-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRHF 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2.5 Кабель КПСнг(А)-FRLSLTx / КПСЭнг(А)-FRLSLTx</t>
+  </si>
+  <si>
+    <t>01-4932</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 1x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4931</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4930</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4933</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 1x2x1,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4930-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLSLTx 1x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4937</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4938</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4939</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСнг(А)-FRLSLTx 2x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4931-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLSLTx 1x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4932-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLSLTx 1x2x1,00мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4937-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLSLTx 2x2x0,50мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>01-4938-1</t>
+  </si>
+  <si>
+    <t>Кабель огнестойкий КПСЭнг(А)-FRLSLTx 2x2x0,75мм², бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>1.3 СКУД</t>
+  </si>
+  <si>
+    <t>1.3.1 Видеодомофоны</t>
+  </si>
+  <si>
+    <t>1.3.1.1 Мониторы видеодомофона</t>
+  </si>
+  <si>
+    <t>45-0434</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD(1080P), с детектором движения, функцией фото- и  видеозаписи. Цвет белый  (модель AC-434)</t>
+  </si>
+  <si>
+    <t>45-0439</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 10,1" формата AHD(1080P), с сенсорным управлением, детектором движения, функцией фото- и видеозаписи (модель AC-439)</t>
+  </si>
+  <si>
+    <t>45-0333</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 7" формата AHD, с детектором движения, функцией фото- и видеозаписи (модель AC-333)</t>
+  </si>
+  <si>
+    <t>45-0440</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 10,1" формата AHD(1080P), с сенсорным экраном, детектором движения, функцией фото- и видеозаписи (модель AC-440)</t>
+  </si>
+  <si>
+    <t>45-0337</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD, с сенсорным управлением, с детектором движения, функцией фото- и видеозаписи (модель AC-337)</t>
+  </si>
+  <si>
+    <t>45-0332</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 4,3" формата AHD, с сенсорным управлением, детектором движения, функцией фото- и видеозаписи (модель AC-332)</t>
+  </si>
+  <si>
+    <t>45-0336</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 7" формата AHD, с сенсорным управлением, с детектором движения, функцией фото- и видеозаписи (модель AC-336)</t>
+  </si>
+  <si>
+    <t>45-0435-2</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-435) в комплекте с вызывной видеопанелью с кнопкой SECURIC</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>45-0438-1</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-438) в комплекте с вызывной видеопанелью SECURIC</t>
+  </si>
+  <si>
+    <t>45-0438-2</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-438) в комплекте с вызывной видеопанелью с кнопкой SECURIC</t>
+  </si>
+  <si>
+    <t>45-0332-1</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 4,3" формата AHD (модель AC-332) в комплекте с вызывной видеопанелью с кнопкой SECURIC</t>
+  </si>
+  <si>
+    <t>45-0435-1</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-435) в комплекте с вызывной видеопанелью SECURIC</t>
+  </si>
+  <si>
+    <t>45-0438</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 7" формата AHD(1080P), с сенсорным экраном, детектором движения, функцией фото- и видеозаписи  (модель AC-438)</t>
+  </si>
+  <si>
+    <t>1.3.1.2 Вызывные панели</t>
+  </si>
+  <si>
+    <t>45-0317</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-317)</t>
+  </si>
+  <si>
+    <t>45-0312</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-312)</t>
+  </si>
+  <si>
+    <t>45-0316</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-316)</t>
+  </si>
+  <si>
+    <t>45-0313</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-313)</t>
+  </si>
+  <si>
+    <t>1.3.2 Аудиотрубки (трубки многоквартирного домофона)</t>
+  </si>
+  <si>
+    <t>45-0346</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и отключением звука RX-346, REXANT Premium</t>
+  </si>
+  <si>
+    <t>45-0321</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и регулировкой звука RX-321, серая REXANT</t>
+  </si>
+  <si>
+    <t>45-0347</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и отключением звука RX-347, REXANT</t>
   </si>
   <si>
     <t>45-0320</t>
   </si>
   <si>
     <t>Трубка домофона с индикатором и регулировкой звука RX-320, черная REXANT</t>
   </si>
   <si>
-    <t>45-0321</t>
-[...2 lines deleted...]
-    <t>Трубка домофона с индикатором и регулировкой звука RX-321, серая REXANT</t>
+    <t>45-0348</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и регулятором звука RX-348 REXANT</t>
+  </si>
+  <si>
+    <t>45-0322</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и регулировкой звука RX-322, желтая REXANT</t>
   </si>
   <si>
     <t>45-0349</t>
   </si>
   <si>
     <t>Трубка домофона RX-349, REXANT</t>
   </si>
   <si>
-    <t>45-0347</t>
-[...23 lines deleted...]
-    <t>1.2.2 Замки и крепления</t>
+    <t>1.3.3 Идентификаторы (Электронные ключи / карты)</t>
+  </si>
+  <si>
+    <t>46-0253</t>
+  </si>
+  <si>
+    <t>Дубликатор электронных ключей 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0221-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 125KHz формат EM Marin Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0257</t>
+  </si>
+  <si>
+    <t>Электронный ключ (браслет) 125 KHz формат EM-Marin</t>
+  </si>
+  <si>
+    <t>46-0257-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (браслет) 125 KHz формат EM-Marin, индивидуальная упаковка 1 шт.</t>
+  </si>
+  <si>
+    <t>46-0255-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ-заготовка (брелок) 125 kHz перезаписываемый формат Em-Marin. Индивидуальная упаковка 1 шт.</t>
+  </si>
+  <si>
+    <t>46-0229-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок прозрачный) 125 kHz формат Em-Marin индивидуальная упаковка 1 шт.</t>
+  </si>
+  <si>
+    <t>46-0229</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок прозрачный) 125 kHz формат Em-Marin</t>
+  </si>
+  <si>
+    <t>46-0227-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта с прорезью) 125KHz формат EM Marin Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0221</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0227</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта с прорезью) 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0220</t>
+  </si>
+  <si>
+    <t>Компактный электронный ключ (карта) 125KHz, формат EM Marin, белый REXANT</t>
+  </si>
+  <si>
+    <t>46-0225</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта) 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0225-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта) 125KHz формат EM Marin Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0223-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 13,56 MHz формат Mifare Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0255</t>
+  </si>
+  <si>
+    <t>Электронный ключ-заготовка (брелок) 125 kHz перезаписываемый формат Em-Marin</t>
+  </si>
+  <si>
+    <t>46-0223</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 13,56 MHz формат Mifare</t>
+  </si>
+  <si>
+    <t>1.3.4 Доводчики дверные</t>
+  </si>
+  <si>
+    <t>46-0501</t>
+  </si>
+  <si>
+    <t>Доводчик дверной для установки на дверь весом до 45 кг</t>
+  </si>
+  <si>
+    <t>46-0512</t>
+  </si>
+  <si>
+    <t>Доводчик дверной со скользящей тягой для установки на дверь весом до 85 кг</t>
+  </si>
+  <si>
+    <t>46-0503</t>
+  </si>
+  <si>
+    <t>Доводчик дверной для установки на дверь весом до 65 кг</t>
+  </si>
+  <si>
+    <t>46-0511</t>
+  </si>
+  <si>
+    <t>Доводчик дверной со скользящей тягой для установки на дверь весом до 65 кг</t>
+  </si>
+  <si>
+    <t>1.3.5 Видеоглазки</t>
+  </si>
+  <si>
+    <t>45-1111</t>
+  </si>
+  <si>
+    <t>Видеоглазок дверной REXANT (DV-111) с цветным LCD-дисплеем 2.4" и функцией записи фото</t>
+  </si>
+  <si>
+    <t>45-0249</t>
+  </si>
+  <si>
+    <t>Видеоглазок дверной REXANT, с функцией записи видео/фото по движению, ночной режим работы</t>
+  </si>
+  <si>
+    <t>45-1115</t>
+  </si>
+  <si>
+    <t>Видеоглазок дверной REXANT (DV-115) с цветным LCD-дисплеем 4.3" с функцией записи фото/видео по движению, встроенный звонок, ночной режим работы</t>
+  </si>
+  <si>
+    <t>1.3.6 Замки и крепления</t>
+  </si>
+  <si>
+    <t>45-0927</t>
+  </si>
+  <si>
+    <t>Замок электромагнитный SC-280 + монтажный уголок SECURIC</t>
+  </si>
+  <si>
+    <t>45-0901</t>
+  </si>
+  <si>
+    <t>Замок электромагнитный SC-180</t>
+  </si>
+  <si>
+    <t>45-0926</t>
+  </si>
+  <si>
+    <t>Замок электромагнитный SC-180 + монтажный уголок SECURIC</t>
+  </si>
+  <si>
+    <t>45-0925</t>
+  </si>
+  <si>
+    <t>Монтажный уголок для SC-500</t>
   </si>
   <si>
     <t>45-0907</t>
   </si>
   <si>
     <t>Замок электромеханический накладной универсальный SC-10</t>
   </si>
   <si>
-    <t>45-0926</t>
-[...19 lines deleted...]
-  <si>
     <t>45-0909</t>
   </si>
   <si>
     <t>Замок электромеханический накладной универсальный  SC-20, с возможностью блокировки кнопки открывания</t>
   </si>
   <si>
-    <t>45-0927</t>
-[...38 lines deleted...]
-    <t>Кнопка «Выход» металлическая с синей подсветкой SB-50</t>
+    <t>1.3.7 Кнопки "ВЫХОД"</t>
   </si>
   <si>
     <t>45-0961</t>
   </si>
   <si>
     <t>Кнопка «Выход» металлическая с синей подсветкой SB-60 врезного типа</t>
   </si>
   <si>
     <t>45-0955</t>
   </si>
   <si>
     <t>Кнопка «Выход» металлическая SB-30</t>
   </si>
   <si>
-    <t>45-0963</t>
-[...260 lines deleted...]
-    <t>1.3.1.1 Наклейки пожарной безопасности</t>
+    <t>1.4 Беспроводные сигнализации</t>
+  </si>
+  <si>
+    <t>1.4.1 GSM сигнализации</t>
+  </si>
+  <si>
+    <t>46-0237</t>
+  </si>
+  <si>
+    <t>Брелок для сигнализации GS-115, черный (модель GS-237)  REXANT</t>
+  </si>
+  <si>
+    <t>46-0101</t>
+  </si>
+  <si>
+    <t>Автономная GSM Сигнализация "Сторож"  REXANT</t>
+  </si>
+  <si>
+    <t>46-0241</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Беспроводной датчик открытия для GS-115, с отключаемой индикацией, геркон (модель GS-241)  REXANT </t>
+  </si>
+  <si>
+    <t>46-0111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект беспроводной GSM-сигнализации GS-115 с дополнительными датчиками REXANT </t>
+  </si>
+  <si>
+    <t>1.4.2 Автономные сигнализации</t>
+  </si>
+  <si>
+    <t>46-0207</t>
+  </si>
+  <si>
+    <t>Автономная сигнализация геркон (в упаковке 4шт.) (модель RX-207)  REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>46-0215</t>
+  </si>
+  <si>
+    <t>Беспроводной звонок с выносным датчиком движения (модель GS-215)  REXANT</t>
+  </si>
+  <si>
+    <t>46-0205</t>
+  </si>
+  <si>
+    <t>Беспроводной звонок с датчиком движения (модель GS-205)  REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Знаки безопасности</t>
+  </si>
+  <si>
+    <t>1.5.1 Наклейки</t>
+  </si>
+  <si>
+    <t>1.5.1.1 Наклейки пожарной безопасности</t>
+  </si>
+  <si>
+    <t>56-0055-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности «Пожарный кран» 150х150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0051</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности "Огнетушитель"200*200 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0050</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности "Огнетушитель"100*100 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0052</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности "Пожарный гидрант"100*100 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0055</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности "Пожарный кран"200*200 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0053</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности "Пожарный гидрант"200*200 мм Rexant</t>
   </si>
   <si>
     <t>56-0054</t>
   </si>
   <si>
     <t>Наклейка знак пожарной безопасности "Пожарный кран"100*100 мм Rexant</t>
   </si>
   <si>
-    <t>56-0051</t>
-[...4 lines deleted...]
-  <si>
     <t>56-0051-1</t>
   </si>
   <si>
     <t>Наклейка знак пожарной безопасности «Огнетушитель» 150х150 мм REXANT</t>
   </si>
   <si>
-    <t>56-0055</t>
-[...29 lines deleted...]
-    <t>1.3.1.2 Наклейки предупреждающие</t>
+    <t>1.5.1.2 Наклейки эвакуационные</t>
+  </si>
+  <si>
+    <t>56-0021</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Указатель запасного выхода"150*300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0023</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Указатель выхода"150*300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0026</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Направление к эвакуационному выходу налево"150*300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0027</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Направление к эвакуационному выходу направо"100*300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0030</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Направляющая стрелка"200*200 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0022</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Указатель выхода"100*300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0025</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Направление к эвакуационному выходу налево"100*300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0029</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак "Направляющая стрелка"100*100 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0028</t>
+  </si>
+  <si>
+    <t>Наклейка эвакуационный знак «Направление к эвакуационному выходу направо» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5.1.3 Наклейки запрещающие</t>
+  </si>
+  <si>
+    <t>56-0035</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак "Курить запрещено" 200х200 Rexant</t>
+  </si>
+  <si>
+    <t>56-0019</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак «На роликах не заходить» 150х150 мм</t>
+  </si>
+  <si>
+    <t>56-0040</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак "С животными вход запрещен" 300*150 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0041</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак "С продуктами питания вход запрещен" 150*150 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0042</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак «Использование мобильных телефонов запрещено» 150х150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0039</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак "С животными вход запрещен" 150*150 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0043</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак "Фотосъемка запрещена" 150*150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0047</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак «Проход запрещен» 150 х 150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0040-9</t>
+  </si>
+  <si>
+    <t>Наклейки запрещающие знаки «Набор наклеек 4 шт. мини- d 9 см» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0056-1</t>
+  </si>
+  <si>
+    <t>Наклейка знак пожарной безопасности «Запрещается пользоваться открытым огнем и курить» d - 180 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0037</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак "Проход запрещен" 200x200 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0038</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак "Машины не ставить" 150x300 мм Rexant</t>
+  </si>
+  <si>
+    <t>56-0013</t>
+  </si>
+  <si>
+    <t>Наклейка запрещающий знак «Не мусорить» d-150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0040-10</t>
+  </si>
+  <si>
+    <t>Наклейки запрещающие знаки «Набор наклеек 4 шт. мини- d 9 см» с хедером; 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5.1.4 Наклейки предупреждающие</t>
+  </si>
+  <si>
+    <t>55-0021</t>
+  </si>
+  <si>
+    <t>Наклейка знак безопасности «Внимание. Опасность» 150х150х150 мм REXANT</t>
   </si>
   <si>
     <t>56-0036</t>
   </si>
   <si>
     <t>Наклейка информационный знак «Злая собака» 200x200 мм REXANT</t>
   </si>
   <si>
-    <t>55-0021</t>
-[...4 lines deleted...]
-  <si>
     <t>55-0020</t>
   </si>
   <si>
     <t>Наклейка знак пожарной безопасности «Пожароопасно» 150х150х150 мм REXANT</t>
   </si>
   <si>
-    <t>1.3.1.3 Наклейки эвакуационные</t>
-[...149 lines deleted...]
-    <t>1.3.1.5 Наклейки предписывающие</t>
+    <t>1.5.1.5 Наклейки предписывающие</t>
   </si>
   <si>
     <t>56-0032</t>
   </si>
   <si>
     <t>Наклейка информационный знак "Место курения" 100х100 Rexant</t>
   </si>
   <si>
     <t>56-0033</t>
   </si>
   <si>
     <t>Наклейка информационный знак "Место курения" 200х200 Rexant</t>
   </si>
   <si>
-    <t>1.3.1.6 Наклейки информационные</t>
+    <t>1.5.1.6 Наклейки информационные</t>
   </si>
   <si>
     <t>56-0031</t>
   </si>
   <si>
     <t>Наклейка информационный знак "Внимание, ведётся видеонаблюдение" 100*100 мм Rexant</t>
   </si>
   <si>
+    <t>56-0024</t>
+  </si>
+  <si>
+    <t>Наклейка информационный знак "Внимание, ведётся видеонаблюдение" 200*200 мм Rexant</t>
+  </si>
+  <si>
     <t>56-0016</t>
   </si>
   <si>
     <t>Наклейка информационный знак «От себя» 150х300 мм REXANT</t>
   </si>
   <si>
-    <t>56-0024</t>
-[...4 lines deleted...]
-  <si>
     <t>56-0015</t>
   </si>
   <si>
     <t>Наклейка информационный знак «На себя» 150х300 мм REXANT</t>
   </si>
   <si>
     <t>56-0017</t>
   </si>
   <si>
     <t>Наклейка информационный знак «Зона Wi-Fi» 150х200 мм REXANT</t>
   </si>
   <si>
     <t>56-0014</t>
   </si>
   <si>
     <t>Наклейка информационный знак «Желтый круг» d - 150 мм REXANT</t>
   </si>
   <si>
     <t>56-0012</t>
   </si>
   <si>
     <t>Наклейка информационный знак «Ответственный за пожарную безопасность» 100х200 мм REXANT</t>
   </si>
   <si>
     <t>56-0060</t>
   </si>
   <si>
     <t xml:space="preserve">Наклейка информационный знак «Охрана» 100х200 мм REXANT </t>
   </si>
   <si>
-    <t>1.3.1.7 Наклейки медицинского назначения</t>
+    <t>1.5.1.7 Наклейки медицинского назначения</t>
   </si>
   <si>
     <t>56-0070</t>
   </si>
   <si>
     <t>Наклейка знак медицинского  назначения "Аптечка первой медицинской помощи"100*100 мм Rexant</t>
   </si>
   <si>
-    <t>1.3.1.8 Наклейки автомобильные</t>
-[...5 lines deleted...]
-    <t>Наклейка  автомобильная "Дама за рулем" 150*150 мм REXANT</t>
+    <t>1.5.1.8 Наклейки автомобильные</t>
+  </si>
+  <si>
+    <t>56-0018</t>
+  </si>
+  <si>
+    <t>Наклейка  автомобильная треугольная «Ребенок в машине» 150х150х150 мм  REXANT</t>
   </si>
   <si>
     <t>56-0034</t>
   </si>
   <si>
     <t>Наклейка информационный знак "Начинающий водитель" 150х150 Rexant</t>
   </si>
   <si>
     <t>56-0045</t>
   </si>
   <si>
     <t>Наклейка  автомобильная "Ребенок в машине" 150*150 мм REXANT</t>
   </si>
   <si>
     <t>56-0072</t>
   </si>
   <si>
     <t>Наклейка  автомобильная "Инвалид " 150*150 мм</t>
   </si>
   <si>
     <t>56-0046</t>
   </si>
   <si>
     <t>Наклейка  автомобильная "Шипы" 200х200мм REXANT</t>
   </si>
   <si>
-    <t>56-0018</t>
-[...8 lines deleted...]
-    <t>1.3.2.1 Таблички пожарной безопасности</t>
+    <t>1.5.2 Таблички ПВХ</t>
+  </si>
+  <si>
+    <t>1.5.2.1 Таблички предписывающие</t>
+  </si>
+  <si>
+    <t>56-0033-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Место курения» 200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2.2 Таблички пожарной безопасности</t>
   </si>
   <si>
     <t>56-0051-2</t>
   </si>
   <si>
     <t>Табличка ПВХ знак пожарной безопасности «Огнетушитель» 200х200 мм REXANT</t>
   </si>
   <si>
     <t>56-0053-2</t>
   </si>
   <si>
     <t>Табличка ПВХ знак пожарной безопасности «Пожарный гидрант» 200х200 мм REXANT</t>
   </si>
   <si>
     <t>56-0055-2</t>
   </si>
   <si>
     <t>Табличка ПВХ знак пожарной безопасности «Пожарный кран» 200х200 мм REXANT</t>
   </si>
   <si>
-    <t>1.3.2.2 Таблички предписывающие</t>
-[...8 lines deleted...]
-    <t>1.3.2.3 Таблички предупреждающие</t>
+    <t>1.5.2.3 Таблички эвакуационные</t>
+  </si>
+  <si>
+    <t>56-0020-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель запасного выхода» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0021-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель запасного выхода» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0023-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель выхода» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0022-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель выхода» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0025-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу налево» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0027-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу направо» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0028-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу направо» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2.4 Таблички запрещающие</t>
+  </si>
+  <si>
+    <t>56-0035-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ  информационный знак «Курить запрещено» 200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0037-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Проход запрещен» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0043-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ запрещающий знак «Фотосъемка запрещена» 150х150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0039-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ запрещающий знак «Выгул собак запрещен» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0038-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Машины не ставить» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0056-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Запрещается пользоваться открытым огнем и курить» d - 180 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2.5 Таблички информационные</t>
+  </si>
+  <si>
+    <t>56-0017-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ «Зона Wi-Fi» 200х150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0024-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Внимание, ведется видеонаблюдение» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0058-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Внимание, объект охраняется круглосуточно, установлена сигнализация» 100х100 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2.6 Таблички предупреждающие</t>
   </si>
   <si>
     <t>56-0036-2</t>
   </si>
   <si>
     <t>Табличка ПВХ информационный знак «Злая собака» 200х200 мм REXANT</t>
-  </si>
-[...847 lines deleted...]
-    <t>Автономная GSM Сигнализация "Сторож"  REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2862,56 +2793,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoregistrator-gibridniy-4-kanalniy-ahd-hdvr-2-0-bez-hdd-rexant-28481" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-ulichnaya-kamera-ahd-1-3mp-960p-obektiv-2-8-12-mm-ik-do-30-m-10569" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-kamera-ahd-1-0mp-720p-obektiv-2-8-12-mm-ik-do-30-m-11680" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panoramnaya-kamera-ahd-3-0-mp-obektiv-fish-eye-1-29-mm-s-ik-do-100m-sup2-14076" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videokamera-ip-1-0mp-720p-obektiv-2-8-mm-ik-do-15-m-rexant-8174" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvev-shsm-3x0-12-mm-sup2-200-m-beliy-rexant-3567" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvep-shsm-4x0-12-mm-sup2-200-m-cherniy-rexant-3569" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-305-m-cherniy-rexant-492" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-4h0-5-mm-100-m-cherniy-rexant-495" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-100-m-cherniy-rexant-490" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-4h0-5-mm-100-m-beliy-rexant-493" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-305-m-beliy-rexant-491" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-100-m-beliy-rexant-167" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-sup2-cu-cu-beliy-200-m-rexant-12227" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-75-mm-sup2-cu-cu-cherniy-200-m-rexant-9402" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-cu-cca-96-cherniy-200-m-proconnect-4255" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-75-mm-sup2-cu-cu-beliy-200-m-rexant-9401" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-cu-cu-cherniy-200-m-rexant-2091" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-tros-cu-cu-cherniy-305-m-rexant-4478" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-sup2-cu-cca-96-beliy-200-m-proconnect-4254" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-sup2-cu-cu-beliy-200-m-proconnect-2092" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-sup2-cu-cca-96-cherniy-200-m-proconnect-15655" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-sup2-cu-cca-96-beliy-200-m-proconnect-4252" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-50-mm-sup2-cu-cu-beliy-200-m-rexant-9399" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-50-mm-sup2-cu-cu-cherniy-200-m-rexant-9400" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-sup2-cu-cu-cherniy-200-m-proconnect-2093" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-rca-proconnect-614" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-proconnect-2208" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-rexant-621" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-bnc-x-2-troynik-rexant-33" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-bnc-gnezdo-bnc-i-konnektor-rexant-615" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-bnc-bnc-dlina-1-5-metra-rexant-7600" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-bnc-bnc-dlina-3-metra-rexant-7601" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-bnc-bnc-dlina-45-metrov-rexant-7605" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelniy-dlya-sistem-videonablyudeniya-bnc-dc-pitanie-dlina-18-metrov-rexant-6938" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect-20135" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-9-razemov-2-1h5-5mm-rexant-7108" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-3m-rexant-13240" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-bistrozajimnoy-kolodkoy-rexant-8811" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-2-razema-2-1h5-5mm-rexant-13241" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-uglovoy-rexant-2306" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-bistrozajimnoy-kolodkoy-rexant-8810" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-provodom-20-sm-rexant-9088" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-s-provodom-20-sm-rexant-23643" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-1-5m-rexant-13242" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-provodom-20-sm-rexant-2307" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-5-razemov-2-1h5-5mm-rexant-12681" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-4-razema-2-1h5-5mm-rexant-13250" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-rexant-15631" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-rexant-2305" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-5h5-5mm-s-provodom-20sm-rexant-23772" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-rexant-2308" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect-6898" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-klemmnoy-kolodkoy-rexant-4312" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-1mm-sht-5-5h2-5mm-rexant-18322" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-5mm-sht-5-5h2-1mm-rexant-23771" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-vitoy-pari-razem-rj45-s-poe-rexant-8767" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-na-f-razem-5-2400-mgts-rexant-8836" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-koaksialnogo-kabelya-bnc-razem-rexant-6394" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-vitoy-pari-rj45-razem-rexant-6395" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-rexant-607" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-tip-2-rexant-12169" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-proconnect-20066" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-prujinoy-metall-universalniy-proconnect-3359" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-rexant-3948" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-bistrozajimnoy-kolodkoy-blister-rexant-8809" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-pod-vint-s-kolpachkom-rexant-3360" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-provodom-20-sm-rexant-14430" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-rexant-18" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-58-objim-rexant-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-prujinoy-metall-rexant-1401" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-proconnect-6899" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-6-objim-rexant-601" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-prujinoy-metall-universalniy-rexant-3358" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-proconnect-2161" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-proconnect-2162" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-59-objim-rexant-600" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-rexant-6593" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-prujinoy-metall-proconnect-2163" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-visokochastotniy-na-kabel-shteker-bnc-pod-vint-s-prujinoy-metall-1sht-paket-proconnect-11894" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-vnutrenney-ustanovki-rx-303-rexant-24261" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-vnutrenney-ustanovki-rx-305-rexant-24262" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-ulichnoy-ustanovki-rx-309-rexant-24264" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-ulichniy-kupolniy-beliy-7911" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-vnutrenniy-kupolniy-cherniy-7918" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-vnutrenney-ustanovki-rx-301-rexant-24260" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-vnutrenniy-kupolniy-beliy-7916" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-videokameri-ulichnoy-ustanovki-rx-307-rexant-24263" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-ulichniy-tsilindricheskiy-beliy-14194" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyaj-kameri-rexant-ulichniy-tsilindricheskiy-cherniy-14196" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovanniy-12v-2a-pod-akb-7a-ch-dc-496-11956" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovanniy-12v-1-5a-ulichnaya-ustanovka-dc-493-11953" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovanniy-12v-2a-vnutrennyaya-ustanovka-dc-494-11951" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovanniy-12v-3a-pod-akb-7a-ch-ulichnaya-ustanovka-dc-498-11952" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-truba-5-1-sm-30-sm-18326" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-bokovoy-rexant-30893" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-bokovoy-rexant-30895" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-15sm-na-machtu-rexant-30899" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-20h13sm-pod-homuti-rexant-homuti-v-komplekt-ne-vhodyat-30900" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-tortsevoy-rexant-30898" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-18h14sm-pod-homuti-rexant-homuti-v-komplekt-ne-vhodyat-30901" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-70-130sm-bokovoy-rexant-30890" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-teleskopicheskiy-70-130-sm-18325" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-tortsevoy-rexant-30894" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-dvoynoy-s-povorotnimi-ploschadkami-30-sm-18328" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalniy-dlya-videokamer-na-stolb-ugol-seriy-28178" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-bokovoy-rexant-29655" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalniy-dlya-videokamer-na-stolb-ugol-cherniy-28179" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-tortsevoy-rexant-29611" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-s-povorotnoy-ploschadkoy-truba-5-1-sm-30-sm-18327" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-50sm-uglovoy-rexant-30892" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-bokovoy-rexant-30897" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-14h14-sm-pod-homuti-rexant-homuti-v-komplekt-ne-vhodyat-30902" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-uglovoy-rexant-30891" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-tortsevoy-rexant-30896" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-320-chernaya-rexant-28483" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-321-seraya-rexant-28484" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-rx-349-rexant-12590" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-347-rexant-12582" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulyatorom-zvuka-rx-348-rexant-12604" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-346-rexant-premium-19338" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-322-jeltaya-rexant-28485" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalniy-sc-10-20892" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitniy-sc-180-montajniy-ugolok-securic-31313" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitniy-sc-180-20893" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajniy-ugolok-dlya-sc-500-20886" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalniy-sc-20-s-vozmojnostyu-blokirovki-knopki-otkrivaniya-20887" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitniy-sc-280-montajniy-ugolok-securic-31314" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-112-s-tsvetnim-lcd-displeem-2-8-s-funktsiey-zapisi-foto-i-zvonkom-28795" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-111-s-tsvetnim-lcd-displeem-2-4-i-funktsiey-zapisi-foto-28794" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-115-s-tsvetnim-lcd-displeem-4-3-s-funktsiey-zapisi-foto-video-po-dvijeniyu-vstroenniy-zvonok-nochnoy-rejim-raboti-28798" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-s-funktsiey-zapisi-video-foto-po-dvijeniyu-nochnoy-rejim-raboti-8313" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vihod-metallicheskaya-s-siney-podsvetkoy-sb-50-20882" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vihod-metallicheskaya-s-siney-podsvetkoy-sb-60-vreznogo-tipa-20881" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vihod-metallicheskaya-sb-30-20889" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vihod-metallicheskaya-sb-70-vreznogo-tipa-20883" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-prozrachniy-125-khz-format-em-marin-15803" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-13-56-mhz-format-mifare-individualnaya-upakovka-1-sht-17539" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-karta-elektronniy-kompaktniy-125khz-format-em-marin-beliy-rexant-29443" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-125khz-format-em-marin-12344" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-karta-s-prorezyu-125khz-format-em-marin-13486" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-karta-125khz-format-em-marin-individualnaya-upakovka-1-sht-17541" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-karta-s-prorezyu-125khz-format-em-marin-individualnaya-upakovka-1-sht-17538" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-125khz-format-em-marin-individualnaya-upakovka-1-sht-17540" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaktniy-elektronniy-klyuch-karta-125khz-format-em-marin-beliy-rexant-28418" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-braslet-125-khz-format-em-marin-19368" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-13-56-mhz-format-mifare-12345" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-karta-125khz-format-em-marin-12346" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dublikator-elektronnih-klyuchey-125khz-format-em-marin-15802" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-zagotovka-brelok-125-khz-perezapisivaemiy-format-em-marin-19335" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-prozrachniy-125-khz-format-em-marin-individualnaya-upakovka-1-sht-19706" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-braslet-125-khz-format-em-marin-individualnaya-upakovka-1-sht-20147" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-zagotovka-brelok-125-khz-perezapisivaemiy-format-em-marin-individualnaya-upakovka-1-sht-20370" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-45-kg-28486" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-65-kg-11921" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyaschey-tyagoy-dlya-ustanovki-na-dver-vesom-do-65-kg-28488" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyaschey-tyagoy-dlya-ustanovki-na-dver-vesom-do-85-kg-28489" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-315-18254" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-313-18253" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-312-18252" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-316-28723" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-317-28724" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornim-upravleniem-s-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-336-18256" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vizivnoy-videopanelyu-s-knopkoy-securic-31483" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-s-sensornim-upravleniem-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-332-18257" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vizivnoy-videopanelyu-s-knopkoy-securic-31481" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vyzyvnoy-videopanelyu-securi.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-1080p-s-sensornim-ekranom-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-438-28729" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd-1080p-s-sensornim-ekranom-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-440-28722" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd-1080p-s-sensornim-upravleniem-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-439-29319" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornim-upravleniem-s-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-337-18261" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vizivnoy-videopanelyu-securic-31482" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-model-ac-332-v-komplekte-s-vizivnoy-videopanelyu-s-knopkoy-securic-31484" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-333-18255" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-1080p-s-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-tsvet-beliy-model-ac-434-28727" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-pojarniy-kran-100-100-mm-rexant-9132" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-ognetushitel-200-200-mm-rexant-9129" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-ognetushitel-150h150-mm-rexant-20687" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-pojarniy-kran-200-200-mm-rexant-9133" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-pojarniy-gidrant-100-100-mm-rexant-9130" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-pojarniy-gidrant-200-200-mm-rexant-9131" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-ognetushitel-100-100-mm-rexant-9128" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-pojarniy-kran-150h150-mm-rexant-20688" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-zlaya-sobaka-200x200-mm-rexant-12023" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-bezopasnosti-vnimanie-opasnost-150h150h150-mm-rexant-20679" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-pojaroopasno-150h150h150-mm-rexant-20689" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-ukazatel-zapasnogo-vihoda-100-300-mm-rexant-9117" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-napravlyayuschaya-strelka-200-200-mm-rexant-9127" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-napravo-100-300-mm-rexant-9124" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-ukazatel-vihoda-150-300-mm-rexant-9120" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-nalevo-100-300-mm-rexant-9122" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-napravlyayuschaya-strelka-100-100-mm-rexant-9126" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-nalevo-150-300-mm-rexant-9123" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-ukazatel-zapasnogo-vihoda-150-300-mm-rexant-9118" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-ukazatel-vihoda-100-300-mm-rexant-9119" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-napravo-150h300-mm-rexant-9125" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pojarnoy-bezopasnosti-zapreschaetsya-polzovatsya-otkritim-ognem-i-kurit-d-180-mm-rexant-20690" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-fotosemka-zapreschena-150-150-mm-rexant-15246" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-na-rolikah-ne-zahodit-150h150-mm-20024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-zapreschayuschie-znaki-nabor-nakleek-4-sht-mini-d-9-sm-200h200-mm-rexant-20676" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-kurit-zaprescheno-200h200-rexant-11098" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-mashini-ne-stavit-150x300-mm-rexant-12022" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-s-jivotnimi-vhod-zapreschen-150-150-mm-rexant-15248" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-s-jivotnimi-vhod-zapreschen-300-150-mm-rexant-15256" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-s-produktami-pitaniya-vhod-zapreschen-150-150-mm-rexant-15257" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-ispolzovanie-mobilnih-telefonov-zaprescheno-150h150-mm-rexant-15252" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-zapreschayuschie-znaki-nabor-nakleek-4-sht-mini-d-9-sm-s-hederom-200h200-mm-rexant-29854" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-prohod-zapreschen-150-h-150-mm-rexant-19875" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreschayuschiy-znak-ne-musorit-d-150-mm-rexant-20675" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-prohod-zapreschen-200x200-mm-rexant-12024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-mesto-kureniya-100h100-rexant-11095" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-mesto-kureniya-200h200-rexant-11096" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-vnimanie-vedyotsya-videonablyudenie-100-100-mm-rexant-10297" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-ot-sebya-150h300-mm-rexant-20027" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-vnimanie-vedyotsya-videonablyudenie-200-200-mm-rexant-9121" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-na-sebya-150h300-mm-rexant-20026" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-zona-wi-fi-150h200-mm-rexant-20049" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-jeltiy-krug-d-150-mm-rexant-20677" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-otvetstvenniy-za-pojarnuyu-bezopasnost-100h200-mm-rexant-20436" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-ohrana-100h200-mm-rexant-20443" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-meditsinskogo-naznacheniya-aptechka-pervoy-meditsinskoy-pomoschi-100-100-mm-rexant-9134" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-dama-za-rulem-150-150-mm-rexant-15261" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionniy-znak-nachinayuschiy-voditel-150h150-rexant-11097" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-rebenok-v-mashine-150-150-mm-rexant-15253" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-invalid-150-150-mm-15258" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-shipi-200h200mm-rexant-15727" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-treugolnaya-rebenok-v-mashine-150h150h150-mm-rexant-20025" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pojarnoy-bezopasnosti-ognetushitel-200h200-mm-rexant-19694" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pojarnoy-bezopasnosti-pojarniy-gidrant-200h200-mm-rexant-19696" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pojarnoy-bezopasnosti-pojarniy-kran-200h200-mm-rexant-19695" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-mesto-kureniya-200h200mm-rexant-19713" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-zlaya-sobaka-200h200-mm-rexant-19711" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlyayuschaya-strelka-200h200-mm-rexant-19699" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-nalevo-100h300-mm-rexant-19704" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-zapasnogo-vihoda-150h300-mm-rexant-19703" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-napravo-150h300-mm-rexant-19702" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-zapasnogo-vihoda-100h300-mm-rexant-19701" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-vihoda-100h300-mm-rexant-19698" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-vihoda-150h300-mm-rexant-19697" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-napravo-100h300-mm-rexant-19700" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-kurit-zaprescheno-200h200mm-rexant-19707" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-fotosemka-zapreschena-150h150-mm-rexant-19710" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-zapreschaetsya-polzovatsya-otkritim-ognem-i-kurit-d-180-mm-rexant-20134" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-prohod-zapreschen-200h200-mm-rexant-19708" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-mashini-ne-stavit-150h300-mm-rexant-19709" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-vigul-sobak-zapreschen-200h200-mm-rexant-20029" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-vnimanie-vedetsya-videonablyudenie-200h200-mm-rexant-19712" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zona-wi-fi-200h150-mm-rexant-20028" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-vnimanie-obekt-ohranyaetsya-kruglosutochno-ustanovlena-signalizatsiya-100h100-mm-rexant-20133" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-2h0-4mm-buhta-500m-rexant-13396" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-2h0-5mm-buhta-500m-rexant-13398" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-12h0-5mm-buhta-200m-rexant-13420" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-4h0-4mm-buhta-200m-rexant-13419" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-10h0-4mm-buhta-200m-rexant-13441" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-14h0-4mm-buhta-200m-rexant-13461" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-4h0-5mm-buhta-200m-rexant-13426" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-8h0-5mm-buhta-200m-rexant-13407" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-10h0-5mm-buhta-200m-rexant-13435" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-14h0-5mm-buhta-200m-rexant-13399" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-20h0-5mm-buhta-200m-rexant-13436" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpeb-2h0-5mm-buhta-200m-rexant-13457" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpeb-4h0-5mm-buhta-200m-rexant-13414" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-6h0-4mm-buhta-200m-rexant-13406" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-8h0-4mm-buhta-200m-rexant-13397" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-6h0-5mm-buhta-200m-rexant-13465" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpeb-2h0-4mm-buhta-200m-rexant-13437" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpeb-1x2h0-4mm-buhta-200m-rexant-13452" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcpb-12h0-4mm-buhta-200m-rexant-13448" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcvb-6h0-5mm-buhta-200m-rexant-13651" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcvb-4h0-5mm-buhta-200m-rexant-13642" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcveb-2h0-5mm-buhta-200m-rexant-13600" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcvb-8h0-5mm-buhta-200m-rexant-13598" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcvb-10h0-5mm-buhta-200m-rexant-13668" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcveb-4h0-5mm-buhta-200m-rexant-13604" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcvb-2h0-5mm-buhta-500mrexant-13641" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-kcvb-12h0-5mm-buhta-200m-rexant-13608" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-rexant-ksvvng-a-ls-1x2h0-64-mm-buhta-500m-13610" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-4h0-5mm-buhta-200m-rexant-13584" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-20h0-5mm-buhta-200m-rexant-13534" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-1x2h0-5mm-buhta-500m-rexant-13645" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-2h0-5mm-buhta-500m-rexant-13672" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-6h0-5mm-buhta-200m-rexant-13585" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvevng-a-ls-2h0-5mm-buhta-200m-rexant-13557" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-8h0-5mm-buhta-200m-rexant-13627" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalniy-ksvvng-a-ls-10h0-5mm-buhta-200m-rexant-13628" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-ls-2x2x0-75mm-sup2-buhta-200m-rexant-13839" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-ls-2x2x0-50mm-sup2-buhta-200m-rexant-13888" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-1x2x0-50mm-sup2-buhta-200m-rexant-13775" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-2x2x0-50mm-sup2-buhta-200m-rexant-13840" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-2x2x0-75mm-sup2-buhta-200m-rexant-13862" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-ls-1x2x0-75mm-sup2-buhta-200m-rexant-13851" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-ls-1x2x1-00mm-sup2-buhta-200m-rexant-13883" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-1x2x0-75mm-sup2-buhta-200m-rexant-13949" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-2x2x1-00mm-sup2-buhta-200m-rexant-13902" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-ls-1x2x1-50mm-sup2-buhta-200m-rexant-13884" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-1x2x1-50mm-sup2-buhta-200m-rexant-13794" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-2x2x2-50mm-sup2-buhta-200m-rexant-13910" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-1x2x1-00mm-sup2-buhta-200m-rexant-13886" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-ls-1x2x0-50mm-sup2-buhta-200m-rexant-13850" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-ls-2x2x1-50mm-sup2-buhta-200m-rexant-13903" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-lsltx-2x2x0-75mm-sup2-buhta-200m-rexant-13920" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-lsltx-1x2x0-75mm-sup2-buhta-200m-rexant-13930" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-rexant-kpsvevng-a-lsltx-1x2x1-50-mm-sup2-buhta-200-m-13931" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-lsltx-2x2x0-75mm-sup2-buhta-200m-rexant-13894" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-lsltx-1x2x1-50mm-sup2-buhta-200m-rexant-13761" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-lsltx-2x2x0-50mm-sup2-buhta-200m-rexant-13830" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-lsltx-1x2x0-50mm-sup2-buhta-200m-rexant-13832" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-lsltx-1x2x0-50mm-sup2-buhta-200m-rexant-13917" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-lsltx-1x2x1-00mm-sup2-buhta-200m-rexant-13960" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-lsltx-1x2x1-00mm-sup2-buhta-200m-rexant-13762" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvevng-a-lsltx-2x2x0-50mm-sup2-buhta-200m-rexant-13919" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pojarnoy-signalizatsii-kpsvvng-a-lsltx-1x2x0-75mm-sup2-buhta-200m-rexant-13856" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-2x2x0-20mm-sup2-buhta-200m-rexant-13835" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x1-00mm-sup2-buhta-200m-rexant-13963" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x0-20mm-sup2-buhta-200m-rexant-13875" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x2-50mm-sup2-buhta-200m-rexant-13776" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x0-35mm-sup2-buhta-200m-rexant-13927" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x1-50mm-sup2-buhta-200m-rexant-13834" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-2x2x0-50mm-sup2-buhta-200m-rexant-13801" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-2x2x0-75mm-sup2-buhta-200m-rexant-13802" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-2x2x1-00mm-sup2-buhta-200m-rexant-13847" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x0-75mm-sup2-buhta-200m-rexant-13929" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x1-00mm-sup2-buhta-200m-rexant-13932" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x0-20mm-sup2-buhta-200m-rexant-13827" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1x2x0-50mm-sup2-buhta-200m-rexant-13913" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frls-1h2h0-75mm-sup2-buhta-200m-rexant-13752" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x0-50mm-sup2-buhta-200m-rexant-13928" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-2x2x0-50mm-sup2-buhta-200m-rexant-13803" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-2x2x0-75mm-sup2-buhta-200m-rexant-13804" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-2x2x1-00mm-sup2-buhta-200m-rexant-13790" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frls-1x2x1-50mm-sup2-buhta-200m-rexant-13876" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-2x2x0-75mm-sup2-buhta-200m-rexant-13964" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-1x2x0-75mm-sup2-buhta-200m-rexant-13754" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-rexant-kpsng-a-frhf-1x2x2-50-mm-sup2-buhta-200-m-13873" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-1x2x1-50mm-sup2-buhta-200m-rexant-13816" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-1x2x0-75mm-sup2-buhta-200m-rexant-13815" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-2x2x0-50mm-sup2-buhta-200m-rexant-13748" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-2x2x0-75mm-sup2-buhta-200m-rexant-13922" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-1x2x1-50mm-sup2-buhta-200m-rexant-13817" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-1x2x1-00mm-sup2-buhta-200m-rexant-13872" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-1x2x0-50mm-sup2-buhta-200m-rexant-13792" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-1x2x1-00mm-sup2-buhta-200m-rexant-13778" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frhf-2x2x0-50mm-sup2-buhta-200m-rexant-13750" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frhf-1x2x0-50mm-sup2-buhta-200m-rexant-13871" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-2x2x0-75mm-sup2-buhta-200m-rexant-13958" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-2x2x0-50mm-sup2-buhta-200m-rexant-13823" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-1x2x1-50mm-sup2-buhta-200m-rexant-13831" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-1x2x1-50mm-sup2-buhta-200m-rexant-13915" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-1x2x0-50mm-sup2-buhta-200m-rexant-13822" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-1x2x0-50mm-sup2-buhta-200m-rexant-13760" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-1x2x0-75mm-sup2-buhta-200m-rexant-13837" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-1x2x1-00mm-sup2-buhta-200m-rexant-13879" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-1x2x0-75mm-sup2-buhta-200m-rexant-13957" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-1x2x1-00mm-sup2-buhta-200m-rexant-13914" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-2x2x0-50mm-sup2-buhta-200m-rexant-13870" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsng-a-frlsltx-2x2x1-00mm-sup2-buhta-200m-rexant-13836" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpseng-a-frlsltx-2x2x0-75mm-sup2-buhta-200m-rexant-13959" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-zvonok-s-vinosnim-datchikom-dvijeniya-model-gs-215-rexant-12573" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtonomnaya-signalizatsiya-gerkon-v-upakovke-4sht-model-rx-207-rexant-13267" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-zvonok-s-datchikom-dvijeniya-model-gs-205-rexant-12581" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-dlya-signalizatsii-gs-115-cherniy-model-gs-237-rexant-11859" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-datchik-otkritiya-dlya-gs-115-s-otklyuchaemoy-indikatsiey-gerkon-model-gs-241-rexant-12357" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-besprovodnoy-gsm-signalizatsii-gs-115-s-dopolnitelnimi-datchikami-rexant-28419" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtonomnaya-gsm-signalizatsiya-storoj-rexant-10166" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-cu-cca-96-belyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-cucu-chernyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-75-mm-cucu-belyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-tros-cucu-chernyy-305-m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-cucca-96-chernyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-75-mm-cucu-chernyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-cucu-belyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-cu-cu-belyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-cu-cca-96-belyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-50-mm-cucu-belyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-cucca-96-chernyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-50-mm-cucu-chernyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-cucu-chernyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-100-m-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-100-m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-305-m-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-4h0-5-mm-100-m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-305-m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-4h0-5-mm-100-m-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvep-shsm-4x0-12-mm-200-m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvev-shsm-3x0-12-mm-200-m-belyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-pruzhinoy-metall-universalnyy-proconnect" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-proconnect" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-pruzhinoy-metall-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-proconnect" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-pruzhinoy-metall-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-klemmnoy-kolodkoy-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-payku-s-pruzhinoy-metall-universalnyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-pod-vint-s-kolpachkom-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-klemmnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-gnezdo-s-provodom-20-sm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-tip-2-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-pod-vint-s-kolpachkom-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-58-obzhim-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-s-bystrozazhimnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-6-obzhim-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-bnc-shteker-rg-59-obzhim-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-5-razemov-2-1h5-5mm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-bystrozazhimnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-9-razemov-2-1h5-5mm-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-klemmnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-bystrozazhimnoy-kolodkoy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-1h5-5-s-provodom-20-sm-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-1mm-sht-5-5h2-5mm-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-adapterov-pitaniya-dc-gn-5-5h2-5mm-sht-5-5h2-1mm-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-2-razema-2-1h5-5mm-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-pitaniya-dc-na-4-razema-2-1h5-5mm-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-1-5m-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-kabelya-pitaniya-dc-gnezdo-shteker-2-1h5-5mm-3m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-5h5-5mm-s-provodom-20-sm-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-gnezdo-2-5h5-5mm-s-provodom-20sm-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-klemmnoy-kolodkoy-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-s-provodom-20-sm-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-pitaniya-dc-shteker-2-1h5-5mm-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-vysokochastotnyy-na-kabel-shteker-bnc-pod-vint-s-pruzhinoy-metall-1sht-paket-proconnect" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozashchita-na-f-razem-5-2400-mgts-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozashchita-vitoy-pary-razem-rj45-s-poe-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozashchita-vitoy-pary-rj45-razem-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozashchita-koaksialnogo-kabelya-bnc-razem-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-bnc-bnc-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-bnc-bnc-dlina-45-metrov-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-dlya-sistem-videonablyudeniya-bnc-dc-pitanie-dlina-18-metrov-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-soedinitelnyy-bnc-bnc-dlina-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-f-shteker-bnc-gold-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-bnc-x-2-troynik-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-gnezdo-bnc-gnezdo-bnc-i-konnektor-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehod-shteker-bnc-gnezdo-rca-proconnect" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-ulichnyy-tsilindricheskiy-belyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-vnutrenniy-kupolnyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-vnutrenniy-kupolnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-ulichnoy-ustanovki-rx-307-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-vnutrenney-ustanovki-rx-301-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-ulichnyy-kupolnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-kamery-ulichnyy-tsilindricheskiy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-vnutrenney-ustanovki-rx-305-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-ulichnoy-ustanovki-rx-309-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mulyazh-videokamery-vnutrenney-ustanovki-rx-303-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-ulichnaya-kamera-ahd-1-3mp-960p-obektiv-2-8-12-mm-ik-do-30-m" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kupolnaya-kamera-ahd-1-0mp-720p-obektiv-2-8-12-mm-ik-do-30-m" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovannyy-12v-2a-pod-akb-7a-ch-dc-496" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovannyy-12v-2a-vnutrennyaya-ustanovka-dc-494" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-rezervirovannyy-12v-3a-pod-akb-7a-ch-ulichnaya-ustanovka-dc-498" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-stabilizirovannyy-12v-1-5a-ulichnaya-ustanovka-dc-493" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-teleskopicheskiy-70-130-sm" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-50sm-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-tortsevoy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-bokovoy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalnyy-dlya-videokamer-na-stolbugol-chernyy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-tortsevoy-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-70-130sm-bokovoy-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-14-5sm-bokovoy-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-bokovoy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-14h14-sm-pod-homuty-rexant-homuty-v-komplekt-ne-vho" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-30sm-tortsevoy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-18h14sm-pod-homuty-rexant-homuty-v-komplekt-ne-vhod" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-teleskopicheskiy-60-110sm-tortsevoy-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-truba-5-1-sm-30-sm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-45sm-bokovoy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-15sm-na-machtu-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-na-stolb-20h13sm-pod-homuty-rexant-homuty-v-komplekt-ne-vhod" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-universalnyy-dlya-videokamer-na-stolbugol-seryy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-s-povorotnoy-ploshchadkoy-truba-5-1-sm-30-sm" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kamer-videonablyudeniya-rexant-dvoynoy-s-povorotnymi-ploshchadkami-30-sm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-4h0-5mm-ssa-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-2h0-4mm-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-6h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspev-2h0-5mm-ssa-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-8h0-4mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-6h0-5mm-ssa-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspev-4h0-5mm-ssa-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-14h0-4mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-2h0-5mm-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-4h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-12h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-14h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspev-4h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-4h0-4mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-6h0-4mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-10h0-4mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-12h0-4mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-8h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-10h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-20h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspev-2h0-4mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspev-2h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-2h0-5mm-ssa-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-kspv-8h0-5mm-ssa-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvv-4h0-5mm-ssa-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvev-2h0-5mm-ssa-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvv-2h0-5mm-ssa-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvv-4h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvv-6h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvv-2h0-5mm-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvv-8h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvv-10h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvev-2h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvev-4h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvev-4h0-5mm-ssa-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvnga-ls-2h0-5mm-ssa-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvnga-ls-4h0-5mm-ssa-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvnga-ls-2h0-5mm-buhta-500m-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvnga-ls-4h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvnga-ls-6h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvnga-ls-8h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-ksvvnga-ls-20h0-5mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-signalnyy-rexant-ksvvng-a-ls-1x2h0-64-mm-buhta-500m" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvnga-ls-1x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvnga-ls-1x2x1-00mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvnga-ls-1x2x1-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvnga-ls-1x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvnga-ls-2x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvnga-ls-2x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevnga-ls-1x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevnga-ls-1x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevnga-ls-1x2x1-00mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevnga-ls-1x2x1-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevnga-ls-2x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevnga-ls-2x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevnga-ls-2x2x1-00mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevnga-ls-2x2x1-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevnga-ls-2x2x2-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvnga-lsltx-2x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevnga-lsltx-2x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvnga-lsltx-1x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvnga-lsltx-1x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvnga-lsltx-1x2x1-00mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvnga-lsltx-1x2x1-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvvnga-lsltx-2x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevnga-lsltx-1x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevnga-lsltx-1x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-pozharnoy-signalizatsii-kpsvevnga-lsltx-2x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frls-1x2x0-35mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frls-1x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frls-2x2x1-00mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frls-1x2x0-20mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frls-1x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frls-1x2x1-00mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frls-1x2x1-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frls-1x2x0-20mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frls-1h2h0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frls-1x2x1-00mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frls-1x2x1-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frls-2x2x0-20mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frls-2x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frls-2x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frls-1x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frls-2x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frls-2x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frls-2x2x1-00mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-rexant-kpsnga-frhf-1x2x2-50-mm-buhta-200-m" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frhf-2x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frhf-1x2x1-00mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frhf-2x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frhf-1x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frhf-1x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frhf-1x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frhf-1x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frhf-1x2x1-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frhf-2x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frhf-1x2x1-00mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frhf-1x2x1-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frhf-2x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frlsltx-1x2x1-00mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frlsltx-1x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frlsltx-1x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frlsltx-1x2x1-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frlsltx-1x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frlsltx-2x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frlsltx-2x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsnga-frlsltx-2x2x1-00mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frlsltx-1x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frlsltx-1x2x1-00mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frlsltx-2x2x0-50mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-ognestoykiy-kpsenga-frlsltx-2x2x0-75mm-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd1080p-s-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-tsvet-belyy-model-ac-434" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd1080p-s-sensornym-upravleniem-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-model-ac-439" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-mo" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd1080p-s-sensornym-ekranom-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-model-ac-440" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornym-upravleniem-s-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-model-ac-337" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-s-sensornym-upravleniem-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-model-ac-332" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornym-upravleniem-s-detektorom-dvizheniya-funktsi-2" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vyzyvnoy-videopanelyu-s-knopkoy-securic" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vyzyvnoy-videopanelyu-securic" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vyzyvnoy-videopanelyu-s-knopkoy-securic" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-model-ac-332-v-komplekte-s-vyzyvnoy-videopanelyu-s-knopkoy-securic" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vyzyvnoy-videopanelyu-securic" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd1080p-s-sensornym-ekranom-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-model-ac-438" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-317" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-312" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-316" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-313" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-346-rexant-premium" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-321-seraya-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-347-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-320-chernaya-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulyatorom-zvuka-rx-348-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-322-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-rx-349-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dublikator-elektronnyh-klyuchey-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-125khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-braslet-125-khz-format-em-marin" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-braslet-125-khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-zagotovka-brelok-125-khz-perezapisyvaemyy-format-em-marin-individualnaya-upakovka" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-prozrachnyy-125-khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-prozrachnyy-125-khz-format-em-marin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-s-prorezyu-125khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-s-prorezyu-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaktnyy-elektronnyy-klyuch-karta-125khz-format-em-marin-belyy-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-125khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-13-56-mhz-format-mifare-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-zagotovka-brelok-125-khz-perezapisyvaemyy-format-em-marin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-13-56-mhz-format-mifare" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-45-kg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyashchey-tyagoy-dlya-ustanovki-na-dver-vesom-do-85-kg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-65-kg" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyashchey-tyagoy-dlya-ustanovki-na-dver-vesom-do-65-kg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-111-s-tsvetnym-lcd-displeem-2-4-i-funktsiey-zapisi-foto" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-s-funktsiey-zapisi-videofoto-po-dvizheniyu-nochnoy-rezhim-raboty" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-115-s-tsvetnym-lcd-displeem-4-3-s-funktsiey-zapisi-fotovideo-po-dvizheniyu-vstroennyy-zvonok-nochnoy-rezhim-raboty" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-280-montazhnyy-ugolok-securic" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-180" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-180-montazhnyy-ugolok-securic" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-ugolok-dlya-sc-500" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalnyy-sc-10" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalnyy-sc-20-s-vozmozhnostyu-blokirovki-knopki-otkryvaniya" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vyhod-metallicheskaya-s-siney-podsvetkoy-sb-60-vreznogo-tipa" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vyhod-metallicheskaya-sb-30" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-dlya-signalizatsii-gs-115-chernyy-model-gs-237-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtonomnaya-gsm-signalizatsiya-storozh-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-datchik-otkrytiya-dlya-gs-115-s-otklyuchaemoy-indikatsiey-gerkon-model-gs-241-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-besprovodnoy-gsm-signalizatsii-gs-115-s-dopolnitelnymi-datchikami-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtonomnaya-signalizatsiya-gerkon-v-upakovke-4sht-model-rx-207-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-zvonok-s-vynosnym-datchikom-dvizheniya-model-gs-215-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-zvonok-s-datchikom-dvizheniya-model-gs-205-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-pozharnyy-kran-150h150-mm-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-ognetushitel200-200-mm-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-ognetushitel100-100-mm-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-pozharnyy-gidrant100-100-mm-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-pozharnyy-kran200-200-mm-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-pozharnyy-gidrant200-200-mm-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-pozharnyy-kran100-100-mm-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-ognetushitel-150h150-mm-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda150-300-mm-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-ukazatel-vyhoda150-300-mm-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-nalevo150-300-mm-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo100-300-mm-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-napravlyayushchaya-strelka200-200-mm-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-ukazatel-vyhoda100-300-mm-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-nalevo100-300-mm-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-napravlyayushchaya-strelka100-100-mm-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-kurit-zapreshcheno-200h200-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreshchayushchiy-znak-na-rolikah-ne-zahodit-150h150-mm" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreshchayushchiy-znak-s-zhivotnymi-vhod-zapreshchen-300-150-mm-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreshchayushchiy-znak-s-produktami-pitaniya-vhod-zapreshchen-150-150-mm-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreshchayushchiy-znak-ispolzovanie-mobilnyh-telefonov-zapreshcheno-150h150-mm-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreshchayushchiy-znak-s-zhivotnymi-vhod-zapreshchen-150-150-mm-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreshchayushchiy-znak-fotosemka-zapreshchena-150-150-mm-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreshchayushchiy-znak-prohod-zapreshchen-150-h-150-mm-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-zapreshchayushchie-znaki-nabor-nakleek-4-sht-mini-d-9-sm-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-zapreshchaetsya-polzovatsya-otkrytym-ognem-i-kurit-d-180-mm-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-prohod-zapreshchen-200x200-mm-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-mashiny-ne-stavit-150x300-mm-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-zapreshchayushchiy-znak-ne-musorit-d-150-mm-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyki-zapreshchayushchie-znaki-nabor-nakleek-4-sht-mini-d-9-sm-s-hederom-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-bezopasnosti-vnimanie-opasnost-150h150h150-mm-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-zlaya-sobaka-200x200-mm-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-pozharnoy-bezopasnosti-pozharoopasno-150h150h150-mm-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-mesto-kureniya-100h100-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-mesto-kureniya-200h200-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-vnimanie-vedetsya-videonablyudenie-100-100-mm-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-vnimanie-vedetsya-videonablyudenie-200-200-mm-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-ot-sebya-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-na-sebya-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-zona-wi-fi-150h200-mm-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-zheltyy-krug-d-150-mm-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-otvetstvennyy-za-pozharnuyu-bezopasnost-100h200-mm-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-ohrana-100h200-mm-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-znak-meditsinskogo-naznacheniya-aptechka-pervoy-meditsinskoy-pomoshchi100-100-mm-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-treugolnaya-rebenok-v-mashine-150h150h150-mm-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-informatsionnyy-znak-nachinayushchiy-voditel-150h150-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-rebenok-v-mashine-150-150-mm-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-invalid-150-150-mm" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-avtomobilnaya-shipy-200h200mm-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-mesto-kureniya-200h200mm-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-ognetushitel-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-pozharnyy-gidrant-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-pozharnyy-kran-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-vyhoda-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-vyhoda-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-kurit-zapreshcheno-200h200mm-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-prohod-zapreshchen-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreshchayushchiy-znak-fotosemka-zapreshchena-150h150-mm-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreshchayushchiy-znak-vygul-sobak-zapreshchen-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-mashiny-ne-stavit-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-zapreshchaetsya-polzovatsya-otkrytym-ognem-i-kurit-d-180-mm-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zona-wi-fi-200h150-mm-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-vnimanie-vedetsya-videonablyudenie-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-vnimanie-obekt-ohranyaetsya-kruglosutochno-ustanovlena-signalizatsiya-100h100-mm-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-zlaya-sobaka-200h200-mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I430"/>
+  <dimension ref="A1:I416"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2969,11824 +2900,11468 @@
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3">
-        <v>4062.22</v>
+        <v>12913.93</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>101</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
+      <c r="A7" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B7" s="2"/>
-[...6 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="B7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="3">
+        <v>13979.79</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F7" s="3">
+        <v>323</v>
+      </c>
+      <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
+        <v>2</v>
+      </c>
+      <c r="I7" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I8" s="2"/>
+      <c r="A8" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3">
+        <v>18019.12</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" s="3">
+        <v>27</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>2</v>
+      </c>
+      <c r="I8" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C9" s="3">
-        <v>3781.69</v>
+        <v>26216.95</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I10" s="2"/>
+      <c r="A10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="3">
+        <v>13153.04</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="3">
+        <v>119</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>2</v>
+      </c>
+      <c r="I10" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>1723.68</v>
+        <v>17141.61</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>4580.63</v>
+        <v>14470.89</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="A14" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C14" s="3">
+        <v>11800.18</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F14" s="3">
+        <v>80</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>2</v>
+      </c>
+      <c r="I14" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>5972.98</v>
+        <v>9278.63</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="A16" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C16" s="3">
+        <v>11960.75</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F16" s="3">
+        <v>132</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>2</v>
+      </c>
+      <c r="I16" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I17" s="2"/>
+      <c r="A17" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C17" s="3">
+        <v>9204.39</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F17" s="3">
+        <v>98</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>2</v>
+      </c>
+      <c r="I17" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="C18" s="3">
-        <v>6229.51</v>
+        <v>10810.18</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>320</v>
+        <v>41</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I18" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C19" s="3">
-        <v>7868.85</v>
+        <v>12023.27</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>240</v>
+        <v>97</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I19" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="C21" s="3">
-        <v>16109.9</v>
+        <v>5013.64</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>453</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I21" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="C22" s="3">
-        <v>7731.44</v>
+        <v>4683.37</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F22" s="3">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>6</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C23" s="3">
-        <v>4605.08</v>
+        <v>18007.61</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F23" s="3">
-        <v>494</v>
+        <v>72</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I23" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C24" s="3">
-        <v>7595.37</v>
+        <v>7862.87</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F24" s="3">
-        <v>66</v>
+        <v>151</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>6</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="C25" s="3">
-        <v>17706.6</v>
+        <v>16383.77</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>2</v>
       </c>
       <c r="I25" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C26" s="3">
-        <v>4929.83</v>
+        <v>7724.49</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F26" s="3">
-        <v>1025</v>
+        <v>64</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>6</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C28" s="3">
-        <v>14229</v>
+        <v>8002.62</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F28" s="3">
-        <v>90</v>
+        <v>118</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I28" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C29" s="3">
-        <v>16855.07</v>
+        <v>6335.41</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F29" s="3">
-        <v>20</v>
+        <v>101</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I29" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A30" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A30" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A31" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C32" s="3">
-        <v>13746.11</v>
+        <v>37.72</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="F32" s="3">
-        <v>48</v>
+        <v>78550</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H32" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I32" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C33" s="3">
-        <v>25778.71</v>
+        <v>58.17</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="F33" s="3">
-        <v>77</v>
+        <v>800</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H33" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="I33" s="3">
-        <v>305</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C34" s="3">
-        <v>12698.06</v>
+        <v>47.62</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="F34" s="3">
-        <v>126</v>
+        <v>7150</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H34" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I34" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A35" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I35" s="2"/>
+      <c r="A35" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C35" s="3">
+        <v>28.22</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F35" s="3">
+        <v>0</v>
+      </c>
+      <c r="G35" s="3">
+        <v>50</v>
+      </c>
+      <c r="H35" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I35" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C36" s="3">
-        <v>11602.93</v>
+        <v>36.58</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="F36" s="3">
-        <v>82</v>
+        <v>20050</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H36" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I36" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C37" s="3">
-        <v>9050.53</v>
+        <v>46.19</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="F37" s="3">
-        <v>205</v>
+        <v>3810</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I37" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C38" s="3">
-        <v>9123.53</v>
+        <v>111.39</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="F38" s="3">
-        <v>145</v>
+        <v>29030</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I38" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C39" s="3">
-        <v>11760.82</v>
+        <v>44.14</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="F39" s="3">
-        <v>135</v>
+        <v>76070</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I39" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C40" s="3">
-        <v>10629.48</v>
+        <v>156.38</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="F40" s="3">
-        <v>63</v>
+        <v>2000</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H40" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I40" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C41" s="3">
-        <v>11822.29</v>
+        <v>51.03</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="F41" s="3">
-        <v>126</v>
+        <v>1950</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H41" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I41" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I42" s="2"/>
+      <c r="A42" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C42" s="3">
+        <v>45.94</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F42" s="3">
+        <v>8500</v>
+      </c>
+      <c r="G42" s="3">
+        <v>50</v>
+      </c>
+      <c r="H42" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I42" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I43" s="2"/>
+      <c r="A43" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C43" s="3">
+        <v>14.38</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F43" s="3">
+        <v>3250</v>
+      </c>
+      <c r="G43" s="3">
+        <v>50</v>
+      </c>
+      <c r="H43" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I43" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="C44" s="3">
-        <v>19.22</v>
+        <v>23.34</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>50</v>
       </c>
       <c r="H44" s="3">
         <v>2000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="C45" s="3">
-        <v>43.79</v>
+        <v>49.9</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>3900</v>
       </c>
       <c r="G45" s="3">
         <v>50</v>
       </c>
       <c r="H45" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="C46" s="3">
-        <v>24.46</v>
+        <v>36.01</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F46" s="3">
-        <v>700</v>
+        <v>12200</v>
       </c>
       <c r="G46" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H46" s="3">
         <v>2500</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C47" s="3">
-        <v>46.25</v>
+        <v>92.36</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F47" s="3">
-        <v>1250</v>
+        <v>5500</v>
       </c>
       <c r="G47" s="3">
         <v>50</v>
       </c>
       <c r="H47" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C48" s="3">
-        <v>20.08</v>
+        <v>44.07</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F48" s="3">
-        <v>9360</v>
+        <v>11400</v>
       </c>
       <c r="G48" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H48" s="3">
         <v>2500</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I49" s="2"/>
+      <c r="A49" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C49" s="3">
+        <v>42.56</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F49" s="3">
+        <v>1100</v>
+      </c>
+      <c r="G49" s="3">
+        <v>100</v>
+      </c>
+      <c r="H49" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I49" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A50" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A50" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C51" s="3">
-        <v>784.68</v>
+        <v>215.94</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F51" s="3">
-        <v>45</v>
+        <v>225</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="C52" s="3">
-        <v>2800.41</v>
+        <v>77.94</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F52" s="3">
-        <v>48</v>
+        <v>32350</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H52" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C53" s="3">
-        <v>650.65</v>
+        <v>417.83</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F53" s="3">
-        <v>467</v>
+        <v>801</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
+        <v>200</v>
+      </c>
+      <c r="I53" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C54" s="3">
+        <v>43.86</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F54" s="3">
+        <v>15350</v>
+      </c>
+      <c r="G54" s="3">
         <v>50</v>
       </c>
-      <c r="I53" s="3">
-[...14 lines deleted...]
-      <c r="I54" s="2"/>
+      <c r="H54" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I54" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="C55" s="3">
-        <v>47.92</v>
+        <v>27.34</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F55" s="3">
-        <v>17450</v>
+        <v>5000</v>
       </c>
       <c r="G55" s="3">
         <v>50</v>
       </c>
       <c r="H55" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="C56" s="3">
-        <v>456.49</v>
+        <v>39.42</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F56" s="3">
-        <v>805</v>
+        <v>137100</v>
       </c>
       <c r="G56" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H56" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="C57" s="3">
-        <v>160.6</v>
+        <v>35.02</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F57" s="3">
-        <v>9954</v>
+        <v>83300</v>
       </c>
       <c r="G57" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H57" s="3">
-        <v>250</v>
+        <v>2000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="C58" s="3">
-        <v>80.01</v>
+        <v>81.37</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F58" s="3">
-        <v>8090</v>
+        <v>5040</v>
       </c>
       <c r="G58" s="3">
         <v>50</v>
       </c>
       <c r="H58" s="3">
         <v>1000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="C59" s="3">
-        <v>252.47</v>
+        <v>72.61</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F59" s="3">
-        <v>2163</v>
+        <v>22450</v>
       </c>
       <c r="G59" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H59" s="3">
-        <v>400</v>
+        <v>2000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="C60" s="3">
-        <v>26.88</v>
+        <v>14.87</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F60" s="3">
-        <v>8700</v>
+        <v>31150</v>
       </c>
       <c r="G60" s="3">
         <v>50</v>
       </c>
       <c r="H60" s="3">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C61" s="3">
-        <v>76.64</v>
+        <v>76.15</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F61" s="3">
-        <v>37550</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H61" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="C62" s="3">
-        <v>71.4</v>
+        <v>15.87</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F62" s="3">
-        <v>26550</v>
+        <v>300</v>
       </c>
       <c r="G62" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H62" s="3">
         <v>2000</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="C63" s="3">
-        <v>55.57</v>
+        <v>256.76</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F63" s="3">
-        <v>3900</v>
+        <v>2142</v>
       </c>
       <c r="G63" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="C64" s="3">
-        <v>140.17</v>
+        <v>175.62</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F64" s="3">
-        <v>10123</v>
+        <v>1950</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>500</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="C65" s="3">
-        <v>54.51</v>
+        <v>142.55</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F65" s="3">
-        <v>47250</v>
+        <v>6528</v>
       </c>
       <c r="G65" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="C66" s="3">
-        <v>212.33</v>
+        <v>163.33</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F66" s="3">
-        <v>246</v>
+        <v>9235</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="C67" s="3">
-        <v>191.87</v>
+        <v>56.51</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F67" s="3">
-        <v>2065</v>
+        <v>2650</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H67" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="C68" s="3">
-        <v>14.62</v>
+        <v>78.92</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F68" s="3">
-        <v>32600</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>50</v>
       </c>
       <c r="H68" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C69" s="3">
-        <v>15.47</v>
+        <v>30.95</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F69" s="3">
-        <v>30000</v>
+        <v>34280</v>
       </c>
       <c r="G69" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H69" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="C70" s="3">
-        <v>77.6</v>
+        <v>55.44</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F70" s="3">
-        <v>2650</v>
+        <v>40300</v>
       </c>
       <c r="G70" s="3">
         <v>50</v>
       </c>
       <c r="H70" s="3">
         <v>2000</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="C71" s="3">
-        <v>38.76</v>
+        <v>15.73</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F71" s="3">
-        <v>140450</v>
+        <v>24050</v>
       </c>
       <c r="G71" s="3">
         <v>50</v>
       </c>
       <c r="H71" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A72" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A72" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="C73" s="3">
-        <v>34.43</v>
+        <v>77.73</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F73" s="3">
-        <v>81650</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A74" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="C75" s="3">
-        <v>15.6</v>
+        <v>729.37</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F75" s="3">
-        <v>900</v>
+        <v>448</v>
       </c>
       <c r="G75" s="3">
+        <v>10</v>
+      </c>
+      <c r="H75" s="3">
+        <v>500</v>
+      </c>
+      <c r="I75" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C76" s="3">
+        <v>3248.05</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F76" s="3">
+        <v>993</v>
+      </c>
+      <c r="G76" s="3">
+        <v>1</v>
+      </c>
+      <c r="H76" s="3">
         <v>100</v>
       </c>
-      <c r="H75" s="3">
-[...17 lines deleted...]
-      <c r="I76" s="2"/>
+      <c r="I76" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="C77" s="3">
-        <v>3193.76</v>
+        <v>1988.04</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F77" s="3">
-        <v>1149</v>
+        <v>577</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="C78" s="3">
-        <v>717.18</v>
+        <v>1709</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F78" s="3">
-        <v>474</v>
+        <v>759</v>
       </c>
       <c r="G78" s="3">
         <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>500</v>
+        <v>125</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A79" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A79" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="B79" s="2"/>
+      <c r="C79" s="2"/>
+      <c r="D79" s="2"/>
+      <c r="E79" s="2"/>
+      <c r="F79" s="2"/>
+      <c r="G79" s="2"/>
+      <c r="H79" s="2"/>
+      <c r="I79" s="2"/>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="C80" s="3">
-        <v>1954.81</v>
+        <v>798.02</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F80" s="3">
-        <v>659</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I81" s="2"/>
+      <c r="A81" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C81" s="3">
+        <v>2848.02</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F81" s="3">
+        <v>33</v>
+      </c>
+      <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
+        <v>10</v>
+      </c>
+      <c r="I81" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="C82" s="3">
-        <v>29.34</v>
+        <v>661.71</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>462</v>
       </c>
       <c r="G82" s="3">
+        <v>1</v>
+      </c>
+      <c r="H82" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C83" s="3">
-        <v>22.95</v>
+        <v>627.56</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>140</v>
       </c>
       <c r="G83" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A84" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="B84" s="2"/>
+      <c r="C84" s="2"/>
+      <c r="D84" s="2"/>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2"/>
+      <c r="G84" s="2"/>
+      <c r="H84" s="2"/>
+      <c r="I84" s="2"/>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="C85" s="3">
-        <v>57.2</v>
+        <v>22.39</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F85" s="3">
-        <v>4750</v>
+        <v>300</v>
       </c>
       <c r="G85" s="3">
         <v>50</v>
       </c>
       <c r="H85" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C86" s="3">
-        <v>37.09</v>
+        <v>47.04</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F86" s="3">
-        <v>88000</v>
+        <v>1100</v>
       </c>
       <c r="G86" s="3">
         <v>50</v>
       </c>
       <c r="H86" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="C87" s="3">
-        <v>90.82</v>
+        <v>20.42</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>9020</v>
       </c>
       <c r="G87" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H87" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="C88" s="3">
-        <v>50.18</v>
+        <v>19.55</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F88" s="3">
-        <v>2050</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>50</v>
       </c>
       <c r="H88" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A89" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A89" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="B89" s="2"/>
+      <c r="C89" s="2"/>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2"/>
+      <c r="F89" s="2"/>
+      <c r="G89" s="2"/>
+      <c r="H89" s="2"/>
+      <c r="I89" s="2"/>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="C90" s="3">
-        <v>49.07</v>
+        <v>1030.51</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F90" s="3">
-        <v>350</v>
+        <v>1295</v>
       </c>
       <c r="G90" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C91" s="3">
-        <v>35.41</v>
+        <v>471.85</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F91" s="3">
-        <v>6100</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
+        <v>1</v>
+      </c>
+      <c r="H91" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>2500</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C92" s="3">
-        <v>109.53</v>
+        <v>520.67</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F92" s="3">
-        <v>31360</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C93" s="3">
-        <v>43.4</v>
+        <v>705.08</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F93" s="3">
-        <v>102810</v>
+        <v>1123</v>
       </c>
       <c r="G93" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="C94" s="3">
-        <v>43.33</v>
+        <v>304.87</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F94" s="3">
-        <v>8700</v>
+        <v>1</v>
       </c>
       <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>2500</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C95" s="3">
-        <v>153.77</v>
+        <v>427.19</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F95" s="3">
-        <v>8250</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>1000</v>
+        <v>20</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C96" s="3">
-        <v>46.82</v>
+        <v>1063.05</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F96" s="3">
-        <v>7450</v>
+        <v>3133</v>
       </c>
       <c r="G96" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="C97" s="3">
-        <v>30.83</v>
+        <v>783</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F97" s="3">
         <v>0</v>
       </c>
       <c r="G97" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>1000</v>
+        <v>20</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C98" s="3">
-        <v>41.85</v>
+        <v>521.53</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F98" s="3">
-        <v>6300</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>2500</v>
+        <v>60</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="C99" s="3">
-        <v>45.17</v>
+        <v>466.44</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F99" s="3">
-        <v>9250</v>
+        <v>313</v>
       </c>
       <c r="G99" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>1000</v>
+        <v>15</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A100" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="2"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
       <c r="I101" s="2"/>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C102" s="3">
-        <v>76.43</v>
+        <v>3461.38</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F102" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="2"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
       <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C104" s="3">
-        <v>458.64</v>
+        <v>1752.98</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F104" s="3">
-        <v>659</v>
+        <v>18</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A105" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="B105" s="2"/>
+      <c r="C105" s="2"/>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="2"/>
+      <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C106" s="3">
-        <v>512.81</v>
+        <v>4400.85</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F106" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C107" s="3">
-        <v>420.05</v>
+        <v>2058.84</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F107" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C108" s="3">
-        <v>463.96</v>
+        <v>7367.93</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F108" s="3">
-        <v>802</v>
+        <v>10</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C109" s="3">
-        <v>299.77</v>
+        <v>1648.1</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A110" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A110" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B110" s="2"/>
+      <c r="C110" s="2"/>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2"/>
+      <c r="H110" s="2"/>
+      <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C111" s="3">
-        <v>693.29</v>
+        <v>2708.17</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F111" s="3">
-        <v>1731</v>
+        <v>374</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C112" s="3">
-        <v>1013.28</v>
+        <v>1637.75</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F112" s="3">
-        <v>1363</v>
+        <v>47</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C113" s="3">
-        <v>1045.28</v>
+        <v>734.49</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F113" s="3">
-        <v>3218</v>
+        <v>54</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I113" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A114" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I114" s="2"/>
+      <c r="A114" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C114" s="3">
+        <v>1782.97</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F114" s="3">
+        <v>157</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>10</v>
+      </c>
+      <c r="I114" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C115" s="3">
-        <v>4327.29</v>
+        <v>1805.76</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F115" s="3">
-        <v>28.1</v>
+        <v>126</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C116" s="3">
-        <v>1620.55</v>
+        <v>584.24</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F116" s="3">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="I116" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C117" s="3">
-        <v>2024.42</v>
+        <v>2162.82</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F117" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I117" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C118" s="3">
-        <v>7244.77</v>
+        <v>1265.83</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F118" s="3">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A119" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I119" s="2"/>
+      <c r="A119" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C119" s="3">
+        <v>590.7</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F119" s="3">
+        <v>48</v>
+      </c>
+      <c r="G119" s="3">
+        <v>1</v>
+      </c>
+      <c r="H119" s="3">
+        <v>50</v>
+      </c>
+      <c r="I119" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C120" s="3">
-        <v>1189.36</v>
+        <v>646.97</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F120" s="3">
-        <v>352</v>
+        <v>5</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I120" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C121" s="3">
-        <v>580.83</v>
+        <v>712.62</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F121" s="3">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C122" s="3">
-        <v>636.16</v>
+        <v>646.97</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F122" s="3">
-        <v>14</v>
+        <v>183</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>30</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C123" s="3">
-        <v>925.32</v>
+        <v>968.9</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F123" s="3">
-        <v>0</v>
+        <v>198</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="C124" s="3">
-        <v>1029.53</v>
+        <v>1782.97</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F124" s="3">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C125" s="3">
-        <v>722.21</v>
+        <v>1209.58</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F125" s="3">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I125" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C126" s="3">
-        <v>952.7</v>
+        <v>734.49</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F126" s="3">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C127" s="3">
-        <v>2126.67</v>
+        <v>941.05</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F127" s="3">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C128" s="3">
-        <v>2662.9</v>
+        <v>1047.03</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F128" s="3">
-        <v>392</v>
+        <v>53</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I128" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C129" s="3">
-        <v>574.47</v>
+        <v>1805.76</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F129" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="I129" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="C130" s="3">
-        <v>3177.45</v>
+        <v>1445.97</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F130" s="3">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C131" s="3">
-        <v>1775.58</v>
+        <v>3231.47</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F131" s="3">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A132" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="B132" s="2"/>
+      <c r="C132" s="2"/>
+      <c r="D132" s="2"/>
+      <c r="E132" s="2"/>
+      <c r="F132" s="2"/>
+      <c r="G132" s="2"/>
+      <c r="H132" s="2"/>
+      <c r="I132" s="2"/>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A133" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A133" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="B133" s="2"/>
+      <c r="C133" s="2"/>
+      <c r="D133" s="2"/>
+      <c r="E133" s="2"/>
+      <c r="F133" s="2"/>
+      <c r="G133" s="2"/>
+      <c r="H133" s="2"/>
+      <c r="I133" s="2"/>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A134" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A134" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="B134" s="2"/>
+      <c r="C134" s="2"/>
+      <c r="D134" s="2"/>
+      <c r="E134" s="2"/>
+      <c r="F134" s="2"/>
+      <c r="G134" s="2"/>
+      <c r="H134" s="2"/>
+      <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C135" s="3">
-        <v>1421.8</v>
+        <v>20.85</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>16</v>
+        <v>257</v>
       </c>
       <c r="F135" s="3">
-        <v>57</v>
+        <v>2800</v>
       </c>
       <c r="G135" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H135" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I135" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C136" s="3">
-        <v>1610.37</v>
+        <v>10.11</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F136" s="3">
-        <v>22</v>
+        <v>31000</v>
       </c>
       <c r="G136" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H136" s="3">
-        <v>15</v>
+        <v>500</v>
       </c>
       <c r="I136" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C137" s="3">
-        <v>722.21</v>
+        <v>40.2</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F137" s="3">
-        <v>44</v>
+        <v>15600</v>
       </c>
       <c r="G137" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H137" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I137" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C138" s="3">
-        <v>700.71</v>
+        <v>15.1</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>16</v>
+        <v>257</v>
       </c>
       <c r="F138" s="3">
-        <v>67</v>
+        <v>2800</v>
       </c>
       <c r="G138" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H138" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C139" s="3">
-        <v>1244.67</v>
+        <v>39.67</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F139" s="3">
-        <v>42</v>
+        <v>2200</v>
       </c>
       <c r="G139" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H139" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I139" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C140" s="3">
-        <v>636.16</v>
+        <v>31.12</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>16</v>
+        <v>257</v>
       </c>
       <c r="F140" s="3">
-        <v>54</v>
+        <v>2200</v>
       </c>
       <c r="G140" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H140" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A141" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I141" s="2"/>
+      <c r="A141" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="C141" s="3">
+        <v>23.55</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F141" s="3">
+        <v>3000</v>
+      </c>
+      <c r="G141" s="3">
+        <v>200</v>
+      </c>
+      <c r="H141" s="3">
+        <v>200</v>
+      </c>
+      <c r="I141" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A142" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I142" s="2"/>
+      <c r="A142" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="C142" s="3">
+        <v>64.32</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F142" s="3">
+        <v>8200</v>
+      </c>
+      <c r="G142" s="3">
+        <v>200</v>
+      </c>
+      <c r="H142" s="3">
+        <v>200</v>
+      </c>
+      <c r="I142" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="C143" s="3">
-        <v>1062.5</v>
+        <v>14</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F143" s="3">
-        <v>2273</v>
+        <v>79500</v>
       </c>
       <c r="G143" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H143" s="3">
-        <v>32</v>
+        <v>500</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C144" s="3">
-        <v>1062.5</v>
+        <v>25.42</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F144" s="3">
-        <v>2466</v>
+        <v>76800</v>
       </c>
       <c r="G144" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H144" s="3">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="C145" s="3">
-        <v>937.5</v>
+        <v>76.98</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F145" s="3">
-        <v>7</v>
+        <v>5400</v>
       </c>
       <c r="G145" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H145" s="3">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C146" s="3">
-        <v>1000</v>
+        <v>90.25</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F146" s="3">
-        <v>1320</v>
+        <v>5000</v>
       </c>
       <c r="G146" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H146" s="3">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="C147" s="3">
-        <v>1062.5</v>
+        <v>30.84</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F147" s="3">
-        <v>5985</v>
+        <v>7000</v>
       </c>
       <c r="G147" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H147" s="3">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="C148" s="3">
-        <v>1160.11</v>
+        <v>18.93</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F148" s="3">
-        <v>3261</v>
+        <v>17698</v>
       </c>
       <c r="G148" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H148" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="C149" s="3">
-        <v>799.89</v>
+        <v>29.3</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F149" s="3">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="G149" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H149" s="3">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A150" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I150" s="2"/>
+      <c r="A150" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B150" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C150" s="3">
+        <v>46.1</v>
+      </c>
+      <c r="D150" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F150" s="3">
+        <v>3600</v>
+      </c>
+      <c r="G150" s="3">
+        <v>200</v>
+      </c>
+      <c r="H150" s="3">
+        <v>200</v>
+      </c>
+      <c r="I150" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="C151" s="3">
-        <v>1808.69</v>
+        <v>58.49</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F151" s="3">
-        <v>356</v>
+        <v>5400</v>
       </c>
       <c r="G151" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H151" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="C152" s="3">
-        <v>2065.29</v>
+        <v>52.83</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>287</v>
+        <v>260</v>
       </c>
       <c r="F152" s="3">
-        <v>42</v>
+        <v>7400</v>
       </c>
       <c r="G152" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H152" s="3">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="I152" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="C153" s="3">
-        <v>1984.86</v>
+        <v>64.79</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F153" s="3">
-        <v>1</v>
+        <v>5000</v>
       </c>
       <c r="G153" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H153" s="3">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="C154" s="3">
-        <v>939.2</v>
+        <v>130.63</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F154" s="3">
-        <v>44</v>
+        <v>4000</v>
       </c>
       <c r="G154" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H154" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C155" s="3">
-        <v>2355.43</v>
+        <v>14.12</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F155" s="3">
-        <v>354</v>
+        <v>9400</v>
       </c>
       <c r="G155" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H155" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="C156" s="3">
-        <v>2592.18</v>
+        <v>21.72</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>287</v>
+        <v>260</v>
       </c>
       <c r="F156" s="3">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="G156" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H156" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I156" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A157" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="C157" s="3">
+        <v>10.99</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F157" s="3">
+        <v>3000</v>
+      </c>
+      <c r="G157" s="3">
+        <v>500</v>
+      </c>
+      <c r="H157" s="3">
+        <v>500</v>
+      </c>
+      <c r="I157" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I157" s="2"/>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="C158" s="3">
-        <v>7988.4</v>
+        <v>42.4</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>16</v>
+        <v>257</v>
       </c>
       <c r="F158" s="3">
+        <v>2000</v>
+      </c>
+      <c r="G158" s="3">
+        <v>200</v>
+      </c>
+      <c r="H158" s="3">
+        <v>200</v>
+      </c>
+      <c r="I158" s="3">
         <v>0</v>
       </c>
-      <c r="G158" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A159" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A159" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="B159" s="2"/>
+      <c r="C159" s="2"/>
+      <c r="D159" s="2"/>
+      <c r="E159" s="2"/>
+      <c r="F159" s="2"/>
+      <c r="G159" s="2"/>
+      <c r="H159" s="2"/>
+      <c r="I159" s="2"/>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="C160" s="3">
-        <v>13525.3</v>
+        <v>21.28</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>16</v>
+        <v>257</v>
       </c>
       <c r="F160" s="3">
+        <v>3000</v>
+      </c>
+      <c r="G160" s="3">
+        <v>200</v>
+      </c>
+      <c r="H160" s="3">
+        <v>200</v>
+      </c>
+      <c r="I160" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="C161" s="3">
-        <v>6048</v>
+        <v>13.99</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>16</v>
+        <v>257</v>
       </c>
       <c r="F161" s="3">
+        <v>4000</v>
+      </c>
+      <c r="G161" s="3">
+        <v>200</v>
+      </c>
+      <c r="H161" s="3">
+        <v>200</v>
+      </c>
+      <c r="I161" s="3">
         <v>0</v>
       </c>
-      <c r="G161" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A162" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I162" s="2"/>
+      <c r="A162" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="C162" s="3">
+        <v>11.42</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F162" s="3">
+        <v>4000</v>
+      </c>
+      <c r="G162" s="3">
+        <v>500</v>
+      </c>
+      <c r="H162" s="3">
+        <v>500</v>
+      </c>
+      <c r="I162" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="C163" s="3">
-        <v>1546.61</v>
+        <v>27.06</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F163" s="3">
-        <v>0</v>
+        <v>5800</v>
       </c>
       <c r="G163" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H163" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="C164" s="3">
-        <v>612.2</v>
+        <v>47.08</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F164" s="3">
-        <v>0</v>
+        <v>4800</v>
       </c>
       <c r="G164" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H164" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="C165" s="3">
-        <v>1104.62</v>
+        <v>14.55</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F165" s="3">
-        <v>107</v>
+        <v>25500</v>
       </c>
       <c r="G165" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H165" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="C166" s="3">
-        <v>341.15</v>
+        <v>61.06</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F166" s="3">
-        <v>1</v>
+        <v>2200</v>
       </c>
       <c r="G166" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H166" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A167" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I167" s="2"/>
+      <c r="A167" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B167" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="C167" s="3">
+        <v>79.49</v>
+      </c>
+      <c r="D167" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F167" s="3">
+        <v>1400</v>
+      </c>
+      <c r="G167" s="3">
+        <v>200</v>
+      </c>
+      <c r="H167" s="3">
+        <v>200</v>
+      </c>
+      <c r="I167" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="C168" s="3">
-        <v>54.12</v>
+        <v>23.49</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F168" s="3">
-        <v>100</v>
+        <v>7800</v>
       </c>
       <c r="G168" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H168" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="C169" s="3">
-        <v>89.79</v>
+        <v>39.03</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F169" s="3">
-        <v>185</v>
+        <v>4000</v>
       </c>
       <c r="G169" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H169" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="C170" s="3">
-        <v>138.11</v>
+        <v>28.11</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>16</v>
+        <v>257</v>
       </c>
       <c r="F170" s="3">
+        <v>3000</v>
+      </c>
+      <c r="G170" s="3">
+        <v>200</v>
+      </c>
+      <c r="H170" s="3">
+        <v>200</v>
+      </c>
+      <c r="I170" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="C171" s="3">
-        <v>40.71</v>
+        <v>11.56</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>16</v>
+        <v>257</v>
       </c>
       <c r="F171" s="3">
-        <v>15950</v>
+        <v>500</v>
       </c>
       <c r="G171" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="H171" s="3">
-        <v>3750</v>
+        <v>500</v>
       </c>
       <c r="I171" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="C172" s="3">
-        <v>46.36</v>
+        <v>21.7</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>16</v>
+        <v>257</v>
       </c>
       <c r="F172" s="3">
-        <v>44700</v>
+        <v>4600</v>
       </c>
       <c r="G172" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H172" s="3">
-        <v>2500</v>
+        <v>200</v>
       </c>
       <c r="I172" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A173" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A173" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="B173" s="2"/>
+      <c r="C173" s="2"/>
+      <c r="D173" s="2"/>
+      <c r="E173" s="2"/>
+      <c r="F173" s="2"/>
+      <c r="G173" s="2"/>
+      <c r="H173" s="2"/>
+      <c r="I173" s="2"/>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="C174" s="3">
-        <v>78.68</v>
+        <v>15.49</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F174" s="3">
-        <v>599</v>
+        <v>18000</v>
       </c>
       <c r="G174" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H174" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="C175" s="3">
-        <v>54.66</v>
+        <v>28.42</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F175" s="3">
-        <v>353</v>
+        <v>43600</v>
       </c>
       <c r="G175" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H175" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C176" s="3">
-        <v>72.28</v>
+        <v>47.7</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F176" s="3">
-        <v>3400</v>
+        <v>4800</v>
       </c>
       <c r="G176" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H176" s="3">
-        <v>2500</v>
+        <v>200</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="C177" s="3">
-        <v>146.83</v>
+        <v>60.74</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F177" s="3">
-        <v>3700</v>
+        <v>3000</v>
       </c>
       <c r="G177" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H177" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="C178" s="3">
-        <v>59.74</v>
+        <v>149.85</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F178" s="3">
-        <v>22600</v>
+        <v>5400</v>
       </c>
       <c r="G178" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H178" s="3">
-        <v>3750</v>
+        <v>200</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="C179" s="3">
-        <v>32.35</v>
+        <v>19.61</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F179" s="3">
-        <v>46200</v>
+        <v>200</v>
       </c>
       <c r="G179" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="H179" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A180" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A180" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="B180" s="2"/>
+      <c r="C180" s="2"/>
+      <c r="D180" s="2"/>
+      <c r="E180" s="2"/>
+      <c r="F180" s="2"/>
+      <c r="G180" s="2"/>
+      <c r="H180" s="2"/>
+      <c r="I180" s="2"/>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A181" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A181" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="B181" s="2"/>
+      <c r="C181" s="2"/>
+      <c r="D181" s="2"/>
+      <c r="E181" s="2"/>
+      <c r="F181" s="2"/>
+      <c r="G181" s="2"/>
+      <c r="H181" s="2"/>
+      <c r="I181" s="2"/>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="C182" s="3">
-        <v>69.91</v>
+        <v>50.6</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F182" s="3">
-        <v>526</v>
+        <v>5800</v>
       </c>
       <c r="G182" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H182" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C183" s="3">
-        <v>254.22</v>
+        <v>66.38</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F183" s="3">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="G183" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H183" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C184" s="3">
-        <v>177.33</v>
+        <v>93.29</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F184" s="3">
-        <v>203</v>
+        <v>2800</v>
       </c>
       <c r="G184" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H184" s="3">
-        <v>3750</v>
+        <v>200</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A185" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I185" s="2"/>
+      <c r="A185" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="C185" s="3">
+        <v>36.74</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F185" s="3">
+        <v>4000</v>
+      </c>
+      <c r="G185" s="3">
+        <v>200</v>
+      </c>
+      <c r="H185" s="3">
+        <v>200</v>
+      </c>
+      <c r="I185" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="C186" s="3">
-        <v>1237.13</v>
+        <v>69.5</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F186" s="3">
-        <v>104</v>
+        <v>0</v>
       </c>
       <c r="G186" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H186" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C187" s="3">
-        <v>1568.58</v>
+        <v>94.29</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F187" s="3">
-        <v>119</v>
+        <v>4600</v>
       </c>
       <c r="G187" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H187" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="C188" s="3">
-        <v>2442.69</v>
+        <v>43.3</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F188" s="3">
-        <v>21</v>
+        <v>3400</v>
       </c>
       <c r="G188" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H188" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="C189" s="3">
-        <v>3461.07</v>
+        <v>57.28</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F189" s="3">
-        <v>1</v>
+        <v>2800</v>
       </c>
       <c r="G189" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H189" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A190" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I190" s="2"/>
+      <c r="A190" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="B190" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="C190" s="3">
+        <v>74.32</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F190" s="3">
+        <v>2800</v>
+      </c>
+      <c r="G190" s="3">
+        <v>200</v>
+      </c>
+      <c r="H190" s="3">
+        <v>200</v>
+      </c>
+      <c r="I190" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A191" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I191" s="2"/>
+      <c r="A191" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B191" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="C191" s="3">
+        <v>103.27</v>
+      </c>
+      <c r="D191" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F191" s="3">
+        <v>4800</v>
+      </c>
+      <c r="G191" s="3">
+        <v>200</v>
+      </c>
+      <c r="H191" s="3">
+        <v>200</v>
+      </c>
+      <c r="I191" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="C192" s="3">
-        <v>6048</v>
+        <v>76.67</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F192" s="3">
-        <v>0</v>
+        <v>2800</v>
       </c>
       <c r="G192" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H192" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="C193" s="3">
-        <v>6048</v>
+        <v>109.73</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F193" s="3">
-        <v>12</v>
+        <v>4000</v>
       </c>
       <c r="G193" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H193" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="C194" s="3">
-        <v>5892.55</v>
+        <v>139.08</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F194" s="3">
-        <v>14</v>
+        <v>2400</v>
       </c>
       <c r="G194" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H194" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="C195" s="3">
-        <v>6202.68</v>
+        <v>193.45</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F195" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G195" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H195" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="C196" s="3">
-        <v>6104.37</v>
+        <v>157.76</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F196" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G196" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H196" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="2" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="B197" s="2"/>
       <c r="C197" s="2"/>
       <c r="D197" s="2"/>
       <c r="E197" s="2"/>
       <c r="F197" s="2"/>
       <c r="G197" s="2"/>
       <c r="H197" s="2"/>
       <c r="I197" s="2"/>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="C198" s="3">
-        <v>6885</v>
+        <v>114.35</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F198" s="3">
-        <v>4</v>
+        <v>1800</v>
       </c>
       <c r="G198" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H198" s="3">
-        <v>23</v>
+        <v>200</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C199" s="3">
-        <v>8829.86</v>
+        <v>86.5</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>287</v>
+        <v>260</v>
       </c>
       <c r="F199" s="3">
-        <v>13</v>
+        <v>600</v>
       </c>
       <c r="G199" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H199" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I199" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="C200" s="3">
-        <v>10795.3</v>
+        <v>43.34</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F200" s="3">
-        <v>12</v>
+        <v>4000</v>
       </c>
       <c r="G200" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H200" s="3">
-        <v>28</v>
+        <v>200</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="C201" s="3">
-        <v>8032.88</v>
+        <v>64.59</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>287</v>
+        <v>260</v>
       </c>
       <c r="F201" s="3">
-        <v>0</v>
+        <v>6800</v>
       </c>
       <c r="G201" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H201" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I201" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="C202" s="3">
-        <v>5855.97</v>
+        <v>78.44</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>287</v>
+        <v>260</v>
       </c>
       <c r="F202" s="3">
-        <v>8</v>
+        <v>3000</v>
       </c>
       <c r="G202" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H202" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I202" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="C203" s="3">
-        <v>16468.11</v>
+        <v>106.14</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F203" s="3">
-        <v>2</v>
+        <v>800</v>
       </c>
       <c r="G203" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H203" s="3">
-        <v>28</v>
+        <v>200</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="C204" s="3">
-        <v>18252.05</v>
+        <v>82.22</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F204" s="3">
-        <v>25</v>
+        <v>4600</v>
       </c>
       <c r="G204" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H204" s="3">
-        <v>16</v>
+        <v>200</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="C205" s="3">
-        <v>20623.93</v>
+        <v>49</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F205" s="3">
-        <v>10</v>
+        <v>3400</v>
       </c>
       <c r="G205" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H205" s="3">
-        <v>16</v>
+        <v>200</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="C206" s="3">
-        <v>7468.64</v>
+        <v>67.75</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F206" s="3">
-        <v>5</v>
+        <v>4400</v>
       </c>
       <c r="G206" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H206" s="3">
-        <v>23</v>
+        <v>200</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C207" s="3">
-        <v>9810.96</v>
+        <v>125.24</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>287</v>
+        <v>260</v>
       </c>
       <c r="F207" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="G207" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H207" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I207" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A208" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A208" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="B208" s="2"/>
+      <c r="C208" s="2"/>
+      <c r="D208" s="2"/>
+      <c r="E208" s="2"/>
+      <c r="F208" s="2"/>
+      <c r="G208" s="2"/>
+      <c r="H208" s="2"/>
+      <c r="I208" s="2"/>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="C209" s="3">
-        <v>11099.54</v>
+        <v>30.15</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F209" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G209" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H209" s="3">
-        <v>28</v>
+        <v>200</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="C210" s="3">
-        <v>14421.2</v>
+        <v>35.82</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F210" s="3">
-        <v>19</v>
+        <v>9800</v>
       </c>
       <c r="G210" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H210" s="3">
-        <v>28</v>
+        <v>200</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A211" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I211" s="2"/>
+      <c r="A211" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B211" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="C211" s="3">
+        <v>114.42</v>
+      </c>
+      <c r="D211" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F211" s="3">
+        <v>4200</v>
+      </c>
+      <c r="G211" s="3">
+        <v>200</v>
+      </c>
+      <c r="H211" s="3">
+        <v>200</v>
+      </c>
+      <c r="I211" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A212" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I212" s="2"/>
+      <c r="A212" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="B212" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="C212" s="3">
+        <v>25.86</v>
+      </c>
+      <c r="D212" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F212" s="3">
+        <v>1600</v>
+      </c>
+      <c r="G212" s="3">
+        <v>200</v>
+      </c>
+      <c r="H212" s="3">
+        <v>200</v>
+      </c>
+      <c r="I212" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A213" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I213" s="2"/>
+      <c r="A213" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="C213" s="3">
+        <v>39.92</v>
+      </c>
+      <c r="D213" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F213" s="3">
+        <v>6800</v>
+      </c>
+      <c r="G213" s="3">
+        <v>200</v>
+      </c>
+      <c r="H213" s="3">
+        <v>200</v>
+      </c>
+      <c r="I213" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="C214" s="3">
-        <v>25.29</v>
+        <v>67.13</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F214" s="3">
-        <v>0</v>
+        <v>13000</v>
       </c>
       <c r="G214" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H214" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="C215" s="3">
-        <v>54.41</v>
+        <v>93.53</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F215" s="3">
-        <v>0</v>
+        <v>3800</v>
       </c>
       <c r="G215" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H215" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C216" s="3">
-        <v>36.04</v>
+        <v>22.3</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F216" s="3">
-        <v>270</v>
+        <v>1800</v>
       </c>
       <c r="G216" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H216" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="C217" s="3">
-        <v>54.41</v>
+        <v>45.3</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F217" s="3">
-        <v>200</v>
+        <v>5600</v>
       </c>
       <c r="G217" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H217" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="C218" s="3">
-        <v>25.29</v>
+        <v>62.48</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F218" s="3">
-        <v>345</v>
+        <v>3800</v>
       </c>
       <c r="G218" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H218" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="C219" s="3">
-        <v>54.41</v>
+        <v>81.74</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F219" s="3">
-        <v>300</v>
+        <v>1200</v>
       </c>
       <c r="G219" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H219" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C220" s="3">
-        <v>25.29</v>
+        <v>43.37</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F220" s="3">
-        <v>2615</v>
+        <v>2400</v>
       </c>
       <c r="G220" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H220" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="C221" s="3">
-        <v>43.09</v>
+        <v>67.74</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F221" s="3">
-        <v>365</v>
+        <v>3000</v>
       </c>
       <c r="G221" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H221" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A222" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I222" s="2"/>
+      <c r="A222" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B222" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C222" s="3">
+        <v>93.48</v>
+      </c>
+      <c r="D222" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F222" s="3">
+        <v>800</v>
+      </c>
+      <c r="G222" s="3">
+        <v>200</v>
+      </c>
+      <c r="H222" s="3">
+        <v>200</v>
+      </c>
+      <c r="I222" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
       <c r="C223" s="3">
-        <v>48.97</v>
+        <v>52.89</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F223" s="3">
-        <v>475</v>
+        <v>16000</v>
       </c>
       <c r="G223" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H223" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="C224" s="3">
-        <v>43.51</v>
+        <v>72.88</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F224" s="3">
-        <v>550</v>
+        <v>4200</v>
       </c>
       <c r="G224" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="H224" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>422</v>
+        <v>432</v>
       </c>
       <c r="C225" s="3">
-        <v>43.51</v>
+        <v>99.45</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F225" s="3">
-        <v>0</v>
+        <v>3800</v>
       </c>
       <c r="G225" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H225" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A226" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I226" s="2"/>
+      <c r="A226" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B226" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="C226" s="3">
+        <v>117.15</v>
+      </c>
+      <c r="D226" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F226" s="3">
+        <v>1000</v>
+      </c>
+      <c r="G226" s="3">
+        <v>200</v>
+      </c>
+      <c r="H226" s="3">
+        <v>200</v>
+      </c>
+      <c r="I226" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A227" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A227" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="B227" s="2"/>
+      <c r="C227" s="2"/>
+      <c r="D227" s="2"/>
+      <c r="E227" s="2"/>
+      <c r="F227" s="2"/>
+      <c r="G227" s="2"/>
+      <c r="H227" s="2"/>
+      <c r="I227" s="2"/>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>427</v>
+        <v>437</v>
       </c>
       <c r="C228" s="3">
-        <v>54.41</v>
+        <v>95.77</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F228" s="3">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="G228" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H228" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
       <c r="C229" s="3">
-        <v>53.57</v>
+        <v>135.75</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F229" s="3">
-        <v>185</v>
+        <v>0</v>
       </c>
       <c r="G229" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H229" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>431</v>
+        <v>441</v>
       </c>
       <c r="C230" s="3">
-        <v>54.41</v>
+        <v>85.14</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F230" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G230" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H230" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
       <c r="C231" s="3">
-        <v>53.57</v>
+        <v>92.6</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F231" s="3">
         <v>0</v>
       </c>
       <c r="G231" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H231" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>434</v>
+        <v>444</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>435</v>
+        <v>445</v>
       </c>
       <c r="C232" s="3">
-        <v>25.29</v>
+        <v>59.07</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F232" s="3">
-        <v>550</v>
+        <v>0</v>
       </c>
       <c r="G232" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H232" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>436</v>
+        <v>446</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>437</v>
+        <v>447</v>
       </c>
       <c r="C233" s="3">
-        <v>54.41</v>
+        <v>74.73</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F233" s="3">
-        <v>195</v>
+        <v>0</v>
       </c>
       <c r="G233" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H233" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>439</v>
+        <v>449</v>
       </c>
       <c r="C234" s="3">
-        <v>54.41</v>
+        <v>56.16</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F234" s="3">
-        <v>125</v>
+        <v>0</v>
       </c>
       <c r="G234" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H234" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="C235" s="3">
-        <v>53.57</v>
+        <v>68.43</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F235" s="3">
         <v>0</v>
       </c>
       <c r="G235" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H235" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="C236" s="3">
-        <v>60.06</v>
+        <v>114.09</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F236" s="3">
-        <v>185</v>
+        <v>0</v>
       </c>
       <c r="G236" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H236" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A237" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I237" s="2"/>
+      <c r="A237" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="B237" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="C237" s="3">
+        <v>128.91</v>
+      </c>
+      <c r="D237" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F237" s="3">
+        <v>0</v>
+      </c>
+      <c r="G237" s="3">
+        <v>200</v>
+      </c>
+      <c r="H237" s="3">
+        <v>200</v>
+      </c>
+      <c r="I237" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>445</v>
+        <v>456</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>446</v>
+        <v>457</v>
       </c>
       <c r="C238" s="3">
-        <v>54.41</v>
+        <v>94.96</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F238" s="3">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="G238" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H238" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>447</v>
+        <v>458</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>448</v>
+        <v>459</v>
       </c>
       <c r="C239" s="3">
-        <v>31.48</v>
+        <v>128.07</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F239" s="3">
-        <v>1025</v>
+        <v>0</v>
       </c>
       <c r="G239" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H239" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>449</v>
+        <v>460</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>450</v>
+        <v>461</v>
       </c>
       <c r="C240" s="3">
-        <v>27.83</v>
+        <v>103.81</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F240" s="3">
-        <v>1970</v>
+        <v>0</v>
       </c>
       <c r="G240" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H240" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A241" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A241" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="B241" s="2"/>
+      <c r="C241" s="2"/>
+      <c r="D241" s="2"/>
+      <c r="E241" s="2"/>
+      <c r="F241" s="2"/>
+      <c r="G241" s="2"/>
+      <c r="H241" s="2"/>
+      <c r="I241" s="2"/>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>453</v>
+        <v>463</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
       <c r="C242" s="3">
-        <v>54.41</v>
+        <v>96.39</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F242" s="3">
-        <v>31</v>
+        <v>4000</v>
       </c>
       <c r="G242" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H242" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>455</v>
+        <v>465</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="C243" s="3">
-        <v>54.41</v>
+        <v>75.32</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F243" s="3">
-        <v>335</v>
+        <v>1600</v>
       </c>
       <c r="G243" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H243" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>457</v>
+        <v>467</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="C244" s="3">
-        <v>34.98</v>
+        <v>47.97</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F244" s="3">
-        <v>0</v>
+        <v>9800</v>
       </c>
       <c r="G244" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H244" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="C245" s="3">
-        <v>45.15</v>
+        <v>132.45</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F245" s="3">
-        <v>1320</v>
+        <v>2200</v>
       </c>
       <c r="G245" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H245" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
       <c r="C246" s="3">
-        <v>34.98</v>
+        <v>52.55</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F246" s="3">
-        <v>715</v>
+        <v>5400</v>
       </c>
       <c r="G246" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H246" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>463</v>
+        <v>473</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>464</v>
+        <v>474</v>
       </c>
       <c r="C247" s="3">
-        <v>34.98</v>
+        <v>100.85</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F247" s="3">
-        <v>90</v>
+        <v>1800</v>
       </c>
       <c r="G247" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H247" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>465</v>
+        <v>475</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>466</v>
+        <v>476</v>
       </c>
       <c r="C248" s="3">
-        <v>24.06</v>
+        <v>142.34</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F248" s="3">
-        <v>3699</v>
+        <v>1200</v>
       </c>
       <c r="G248" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H248" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>467</v>
+        <v>477</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>468</v>
+        <v>478</v>
       </c>
       <c r="C249" s="3">
-        <v>28.33</v>
+        <v>108.5</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F249" s="3">
-        <v>2445</v>
+        <v>200</v>
       </c>
       <c r="G249" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="H249" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>469</v>
+        <v>479</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="C250" s="3">
-        <v>30.92</v>
+        <v>79.6</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F250" s="3">
-        <v>2015</v>
+        <v>4200</v>
       </c>
       <c r="G250" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="H250" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="C251" s="3">
-        <v>54.41</v>
+        <v>103.95</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F251" s="3">
-        <v>165</v>
+        <v>3600</v>
       </c>
       <c r="G251" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H251" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A252" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I252" s="2"/>
+      <c r="A252" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="B252" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="C252" s="3">
+        <v>86.85</v>
+      </c>
+      <c r="D252" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F252" s="3">
+        <v>7600</v>
+      </c>
+      <c r="G252" s="3">
+        <v>200</v>
+      </c>
+      <c r="H252" s="3">
+        <v>200</v>
+      </c>
+      <c r="I252" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>474</v>
+        <v>485</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>475</v>
+        <v>486</v>
       </c>
       <c r="C253" s="3">
-        <v>25.29</v>
+        <v>115.07</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="F253" s="3">
-        <v>35</v>
+        <v>2000</v>
       </c>
       <c r="G253" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="H253" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A254" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A254" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B254" s="2"/>
+      <c r="C254" s="2"/>
+      <c r="D254" s="2"/>
+      <c r="E254" s="2"/>
+      <c r="F254" s="2"/>
+      <c r="G254" s="2"/>
+      <c r="H254" s="2"/>
+      <c r="I254" s="2"/>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="2" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="B255" s="2"/>
       <c r="C255" s="2"/>
       <c r="D255" s="2"/>
       <c r="E255" s="2"/>
       <c r="F255" s="2"/>
       <c r="G255" s="2"/>
       <c r="H255" s="2"/>
       <c r="I255" s="2"/>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A256" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A256" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B256" s="2"/>
+      <c r="C256" s="2"/>
+      <c r="D256" s="2"/>
+      <c r="E256" s="2"/>
+      <c r="F256" s="2"/>
+      <c r="G256" s="2"/>
+      <c r="H256" s="2"/>
+      <c r="I256" s="2"/>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="C257" s="3">
-        <v>45.15</v>
+        <v>14666.36</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F257" s="3">
-        <v>1263</v>
+        <v>1</v>
       </c>
       <c r="G257" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>100</v>
+        <v>28</v>
       </c>
       <c r="I257" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="C258" s="3">
-        <v>54.41</v>
+        <v>20974.54</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F258" s="3">
+        <v>2</v>
+      </c>
+      <c r="G258" s="3">
+        <v>1</v>
+      </c>
+      <c r="H258" s="3">
         <v>16</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="C259" s="3">
-        <v>39.92</v>
+        <v>11288.23</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F259" s="3">
-        <v>1195</v>
+        <v>0</v>
       </c>
       <c r="G259" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>100</v>
+        <v>28</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="C260" s="3">
-        <v>33.44</v>
+        <v>18562.33</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F260" s="3">
+        <v>5</v>
+      </c>
+      <c r="G260" s="3">
+        <v>1</v>
+      </c>
+      <c r="H260" s="3">
         <v>16</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="C261" s="3">
-        <v>47.36</v>
+        <v>6836.05</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F261" s="3">
-        <v>2140</v>
+        <v>0</v>
       </c>
       <c r="G261" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="I261" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="C262" s="3">
-        <v>33.79</v>
+        <v>10978.82</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F262" s="3">
-        <v>2050</v>
+        <v>13</v>
       </c>
       <c r="G262" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>100</v>
+        <v>28</v>
       </c>
       <c r="I262" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
       <c r="C263" s="3">
-        <v>28.05</v>
+        <v>7002.04</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F263" s="3">
-        <v>1304</v>
+        <v>0</v>
       </c>
       <c r="G263" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>100</v>
+        <v>23</v>
       </c>
       <c r="I263" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A264" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I264" s="2"/>
+      <c r="A264" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="B264" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="C264" s="3">
+        <v>8169.44</v>
+      </c>
+      <c r="D264" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="F264" s="3">
+        <v>0</v>
+      </c>
+      <c r="G264" s="3">
+        <v>1</v>
+      </c>
+      <c r="H264" s="3">
+        <v>0</v>
+      </c>
+      <c r="I264" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>496</v>
+        <v>507</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>497</v>
+        <v>508</v>
       </c>
       <c r="C265" s="3">
-        <v>25.29</v>
+        <v>9977.75</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>16</v>
+        <v>506</v>
       </c>
       <c r="F265" s="3">
+        <v>2</v>
+      </c>
+      <c r="G265" s="3">
+        <v>1</v>
+      </c>
+      <c r="H265" s="3">
+        <v>1</v>
+      </c>
+      <c r="I265" s="3">
         <v>0</v>
       </c>
-      <c r="G265" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A266" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I266" s="2"/>
+      <c r="A266" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="B266" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="C266" s="3">
+        <v>8979.97</v>
+      </c>
+      <c r="D266" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="F266" s="3">
+        <v>11</v>
+      </c>
+      <c r="G266" s="3">
+        <v>1</v>
+      </c>
+      <c r="H266" s="3">
+        <v>1</v>
+      </c>
+      <c r="I266" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>499</v>
+        <v>511</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>500</v>
+        <v>512</v>
       </c>
       <c r="C267" s="3">
-        <v>36.04</v>
+        <v>6496.85</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>16</v>
+        <v>506</v>
       </c>
       <c r="F267" s="3">
+        <v>92</v>
+      </c>
+      <c r="G267" s="3">
+        <v>1</v>
+      </c>
+      <c r="H267" s="3">
+        <v>1</v>
+      </c>
+      <c r="I267" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>501</v>
+        <v>513</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>502</v>
+        <v>514</v>
       </c>
       <c r="C268" s="3">
-        <v>36.04</v>
+        <v>5955.52</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>16</v>
+        <v>506</v>
       </c>
       <c r="F268" s="3">
-        <v>475</v>
+        <v>0</v>
       </c>
       <c r="G268" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I268" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>503</v>
+        <v>515</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>504</v>
+        <v>516</v>
       </c>
       <c r="C269" s="3">
-        <v>36.04</v>
+        <v>16748.07</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F269" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G269" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>100</v>
+        <v>28</v>
       </c>
       <c r="I269" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A270" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A270" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="B270" s="2"/>
+      <c r="C270" s="2"/>
+      <c r="D270" s="2"/>
+      <c r="E270" s="2"/>
+      <c r="F270" s="2"/>
+      <c r="G270" s="2"/>
+      <c r="H270" s="2"/>
+      <c r="I270" s="2"/>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>507</v>
+        <v>518</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>508</v>
+        <v>519</v>
       </c>
       <c r="C271" s="3">
-        <v>42.78</v>
+        <v>6208.14</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F271" s="3">
-        <v>1730</v>
+        <v>20</v>
       </c>
       <c r="G271" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>509</v>
+        <v>520</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>510</v>
+        <v>521</v>
       </c>
       <c r="C272" s="3">
-        <v>53.01</v>
+        <v>5992.72</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F272" s="3">
-        <v>110</v>
+        <v>14</v>
       </c>
       <c r="G272" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A273" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I273" s="2"/>
+      <c r="A273" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="B273" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="C273" s="3">
+        <v>6308.13</v>
+      </c>
+      <c r="D273" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F273" s="3">
+        <v>27</v>
+      </c>
+      <c r="G273" s="3">
+        <v>1</v>
+      </c>
+      <c r="H273" s="3">
+        <v>20</v>
+      </c>
+      <c r="I273" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A274" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I274" s="2"/>
+      <c r="A274" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="B274" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="C274" s="3">
+        <v>6150.82</v>
+      </c>
+      <c r="D274" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F274" s="3">
+        <v>11</v>
+      </c>
+      <c r="G274" s="3">
+        <v>1</v>
+      </c>
+      <c r="H274" s="3">
+        <v>20</v>
+      </c>
+      <c r="I274" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A275" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A275" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="B275" s="2"/>
+      <c r="C275" s="2"/>
+      <c r="D275" s="2"/>
+      <c r="E275" s="2"/>
+      <c r="F275" s="2"/>
+      <c r="G275" s="2"/>
+      <c r="H275" s="2"/>
+      <c r="I275" s="2"/>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="C276" s="3">
-        <v>184.41</v>
+        <v>1179.83</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F276" s="3">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>517</v>
+        <v>529</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>518</v>
+        <v>530</v>
       </c>
       <c r="C277" s="3">
-        <v>173.11</v>
+        <v>1080.56</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F277" s="3">
         <v>0</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A278" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I278" s="2"/>
+      <c r="A278" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="B278" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="C278" s="3">
+        <v>1017</v>
+      </c>
+      <c r="D278" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F278" s="3">
+        <v>0</v>
+      </c>
+      <c r="G278" s="3">
+        <v>1</v>
+      </c>
+      <c r="H278" s="3">
+        <v>32</v>
+      </c>
+      <c r="I278" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>520</v>
+        <v>533</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>521</v>
+        <v>534</v>
       </c>
       <c r="C279" s="3">
-        <v>173.11</v>
+        <v>1080.56</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F279" s="3">
         <v>0</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A280" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I280" s="2"/>
+      <c r="A280" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="B280" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="C280" s="3">
+        <v>1080.56</v>
+      </c>
+      <c r="D280" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F280" s="3">
+        <v>0</v>
+      </c>
+      <c r="G280" s="3">
+        <v>1</v>
+      </c>
+      <c r="H280" s="3">
+        <v>32</v>
+      </c>
+      <c r="I280" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>523</v>
+        <v>537</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>524</v>
+        <v>538</v>
       </c>
       <c r="C281" s="3">
-        <v>184.41</v>
+        <v>813.49</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F281" s="3">
         <v>0</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="I281" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A282" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I282" s="2"/>
+      <c r="A282" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="B282" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="C282" s="3">
+        <v>953.44</v>
+      </c>
+      <c r="D282" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F282" s="3">
+        <v>0</v>
+      </c>
+      <c r="G282" s="3">
+        <v>1</v>
+      </c>
+      <c r="H282" s="3">
+        <v>32</v>
+      </c>
+      <c r="I282" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A283" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A283" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="B283" s="2"/>
+      <c r="C283" s="2"/>
+      <c r="D283" s="2"/>
+      <c r="E283" s="2"/>
+      <c r="F283" s="2"/>
+      <c r="G283" s="2"/>
+      <c r="H283" s="2"/>
+      <c r="I283" s="2"/>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>529</v>
+        <v>543</v>
       </c>
       <c r="C284" s="3">
-        <v>122.95</v>
+        <v>1546.6</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F284" s="3">
-        <v>3</v>
+        <v>503</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>530</v>
+        <v>544</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>531</v>
+        <v>545</v>
       </c>
       <c r="C285" s="3">
-        <v>184.41</v>
+        <v>55.59</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F285" s="3">
-        <v>9</v>
+        <v>202</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>532</v>
+        <v>546</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>533</v>
+        <v>547</v>
       </c>
       <c r="C286" s="3">
-        <v>184.41</v>
+        <v>149.33</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F286" s="3">
-        <v>1</v>
+        <v>3200</v>
       </c>
       <c r="G286" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H286" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>534</v>
+        <v>548</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>535</v>
+        <v>549</v>
       </c>
       <c r="C287" s="3">
-        <v>122.95</v>
+        <v>258.54</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F287" s="3">
-        <v>3</v>
+        <v>119</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>536</v>
+        <v>550</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>537</v>
+        <v>551</v>
       </c>
       <c r="C288" s="3">
-        <v>122.95</v>
+        <v>180.34</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F288" s="3">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>10</v>
+        <v>3750</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>538</v>
+        <v>552</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>539</v>
+        <v>553</v>
       </c>
       <c r="C289" s="3">
-        <v>173.11</v>
+        <v>71.1</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F289" s="3">
-        <v>130</v>
+        <v>472</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I289" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>540</v>
+        <v>554</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="C290" s="3">
-        <v>122.95</v>
+        <v>55.04</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F290" s="3">
         <v>0</v>
       </c>
       <c r="G290" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H290" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I290" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A291" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I291" s="2"/>
+      <c r="A291" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="B291" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="C291" s="3">
+        <v>80.02</v>
+      </c>
+      <c r="D291" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F291" s="3">
+        <v>500</v>
+      </c>
+      <c r="G291" s="3">
+        <v>1</v>
+      </c>
+      <c r="H291" s="3">
+        <v>250</v>
+      </c>
+      <c r="I291" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>543</v>
+        <v>558</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>544</v>
+        <v>559</v>
       </c>
       <c r="C292" s="3">
-        <v>166.1</v>
+        <v>41.4</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F292" s="3">
-        <v>0</v>
+        <v>15150</v>
       </c>
       <c r="G292" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H292" s="3">
-        <v>50</v>
+        <v>3750</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>545</v>
+        <v>560</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>546</v>
+        <v>561</v>
       </c>
       <c r="C293" s="3">
-        <v>97.83</v>
+        <v>47.15</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F293" s="3">
-        <v>15</v>
+        <v>40500</v>
       </c>
       <c r="G293" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H293" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
       <c r="C294" s="3">
-        <v>173.11</v>
+        <v>73.51</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F294" s="3">
-        <v>0</v>
+        <v>3000</v>
       </c>
       <c r="G294" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H294" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>549</v>
+        <v>564</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>550</v>
+        <v>565</v>
       </c>
       <c r="C295" s="3">
-        <v>191.49</v>
+        <v>32.9</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F295" s="3">
-        <v>0</v>
+        <v>36100</v>
       </c>
       <c r="G295" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H295" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>551</v>
+        <v>566</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>552</v>
+        <v>567</v>
       </c>
       <c r="C296" s="3">
-        <v>191.49</v>
+        <v>57.61</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F296" s="3">
-        <v>0</v>
+        <v>929</v>
       </c>
       <c r="G296" s="3">
         <v>1</v>
       </c>
       <c r="H296" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>553</v>
+        <v>568</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>554</v>
+        <v>569</v>
       </c>
       <c r="C297" s="3">
-        <v>297.3</v>
+        <v>91.32</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F297" s="3">
-        <v>2</v>
+        <v>409</v>
       </c>
       <c r="G297" s="3">
         <v>1</v>
       </c>
       <c r="H297" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A298" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I298" s="2"/>
+      <c r="A298" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="B298" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="C298" s="3">
+        <v>109.11</v>
+      </c>
+      <c r="D298" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F298" s="3">
+        <v>400</v>
+      </c>
+      <c r="G298" s="3">
+        <v>50</v>
+      </c>
+      <c r="H298" s="3">
+        <v>3750</v>
+      </c>
+      <c r="I298" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>556</v>
+        <v>572</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>557</v>
+        <v>573</v>
       </c>
       <c r="C299" s="3">
-        <v>184.41</v>
+        <v>60.76</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F299" s="3">
-        <v>27</v>
+        <v>20750</v>
       </c>
       <c r="G299" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H299" s="3">
-        <v>10</v>
+        <v>3750</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A300" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A300" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="B300" s="2"/>
+      <c r="C300" s="2"/>
+      <c r="D300" s="2"/>
+      <c r="E300" s="2"/>
+      <c r="F300" s="2"/>
+      <c r="G300" s="2"/>
+      <c r="H300" s="2"/>
+      <c r="I300" s="2"/>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>560</v>
+        <v>575</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>561</v>
+        <v>576</v>
       </c>
       <c r="C301" s="3">
-        <v>50.18</v>
+        <v>1258.16</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="F301" s="3">
+        <v>55</v>
+      </c>
+      <c r="G301" s="3">
+        <v>1</v>
+      </c>
+      <c r="H301" s="3">
+        <v>10</v>
+      </c>
+      <c r="I301" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="302" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A302" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="B302" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="C302" s="3">
+        <v>3519.91</v>
+      </c>
+      <c r="D302" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F302" s="3">
         <v>0</v>
       </c>
-      <c r="G301" s="3">
-[...20 lines deleted...]
-      <c r="I302" s="2"/>
+      <c r="G302" s="3">
+        <v>1</v>
+      </c>
+      <c r="H302" s="3">
+        <v>10</v>
+      </c>
+      <c r="I302" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A303" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I303" s="2"/>
+      <c r="A303" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="B303" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="C303" s="3">
+        <v>1595.25</v>
+      </c>
+      <c r="D303" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F303" s="3">
+        <v>54</v>
+      </c>
+      <c r="G303" s="3">
+        <v>1</v>
+      </c>
+      <c r="H303" s="3">
+        <v>10</v>
+      </c>
+      <c r="I303" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A304" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I304" s="2"/>
+      <c r="A304" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="B304" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="C304" s="3">
+        <v>2484.22</v>
+      </c>
+      <c r="D304" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F304" s="3">
+        <v>0</v>
+      </c>
+      <c r="G304" s="3">
+        <v>1</v>
+      </c>
+      <c r="H304" s="3">
+        <v>10</v>
+      </c>
+      <c r="I304" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A305" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A305" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="B305" s="2"/>
+      <c r="C305" s="2"/>
+      <c r="D305" s="2"/>
+      <c r="E305" s="2"/>
+      <c r="F305" s="2"/>
+      <c r="G305" s="2"/>
+      <c r="H305" s="2"/>
+      <c r="I305" s="2"/>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
-        <v>568</v>
+        <v>584</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>569</v>
+        <v>585</v>
       </c>
       <c r="C306" s="3">
-        <v>13.11</v>
+        <v>3877.23</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F306" s="3">
-        <v>14000</v>
+        <v>2</v>
       </c>
       <c r="G306" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H306" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
-        <v>570</v>
+        <v>586</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>571</v>
+        <v>587</v>
       </c>
       <c r="C307" s="3">
-        <v>72.08</v>
+        <v>6150.82</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F307" s="3">
-        <v>4000</v>
+        <v>1</v>
       </c>
       <c r="G307" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H307" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>572</v>
+        <v>588</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>573</v>
+        <v>589</v>
       </c>
       <c r="C308" s="3">
-        <v>17.73</v>
+        <v>13755.23</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F308" s="3">
-        <v>8200</v>
+        <v>1</v>
       </c>
       <c r="G308" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A309" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A309" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="B309" s="2"/>
+      <c r="C309" s="2"/>
+      <c r="D309" s="2"/>
+      <c r="E309" s="2"/>
+      <c r="F309" s="2"/>
+      <c r="G309" s="2"/>
+      <c r="H309" s="2"/>
+      <c r="I309" s="2"/>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>576</v>
+        <v>591</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>577</v>
+        <v>592</v>
       </c>
       <c r="C310" s="3">
-        <v>60.24</v>
+        <v>2636.25</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>567</v>
+        <v>506</v>
       </c>
       <c r="F310" s="3">
-        <v>11800</v>
+        <v>85</v>
       </c>
       <c r="G310" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H310" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I310" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>578</v>
+        <v>593</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>579</v>
+        <v>594</v>
       </c>
       <c r="C311" s="3">
-        <v>23.81</v>
+        <v>2018.6</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F311" s="3">
-        <v>28000</v>
+        <v>0</v>
       </c>
       <c r="G311" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H311" s="3">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>580</v>
+        <v>595</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>581</v>
+        <v>596</v>
       </c>
       <c r="C312" s="3">
-        <v>49.47</v>
+        <v>2100.4</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>567</v>
+        <v>506</v>
       </c>
       <c r="F312" s="3">
-        <v>5600</v>
+        <v>0</v>
       </c>
       <c r="G312" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H312" s="3">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="I312" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>583</v>
+        <v>598</v>
       </c>
       <c r="C313" s="3">
-        <v>60.67</v>
+        <v>859.65</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F313" s="3">
-        <v>4400</v>
+        <v>50</v>
       </c>
       <c r="G313" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>584</v>
+        <v>599</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="C314" s="3">
-        <v>84.51</v>
+        <v>1655.49</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F314" s="3">
-        <v>1600</v>
+        <v>325</v>
       </c>
       <c r="G314" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H314" s="3">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="I314" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>586</v>
+        <v>601</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
       <c r="C315" s="3">
-        <v>122.33</v>
+        <v>2275.7</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F315" s="3">
-        <v>2000</v>
+        <v>330</v>
       </c>
       <c r="G315" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A316" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A316" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="B316" s="2"/>
+      <c r="C316" s="2"/>
+      <c r="D316" s="2"/>
+      <c r="E316" s="2"/>
+      <c r="F316" s="2"/>
+      <c r="G316" s="2"/>
+      <c r="H316" s="2"/>
+      <c r="I316" s="2"/>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>590</v>
+        <v>604</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="C317" s="3">
-        <v>28.88</v>
+        <v>622.61</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F317" s="3">
-        <v>6800</v>
+        <v>0</v>
       </c>
       <c r="G317" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>592</v>
+        <v>606</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="C318" s="3">
-        <v>27.43</v>
+        <v>1123.4</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F318" s="3">
-        <v>2400</v>
+        <v>44</v>
       </c>
       <c r="G318" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A319" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A319" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="B319" s="2"/>
+      <c r="C319" s="2"/>
+      <c r="D319" s="2"/>
+      <c r="E319" s="2"/>
+      <c r="F319" s="2"/>
+      <c r="G319" s="2"/>
+      <c r="H319" s="2"/>
+      <c r="I319" s="2"/>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A320" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A320" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="B320" s="2"/>
+      <c r="C320" s="2"/>
+      <c r="D320" s="2"/>
+      <c r="E320" s="2"/>
+      <c r="F320" s="2"/>
+      <c r="G320" s="2"/>
+      <c r="H320" s="2"/>
+      <c r="I320" s="2"/>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>599</v>
+        <v>611</v>
       </c>
       <c r="C321" s="3">
-        <v>13.88</v>
+        <v>381.3</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F321" s="3">
-        <v>600</v>
+        <v>442</v>
       </c>
       <c r="G321" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>600</v>
+        <v>612</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>601</v>
+        <v>613</v>
       </c>
       <c r="C322" s="3">
-        <v>19.43</v>
+        <v>5782.23</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F322" s="3">
         <v>0</v>
       </c>
       <c r="G322" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I322" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>602</v>
+        <v>614</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>603</v>
+        <v>615</v>
       </c>
       <c r="C323" s="3">
-        <v>54.77</v>
+        <v>746.69</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F323" s="3">
-        <v>0</v>
+        <v>228</v>
       </c>
       <c r="G323" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H323" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I323" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A324" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I324" s="2"/>
+      <c r="A324" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="B324" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="C324" s="3">
+        <v>16719.28</v>
+      </c>
+      <c r="D324" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F324" s="3">
+        <v>6</v>
+      </c>
+      <c r="G324" s="3">
+        <v>1</v>
+      </c>
+      <c r="H324" s="3">
+        <v>1</v>
+      </c>
+      <c r="I324" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A325" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A325" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="B325" s="2"/>
+      <c r="C325" s="2"/>
+      <c r="D325" s="2"/>
+      <c r="E325" s="2"/>
+      <c r="F325" s="2"/>
+      <c r="G325" s="2"/>
+      <c r="H325" s="2"/>
+      <c r="I325" s="2"/>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>607</v>
+        <v>619</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>608</v>
+        <v>620</v>
       </c>
       <c r="C326" s="3">
-        <v>25.34</v>
+        <v>1711</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>567</v>
+        <v>621</v>
       </c>
       <c r="F326" s="3">
-        <v>9600</v>
+        <v>0</v>
       </c>
       <c r="G326" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I326" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>609</v>
+        <v>622</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>610</v>
+        <v>623</v>
       </c>
       <c r="C327" s="3">
-        <v>17.28</v>
+        <v>2527.23</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F327" s="3">
-        <v>0</v>
+        <v>1230</v>
       </c>
       <c r="G327" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H327" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>611</v>
+        <v>624</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>612</v>
+        <v>625</v>
       </c>
       <c r="C328" s="3">
-        <v>57.18</v>
+        <v>1641.7</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F328" s="3">
-        <v>2200</v>
+        <v>187</v>
       </c>
       <c r="G328" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H328" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I328" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A329" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A329" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="B329" s="2"/>
+      <c r="C329" s="2"/>
+      <c r="D329" s="2"/>
+      <c r="E329" s="2"/>
+      <c r="F329" s="2"/>
+      <c r="G329" s="2"/>
+      <c r="H329" s="2"/>
+      <c r="I329" s="2"/>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A330" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A330" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="B330" s="2"/>
+      <c r="C330" s="2"/>
+      <c r="D330" s="2"/>
+      <c r="E330" s="2"/>
+      <c r="F330" s="2"/>
+      <c r="G330" s="2"/>
+      <c r="H330" s="2"/>
+      <c r="I330" s="2"/>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A331" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A331" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="B331" s="2"/>
+      <c r="C331" s="2"/>
+      <c r="D331" s="2"/>
+      <c r="E331" s="2"/>
+      <c r="F331" s="2"/>
+      <c r="G331" s="2"/>
+      <c r="H331" s="2"/>
+      <c r="I331" s="2"/>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="C332" s="3">
-        <v>88.92</v>
+        <v>43.82</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F332" s="3">
+        <v>280</v>
+      </c>
+      <c r="G332" s="3">
+        <v>5</v>
+      </c>
+      <c r="H332" s="3">
+        <v>100</v>
+      </c>
+      <c r="I332" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="333" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A333" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="B333" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="C333" s="3">
+        <v>55.33</v>
+      </c>
+      <c r="D333" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E333" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F333" s="3">
         <v>0</v>
       </c>
-      <c r="G332" s="3">
-[...20 lines deleted...]
-      <c r="I333" s="2"/>
+      <c r="G333" s="3">
+        <v>5</v>
+      </c>
+      <c r="H333" s="3">
+        <v>100</v>
+      </c>
+      <c r="I333" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>622</v>
+        <v>633</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>623</v>
+        <v>634</v>
       </c>
       <c r="C334" s="3">
-        <v>21.42</v>
+        <v>25.72</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F334" s="3">
-        <v>200</v>
+        <v>7640</v>
       </c>
       <c r="G334" s="3">
-        <v>500</v>
+        <v>5</v>
       </c>
       <c r="H334" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I334" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>624</v>
+        <v>635</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>625</v>
+        <v>636</v>
       </c>
       <c r="C335" s="3">
-        <v>26.62</v>
+        <v>25.72</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F335" s="3">
-        <v>12600</v>
+        <v>195</v>
       </c>
       <c r="G335" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H335" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I335" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
-        <v>626</v>
+        <v>637</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>627</v>
+        <v>638</v>
       </c>
       <c r="C336" s="3">
-        <v>140.32</v>
+        <v>55.33</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F336" s="3">
-        <v>200</v>
+        <v>650</v>
       </c>
       <c r="G336" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H336" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I336" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>628</v>
+        <v>639</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>629</v>
+        <v>640</v>
       </c>
       <c r="C337" s="3">
-        <v>18.2</v>
+        <v>55.33</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F337" s="3">
-        <v>0</v>
+        <v>285</v>
       </c>
       <c r="G337" s="3">
-        <v>500</v>
+        <v>5</v>
       </c>
       <c r="H337" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I337" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
-        <v>630</v>
+        <v>641</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>631</v>
+        <v>642</v>
       </c>
       <c r="C338" s="3">
-        <v>14.5</v>
+        <v>25.72</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F338" s="3">
-        <v>67500</v>
+        <v>2275</v>
       </c>
       <c r="G338" s="3">
-        <v>500</v>
+        <v>5</v>
       </c>
       <c r="H338" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I338" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
-        <v>632</v>
+        <v>643</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>633</v>
+        <v>644</v>
       </c>
       <c r="C339" s="3">
-        <v>44.67</v>
+        <v>36.65</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F339" s="3">
-        <v>4000</v>
+        <v>1105</v>
       </c>
       <c r="G339" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H339" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I339" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A340" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A340" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="B340" s="2"/>
+      <c r="C340" s="2"/>
+      <c r="D340" s="2"/>
+      <c r="E340" s="2"/>
+      <c r="F340" s="2"/>
+      <c r="G340" s="2"/>
+      <c r="H340" s="2"/>
+      <c r="I340" s="2"/>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="C341" s="3">
-        <v>56.88</v>
+        <v>55.33</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F341" s="3">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="G341" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H341" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I341" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
       <c r="C342" s="3">
-        <v>71.77</v>
+        <v>55.33</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F342" s="3">
-        <v>0</v>
+        <v>390</v>
       </c>
       <c r="G342" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H342" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I342" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A343" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I343" s="2"/>
+      <c r="A343" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="B343" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="C343" s="3">
+        <v>55.33</v>
+      </c>
+      <c r="D343" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E343" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F343" s="3">
+        <v>170</v>
+      </c>
+      <c r="G343" s="3">
+        <v>5</v>
+      </c>
+      <c r="H343" s="3">
+        <v>100</v>
+      </c>
+      <c r="I343" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A344" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I344" s="2"/>
+      <c r="A344" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="B344" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="C344" s="3">
+        <v>54.48</v>
+      </c>
+      <c r="D344" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E344" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F344" s="3">
+        <v>200</v>
+      </c>
+      <c r="G344" s="3">
+        <v>5</v>
+      </c>
+      <c r="H344" s="3">
+        <v>100</v>
+      </c>
+      <c r="I344" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
-        <v>642</v>
+        <v>654</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>643</v>
+        <v>655</v>
       </c>
       <c r="C345" s="3">
-        <v>88.3</v>
+        <v>55.33</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F345" s="3">
-        <v>1200</v>
+        <v>255</v>
       </c>
       <c r="G345" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H345" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I345" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>645</v>
+        <v>657</v>
       </c>
       <c r="C346" s="3">
-        <v>65.08</v>
+        <v>54.48</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F346" s="3">
-        <v>2200</v>
+        <v>0</v>
       </c>
       <c r="G346" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H346" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I346" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
-        <v>646</v>
+        <v>658</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>647</v>
+        <v>659</v>
       </c>
       <c r="C347" s="3">
-        <v>40.55</v>
+        <v>54.48</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F347" s="3">
-        <v>2800</v>
+        <v>0</v>
       </c>
       <c r="G347" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H347" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I347" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
-        <v>648</v>
+        <v>660</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>649</v>
+        <v>661</v>
       </c>
       <c r="C348" s="3">
-        <v>71.8</v>
+        <v>25.72</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F348" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G348" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H348" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I348" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
-        <v>650</v>
+        <v>662</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>651</v>
+        <v>663</v>
       </c>
       <c r="C349" s="3">
-        <v>102.75</v>
+        <v>61.08</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F349" s="3">
-        <v>4200</v>
+        <v>185</v>
       </c>
       <c r="G349" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H349" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I349" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A350" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A350" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="B350" s="2"/>
+      <c r="C350" s="2"/>
+      <c r="D350" s="2"/>
+      <c r="E350" s="2"/>
+      <c r="F350" s="2"/>
+      <c r="G350" s="2"/>
+      <c r="H350" s="2"/>
+      <c r="I350" s="2"/>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>654</v>
+        <v>665</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>655</v>
+        <v>666</v>
       </c>
       <c r="C351" s="3">
-        <v>62.16</v>
+        <v>55.33</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F351" s="3">
-        <v>1400</v>
+        <v>970</v>
       </c>
       <c r="G351" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H351" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I351" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
-        <v>656</v>
+        <v>667</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>657</v>
+        <v>668</v>
       </c>
       <c r="C352" s="3">
-        <v>53.64</v>
+        <v>25.47</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F352" s="3">
-        <v>9400</v>
+        <v>1970</v>
       </c>
       <c r="G352" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H352" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I352" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
-        <v>658</v>
+        <v>669</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="C353" s="3">
-        <v>130.25</v>
+        <v>43.62</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F353" s="3">
-        <v>600</v>
+        <v>1240</v>
       </c>
       <c r="G353" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H353" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I353" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
-        <v>660</v>
+        <v>671</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="C354" s="3">
-        <v>87.36</v>
+        <v>35.57</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F354" s="3">
-        <v>3000</v>
+        <v>535</v>
       </c>
       <c r="G354" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H354" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I354" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>663</v>
+        <v>674</v>
       </c>
       <c r="C355" s="3">
-        <v>96.71</v>
+        <v>35.57</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F355" s="3">
-        <v>5600</v>
+        <v>0</v>
       </c>
       <c r="G355" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H355" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I355" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
-        <v>664</v>
+        <v>675</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>665</v>
+        <v>676</v>
       </c>
       <c r="C356" s="3">
-        <v>172.36</v>
+        <v>35.57</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F356" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G356" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H356" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I356" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
-        <v>666</v>
+        <v>677</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>667</v>
+        <v>678</v>
       </c>
       <c r="C357" s="3">
-        <v>69.6</v>
+        <v>32.02</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F357" s="3">
-        <v>2800</v>
+        <v>995</v>
       </c>
       <c r="G357" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H357" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I357" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
-        <v>668</v>
+        <v>679</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>669</v>
+        <v>680</v>
       </c>
       <c r="C358" s="3">
-        <v>34.41</v>
+        <v>25.93</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F358" s="3">
-        <v>1400</v>
+        <v>2255</v>
       </c>
       <c r="G358" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="H358" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I358" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>671</v>
+        <v>682</v>
       </c>
       <c r="C359" s="3">
-        <v>181.16</v>
+        <v>55.33</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F359" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G359" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="H359" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I359" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A360" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I360" s="2"/>
+      <c r="A360" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="B360" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="C360" s="3">
+        <v>55.33</v>
+      </c>
+      <c r="D360" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F360" s="3">
+        <v>110</v>
+      </c>
+      <c r="G360" s="3">
+        <v>5</v>
+      </c>
+      <c r="H360" s="3">
+        <v>100</v>
+      </c>
+      <c r="I360" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
-        <v>673</v>
+        <v>685</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>674</v>
+        <v>686</v>
       </c>
       <c r="C361" s="3">
-        <v>117.29</v>
+        <v>55.33</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F361" s="3">
-        <v>2400</v>
+        <v>5</v>
       </c>
       <c r="G361" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H361" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I361" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>676</v>
+        <v>688</v>
       </c>
       <c r="C362" s="3">
-        <v>63.44</v>
+        <v>55.33</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F362" s="3">
-        <v>7000</v>
+        <v>0</v>
       </c>
       <c r="G362" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H362" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I362" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
-        <v>677</v>
+        <v>689</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>678</v>
+        <v>690</v>
       </c>
       <c r="C363" s="3">
-        <v>92.7</v>
+        <v>31.45</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F363" s="3">
-        <v>0</v>
+        <v>1925</v>
       </c>
       <c r="G363" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="H363" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I363" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
-        <v>679</v>
+        <v>691</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="C364" s="3">
-        <v>107.08</v>
+        <v>22.02</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F364" s="3">
-        <v>3200</v>
+        <v>3669</v>
       </c>
       <c r="G364" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H364" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I364" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A365" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A365" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="B365" s="2"/>
+      <c r="C365" s="2"/>
+      <c r="D365" s="2"/>
+      <c r="E365" s="2"/>
+      <c r="F365" s="2"/>
+      <c r="G365" s="2"/>
+      <c r="H365" s="2"/>
+      <c r="I365" s="2"/>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
-        <v>683</v>
+        <v>694</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>684</v>
+        <v>695</v>
       </c>
       <c r="C366" s="3">
-        <v>76.99</v>
+        <v>44.25</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F366" s="3">
-        <v>400</v>
+        <v>550</v>
       </c>
       <c r="G366" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="H366" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I366" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
-        <v>685</v>
+        <v>696</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>686</v>
+        <v>697</v>
       </c>
       <c r="C367" s="3">
-        <v>45.89</v>
+        <v>49.8</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F367" s="3">
-        <v>2600</v>
+        <v>420</v>
       </c>
       <c r="G367" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H367" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I367" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
-        <v>687</v>
+        <v>698</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>688</v>
+        <v>699</v>
       </c>
       <c r="C368" s="3">
-        <v>40.59</v>
+        <v>44.25</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F368" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G368" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H368" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I368" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A369" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A369" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="B369" s="2"/>
+      <c r="C369" s="2"/>
+      <c r="D369" s="2"/>
+      <c r="E369" s="2"/>
+      <c r="F369" s="2"/>
+      <c r="G369" s="2"/>
+      <c r="H369" s="2"/>
+      <c r="I369" s="2"/>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="C370" s="3">
-        <v>79.37</v>
+        <v>25.72</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F370" s="3">
         <v>0</v>
       </c>
       <c r="G370" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H370" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I370" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="C371" s="3">
-        <v>81</v>
+        <v>55.33</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F371" s="3">
-        <v>1200</v>
+        <v>140</v>
       </c>
       <c r="G371" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H371" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I371" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A372" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A372" s="2" t="s">
+        <v>705</v>
+      </c>
+      <c r="B372" s="2"/>
+      <c r="C372" s="2"/>
+      <c r="D372" s="2"/>
+      <c r="E372" s="2"/>
+      <c r="F372" s="2"/>
+      <c r="G372" s="2"/>
+      <c r="H372" s="2"/>
+      <c r="I372" s="2"/>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A373" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I373" s="2"/>
+      <c r="A373" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="B373" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C373" s="3">
+        <v>25.72</v>
+      </c>
+      <c r="D373" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F373" s="3">
+        <v>0</v>
+      </c>
+      <c r="G373" s="3">
+        <v>5</v>
+      </c>
+      <c r="H373" s="3">
+        <v>100</v>
+      </c>
+      <c r="I373" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="C374" s="3">
-        <v>39.85</v>
+        <v>55.33</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F374" s="3">
-        <v>1600</v>
+        <v>980</v>
       </c>
       <c r="G374" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H374" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I374" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="C375" s="3">
-        <v>57.41</v>
+        <v>43.62</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F375" s="3">
-        <v>2600</v>
+        <v>1233</v>
       </c>
       <c r="G375" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H375" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I375" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="C376" s="3">
-        <v>23.77</v>
+        <v>38.57</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F376" s="3">
-        <v>1800</v>
+        <v>1165</v>
       </c>
       <c r="G376" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H376" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I376" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="C377" s="3">
-        <v>110.21</v>
+        <v>30.61</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F377" s="3">
-        <v>0</v>
+        <v>1345</v>
       </c>
       <c r="G377" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H377" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I377" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="C378" s="3">
-        <v>27.71</v>
+        <v>48.17</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F378" s="3">
-        <v>200</v>
+        <v>3020</v>
       </c>
       <c r="G378" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="H378" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I378" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="C379" s="3">
-        <v>75.11</v>
+        <v>34.36</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F379" s="3">
-        <v>8200</v>
+        <v>90</v>
       </c>
       <c r="G379" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H379" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I379" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="C380" s="3">
-        <v>62.25</v>
+        <v>25.67</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F380" s="3">
-        <v>6200</v>
+        <v>1304</v>
       </c>
       <c r="G380" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H380" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I380" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A381" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A381" s="2" t="s">
+        <v>722</v>
+      </c>
+      <c r="B381" s="2"/>
+      <c r="C381" s="2"/>
+      <c r="D381" s="2"/>
+      <c r="E381" s="2"/>
+      <c r="F381" s="2"/>
+      <c r="G381" s="2"/>
+      <c r="H381" s="2"/>
+      <c r="I381" s="2"/>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
       <c r="C382" s="3">
-        <v>105.14</v>
+        <v>25.72</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F382" s="3">
-        <v>2200</v>
+        <v>995</v>
       </c>
       <c r="G382" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H382" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I382" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A383" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A383" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="B383" s="2"/>
+      <c r="C383" s="2"/>
+      <c r="D383" s="2"/>
+      <c r="E383" s="2"/>
+      <c r="F383" s="2"/>
+      <c r="G383" s="2"/>
+      <c r="H383" s="2"/>
+      <c r="I383" s="2"/>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>719</v>
+        <v>727</v>
       </c>
       <c r="C384" s="3">
-        <v>61.69</v>
+        <v>53.91</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F384" s="3">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="G384" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H384" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I384" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
-        <v>720</v>
+        <v>728</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>721</v>
+        <v>729</v>
       </c>
       <c r="C385" s="3">
-        <v>20.49</v>
+        <v>36.65</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F385" s="3">
-        <v>2000</v>
+        <v>660</v>
       </c>
       <c r="G385" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H385" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I385" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
-        <v>722</v>
+        <v>730</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>723</v>
+        <v>731</v>
       </c>
       <c r="C386" s="3">
-        <v>32.92</v>
+        <v>36.65</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F386" s="3">
-        <v>11200</v>
+        <v>185</v>
       </c>
       <c r="G386" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H386" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I386" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
-        <v>724</v>
+        <v>732</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="C387" s="3">
-        <v>41.63</v>
+        <v>36.65</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F387" s="3">
-        <v>4000</v>
+        <v>1045</v>
       </c>
       <c r="G387" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H387" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I387" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>727</v>
+        <v>735</v>
       </c>
       <c r="C388" s="3">
-        <v>36.69</v>
+        <v>39.16</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F388" s="3">
-        <v>4000</v>
+        <v>1630</v>
       </c>
       <c r="G388" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="H388" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I388" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A389" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A389" s="2" t="s">
+        <v>736</v>
+      </c>
+      <c r="B389" s="2"/>
+      <c r="C389" s="2"/>
+      <c r="D389" s="2"/>
+      <c r="E389" s="2"/>
+      <c r="F389" s="2"/>
+      <c r="G389" s="2"/>
+      <c r="H389" s="2"/>
+      <c r="I389" s="2"/>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A390" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A390" s="2" t="s">
+        <v>737</v>
+      </c>
+      <c r="B390" s="2"/>
+      <c r="C390" s="2"/>
+      <c r="D390" s="2"/>
+      <c r="E390" s="2"/>
+      <c r="F390" s="2"/>
+      <c r="G390" s="2"/>
+      <c r="H390" s="2"/>
+      <c r="I390" s="2"/>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="B391" s="3" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="C391" s="3">
-        <v>107.66</v>
+        <v>176.05</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F391" s="3">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="G391" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H391" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I391" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A392" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A392" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="B392" s="2"/>
+      <c r="C392" s="2"/>
+      <c r="D392" s="2"/>
+      <c r="E392" s="2"/>
+      <c r="F392" s="2"/>
+      <c r="G392" s="2"/>
+      <c r="H392" s="2"/>
+      <c r="I392" s="2"/>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A393" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I393" s="2"/>
+      <c r="A393" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="B393" s="3" t="s">
+        <v>742</v>
+      </c>
+      <c r="C393" s="3">
+        <v>176.05</v>
+      </c>
+      <c r="D393" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F393" s="3">
+        <v>377</v>
+      </c>
+      <c r="G393" s="3">
+        <v>1</v>
+      </c>
+      <c r="H393" s="3">
+        <v>10</v>
+      </c>
+      <c r="I393" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="C394" s="3">
-        <v>127.13</v>
+        <v>187.54</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F394" s="3">
-        <v>2000</v>
+        <v>287</v>
       </c>
       <c r="G394" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H394" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I394" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="C395" s="3">
-        <v>69.98</v>
+        <v>176.05</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F395" s="3">
         <v>0</v>
       </c>
       <c r="G395" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H395" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I395" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A396" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A396" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="B396" s="2"/>
+      <c r="C396" s="2"/>
+      <c r="D396" s="2"/>
+      <c r="E396" s="2"/>
+      <c r="F396" s="2"/>
+      <c r="G396" s="2"/>
+      <c r="H396" s="2"/>
+      <c r="I396" s="2"/>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="C397" s="3">
-        <v>106.84</v>
+        <v>125.04</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F397" s="3">
-        <v>2000</v>
+        <v>2</v>
       </c>
       <c r="G397" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H397" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I397" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="C398" s="3">
-        <v>64.08</v>
+        <v>187.54</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F398" s="3">
-        <v>200</v>
+        <v>3</v>
       </c>
       <c r="G398" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H398" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I398" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="C399" s="3">
-        <v>86.72</v>
+        <v>176.05</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F399" s="3">
         <v>0</v>
       </c>
       <c r="G399" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H399" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I399" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="C400" s="3">
-        <v>120.72</v>
+        <v>125.04</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F400" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G400" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H400" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I400" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="C401" s="3">
-        <v>119.93</v>
+        <v>125.04</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F401" s="3">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="G401" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H401" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I401" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="C402" s="3">
-        <v>79.73</v>
+        <v>125.04</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F402" s="3">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="G402" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H402" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I402" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="C403" s="3">
-        <v>55.32</v>
+        <v>187.54</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F403" s="3">
-        <v>4200</v>
+        <v>0</v>
       </c>
       <c r="G403" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H403" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I403" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A404" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A404" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="B404" s="2"/>
+      <c r="C404" s="2"/>
+      <c r="D404" s="2"/>
+      <c r="E404" s="2"/>
+      <c r="F404" s="2"/>
+      <c r="G404" s="2"/>
+      <c r="H404" s="2"/>
+      <c r="I404" s="2"/>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="C405" s="3">
-        <v>97.22</v>
+        <v>168.92</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F405" s="3">
-        <v>1400</v>
+        <v>249</v>
       </c>
       <c r="G405" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H405" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I405" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="C406" s="3">
-        <v>52.6</v>
+        <v>194.75</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F406" s="3">
-        <v>1400</v>
+        <v>209</v>
       </c>
       <c r="G406" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H406" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I406" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A407" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I407" s="2"/>
+      <c r="A407" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="B407" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="C407" s="3">
+        <v>99.49</v>
+      </c>
+      <c r="D407" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F407" s="3">
+        <v>10</v>
+      </c>
+      <c r="G407" s="3">
+        <v>1</v>
+      </c>
+      <c r="H407" s="3">
+        <v>100</v>
+      </c>
+      <c r="I407" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="C408" s="3">
-        <v>133.29</v>
+        <v>302.35</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F408" s="3">
-        <v>1200</v>
+        <v>1</v>
       </c>
       <c r="G408" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H408" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I408" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="C409" s="3">
-        <v>81.33</v>
+        <v>194.75</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F409" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G409" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H409" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I409" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="C410" s="3">
-        <v>99.14</v>
+        <v>176.05</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F410" s="3">
         <v>0</v>
       </c>
       <c r="G410" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H410" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I410" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A411" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A411" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="B411" s="2"/>
+      <c r="C411" s="2"/>
+      <c r="D411" s="2"/>
+      <c r="E411" s="2"/>
+      <c r="F411" s="2"/>
+      <c r="G411" s="2"/>
+      <c r="H411" s="2"/>
+      <c r="I411" s="2"/>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="C412" s="3">
-        <v>44.93</v>
+        <v>129.97</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F412" s="3">
-        <v>10000</v>
+        <v>73</v>
       </c>
       <c r="G412" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H412" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I412" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="C413" s="3">
-        <v>49.21</v>
+        <v>187.54</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F413" s="3">
-        <v>0</v>
+        <v>461</v>
       </c>
       <c r="G413" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H413" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I413" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="C414" s="3">
-        <v>74.54</v>
+        <v>51.03</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F414" s="3">
         <v>0</v>
       </c>
       <c r="G414" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H414" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I414" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A415" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A415" s="2" t="s">
+        <v>782</v>
+      </c>
+      <c r="B415" s="2"/>
+      <c r="C415" s="2"/>
+      <c r="D415" s="2"/>
+      <c r="E415" s="2"/>
+      <c r="F415" s="2"/>
+      <c r="G415" s="2"/>
+      <c r="H415" s="2"/>
+      <c r="I415" s="2"/>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="B416" s="3" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="C416" s="3">
-        <v>70.53</v>
+        <v>187.54</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>567</v>
+        <v>64</v>
       </c>
       <c r="F416" s="3">
-        <v>2800</v>
+        <v>0</v>
       </c>
       <c r="G416" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H416" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I416" s="3">
         <v>1</v>
       </c>
     </row>
-    <row r="417" spans="1:9" x14ac:dyDescent="0.25">
-[...356 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="65">
+  <mergeCells count="61">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:I5"/>
-    <mergeCell ref="A7:I7"/>
-[...1 lines deleted...]
-    <mergeCell ref="A10:I10"/>
     <mergeCell ref="A13:I13"/>
-    <mergeCell ref="A14:I14"/>
-[...1 lines deleted...]
-    <mergeCell ref="A17:I17"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A27:I27"/>
-    <mergeCell ref="A35:I35"/>
-[...5 lines deleted...]
-    <mergeCell ref="A81:I81"/>
+    <mergeCell ref="A30:I30"/>
+    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A50:I50"/>
+    <mergeCell ref="A72:I72"/>
+    <mergeCell ref="A74:I74"/>
+    <mergeCell ref="A79:I79"/>
+    <mergeCell ref="A84:I84"/>
+    <mergeCell ref="A89:I89"/>
+    <mergeCell ref="A100:I100"/>
     <mergeCell ref="A101:I101"/>
     <mergeCell ref="A103:I103"/>
-    <mergeCell ref="A114:I114"/>
-[...9 lines deleted...]
-    <mergeCell ref="A191:I191"/>
+    <mergeCell ref="A105:I105"/>
+    <mergeCell ref="A110:I110"/>
+    <mergeCell ref="A132:I132"/>
+    <mergeCell ref="A133:I133"/>
+    <mergeCell ref="A134:I134"/>
+    <mergeCell ref="A159:I159"/>
+    <mergeCell ref="A173:I173"/>
+    <mergeCell ref="A180:I180"/>
+    <mergeCell ref="A181:I181"/>
     <mergeCell ref="A197:I197"/>
-    <mergeCell ref="A211:I211"/>
-[...5 lines deleted...]
-    <mergeCell ref="A252:I252"/>
+    <mergeCell ref="A208:I208"/>
+    <mergeCell ref="A227:I227"/>
+    <mergeCell ref="A241:I241"/>
+    <mergeCell ref="A254:I254"/>
     <mergeCell ref="A255:I255"/>
-    <mergeCell ref="A264:I264"/>
-[...21 lines deleted...]
-    <mergeCell ref="A426:I426"/>
+    <mergeCell ref="A256:I256"/>
+    <mergeCell ref="A270:I270"/>
+    <mergeCell ref="A275:I275"/>
+    <mergeCell ref="A283:I283"/>
+    <mergeCell ref="A300:I300"/>
+    <mergeCell ref="A305:I305"/>
+    <mergeCell ref="A309:I309"/>
+    <mergeCell ref="A316:I316"/>
+    <mergeCell ref="A319:I319"/>
+    <mergeCell ref="A320:I320"/>
+    <mergeCell ref="A325:I325"/>
+    <mergeCell ref="A329:I329"/>
+    <mergeCell ref="A330:I330"/>
+    <mergeCell ref="A331:I331"/>
+    <mergeCell ref="A340:I340"/>
+    <mergeCell ref="A350:I350"/>
+    <mergeCell ref="A365:I365"/>
+    <mergeCell ref="A369:I369"/>
+    <mergeCell ref="A372:I372"/>
+    <mergeCell ref="A381:I381"/>
+    <mergeCell ref="A383:I383"/>
+    <mergeCell ref="A389:I389"/>
+    <mergeCell ref="A390:I390"/>
+    <mergeCell ref="A392:I392"/>
+    <mergeCell ref="A396:I396"/>
+    <mergeCell ref="A404:I404"/>
+    <mergeCell ref="A411:I411"/>
+    <mergeCell ref="A415:I415"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D6" r:id="rId1"/>
-    <hyperlink ref="D9" r:id="rId2"/>
-[...361 lines deleted...]
-    <hyperlink ref="D430" r:id="rId364"/>
+    <hyperlink ref="D7" r:id="rId2"/>
+    <hyperlink ref="D8" r:id="rId3"/>
+    <hyperlink ref="D9" r:id="rId4"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D14" r:id="rId8"/>
+    <hyperlink ref="D15" r:id="rId9"/>
+    <hyperlink ref="D16" r:id="rId10"/>
+    <hyperlink ref="D17" r:id="rId11"/>
+    <hyperlink ref="D18" r:id="rId12"/>
+    <hyperlink ref="D19" r:id="rId13"/>
+    <hyperlink ref="D21" r:id="rId14"/>
+    <hyperlink ref="D22" r:id="rId15"/>
+    <hyperlink ref="D23" r:id="rId16"/>
+    <hyperlink ref="D24" r:id="rId17"/>
+    <hyperlink ref="D25" r:id="rId18"/>
+    <hyperlink ref="D26" r:id="rId19"/>
+    <hyperlink ref="D28" r:id="rId20"/>
+    <hyperlink ref="D29" r:id="rId21"/>
+    <hyperlink ref="D32" r:id="rId22"/>
+    <hyperlink ref="D33" r:id="rId23"/>
+    <hyperlink ref="D34" r:id="rId24"/>
+    <hyperlink ref="D35" r:id="rId25"/>
+    <hyperlink ref="D36" r:id="rId26"/>
+    <hyperlink ref="D37" r:id="rId27"/>
+    <hyperlink ref="D38" r:id="rId28"/>
+    <hyperlink ref="D39" r:id="rId29"/>
+    <hyperlink ref="D40" r:id="rId30"/>
+    <hyperlink ref="D41" r:id="rId31"/>
+    <hyperlink ref="D42" r:id="rId32"/>
+    <hyperlink ref="D43" r:id="rId33"/>
+    <hyperlink ref="D44" r:id="rId34"/>
+    <hyperlink ref="D45" r:id="rId35"/>
+    <hyperlink ref="D46" r:id="rId36"/>
+    <hyperlink ref="D47" r:id="rId37"/>
+    <hyperlink ref="D48" r:id="rId38"/>
+    <hyperlink ref="D49" r:id="rId39"/>
+    <hyperlink ref="D51" r:id="rId40"/>
+    <hyperlink ref="D52" r:id="rId41"/>
+    <hyperlink ref="D53" r:id="rId42"/>
+    <hyperlink ref="D54" r:id="rId43"/>
+    <hyperlink ref="D55" r:id="rId44"/>
+    <hyperlink ref="D56" r:id="rId45"/>
+    <hyperlink ref="D57" r:id="rId46"/>
+    <hyperlink ref="D58" r:id="rId47"/>
+    <hyperlink ref="D59" r:id="rId48"/>
+    <hyperlink ref="D60" r:id="rId49"/>
+    <hyperlink ref="D61" r:id="rId50"/>
+    <hyperlink ref="D62" r:id="rId51"/>
+    <hyperlink ref="D63" r:id="rId52"/>
+    <hyperlink ref="D64" r:id="rId53"/>
+    <hyperlink ref="D65" r:id="rId54"/>
+    <hyperlink ref="D66" r:id="rId55"/>
+    <hyperlink ref="D67" r:id="rId56"/>
+    <hyperlink ref="D68" r:id="rId57"/>
+    <hyperlink ref="D69" r:id="rId58"/>
+    <hyperlink ref="D70" r:id="rId59"/>
+    <hyperlink ref="D71" r:id="rId60"/>
+    <hyperlink ref="D73" r:id="rId61"/>
+    <hyperlink ref="D75" r:id="rId62"/>
+    <hyperlink ref="D76" r:id="rId63"/>
+    <hyperlink ref="D77" r:id="rId64"/>
+    <hyperlink ref="D78" r:id="rId65"/>
+    <hyperlink ref="D80" r:id="rId66"/>
+    <hyperlink ref="D81" r:id="rId67"/>
+    <hyperlink ref="D82" r:id="rId68"/>
+    <hyperlink ref="D83" r:id="rId69"/>
+    <hyperlink ref="D85" r:id="rId70"/>
+    <hyperlink ref="D86" r:id="rId71"/>
+    <hyperlink ref="D87" r:id="rId72"/>
+    <hyperlink ref="D88" r:id="rId73"/>
+    <hyperlink ref="D90" r:id="rId74"/>
+    <hyperlink ref="D91" r:id="rId75"/>
+    <hyperlink ref="D92" r:id="rId76"/>
+    <hyperlink ref="D93" r:id="rId77"/>
+    <hyperlink ref="D94" r:id="rId78"/>
+    <hyperlink ref="D95" r:id="rId79"/>
+    <hyperlink ref="D96" r:id="rId80"/>
+    <hyperlink ref="D97" r:id="rId81"/>
+    <hyperlink ref="D98" r:id="rId82"/>
+    <hyperlink ref="D99" r:id="rId83"/>
+    <hyperlink ref="D102" r:id="rId84"/>
+    <hyperlink ref="D104" r:id="rId85"/>
+    <hyperlink ref="D106" r:id="rId86"/>
+    <hyperlink ref="D107" r:id="rId87"/>
+    <hyperlink ref="D108" r:id="rId88"/>
+    <hyperlink ref="D109" r:id="rId89"/>
+    <hyperlink ref="D111" r:id="rId90"/>
+    <hyperlink ref="D112" r:id="rId91"/>
+    <hyperlink ref="D113" r:id="rId92"/>
+    <hyperlink ref="D114" r:id="rId93"/>
+    <hyperlink ref="D115" r:id="rId94"/>
+    <hyperlink ref="D116" r:id="rId95"/>
+    <hyperlink ref="D117" r:id="rId96"/>
+    <hyperlink ref="D118" r:id="rId97"/>
+    <hyperlink ref="D119" r:id="rId98"/>
+    <hyperlink ref="D120" r:id="rId99"/>
+    <hyperlink ref="D121" r:id="rId100"/>
+    <hyperlink ref="D122" r:id="rId101"/>
+    <hyperlink ref="D123" r:id="rId102"/>
+    <hyperlink ref="D124" r:id="rId103"/>
+    <hyperlink ref="D125" r:id="rId104"/>
+    <hyperlink ref="D126" r:id="rId105"/>
+    <hyperlink ref="D127" r:id="rId106"/>
+    <hyperlink ref="D128" r:id="rId107"/>
+    <hyperlink ref="D129" r:id="rId108"/>
+    <hyperlink ref="D130" r:id="rId109"/>
+    <hyperlink ref="D131" r:id="rId110"/>
+    <hyperlink ref="D135" r:id="rId111"/>
+    <hyperlink ref="D136" r:id="rId112"/>
+    <hyperlink ref="D137" r:id="rId113"/>
+    <hyperlink ref="D138" r:id="rId114"/>
+    <hyperlink ref="D139" r:id="rId115"/>
+    <hyperlink ref="D140" r:id="rId116"/>
+    <hyperlink ref="D141" r:id="rId117"/>
+    <hyperlink ref="D142" r:id="rId118"/>
+    <hyperlink ref="D143" r:id="rId119"/>
+    <hyperlink ref="D144" r:id="rId120"/>
+    <hyperlink ref="D145" r:id="rId121"/>
+    <hyperlink ref="D146" r:id="rId122"/>
+    <hyperlink ref="D147" r:id="rId123"/>
+    <hyperlink ref="D148" r:id="rId124"/>
+    <hyperlink ref="D149" r:id="rId125"/>
+    <hyperlink ref="D150" r:id="rId126"/>
+    <hyperlink ref="D151" r:id="rId127"/>
+    <hyperlink ref="D152" r:id="rId128"/>
+    <hyperlink ref="D153" r:id="rId129"/>
+    <hyperlink ref="D154" r:id="rId130"/>
+    <hyperlink ref="D155" r:id="rId131"/>
+    <hyperlink ref="D156" r:id="rId132"/>
+    <hyperlink ref="D157" r:id="rId133"/>
+    <hyperlink ref="D158" r:id="rId134"/>
+    <hyperlink ref="D160" r:id="rId135"/>
+    <hyperlink ref="D161" r:id="rId136"/>
+    <hyperlink ref="D162" r:id="rId137"/>
+    <hyperlink ref="D163" r:id="rId138"/>
+    <hyperlink ref="D164" r:id="rId139"/>
+    <hyperlink ref="D165" r:id="rId140"/>
+    <hyperlink ref="D166" r:id="rId141"/>
+    <hyperlink ref="D167" r:id="rId142"/>
+    <hyperlink ref="D168" r:id="rId143"/>
+    <hyperlink ref="D169" r:id="rId144"/>
+    <hyperlink ref="D170" r:id="rId145"/>
+    <hyperlink ref="D171" r:id="rId146"/>
+    <hyperlink ref="D172" r:id="rId147"/>
+    <hyperlink ref="D174" r:id="rId148"/>
+    <hyperlink ref="D175" r:id="rId149"/>
+    <hyperlink ref="D176" r:id="rId150"/>
+    <hyperlink ref="D177" r:id="rId151"/>
+    <hyperlink ref="D178" r:id="rId152"/>
+    <hyperlink ref="D179" r:id="rId153"/>
+    <hyperlink ref="D182" r:id="rId154"/>
+    <hyperlink ref="D183" r:id="rId155"/>
+    <hyperlink ref="D184" r:id="rId156"/>
+    <hyperlink ref="D185" r:id="rId157"/>
+    <hyperlink ref="D186" r:id="rId158"/>
+    <hyperlink ref="D187" r:id="rId159"/>
+    <hyperlink ref="D188" r:id="rId160"/>
+    <hyperlink ref="D189" r:id="rId161"/>
+    <hyperlink ref="D190" r:id="rId162"/>
+    <hyperlink ref="D191" r:id="rId163"/>
+    <hyperlink ref="D192" r:id="rId164"/>
+    <hyperlink ref="D193" r:id="rId165"/>
+    <hyperlink ref="D194" r:id="rId166"/>
+    <hyperlink ref="D195" r:id="rId167"/>
+    <hyperlink ref="D196" r:id="rId168"/>
+    <hyperlink ref="D198" r:id="rId169"/>
+    <hyperlink ref="D199" r:id="rId170"/>
+    <hyperlink ref="D200" r:id="rId171"/>
+    <hyperlink ref="D201" r:id="rId172"/>
+    <hyperlink ref="D202" r:id="rId173"/>
+    <hyperlink ref="D203" r:id="rId174"/>
+    <hyperlink ref="D204" r:id="rId175"/>
+    <hyperlink ref="D205" r:id="rId176"/>
+    <hyperlink ref="D206" r:id="rId177"/>
+    <hyperlink ref="D207" r:id="rId178"/>
+    <hyperlink ref="D209" r:id="rId179"/>
+    <hyperlink ref="D210" r:id="rId180"/>
+    <hyperlink ref="D211" r:id="rId181"/>
+    <hyperlink ref="D212" r:id="rId182"/>
+    <hyperlink ref="D213" r:id="rId183"/>
+    <hyperlink ref="D214" r:id="rId184"/>
+    <hyperlink ref="D215" r:id="rId185"/>
+    <hyperlink ref="D216" r:id="rId186"/>
+    <hyperlink ref="D217" r:id="rId187"/>
+    <hyperlink ref="D218" r:id="rId188"/>
+    <hyperlink ref="D219" r:id="rId189"/>
+    <hyperlink ref="D220" r:id="rId190"/>
+    <hyperlink ref="D221" r:id="rId191"/>
+    <hyperlink ref="D222" r:id="rId192"/>
+    <hyperlink ref="D223" r:id="rId193"/>
+    <hyperlink ref="D224" r:id="rId194"/>
+    <hyperlink ref="D225" r:id="rId195"/>
+    <hyperlink ref="D226" r:id="rId196"/>
+    <hyperlink ref="D228" r:id="rId197"/>
+    <hyperlink ref="D229" r:id="rId198"/>
+    <hyperlink ref="D230" r:id="rId199"/>
+    <hyperlink ref="D231" r:id="rId200"/>
+    <hyperlink ref="D232" r:id="rId201"/>
+    <hyperlink ref="D233" r:id="rId202"/>
+    <hyperlink ref="D234" r:id="rId203"/>
+    <hyperlink ref="D235" r:id="rId204"/>
+    <hyperlink ref="D236" r:id="rId205"/>
+    <hyperlink ref="D237" r:id="rId206"/>
+    <hyperlink ref="D238" r:id="rId207"/>
+    <hyperlink ref="D239" r:id="rId208"/>
+    <hyperlink ref="D240" r:id="rId209"/>
+    <hyperlink ref="D242" r:id="rId210"/>
+    <hyperlink ref="D243" r:id="rId211"/>
+    <hyperlink ref="D244" r:id="rId212"/>
+    <hyperlink ref="D245" r:id="rId213"/>
+    <hyperlink ref="D246" r:id="rId214"/>
+    <hyperlink ref="D247" r:id="rId215"/>
+    <hyperlink ref="D248" r:id="rId216"/>
+    <hyperlink ref="D249" r:id="rId217"/>
+    <hyperlink ref="D250" r:id="rId218"/>
+    <hyperlink ref="D251" r:id="rId219"/>
+    <hyperlink ref="D252" r:id="rId220"/>
+    <hyperlink ref="D253" r:id="rId221"/>
+    <hyperlink ref="D257" r:id="rId222"/>
+    <hyperlink ref="D258" r:id="rId223"/>
+    <hyperlink ref="D259" r:id="rId224"/>
+    <hyperlink ref="D260" r:id="rId225"/>
+    <hyperlink ref="D261" r:id="rId226"/>
+    <hyperlink ref="D262" r:id="rId227"/>
+    <hyperlink ref="D263" r:id="rId228"/>
+    <hyperlink ref="D264" r:id="rId229"/>
+    <hyperlink ref="D265" r:id="rId230"/>
+    <hyperlink ref="D266" r:id="rId231"/>
+    <hyperlink ref="D267" r:id="rId232"/>
+    <hyperlink ref="D268" r:id="rId233"/>
+    <hyperlink ref="D269" r:id="rId234"/>
+    <hyperlink ref="D271" r:id="rId235"/>
+    <hyperlink ref="D272" r:id="rId236"/>
+    <hyperlink ref="D273" r:id="rId237"/>
+    <hyperlink ref="D274" r:id="rId238"/>
+    <hyperlink ref="D276" r:id="rId239"/>
+    <hyperlink ref="D277" r:id="rId240"/>
+    <hyperlink ref="D278" r:id="rId241"/>
+    <hyperlink ref="D279" r:id="rId242"/>
+    <hyperlink ref="D280" r:id="rId243"/>
+    <hyperlink ref="D281" r:id="rId244"/>
+    <hyperlink ref="D282" r:id="rId245"/>
+    <hyperlink ref="D284" r:id="rId246"/>
+    <hyperlink ref="D285" r:id="rId247"/>
+    <hyperlink ref="D286" r:id="rId248"/>
+    <hyperlink ref="D287" r:id="rId249"/>
+    <hyperlink ref="D288" r:id="rId250"/>
+    <hyperlink ref="D289" r:id="rId251"/>
+    <hyperlink ref="D290" r:id="rId252"/>
+    <hyperlink ref="D291" r:id="rId253"/>
+    <hyperlink ref="D292" r:id="rId254"/>
+    <hyperlink ref="D293" r:id="rId255"/>
+    <hyperlink ref="D294" r:id="rId256"/>
+    <hyperlink ref="D295" r:id="rId257"/>
+    <hyperlink ref="D296" r:id="rId258"/>
+    <hyperlink ref="D297" r:id="rId259"/>
+    <hyperlink ref="D298" r:id="rId260"/>
+    <hyperlink ref="D299" r:id="rId261"/>
+    <hyperlink ref="D301" r:id="rId262"/>
+    <hyperlink ref="D302" r:id="rId263"/>
+    <hyperlink ref="D303" r:id="rId264"/>
+    <hyperlink ref="D304" r:id="rId265"/>
+    <hyperlink ref="D306" r:id="rId266"/>
+    <hyperlink ref="D307" r:id="rId267"/>
+    <hyperlink ref="D308" r:id="rId268"/>
+    <hyperlink ref="D310" r:id="rId269"/>
+    <hyperlink ref="D311" r:id="rId270"/>
+    <hyperlink ref="D312" r:id="rId271"/>
+    <hyperlink ref="D313" r:id="rId272"/>
+    <hyperlink ref="D314" r:id="rId273"/>
+    <hyperlink ref="D315" r:id="rId274"/>
+    <hyperlink ref="D317" r:id="rId275"/>
+    <hyperlink ref="D318" r:id="rId276"/>
+    <hyperlink ref="D321" r:id="rId277"/>
+    <hyperlink ref="D322" r:id="rId278"/>
+    <hyperlink ref="D323" r:id="rId279"/>
+    <hyperlink ref="D324" r:id="rId280"/>
+    <hyperlink ref="D326" r:id="rId281"/>
+    <hyperlink ref="D327" r:id="rId282"/>
+    <hyperlink ref="D328" r:id="rId283"/>
+    <hyperlink ref="D332" r:id="rId284"/>
+    <hyperlink ref="D333" r:id="rId285"/>
+    <hyperlink ref="D334" r:id="rId286"/>
+    <hyperlink ref="D335" r:id="rId287"/>
+    <hyperlink ref="D336" r:id="rId288"/>
+    <hyperlink ref="D337" r:id="rId289"/>
+    <hyperlink ref="D338" r:id="rId290"/>
+    <hyperlink ref="D339" r:id="rId291"/>
+    <hyperlink ref="D341" r:id="rId292"/>
+    <hyperlink ref="D342" r:id="rId293"/>
+    <hyperlink ref="D343" r:id="rId294"/>
+    <hyperlink ref="D344" r:id="rId295"/>
+    <hyperlink ref="D345" r:id="rId296"/>
+    <hyperlink ref="D346" r:id="rId297"/>
+    <hyperlink ref="D347" r:id="rId298"/>
+    <hyperlink ref="D348" r:id="rId299"/>
+    <hyperlink ref="D349" r:id="rId300"/>
+    <hyperlink ref="D351" r:id="rId301"/>
+    <hyperlink ref="D352" r:id="rId302"/>
+    <hyperlink ref="D353" r:id="rId303"/>
+    <hyperlink ref="D354" r:id="rId304"/>
+    <hyperlink ref="D355" r:id="rId305"/>
+    <hyperlink ref="D356" r:id="rId306"/>
+    <hyperlink ref="D357" r:id="rId307"/>
+    <hyperlink ref="D358" r:id="rId308"/>
+    <hyperlink ref="D359" r:id="rId309"/>
+    <hyperlink ref="D360" r:id="rId310"/>
+    <hyperlink ref="D361" r:id="rId311"/>
+    <hyperlink ref="D362" r:id="rId312"/>
+    <hyperlink ref="D363" r:id="rId313"/>
+    <hyperlink ref="D364" r:id="rId314"/>
+    <hyperlink ref="D366" r:id="rId315"/>
+    <hyperlink ref="D367" r:id="rId316"/>
+    <hyperlink ref="D368" r:id="rId317"/>
+    <hyperlink ref="D370" r:id="rId318"/>
+    <hyperlink ref="D371" r:id="rId319"/>
+    <hyperlink ref="D373" r:id="rId320"/>
+    <hyperlink ref="D374" r:id="rId321"/>
+    <hyperlink ref="D375" r:id="rId322"/>
+    <hyperlink ref="D376" r:id="rId323"/>
+    <hyperlink ref="D377" r:id="rId324"/>
+    <hyperlink ref="D378" r:id="rId325"/>
+    <hyperlink ref="D379" r:id="rId326"/>
+    <hyperlink ref="D380" r:id="rId327"/>
+    <hyperlink ref="D382" r:id="rId328"/>
+    <hyperlink ref="D384" r:id="rId329"/>
+    <hyperlink ref="D385" r:id="rId330"/>
+    <hyperlink ref="D386" r:id="rId331"/>
+    <hyperlink ref="D387" r:id="rId332"/>
+    <hyperlink ref="D388" r:id="rId333"/>
+    <hyperlink ref="D391" r:id="rId334"/>
+    <hyperlink ref="D393" r:id="rId335"/>
+    <hyperlink ref="D394" r:id="rId336"/>
+    <hyperlink ref="D395" r:id="rId337"/>
+    <hyperlink ref="D397" r:id="rId338"/>
+    <hyperlink ref="D398" r:id="rId339"/>
+    <hyperlink ref="D399" r:id="rId340"/>
+    <hyperlink ref="D400" r:id="rId341"/>
+    <hyperlink ref="D401" r:id="rId342"/>
+    <hyperlink ref="D402" r:id="rId343"/>
+    <hyperlink ref="D403" r:id="rId344"/>
+    <hyperlink ref="D405" r:id="rId345"/>
+    <hyperlink ref="D406" r:id="rId346"/>
+    <hyperlink ref="D407" r:id="rId347"/>
+    <hyperlink ref="D408" r:id="rId348"/>
+    <hyperlink ref="D409" r:id="rId349"/>
+    <hyperlink ref="D410" r:id="rId350"/>
+    <hyperlink ref="D412" r:id="rId351"/>
+    <hyperlink ref="D413" r:id="rId352"/>
+    <hyperlink ref="D414" r:id="rId353"/>
+    <hyperlink ref="D416" r:id="rId354"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>