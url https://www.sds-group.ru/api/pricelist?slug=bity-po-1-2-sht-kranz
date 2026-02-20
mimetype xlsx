--- v0 (2025-10-20)
+++ v1 (2026-02-20)
@@ -42,246 +42,246 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Биты по 1 (2) шт. KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0413-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PH1х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-92-0430-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта Torx T30х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0416-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PH2х70 мм (1 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0412-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PH2х90 мм (1 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0410-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PH2х127 мм (1 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0411-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PH2х150 мм (1 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0417-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PH3х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0419-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PZ2х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0420-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PZ3х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0421-1</t>
+  </si>
+  <si>
+    <t>Бита шестигранная для шуруповерта HEX3х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0424-1</t>
+  </si>
+  <si>
+    <t>Бита шестигранная для шуруповерта HEX6х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0426-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта Torx T15х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0427-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта Torx T20х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0429-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта Torx T27х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0431-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта Torx T40х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0409-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PH2х110 мм (1 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0428-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта Torx T25х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0422-1</t>
+  </si>
+  <si>
+    <t>Бита шестигранная для шуруповерта HEX4х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0441</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта IMPACT PH 2x50 для шуруповерта (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0414-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PH2х25 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0415-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PH2х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0418-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PZ1х50 мм (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0418-2</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PZ/FL1х50 мм (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0451-1</t>
   </si>
   <si>
     <t>Бита для шуруповерта PH/SL1 x PH/SL2х65 мм (2 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t>Бита для шуруповерта IMPACT PH 2x50 для шуруповерта (2 шт./уп.) Kranz</t>
+    <t>KR-92-0451-2</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PZ/FL1 x PZ/FL2х65 мм (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0415-2</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PH2х50 мм под гипсокартон (2 шт./уп.) Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0419-2</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта PZ/FL2х50 мм (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0423-1</t>
+  </si>
+  <si>
+    <t>Бита шестигранная для шуруповерта HEX5х50 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
     <t>KR-92-0451</t>
   </si>
   <si>
     <t>Бита для шуруповерта PH2-PH2х50 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
-    <t>KR-92-0419-2</t>
-[...70 lines deleted...]
-  <si>
     <t>KR-92-0415-3</t>
   </si>
   <si>
     <t>Бита для шуруповерта PH/SL2х50 мм (2 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0418-2</t>
-[...2 lines deleted...]
-    <t>Бита для шуруповерта PZ/FL1х50 мм (2 шт/уп) KRANZ</t>
+    <t>KR-92-0425-1</t>
+  </si>
+  <si>
+    <t>Бита для шуруповерта Torx T10х50 мм (2 шт./уп.) Kranz</t>
   </si>
   <si>
     <t>KR-92-0413-3</t>
   </si>
   <si>
     <t>Бита для шуруповерта PH/SL1х50 мм (2 шт/уп) KRANZ</t>
-  </si>
-[...70 lines deleted...]
-    <t>Бита для шуруповерта Torx T10х50 мм (2 шт./уп.) Kranz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -666,51 +666,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph-sl1-x-ph-sl2h65-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph1h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t30h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-impact-ph-2x50-dlya-shurupoverta-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2-ph2h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-pz-fl2h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t15h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h90-mm-1-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph3h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-shestigrannaya-dlya-shurupoverta-hex5h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t20h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t27h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h70-mm-1-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t25h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t40h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-pz2h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h110-mm-1-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph-sl2h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-pz-fl1h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph-sl1h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-pz-fl1-x-pz-fl2h65-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h25-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-pz1h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-shestigrannaya-dlya-shurupoverta-hex4h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h50-mm-pod-gipsokarton-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h127-mm-1-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h150-mm-1-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-pz3h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-shestigrannaya-dlya-shurupoverta-hex3h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-shestigrannaya-dlya-shurupoverta-hex6h50-mm-2-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t10h50-mm-2-sht-up-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph1h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t30h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h70-mm-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h90-mm-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h127-mm-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h150-mm-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph3h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-pz2h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-pz3h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-shestigrannaya-dlya-shurupoverta-hex3h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-shestigrannaya-dlya-shurupoverta-hex6h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t15h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t20h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t27h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t40h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h110-mm-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t25h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-shestigrannaya-dlya-shurupoverta-hex4h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-impact-ph-2x50-dlya-shurupoverta-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h25-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-pz1h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-pz-fl1h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph-sl1-x-ph-sl2h65-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-pz-fl1-x-pz-fl2h65-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2h50-mm-pod-gipsokarton-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-pz-fl2h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-shestigrannaya-dlya-shurupoverta-hex5h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph2-ph2h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph-sl2h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-torx-t10h50-mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bita-dlya-shurupoverta-ph-sl1h50-mm-2-sht-up-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -734,968 +734,968 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>230</v>
+        <v>151.32</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>967</v>
+        <v>4488</v>
       </c>
       <c r="G3" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>400</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>148.79</v>
+        <v>145.12</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1404</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>142.69</v>
+        <v>141.69</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1064</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I5" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>163.46</v>
+        <v>150.93</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>5107</v>
+        <v>6024</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I6" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>132.98</v>
+        <v>194.85</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1577</v>
+        <v>2838</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I7" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>184.65</v>
+        <v>230.25</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>923</v>
+        <v>7415</v>
       </c>
       <c r="G8" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>151.64</v>
+        <v>176.02</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>747</v>
+        <v>502</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>400</v>
       </c>
       <c r="I9" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>148.41</v>
+        <v>153.05</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>4042</v>
+        <v>768</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>173.08</v>
+        <v>135.63</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>100</v>
+        <v>366</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>400</v>
       </c>
       <c r="I11" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>151.64</v>
+        <v>150.54</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1908</v>
+        <v>1380</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>400</v>
       </c>
       <c r="I12" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>151.64</v>
+        <v>135.63</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>400</v>
       </c>
       <c r="I13" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>133.36</v>
+        <v>154.22</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>400</v>
       </c>
       <c r="I14" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>139.32</v>
+        <v>154.22</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>9868</v>
+        <v>34</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>151.64</v>
+        <v>135.63</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>266</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>400</v>
       </c>
       <c r="I16" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>145.15</v>
+        <v>147.62</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>50</v>
+        <v>253</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>400</v>
       </c>
       <c r="I17" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>150.49</v>
+        <v>177.11</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>2520</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I18" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>174.15</v>
+        <v>154.22</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>5027</v>
+        <v>161</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>184.65</v>
+        <v>153.05</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1257</v>
+        <v>7201</v>
       </c>
       <c r="G20" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>400</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>178</v>
+        <v>166.24</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>553</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>400</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>178</v>
+        <v>84.1</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>561</v>
+        <v>973</v>
       </c>
       <c r="G22" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>400</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>230</v>
+        <v>156.47</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>545</v>
+        <v>11711</v>
       </c>
       <c r="G23" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>400</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>82.69</v>
+        <v>151.42</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1605</v>
+        <v>449</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>400</v>
       </c>
       <c r="I24" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>153.85</v>
+        <v>181.03</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>6954</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>400</v>
       </c>
       <c r="I25" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>148.89</v>
+        <v>233.91</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>3323</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>400</v>
       </c>
       <c r="I26" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>150.49</v>
+        <v>233.91</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>581</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>400</v>
       </c>
       <c r="I27" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>180.08</v>
+        <v>183.14</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>838</v>
+        <v>4343</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>400</v>
       </c>
       <c r="I28" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>191.59</v>
+        <v>187.79</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>4618</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>226.4</v>
+        <v>154.22</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>5122</v>
+        <v>1027</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>133.36</v>
+        <v>135.24</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>80</v>
+        <v>342</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>400</v>
       </c>
       <c r="I31" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>148.02</v>
+        <v>187.79</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>187</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>400</v>
       </c>
       <c r="I32" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>133.36</v>
+        <v>154.22</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>66</v>
+        <v>1</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>400</v>
       </c>
       <c r="I33" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>151.64</v>
+        <v>181.03</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>610</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>400</v>
       </c>
       <c r="I34" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>