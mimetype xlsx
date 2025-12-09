--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -42,294 +42,294 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Блокираторы доступа</t>
   </si>
   <si>
+    <t>HLS-S-505</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
     <t>HLS-S-602</t>
   </si>
   <si>
     <t>Заглушки для розеток, 3,7х3,3х0,3см, ABS (6 шт/уп) HALSA</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>блистер</t>
+    <t>HLS-S-207</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника, белый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-504</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери, TPR (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-202</t>
+  </si>
+  <si>
+    <t>Блокировка для мебели универсальная, короткая (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-205G</t>
+  </si>
+  <si>
+    <t>Блокиратор универсальный серый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-603</t>
+  </si>
+  <si>
+    <t>Заглушки для розеток, 3,7х3,6х1,4 см, ABS (6 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-214</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для створок шкафов, 3,5х9,7см (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-506</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери, с держателем (2 шт/уп)  HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-209</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для выдвижных ящиков квадратный (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-206</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духовки (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-901</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для крышки унитаза Premium HALSA</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>HLS-S-215W</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для створок шкафов, 4х9,6 см (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-201</t>
+  </si>
+  <si>
+    <t>Блокировка для мебели универсальная, длинная (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-203G</t>
+  </si>
+  <si>
+    <t>Блокировка для мебели универсальная с регулируемой длиной (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-601</t>
+  </si>
+  <si>
+    <t>Заглушки для розеток, 3,7х3,3х2,5 см, PP (6 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-207-1</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника Premium, белый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-508</t>
+  </si>
+  <si>
+    <t>Пробка-стоппер для двери поворотная HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-217B</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духового шкафа Premium, черный HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-502</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери, EVA (1 шт/уп) HALSA</t>
   </si>
   <si>
     <t>HLS-S-211</t>
   </si>
   <si>
     <t>Внешний замок-блокиратор для выдвижных ящиков Premium (2 шт/уп) HALSA</t>
   </si>
   <si>
+    <t>HLS-S-304</t>
+  </si>
+  <si>
+    <t>Ограничитель для шкафа-купе и раздвижного окна (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-507</t>
+  </si>
+  <si>
+    <t>Пробка дверная предохранительная для защиты пальцев HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-218</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Замок-блокиратор для шкафов и холодильников клеевой HALSA </t>
+  </si>
+  <si>
+    <t>HLS-S-213</t>
+  </si>
+  <si>
+    <t>Внутренний магнитный замок-блокиратор для выдвижных ящиков (4 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>HLS-S-303</t>
+  </si>
+  <si>
+    <t>Замок защитный оконный HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-221</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для шкафов и холодильников HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-210</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для выдвижных ящиков скругленный (1 шт/уп)  HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-220</t>
+  </si>
+  <si>
+    <t>Кожух защитный для кухонной плиты (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-801</t>
+  </si>
+  <si>
+    <t>Ворота безопасности в дверной проем HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-205W</t>
+  </si>
+  <si>
+    <t>Блокиратор универсальный белый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-404</t>
+  </si>
+  <si>
+    <t>Блокиратор дверной ручки HALSA</t>
+  </si>
+  <si>
     <t>HLS-S-301</t>
   </si>
   <si>
     <t>Ограничитель-бабочка для раздвижного окна (1 шт/уп) HALSA</t>
   </si>
   <si>
     <t>HLS-S-302</t>
   </si>
   <si>
     <t>Ограничитель для раздвижного окна (1 шт/уп) HALSA</t>
   </si>
   <si>
-    <t>HLS-S-207-1</t>
-[...5 lines deleted...]
-    <t>шт</t>
+    <t>HLS-S-208</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника, черный (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-219</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духового шкафа клеевой HALSA</t>
   </si>
   <si>
     <t>HLS-S-208-1</t>
   </si>
   <si>
     <t>Замок-блокиратор для холодильника Premium, серый (1 шт/уп) HALSA</t>
   </si>
   <si>
-    <t>HLS-S-217B</t>
-[...2 lines deleted...]
-    <t>Замок-блокиратор для духового шкафа Premium, черный HALSA</t>
+    <t>HLS-S-403</t>
+  </si>
+  <si>
+    <t>Блокиратор для дверной ручки поворотный HALSA</t>
   </si>
   <si>
     <t>HLS-S-217W</t>
   </si>
   <si>
     <t>Замок-блокиратор для духового шкафа Premium, белый HALSA</t>
-  </si>
-[...187 lines deleted...]
-    <t>Блокиратор дверной ручки HALSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -714,51 +714,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h3-3sm-abs-6-sht-up-halsa-25702" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-premium-2-sht-up-halsa-31074" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-babochka-dlya-razdvijnogo-okna-1-sht-up-halsa-25692" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-razdvijnogo-okna-1-sht-up-halsa-25693" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-beliy-1-sht-up-halsa-31070" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-seriy-1-sht-up-halsa-31071" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-cherniy-halsa-31076" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-beliy-halsa-31077" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-krishki-unitaza-premium-halsa-31078" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-6h1-4-sm-abs-6-sht-up-halsa-25703" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-eva-1-sht-up-halsa-25697" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-korotkaya-2-sht-up-halsa-25684" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalniy-seriy-1-sht-up-halsa-25687" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-s-reguliruemoy-dlinoy-1-sht-up-halsa-25685" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h2-5-sm-pp-6-sht-up-halsa-25701" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vnutrenniy-magnitniy-zamok-blokirator-dlya-vidvijnih-yaschikov-4-sht-up-halsa-25689" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-skruglenniy-1-sht-up-halsa-25705" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-kvadratniy-1-sht-up-halsa-25688" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-3-5h9-7sm-2-sht-up-halsa-25690" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-4h9-6-sm-2-sht-up-halsa-25691" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovki-1-sht-up-halsa-25694" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-beliy-1-sht-up-halsa-25695" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-2-sht-up-halsa-25699" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-reguliruemiy-2-sht-up-halsa-25700" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vorota-bezopasnosti-v-dvernoy-proem-halsa-29250" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-kleevoy-halsa-27339" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-halsa-28955" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-shkafa-kupe-i-razdvijnogo-okna-1-sht-up-halsa-31073" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-cherniy-1-sht-up-halsa-25696" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dlya-dvernoy-ruchki-povorotniy-halsa-31072" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-dlinnaya-2-sht-up-halsa-25683" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalniy-beliy-1-sht-up-halsa-25686" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-tpr-1-sht-up-halsa-25698" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kojuh-zaschitniy-dlya-kuhonnoy-pliti-2-sht-up-halsa-27337" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-dvernaya-predohranitelnaya-dlya-zaschiti-paltsev-halsa-27338" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-kleevoy-halsa-27340" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-zaschitniy-okonniy-halsa-28954" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-stopper-dlya-dveri-povorotnaya-halsa-31075" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dvernoy-ruchki-halsa-27341" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-2-sht-up-halsa-25699" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h3-3sm-abs-6-sht-up-halsa-25702" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-beliy-1-sht-up-halsa-25695" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-tpr-1-sht-up-halsa-25698" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-korotkaya-2-sht-up-halsa-25684" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalniy-seriy-1-sht-up-halsa-25687" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-6h1-4-sm-abs-6-sht-up-halsa-25703" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-3-5h9-7sm-2-sht-up-halsa-25690" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-reguliruemiy-2-sht-up-halsa-25700" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-kvadratniy-1-sht-up-halsa-25688" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovki-1-sht-up-halsa-25694" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-krishki-unitaza-premium-halsa-31078" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-4h9-6-sm-2-sht-up-halsa-25691" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-dlinnaya-2-sht-up-halsa-25683" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-s-reguliruemoy-dlinoy-1-sht-up-halsa-25685" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h2-5-sm-pp-6-sht-up-halsa-25701" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-beliy-1-sht-up-halsa-31070" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-stopper-dlya-dveri-povorotnaya-halsa-31075" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-cherniy-halsa-31076" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-eva-1-sht-up-halsa-25697" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-premium-2-sht-up-halsa-31074" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-shkafa-kupe-i-razdvijnogo-okna-1-sht-up-halsa-31073" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-dvernaya-predohranitelnaya-dlya-zaschiti-paltsev-halsa-27338" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-kleevoy-halsa-27339" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vnutrenniy-magnitniy-zamok-blokirator-dlya-vidvijnih-yaschikov-4-sht-up-halsa-25689" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-zaschitniy-okonniy-halsa-28954" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-halsa-28955" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-skruglenniy-1-sht-up-halsa-25705" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kojuh-zaschitniy-dlya-kuhonnoy-pliti-2-sht-up-halsa-27337" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vorota-bezopasnosti-v-dvernoy-proem-halsa-29250" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalniy-beliy-1-sht-up-halsa-25686" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dvernoy-ruchki-halsa-27341" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-babochka-dlya-razdvijnogo-okna-1-sht-up-halsa-25692" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-razdvijnogo-okna-1-sht-up-halsa-25693" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-cherniy-1-sht-up-halsa-25696" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-kleevoy-halsa-27340" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-seriy-1-sht-up-halsa-31071" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dlya-dvernoy-ruchki-povorotniy-halsa-31072" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-beliy-halsa-31077" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I41"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -782,1171 +782,1171 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>289.08</v>
+        <v>385.45</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>886</v>
+        <v>199</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>888.54</v>
+        <v>289.08</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>265.94</v>
+        <v>329.81</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>481</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>367.09</v>
+        <v>211.99</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>638.39</v>
+        <v>271.66</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>963</v>
+        <v>1696</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>200</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>638.39</v>
+        <v>367.09</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>617</v>
+        <v>822</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>536.26</v>
+        <v>164.91</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>228</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>536.26</v>
+        <v>343.31</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1450</v>
+        <v>2833</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>762.05</v>
+        <v>366.16</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>355</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>164.91</v>
+        <v>385.45</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>853</v>
+        <v>1265</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>188.46</v>
+        <v>577.16</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>58</v>
+        <v>4303</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="3">
+        <v>762.05</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C14" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>1832</v>
+        <v>71</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>367.09</v>
+        <v>458.85</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>893</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>200</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>269.8</v>
+        <v>253.3</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>3102</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>200</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>329.81</v>
+        <v>269.8</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>497</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>200</v>
       </c>
       <c r="I17" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>919.3</v>
+        <v>329.81</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>1080</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>271.75</v>
+        <v>638.39</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="F19" s="3">
-        <v>234</v>
+        <v>127</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>385.45</v>
+        <v>550.37</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="F20" s="3">
-        <v>1915</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>200</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>343.31</v>
+        <v>536.26</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="F21" s="3">
-        <v>3903</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>200</v>
       </c>
       <c r="I21" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>458.85</v>
+        <v>188.46</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>200</v>
       </c>
       <c r="I22" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>577.16</v>
+        <v>888.54</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>6109</v>
+        <v>810</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>200</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>329.81</v>
+        <v>462.87</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="F24" s="3">
-        <v>2</v>
+        <v>500</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>200</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>385.45</v>
+        <v>481.79</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="F25" s="3">
-        <v>254</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I25" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>366.16</v>
+        <v>605.68</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>545</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I26" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="C27" s="3">
+        <v>919.3</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="C27" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F27" s="3">
-        <v>27</v>
+        <v>196</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C28" s="3">
-        <v>605.68</v>
+        <v>963.58</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="F28" s="3">
-        <v>833</v>
+        <v>780</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C29" s="3">
         <v>468.05</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="F29" s="3">
-        <v>175</v>
+        <v>6</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="3">
-        <v>462.87</v>
+        <v>271.75</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>534</v>
+        <v>1</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>200</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C31" s="3">
-        <v>329.81</v>
+        <v>770.9</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>673</v>
+        <v>1</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C32" s="3">
-        <v>985.69</v>
+        <v>4596.48</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="F32" s="3">
-        <v>1650</v>
+        <v>27</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>3</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="3">
-        <v>253.3</v>
+        <v>289.08</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>3415</v>
+        <v>1</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>200</v>
       </c>
       <c r="I33" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C34" s="3">
-        <v>289.08</v>
+        <v>886.5</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="F34" s="3">
-        <v>1</v>
+        <v>846</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C35" s="3">
-        <v>211.99</v>
+        <v>265.94</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>200</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="3">
-        <v>770.9</v>
+        <v>367.09</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>688</v>
+        <v>996</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C37" s="3">
-        <v>481.79</v>
+        <v>329.81</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>153</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C38" s="3">
         <v>461.74</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="F38" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>200</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C39" s="3">
-        <v>963.58</v>
+        <v>638.39</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="F39" s="3">
-        <v>923</v>
+        <v>294</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C40" s="3">
-        <v>550.37</v>
+        <v>985.69</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="F40" s="3">
-        <v>543</v>
+        <v>1466</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>200</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C41" s="3">
-        <v>886.5</v>
+        <v>536.26</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="F41" s="3">
-        <v>2633</v>
+        <v>819</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>200</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>