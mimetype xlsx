--- v1 (2025-12-09)
+++ v2 (2026-02-20)
@@ -8,328 +8,316 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="88">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Блокираторы доступа</t>
   </si>
   <si>
+    <t>HLS-S-202</t>
+  </si>
+  <si>
+    <t>Блокировка для мебели универсальная, короткая (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>HLS-S-206</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духовки (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-213</t>
+  </si>
+  <si>
+    <t>Внутренний магнитный замок-блокиратор для выдвижных ящиков (4 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>HLS-S-210</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для выдвижных ящиков скругленный (1 шт/уп)  HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-220</t>
+  </si>
+  <si>
+    <t>Кожух защитный для кухонной плиты (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-507</t>
+  </si>
+  <si>
+    <t>Пробка дверная предохранительная для защиты пальцев HALSA</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>HLS-S-303</t>
+  </si>
+  <si>
+    <t>Замок защитный оконный HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-801</t>
+  </si>
+  <si>
+    <t>Ворота безопасности в дверной проем HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-207-1</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника Premium, белый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-217B</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духового шкафа Premium, черный HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-404</t>
+  </si>
+  <si>
+    <t>Блокиратор дверной ручки HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-502</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери, EVA (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-218</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Замок-блокиратор для шкафов и холодильников клеевой HALSA </t>
+  </si>
+  <si>
+    <t>HLS-S-201</t>
+  </si>
+  <si>
+    <t>Блокировка для мебели универсальная, длинная (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-203G</t>
+  </si>
+  <si>
+    <t>Блокировка для мебели универсальная с регулируемой длиной (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-205G</t>
+  </si>
+  <si>
+    <t>Блокиратор универсальный серый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-214</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для створок шкафов, 3,5х9,7см (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-506</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери, с держателем (2 шт/уп)  HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-601</t>
+  </si>
+  <si>
+    <t>Заглушки для розеток, 3,7х3,3х2,5 см, PP (6 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-602</t>
+  </si>
+  <si>
+    <t>Заглушки для розеток, 3,7х3,3х0,3см, ABS (6 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-207</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника, белый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-504</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери, TPR (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-208-1</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника Premium, серый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-219</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духового шкафа клеевой HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-209</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для выдвижных ящиков квадратный (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-215W</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для створок шкафов, 4х9,6 см (2 шт/уп) HALSA</t>
+  </si>
+  <si>
     <t>HLS-S-505</t>
   </si>
   <si>
     <t>Ограничитель-стоппер для двери (2 шт/уп) HALSA</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...34 lines deleted...]
-  <si>
     <t>HLS-S-603</t>
   </si>
   <si>
     <t>Заглушки для розеток, 3,7х3,6х1,4 см, ABS (6 шт/уп) HALSA</t>
   </si>
   <si>
-    <t>HLS-S-214</t>
-[...20 lines deleted...]
-    <t>Замок-блокиратор для духовки (1 шт/уп) HALSA</t>
+    <t>HLS-S-304</t>
+  </si>
+  <si>
+    <t>Ограничитель для шкафа-купе и раздвижного окна (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-301</t>
+  </si>
+  <si>
+    <t>Ограничитель-бабочка для раздвижного окна (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-302</t>
+  </si>
+  <si>
+    <t>Ограничитель для раздвижного окна (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-208</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника, черный (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-403</t>
+  </si>
+  <si>
+    <t>Блокиратор для дверной ручки поворотный HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-508</t>
+  </si>
+  <si>
+    <t>Пробка-стоппер для двери поворотная HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-211</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для выдвижных ящиков Premium (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-217W</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духового шкафа Premium, белый HALSA</t>
   </si>
   <si>
     <t>HLS-S-901</t>
   </si>
   <si>
     <t>Замок-блокиратор для крышки унитаза Premium HALSA</t>
-  </si>
-[...166 lines deleted...]
-    <t>Замок-блокиратор для духового шкафа Premium, белый HALSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -714,56 +702,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-2-sht-up-halsa-25699" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h3-3sm-abs-6-sht-up-halsa-25702" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-beliy-1-sht-up-halsa-25695" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-tpr-1-sht-up-halsa-25698" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-korotkaya-2-sht-up-halsa-25684" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalniy-seriy-1-sht-up-halsa-25687" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-6h1-4-sm-abs-6-sht-up-halsa-25703" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-3-5h9-7sm-2-sht-up-halsa-25690" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-reguliruemiy-2-sht-up-halsa-25700" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-kvadratniy-1-sht-up-halsa-25688" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovki-1-sht-up-halsa-25694" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-krishki-unitaza-premium-halsa-31078" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-4h9-6-sm-2-sht-up-halsa-25691" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-dlinnaya-2-sht-up-halsa-25683" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-s-reguliruemoy-dlinoy-1-sht-up-halsa-25685" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h2-5-sm-pp-6-sht-up-halsa-25701" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-beliy-1-sht-up-halsa-31070" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-stopper-dlya-dveri-povorotnaya-halsa-31075" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-cherniy-halsa-31076" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-eva-1-sht-up-halsa-25697" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-premium-2-sht-up-halsa-31074" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-shkafa-kupe-i-razdvijnogo-okna-1-sht-up-halsa-31073" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-dvernaya-predohranitelnaya-dlya-zaschiti-paltsev-halsa-27338" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-kleevoy-halsa-27339" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vnutrenniy-magnitniy-zamok-blokirator-dlya-vidvijnih-yaschikov-4-sht-up-halsa-25689" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-zaschitniy-okonniy-halsa-28954" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-halsa-28955" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-skruglenniy-1-sht-up-halsa-25705" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kojuh-zaschitniy-dlya-kuhonnoy-pliti-2-sht-up-halsa-27337" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vorota-bezopasnosti-v-dvernoy-proem-halsa-29250" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalniy-beliy-1-sht-up-halsa-25686" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dvernoy-ruchki-halsa-27341" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-babochka-dlya-razdvijnogo-okna-1-sht-up-halsa-25692" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-razdvijnogo-okna-1-sht-up-halsa-25693" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-cherniy-1-sht-up-halsa-25696" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-kleevoy-halsa-27340" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-seriy-1-sht-up-halsa-31071" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dlya-dvernoy-ruchki-povorotniy-halsa-31072" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-beliy-halsa-31077" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-korotkaya-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovki-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vnutrenniy-magnitnyy-zamok-blokirator-dlya-vydvizhnyh-yaschikov-4-sht-up-halsa" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vydvizhnyh-yaschikov-skruglennyy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kozhuh-zaschitnyy-dlya-kuhonnoy-plity-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-dvernaya-predohranitelnaya-dlya-zaschity-paltsev-halsa" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-zaschitnyy-okonnyy-halsa" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vorota-bezopasnosti-v-dvernoy-proem-halsa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-belyy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-chernyy-halsa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dvernoy-ruchki-halsa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-eva-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-kleevoy-halsa" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-dlinnaya-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-s-reguliruemoy-dlinoy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalnyy-seryy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-3-5h9-7sm-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-s-derzhatelem-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h2-5-sm-pp-6-sht-up-halsa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h0-3sm-abs-6-sht-up-halsa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-belyy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-tpr-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-seryy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-kleevoy-halsa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vydvizhnyh-yaschikov-kvadratnyy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-4h9-6-sm-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-6h1-4-sm-abs-6-sht-up-halsa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-shkafa-kupe-i-razdvizhnogo-okna-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-babochka-dlya-razdvizhnogo-okna-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-razdvizhnogo-okna-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-chernyy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dlya-dvernoy-ruchki-povorotnyy-halsa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-stopper-dlya-dveri-povorotnaya-halsa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vydvizhnyh-yaschikov-premium-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-belyy-halsa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-kryshki-unitaza-premium-halsa" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I41"/>
+  <dimension ref="A1:I39"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -782,1217 +770,1157 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>385.45</v>
+        <v>262.46</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>199</v>
+        <v>1289</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I3" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>289.08</v>
+        <v>586.97</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>843</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>329.81</v>
+        <v>1355.65</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>211.99</v>
+        <v>276.37</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>271.66</v>
+        <v>784.01</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1696</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>367.09</v>
+        <v>489.98</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>822</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C9" s="3">
-        <v>164.91</v>
+        <v>930.96</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>228</v>
+        <v>732</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C10" s="3">
-        <v>343.31</v>
+        <v>4674.62</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>2833</v>
+        <v>12</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>3</v>
       </c>
       <c r="I10" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C11" s="3">
-        <v>366.16</v>
+        <v>649.24</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C12" s="3">
-        <v>385.45</v>
+        <v>545.38</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F12" s="3">
-        <v>1265</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C13" s="3">
-        <v>577.16</v>
+        <v>901.57</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F13" s="3">
-        <v>4303</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C14" s="3">
-        <v>762.05</v>
+        <v>191.66</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C15" s="3">
-        <v>458.85</v>
+        <v>615.98</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>338</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>200</v>
       </c>
       <c r="I15" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" s="3">
-        <v>253.3</v>
+        <v>244.73</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>3102</v>
+        <v>2434</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" s="3">
-        <v>269.8</v>
+        <v>274.39</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C18" s="3">
-        <v>329.81</v>
+        <v>354.66</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1080</v>
+        <v>766</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>200</v>
       </c>
       <c r="I18" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C19" s="3">
-        <v>638.39</v>
+        <v>349.15</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C20" s="3">
-        <v>550.37</v>
+        <v>372.38</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C21" s="3">
-        <v>536.26</v>
+        <v>335.42</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>635</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>200</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C22" s="3">
-        <v>188.46</v>
+        <v>293.99</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>608</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>200</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C23" s="3">
-        <v>888.54</v>
+        <v>335.42</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>810</v>
+        <v>715</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>200</v>
       </c>
       <c r="I23" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C24" s="3">
-        <v>462.87</v>
+        <v>215.59</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>500</v>
+        <v>618</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>200</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C25" s="3">
-        <v>481.79</v>
+        <v>649.24</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>62</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>200</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C26" s="3">
-        <v>605.68</v>
+        <v>469.59</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F26" s="3">
-        <v>545</v>
+        <v>37</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C27" s="3">
-        <v>919.3</v>
+        <v>392</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>196</v>
+        <v>237</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I27" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C28" s="3">
-        <v>963.58</v>
+        <v>466.65</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>780</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C29" s="3">
-        <v>468.05</v>
+        <v>392</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>6</v>
+        <v>86</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="3">
-        <v>271.75</v>
+        <v>167.71</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1</v>
+        <v>277</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>200</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C31" s="3">
-        <v>770.9</v>
+        <v>470.74</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F31" s="3">
-        <v>1</v>
+        <v>290</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C32" s="3">
-        <v>4596.48</v>
+        <v>270.46</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>27</v>
+        <v>1166</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>3</v>
+        <v>200</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="3">
-        <v>289.08</v>
+        <v>373.33</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1</v>
+        <v>992</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>200</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C34" s="3">
-        <v>886.5</v>
+        <v>335.42</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>846</v>
+        <v>544</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C35" s="3">
-        <v>265.94</v>
+        <v>902.2</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F35" s="3">
-        <v>250</v>
+        <v>1208</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>200</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="3">
-        <v>367.09</v>
+        <v>559.73</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F36" s="3">
-        <v>996</v>
+        <v>1</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>200</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C37" s="3">
-        <v>329.81</v>
+        <v>813.28</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>717</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>200</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C38" s="3">
-        <v>461.74</v>
+        <v>545.38</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>284</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>200</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C39" s="3">
-        <v>638.39</v>
+        <v>775</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F39" s="3">
-        <v>294</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
-[...56 lines deleted...]
-      <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
-    <hyperlink ref="D40" r:id="rId38"/>
-    <hyperlink ref="D41" r:id="rId39"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>