--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -42,210 +42,210 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Болт мебельный DIN 603</t>
   </si>
   <si>
+    <t>KR-01-3511-043</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х120мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-01-3511-011</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х40мм, короб (75 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-020</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х30мм, короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0850-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х50мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-008</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х25мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0890-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х90мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0891-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х100мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-022</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х50мм, короб (40 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-035</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х50мм, короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1050-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х50мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0670-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х70мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-024</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х70мм, короб (30 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-027</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х100мм, короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1030-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х30мм, пакет (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1092-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х120мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-009</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х30мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3511-025</t>
   </si>
   <si>
     <t>Болт мебельный DIN 603, 8,0х80мм, короб (25 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>KR-01-3511-036</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х60мм, короб (15 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1070-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х70мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0880-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х80мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0830-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х30мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0870-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х70мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-007</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х20мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-021</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х40мм, короб (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3511-026</t>
   </si>
   <si>
     <t>Болт мебельный DIN 603, 8,0х90мм, короб (20 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3511-043</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-01-3511-037</t>
   </si>
   <si>
     <t>Болт мебельный DIN 603, 10х70мм, короб (15 шт/уп) KRANZ</t>
-  </si>
-[...118 lines deleted...]
-    <t>Болт мебельный DIN 603, 8,0х90мм, пакет (2 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -630,51 +630,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h80-korob-25-sht-up-23168" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h90-korob-20-sht-up-23169" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h120-korob-10-sht-up-23185" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h50-paket-2sht-22524" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h60-korob-15-sht-up-23179" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h70-korob-15-sht-up-23180" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h30-paket-10sht-22543" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h100-paket-2sht-22546" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h120-paket-2sht-22561" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h70-paket-2sht-22562" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h20-korob-50-sht-up-23150" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h40-korob-75-sht-up-23154" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h30-korob-25-sht-up-23163" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h100-korob-25-sht-up-23170" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h50-paket-4sht-22613" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h50-korob-40-sht-up-23165" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h25-korob-50-sht-up-23151" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h40-korob-50-sht-up-23164" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h70-paket-4sht-22526" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h30-korob-100-sht-up-23152" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h70-korob-30-sht-up-23167" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h50-korob-25-sht-up-23178" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h30-paket-4sht-22527" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h80-paket-2sht-22614" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h70-paket-2sht-22630" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h90-paket-2sht-22631" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h120-korob-10-sht-up-23185" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h40-korob-75-sht-up-23154" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h30-korob-25-sht-up-23163" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h50-paket-4sht-22613" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h25-korob-50-sht-up-23151" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h90-paket-2sht-22631" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h100-paket-2sht-22546" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h50-korob-40-sht-up-23165" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h50-korob-25-sht-up-23178" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h50-paket-2sht-22524" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h70-paket-4sht-22526" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h70-korob-30-sht-up-23167" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h100-korob-25-sht-up-23170" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h30-paket-10sht-22543" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h120-paket-2sht-22561" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h30-korob-100-sht-up-23152" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h80-korob-25-sht-up-23168" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h60-korob-15-sht-up-23179" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h70-paket-2sht-22562" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h80-paket-2sht-22614" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h30-paket-4sht-22527" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h70-paket-2sht-22630" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h20-korob-50-sht-up-23150" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h40-korob-50-sht-up-23164" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h90-korob-20-sht-up-23169" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h70-korob-15-sht-up-23180" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I28"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -698,794 +698,794 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>466.6</v>
+        <v>460.62</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I3" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>447.04</v>
+        <v>343.38</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>16</v>
       </c>
       <c r="I4" s="3">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>460.62</v>
+        <v>330.59</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I5" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>46</v>
+        <v>50.68</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>256</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>40</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>412.84</v>
+        <v>398.91</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I7" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>366.2</v>
+        <v>35.54</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>184</v>
+        <v>59</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
-        <v>15</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>113.5</v>
+        <v>43.74</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>43.74</v>
+        <v>567.41</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
+        <v>16</v>
+      </c>
+      <c r="I10" s="3">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>81.31</v>
+        <v>588.58</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>51.62</v>
+        <v>46</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>225</v>
+        <v>254</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>40</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>397.71</v>
+        <v>62.23</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I13" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>343.38</v>
+        <v>573.46</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>16</v>
       </c>
       <c r="I14" s="3">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>330.59</v>
+        <v>615.45</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I15" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>615.45</v>
+        <v>113.5</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>4</v>
+        <v>60</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I16" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>50.68</v>
+        <v>81.31</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>567.41</v>
+        <v>572.96</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>16</v>
       </c>
       <c r="I18" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>398.91</v>
+        <v>466.6</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I19" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>579.52</v>
+        <v>412.84</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>16</v>
       </c>
       <c r="I20" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>62.23</v>
+        <v>51.62</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>224</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>40</v>
       </c>
       <c r="I21" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>572.96</v>
+        <v>29.51</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>309</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I22" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>573.46</v>
+        <v>41.94</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I23" s="3">
-        <v>30</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>588.58</v>
+        <v>29.6</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1</v>
+        <v>334</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I24" s="3">
-        <v>25</v>
+        <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>41.94</v>
+        <v>397.71</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I25" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>29.51</v>
+        <v>579.52</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>310</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I26" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>29.6</v>
+        <v>447.04</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>334</v>
+        <v>21</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I27" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>35.54</v>
+        <v>366.2</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>62</v>
+        <v>184</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I28" s="3">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>