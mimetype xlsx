--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -8,238 +8,214 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="56">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Болт мебельный DIN 603</t>
   </si>
   <si>
+    <t>KR-01-3511-011</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х40мм, короб (75 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-01-3511-036</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х60мм, короб (15 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3511-043</t>
   </si>
   <si>
     <t>Болт мебельный DIN 603, 10х120мм, короб (10 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Болт мебельный DIN 603, 8,0х30мм, короб (25 шт/уп) KRANZ</t>
+    <t>1301-0880-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х80мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-007</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х20мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-008</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х25мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1050-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х50мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1030-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х30мм, пакет (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0870-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х70мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0890-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х90мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0670-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х70мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1092-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х120мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0830-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х30мм, пакет (4 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1301-0850-4</t>
   </si>
   <si>
     <t>Болт мебельный DIN 603, 8,0х50мм, пакет (4 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3511-008</t>
-[...8 lines deleted...]
-    <t>Болт мебельный DIN 603, 8,0х90мм, пакет (2 шт/уп) KRANZ</t>
+    <t>KR-01-3511-035</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х50мм, короб (25 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1301-0891-4</t>
   </si>
   <si>
     <t>Болт мебельный DIN 603, 8,0х100мм, пакет (2 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3511-022</t>
-[...20 lines deleted...]
-    <t>Болт мебельный DIN 603, 6,0х70мм, пакет (4 шт/уп) KRANZ</t>
+    <t>1301-1070-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х70мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-021</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х40мм, короб (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3511-024</t>
   </si>
   <si>
     <t>Болт мебельный DIN 603, 8,0х70мм, короб (30 шт/уп) KRANZ</t>
   </si>
   <si>
+    <t>KR-01-3511-026</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х90мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3511-027</t>
   </si>
   <si>
     <t>Болт мебельный DIN 603, 8,0х100мм, короб (25 шт/уп) KRANZ</t>
-  </si>
-[...70 lines deleted...]
-    <t>Болт мебельный DIN 603, 8,0х90мм, короб (20 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3511-037</t>
   </si>
   <si>
     <t>Болт мебельный DIN 603, 10х70мм, короб (15 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -630,56 +606,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h120-korob-10-sht-up-23185" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h40-korob-75-sht-up-23154" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h30-korob-25-sht-up-23163" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h50-paket-4sht-22613" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h25-korob-50-sht-up-23151" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h90-paket-2sht-22631" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h100-paket-2sht-22546" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h50-korob-40-sht-up-23165" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h50-korob-25-sht-up-23178" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h50-paket-2sht-22524" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h70-paket-4sht-22526" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h70-korob-30-sht-up-23167" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h100-korob-25-sht-up-23170" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h30-paket-10sht-22543" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h120-paket-2sht-22561" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h30-korob-100-sht-up-23152" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h80-korob-25-sht-up-23168" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h60-korob-15-sht-up-23179" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h70-paket-2sht-22562" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h80-paket-2sht-22614" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h30-paket-4sht-22527" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h70-paket-2sht-22630" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h20-korob-50-sht-up-23150" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h40-korob-50-sht-up-23164" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h90-korob-20-sht-up-23169" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h70-korob-15-sht-up-23180" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-6-0h40mm-korob-75-sht-up-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h60mm-korob-15-sht-up-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h120mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h80mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-6-0h20mm-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-6-0h25mm-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h50mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h30mm-paket-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h70mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h90mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-6-0h70mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h120mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h30mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h50mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h50mm-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h100mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h70mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h40mm-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h70mm-korob-30-sht-up-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h90mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h100mm-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h70mm-korob-15-sht-up-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I28"/>
+  <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -698,827 +674,707 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>460.62</v>
+        <v>314.3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>2</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>16</v>
       </c>
       <c r="I3" s="3">
-        <v>10</v>
+        <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>343.38</v>
+        <v>419.86</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>16</v>
       </c>
       <c r="I4" s="3">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>330.59</v>
+        <v>468.45</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I5" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>50.68</v>
+        <v>27.01</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>309</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>40</v>
       </c>
       <c r="I6" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>398.91</v>
+        <v>404.47</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>32</v>
       </c>
       <c r="I7" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>35.54</v>
+        <v>365.12</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I8" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>43.74</v>
+        <v>42.1</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>33</v>
+        <v>249</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>40</v>
       </c>
       <c r="I9" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>567.41</v>
+        <v>115.43</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
+        <v>54</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>30</v>
+      </c>
+      <c r="I10" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>588.58</v>
+        <v>28.6</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1</v>
+        <v>304</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I11" s="3">
-        <v>25</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>46</v>
+        <v>36.14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>254</v>
+        <v>57</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>40</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>62.23</v>
+        <v>63.29</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>40</v>
       </c>
       <c r="I13" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>573.46</v>
+        <v>82.69</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I14" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>615.45</v>
+        <v>42.65</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
+        <v>0</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>40</v>
+      </c>
+      <c r="I15" s="3">
         <v>4</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>113.5</v>
+        <v>51.54</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>81.31</v>
+        <v>598.59</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>572.96</v>
+        <v>44.48</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I18" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>466.6</v>
+        <v>47.25</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
+        <v>223</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>40</v>
+      </c>
+      <c r="I19" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>412.84</v>
+        <v>589.37</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>16</v>
       </c>
       <c r="I20" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>51.62</v>
+        <v>583.21</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>224</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>29.51</v>
+        <v>454.64</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>309</v>
+        <v>21</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I22" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>41.94</v>
+        <v>625.91</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I23" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>29.6</v>
+        <v>335.18</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>334</v>
+        <v>184</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I24" s="3">
-        <v>2</v>
-[...114 lines deleted...]
-      <c r="I28" s="3">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
-    <hyperlink ref="D25" r:id="rId23"/>
-[...2 lines deleted...]
-    <hyperlink ref="D28" r:id="rId26"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>