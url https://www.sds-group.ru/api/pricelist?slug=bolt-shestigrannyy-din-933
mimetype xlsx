--- v0 (2025-10-22)
+++ v1 (2026-02-04)
@@ -42,192 +42,192 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Болт шестигранный DIN 933</t>
   </si>
   <si>
+    <t>KR-01-3512-034</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х70мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>1302-0640-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 6,0х40мм, пакет (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-1080-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 10х80мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0890-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х90мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0840-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х40мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3512-016</t>
   </si>
   <si>
     <t>Болт шестигранный DIN 933, 6,0х50мм, короб (20 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>KR-01-3512-029</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х45мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-056</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 10х90мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-099</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 16х90мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0850-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х50мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0860-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х60мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0870-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х70мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0892-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х120мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0650-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 6,0х50мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-014</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 6,0х40мм, короб (40 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-028</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х40мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-030</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х50мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-031</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х55мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-032</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х60мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-036</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х90мм, короб (20 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3512-039</t>
   </si>
   <si>
     <t>Болт шестигранный DIN 933, 8,0х120мм, короб (10 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3512-056</t>
-[...20 lines deleted...]
-    <t>Болт шестигранный DIN 933, 8,0х90мм, короб (20 шт/уп) KRANZ</t>
+    <t>KR-01-3512-055</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 10х80мм, короб (10 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3512-098</t>
   </si>
   <si>
     <t>Болт шестигранный DIN 933, 16х80мм, короб (10 шт/уп) KRANZ</t>
-  </si>
-[...94 lines deleted...]
-    <t>Болт шестигранный DIN 933, 8,0х90мм, пакет (2 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -612,51 +612,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-6h50-korob-20-sht-up-kranz-23207" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h120-korob-10-sht-up-kranz-23230" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-10h90-korob-10-sht-up-kranz-23247" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h45-korob-20-sht-up-kranz-23220" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h70-korob-20-sht-up-kranz-23225" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h90-korob-20-sht-up-kranz-23227" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-16h80-paket-10-sht-up-kranz-23289" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h120-paket-2sht-22650" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h50-korob-20-sht-up-kranz-23221" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h55-korob-20-sht-up-kranz-23222" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h60-korob-20-sht-up-kranz-23223" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-10h80-korob-10-sht-up-kranz-23246" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-6h40-korob-40-sht-up-kranz-23205" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h40-paket-2sht-22655" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-16h90-paket-10-sht-up-kranz-23290" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-6h40-paket-10sht-22615" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-6h50-paket-4sht-22632" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-10h80-paket-2sht-22647" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h70-paket-2sht-22648" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h40-korob-20-sht-up-kranz-23219" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h50-paket-4sht-22616" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h60-paket-4sht-22633" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h90-paket-2sht-22653" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h70mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-6-0h40mm-paket-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-10h80mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h90mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h40mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-6-0h50mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h45mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-10h90mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-16h90mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h50mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h60mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h70mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h120mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-6-0h50mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-6-0h40mm-korob-40-sht-up-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h40mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h50mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h55mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h60mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h90mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h120mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-10h80mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-16h80mm-korob-10-sht-up-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I25"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -680,707 +680,707 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>240.09</v>
+        <v>450.27</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I3" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>287.18</v>
+        <v>52.5</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1947</v>
+        <v>350</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I4" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>275.09</v>
+        <v>51.62</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1663</v>
+        <v>304</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I5" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>284.35</v>
+        <v>20.01</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
+        <v>1909</v>
+      </c>
+      <c r="G6" s="3">
+        <v>1</v>
+      </c>
+      <c r="H6" s="3">
+        <v>40</v>
+      </c>
+      <c r="I6" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>442.74</v>
+        <v>17.56</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>70</v>
+        <v>357</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>16</v>
+        <v>400</v>
       </c>
       <c r="I7" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>442.31</v>
+        <v>244.17</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I8" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>737.85</v>
+        <v>289.18</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1394</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="I9" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>44.42</v>
+        <v>188.84</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>220</v>
+        <v>1638</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>300.16</v>
+        <v>490.43</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>549</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>309.61</v>
+        <v>33.3</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>59</v>
+        <v>258</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>321.81</v>
+        <v>35.33</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>294</v>
+        <v>412</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>236.73</v>
+        <v>19.32</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2722</v>
+        <v>1</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I14" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>298.23</v>
+        <v>45.18</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
+        <v>127</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>40</v>
+      </c>
+      <c r="I15" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>17.27</v>
+        <v>26.33</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>650</v>
+        <v>504</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>400</v>
+        <v>40</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>714.42</v>
+        <v>303.3</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>593</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="I17" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>54.34</v>
+        <v>293.21</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>379</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I18" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>25.89</v>
+        <v>305.26</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>525</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I19" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>50.76</v>
+        <v>314.87</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>165</v>
+        <v>52</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I20" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>19</v>
+        <v>327.28</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1</v>
+        <v>264</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>288.31</v>
+        <v>449.83</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I22" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>32.74</v>
+        <v>197.15</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>406</v>
+        <v>1682</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>34.74</v>
+        <v>162.51</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>501</v>
+        <v>2667</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>26.24</v>
+        <v>562.8</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>2089</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>