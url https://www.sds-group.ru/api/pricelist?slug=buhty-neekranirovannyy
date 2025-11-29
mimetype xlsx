--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -8,169 +8,265 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="71">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Бухты Неэкранированный</t>
   </si>
   <si>
+    <t>51-0282</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>пог. м</t>
+  </si>
+  <si>
+    <t>51-0286</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0230</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0208</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>51-0213</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0232</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0626</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL24-2, 24Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0255-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0231</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0210</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0209</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0211</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0624</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL16-2, 16Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
     <t>51-0627</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL30-2, 30Вт/м, неэкранированный, бухта 300м PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...23 lines deleted...]
-    <t>метр</t>
+    <t>51-0284</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0624-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,5мм2/70м, бухта 300м PROconnect</t>
   </si>
   <si>
     <t>51-0254-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>51-0255-4</t>
-[...2 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 200м PROconnect</t>
+    <t>51-0212</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
   </si>
   <si>
     <t>51-0627-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный 30Вт/м, 0,5мм2/30м, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>51-0208</t>
-[...14 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,5мм2/70м, бухта 300м PROconnect</t>
+    <t>51-0233</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0184</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0181</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0182</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0183</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0180</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0274</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0185</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м REXANT</t>
   </si>
   <si>
     <t>51-0276</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 300м REXANT</t>
   </si>
   <si>
     <t>51-0277</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 300м REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 300м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -555,56 +651,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovannyy-buhta-300m-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovannyy-buhta-300m-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovannyy-buhta-300m-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-5mm2-30m-buh.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-5mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-93mm2-71m-buhta-300m-proconnect-31962" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-93mm2-48m-buhta-300m-proconnect-31964" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-50m-proconnect-31559" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-50m-proconnect-20249" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-100m-proconnect-20240" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovanniy-30vt-m-0-9mm2-40m-buhta-50m-proconnect-31561" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovanniy-buhta-300m-proconnect-12601" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-40kns-2lp-65-85-uv-neekranirovanniy-40vt-m-200m-proconnect-29402" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-100m-proconnect-31560" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-50m-proconnect-20242" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-50m-proconnect-20247" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-100m-proconnect-20257" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovanniy-buhta-300m-proconnect-12598" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovanniy-buhta-300m-proconnect-12599" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-93mm2-62m-buhta-300m-proconnect-31963" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2lp-65-85-neekranirovanniy-16vt-m-300m-proconnect-29395" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-30kns-2lp-65-85-uv-neekranirovanniy-30vt-m-200m-proconnect-29401" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-100m-proconnect-20243" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2lp-65-85-neekranirovanniy-30vt-m-300m-proconnect-29397" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovanniy-30vt-m-0-9mm2-40m-buhta-100m-proconnect-31562" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-50m-rexant-31567" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-9mm2-105m-buhta-100m-rexant-31564" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-9mm2-70m-buhta-50m-rexant-31565" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-9mm2-70m-buhta-100m-rexant-31566" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-9mm2-105m-buhta-50m-rexant-31563" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-88mm2-105m-300m-rexant-30975" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-100m-rexant-31568" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-88mm2-70m-300m-rexant-30977" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-88mm2-55m-300m-rexant-30979" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I15"/>
+  <dimension ref="A1:I31"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -623,437 +719,917 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>300</v>
       </c>
       <c r="H3" s="3">
         <v>300</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>300</v>
       </c>
       <c r="H4" s="3">
         <v>300</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>112</v>
+        <v>279.6</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G5" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H5" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>2350</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>50</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>288.15</v>
+        <v>126</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>3400</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>292.08</v>
+        <v>283.19</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>6200</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>134.72</v>
+        <v>116</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>300</v>
       </c>
       <c r="H9" s="3">
         <v>300</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>124</v>
+        <v>268</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>4800</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>126</v>
+        <v>279.5</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>10200</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H12" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>158</v>
+        <v>126</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>78200</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>165</v>
+        <v>122</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F14" s="3">
-        <v>29100</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
+        <v>112</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F15" s="3">
+        <v>0</v>
+      </c>
+      <c r="G15" s="3">
+        <v>300</v>
+      </c>
+      <c r="H15" s="3">
+        <v>300</v>
+      </c>
+      <c r="I15" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C16" s="3">
+        <v>118</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F16" s="3">
+        <v>0</v>
+      </c>
+      <c r="G16" s="3">
+        <v>300</v>
+      </c>
+      <c r="H16" s="3">
+        <v>300</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C17" s="3">
+        <v>116</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" s="3">
+        <v>0</v>
+      </c>
+      <c r="G17" s="3">
+        <v>300</v>
+      </c>
+      <c r="H17" s="3">
+        <v>300</v>
+      </c>
+      <c r="I17" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C18" s="3">
+        <v>131</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="3">
+        <v>0</v>
+      </c>
+      <c r="G18" s="3">
+        <v>300</v>
+      </c>
+      <c r="H18" s="3">
+        <v>300</v>
+      </c>
+      <c r="I18" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C19" s="3">
+        <v>265</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="3">
+        <v>2600</v>
+      </c>
+      <c r="G19" s="3">
+        <v>200</v>
+      </c>
+      <c r="H19" s="3">
+        <v>200</v>
+      </c>
+      <c r="I19" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C20" s="3">
+        <v>124</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" s="3">
+        <v>0</v>
+      </c>
+      <c r="G20" s="3">
+        <v>100</v>
+      </c>
+      <c r="H20" s="3">
+        <v>100</v>
+      </c>
+      <c r="I20" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C21" s="3">
+        <v>134.72</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="3">
+        <v>0</v>
+      </c>
+      <c r="G21" s="3">
+        <v>300</v>
+      </c>
+      <c r="H21" s="3">
+        <v>300</v>
+      </c>
+      <c r="I21" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C22" s="3">
+        <v>283.4</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="3">
+        <v>200</v>
+      </c>
+      <c r="G22" s="3">
+        <v>100</v>
+      </c>
+      <c r="H22" s="3">
+        <v>100</v>
+      </c>
+      <c r="I22" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" s="3">
+        <v>182</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="3">
+        <v>0</v>
+      </c>
+      <c r="G23" s="3">
+        <v>50</v>
+      </c>
+      <c r="H23" s="3">
+        <v>50</v>
+      </c>
+      <c r="I23" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C24" s="3">
+        <v>160</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" s="3">
+        <v>0</v>
+      </c>
+      <c r="G24" s="3">
+        <v>100</v>
+      </c>
+      <c r="H24" s="3">
+        <v>100</v>
+      </c>
+      <c r="I24" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C25" s="3">
+        <v>174</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" s="3">
+        <v>5000</v>
+      </c>
+      <c r="G25" s="3">
+        <v>50</v>
+      </c>
+      <c r="H25" s="3">
+        <v>50</v>
+      </c>
+      <c r="I25" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C26" s="3">
+        <v>174</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" s="3">
+        <v>4900</v>
+      </c>
+      <c r="G26" s="3">
+        <v>100</v>
+      </c>
+      <c r="H26" s="3">
+        <v>100</v>
+      </c>
+      <c r="I26" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C27" s="3">
+        <v>160</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="3">
+        <v>7750</v>
+      </c>
+      <c r="G27" s="3">
+        <v>50</v>
+      </c>
+      <c r="H27" s="3">
+        <v>50</v>
+      </c>
+      <c r="I27" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C28" s="3">
         <v>145</v>
       </c>
-      <c r="D15" s="4" t="s">
-[...14 lines deleted...]
-      <c r="I15" s="3">
+      <c r="D28" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F28" s="3">
+        <v>38407</v>
+      </c>
+      <c r="G28" s="3">
+        <v>300</v>
+      </c>
+      <c r="H28" s="3">
+        <v>300</v>
+      </c>
+      <c r="I28" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="3">
+        <v>182</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F29" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G29" s="3">
+        <v>100</v>
+      </c>
+      <c r="H29" s="3">
+        <v>100</v>
+      </c>
+      <c r="I29" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C30" s="3">
+        <v>158</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="3">
+        <v>900</v>
+      </c>
+      <c r="G30" s="3">
+        <v>300</v>
+      </c>
+      <c r="H30" s="3">
+        <v>300</v>
+      </c>
+      <c r="I30" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C31" s="3">
+        <v>165</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="3">
+        <v>0</v>
+      </c>
+      <c r="G31" s="3">
+        <v>300</v>
+      </c>
+      <c r="H31" s="3">
+        <v>300</v>
+      </c>
+      <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
+    <hyperlink ref="D16" r:id="rId14"/>
+    <hyperlink ref="D17" r:id="rId15"/>
+    <hyperlink ref="D18" r:id="rId16"/>
+    <hyperlink ref="D19" r:id="rId17"/>
+    <hyperlink ref="D20" r:id="rId18"/>
+    <hyperlink ref="D21" r:id="rId19"/>
+    <hyperlink ref="D22" r:id="rId20"/>
+    <hyperlink ref="D23" r:id="rId21"/>
+    <hyperlink ref="D24" r:id="rId22"/>
+    <hyperlink ref="D25" r:id="rId23"/>
+    <hyperlink ref="D26" r:id="rId24"/>
+    <hyperlink ref="D27" r:id="rId25"/>
+    <hyperlink ref="D28" r:id="rId26"/>
+    <hyperlink ref="D29" r:id="rId27"/>
+    <hyperlink ref="D30" r:id="rId28"/>
+    <hyperlink ref="D31" r:id="rId29"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>