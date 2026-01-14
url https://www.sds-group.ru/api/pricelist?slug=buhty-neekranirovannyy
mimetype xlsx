--- v1 (2025-11-29)
+++ v2 (2026-01-14)
@@ -8,265 +8,253 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="67">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Бухты Неэкранированный</t>
   </si>
   <si>
+    <t>51-0624-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,5мм2/70м, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>пог. м</t>
+  </si>
+  <si>
+    <t>51-0254-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0233</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
+  </si>
+  <si>
     <t>51-0282</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 300м PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>пог. м</t>
+    <t>51-0284</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 300м PROconnect</t>
   </si>
   <si>
     <t>51-0286</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 300м PROconnect</t>
   </si>
   <si>
+    <t>51-0231</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0208</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>51-0212</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0624</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL16-2, 16Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0626</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL24-2, 24Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0255-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0210</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0213</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
     <t>51-0230</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м PROconnect</t>
   </si>
   <si>
-    <t>51-0208</t>
-[...13 lines deleted...]
-  <si>
     <t>51-0232</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 50м PROconnect</t>
   </si>
   <si>
-    <t>51-0626</t>
-[...22 lines deleted...]
-  <si>
     <t>51-0209</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
   </si>
   <si>
     <t>51-0211</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
   </si>
   <si>
-    <t>51-0624</t>
-[...44 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
+    <t>51-0274</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0181</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0182</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
   </si>
   <si>
     <t>51-0184</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м REXANT</t>
   </si>
   <si>
-    <t>51-0181</t>
-[...8 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+    <t>51-0185</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0276</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0277</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0180</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
   </si>
   <si>
     <t>51-0183</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 300м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -651,56 +639,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-93mm2-71m-buhta-300m-proconnect-31962" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-93mm2-48m-buhta-300m-proconnect-31964" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-50m-proconnect-31559" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-50m-proconnect-20249" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-100m-proconnect-20240" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovanniy-30vt-m-0-9mm2-40m-buhta-50m-proconnect-31561" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovanniy-buhta-300m-proconnect-12601" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-40kns-2lp-65-85-uv-neekranirovanniy-40vt-m-200m-proconnect-29402" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-100m-proconnect-31560" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-50m-proconnect-20242" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-50m-proconnect-20247" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-100m-proconnect-20257" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovanniy-buhta-300m-proconnect-12598" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovanniy-buhta-300m-proconnect-12599" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-93mm2-62m-buhta-300m-proconnect-31963" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2lp-65-85-neekranirovanniy-16vt-m-300m-proconnect-29395" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-30kns-2lp-65-85-uv-neekranirovanniy-30vt-m-200m-proconnect-29401" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-100m-proconnect-20243" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2lp-65-85-neekranirovanniy-30vt-m-300m-proconnect-29397" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovanniy-30vt-m-0-9mm2-40m-buhta-100m-proconnect-31562" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-50m-rexant-31567" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-9mm2-105m-buhta-100m-rexant-31564" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-9mm2-70m-buhta-50m-rexant-31565" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-9mm2-70m-buhta-100m-rexant-31566" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-9mm2-105m-buhta-50m-rexant-31563" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-88mm2-105m-300m-rexant-30975" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-100m-rexant-31568" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-88mm2-70m-300m-rexant-30977" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-88mm2-55m-300m-rexant-30979" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-5mm2-70m-buh" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-3" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-3" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-3" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-3" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I31"/>
+  <dimension ref="A1:I29"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -719,917 +707,857 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>112</v>
+        <v>133.23</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>300</v>
       </c>
       <c r="H3" s="3">
         <v>300</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>118</v>
+        <v>269.51</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="H4" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>279.6</v>
+        <v>288.22</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="G5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>124</v>
+        <v>113.9</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>36600</v>
       </c>
       <c r="G6" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>126</v>
+        <v>117.97</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>283.19</v>
+        <v>120.01</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>116</v>
+        <v>284.25</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G9" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
+      <c r="C10" s="3">
+        <v>126.11</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>4800</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>279.5</v>
+        <v>126.11</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>100</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>128</v>
+        <v>113.9</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>126</v>
+        <v>117.97</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>122</v>
+        <v>272.56</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="G14" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>112</v>
+        <v>130.18</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>450</v>
       </c>
       <c r="G15" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>118</v>
+        <v>128.14</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>116</v>
+        <v>284.35</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G17" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H17" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>131</v>
+        <v>288</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G18" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H18" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>265</v>
+        <v>128.14</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F19" s="3">
-        <v>2600</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>124</v>
+        <v>124.07</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>100</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>134.72</v>
+        <v>147.47</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>7507</v>
       </c>
       <c r="G21" s="3">
         <v>300</v>
       </c>
       <c r="H21" s="3">
         <v>300</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>283.4</v>
+        <v>162.72</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>200</v>
+        <v>3300</v>
       </c>
       <c r="G22" s="3">
         <v>100</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>182</v>
+        <v>176.96</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>4150</v>
       </c>
       <c r="G23" s="3">
         <v>50</v>
       </c>
       <c r="H23" s="3">
         <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>160</v>
+        <v>185.09</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>174</v>
+        <v>185.09</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>174</v>
+        <v>160.69</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>4900</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>160</v>
+        <v>167.81</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>7750</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>145</v>
+        <v>162.72</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>38407</v>
+        <v>6350</v>
       </c>
       <c r="G28" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H28" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>182</v>
+        <v>176.96</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
-[...56 lines deleted...]
-      <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
-    <hyperlink ref="D30" r:id="rId28"/>
-    <hyperlink ref="D31" r:id="rId29"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>