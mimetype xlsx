--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -8,736 +8,739 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="442" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="446" uniqueCount="229">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Буры sds plus 2 грани Kranz</t>
   </si>
   <si>
+    <t>KR-91-0813</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0018</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0817</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x350x290мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0050</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0034</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0854</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0005</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0011</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0037</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0019-4</t>
   </si>
   <si>
     <t>Бур по бетону 10x210x150мм SDS PLUS (10 шт) KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Бур по бетону 6x160x100мм SDS PLUS KRANZ</t>
+    <t>KR-91-0051</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0026</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0052</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0814</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0033</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0036</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0046</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0047</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0055</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0058</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0085</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0065</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0066</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0068</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0069</t>
+  </si>
+  <si>
+    <t>Бур по бетону 24x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0072</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0075</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0076</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0088</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x1000x940мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0028</t>
+  </si>
+  <si>
+    <t>Бур по бетону 4x110x50мм SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0006</t>
   </si>
   <si>
     <t>Бур по бетону 6x110x50мм SDS PLUS KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0025</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0017</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0012</t>
   </si>
   <si>
     <t>Бур по бетону 8x160x100мм SDS PLUS KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0061</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0048</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0019</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0844</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0029</t>
   </si>
   <si>
     <t>Бур по бетону 10x110x50мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0050</t>
-[...2 lines deleted...]
-    <t>Бур по бетону 12x460x400мм SDS PLUS KRANZ</t>
+    <t>KR-91-0013</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0062</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0038</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x310x240мм SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0040</t>
   </si>
   <si>
     <t>Бур по бетону 18x310x250мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0048</t>
-[...8 lines deleted...]
-    <t>Бур по бетону 10x600x540мм SDS PLUS KRANZ</t>
+    <t>KR-91-0815</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0057</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0059</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0063</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0064</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0067</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0074</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0030</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0049</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0054</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0056</t>
+  </si>
+  <si>
+    <t>Бур по бетону 24x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0032</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0830</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0832</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x260x200мм SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0833</t>
   </si>
   <si>
     <t>Бур по бетону 8x350x290мм SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0834</t>
   </si>
   <si>
     <t>Бур по бетону 12x350x290мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0036</t>
-[...2 lines deleted...]
-    <t>Бур по бетону 18x210x150мм SDS PLUS KRANZ</t>
+    <t>KR-91-0070</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0831</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0011-4</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x160x100мм SDS PLUS (10 шт) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0041</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x310x250мм SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0043</t>
   </si>
   <si>
     <t>Бур по бетону 24x310x250мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0046</t>
-[...20 lines deleted...]
-    <t>Бур по бетону 16x160x100мм SDS PLUS KRANZ</t>
+    <t>KR-91-0045</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0053</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0060</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0071</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0077</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0086</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x1000x940мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0087</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x1000x940мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0089</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x1000x940мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0044</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0073</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0843</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0078</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0079</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0081</t>
+  </si>
+  <si>
+    <t>Бур по бетону 24x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0084</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0080</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0083</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0006-4</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x110x50мм SDS PLUS (10 шт) KRANZ</t>
   </si>
   <si>
     <t>KR-91-0042</t>
   </si>
   <si>
     <t>Бур по бетону 22x310x250мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0060</t>
-[...86 lines deleted...]
-    <t>Бур по бетону 32x800x740мм SDS PLUS KRANZ</t>
+    <t>KR-91-0020</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0845</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0007</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0039</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0004</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6,5x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0816</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0082</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0842</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0091</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x1000x940мм, SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0853</t>
   </si>
   <si>
     <t>Бур по бетону 14x400x340мм, SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0080</t>
-[...14 lines deleted...]
-    <t>Бур по бетону 12x210x150мм SDS PLUS KRANZ</t>
+    <t>KR-91-0003</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5,5x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0035</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0031</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x160x100xмм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0009</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6,5x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0090</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x1000x940мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0012-4</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x160x100мм SDS PLUS (10 шт) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0846</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x400x340мм, SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0092</t>
   </si>
   <si>
     <t>Бур по бетону 26x1000x940мм, SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0844</t>
-[...20 lines deleted...]
-    <t>Бур по бетону 20x1000x940мм, SDS PLUS KRANZ</t>
+    <t>KR-91-0852</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0093</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x1000x940мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0008</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5,5x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0818</t>
+  </si>
+  <si>
+    <t>KR-91-0014</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0027</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0841</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x400x340мм, SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0851</t>
   </si>
   <si>
     <t>Бур по бетону 10x400x340мм, SDS PLUS KRANZ</t>
-  </si>
-[...388 lines deleted...]
-    <t>Бур по бетону 10x260x200мм SDS PLUS KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1122,56 +1125,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150mm-sds-plus-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x110x50mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x460x400mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x310x250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x460x400mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x600x540mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x350x290mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x350x290mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x210x150mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x310x250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x310x250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x460x400mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x160x100mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x310x250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x460x400mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x600x540mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x600x540mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x1000x940mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x600x540mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x600x540mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x260x200mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x600x540mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x600x540mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x800x740mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x800x740mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x800x740mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x800x740mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x800x740mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x800x740mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x400x340mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x800x740mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x460x400mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x210x150mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x1000x940mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x400x340mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x1000x940mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x400x340mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x1000x940mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x400x340mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x400x340mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x310x250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x400x340mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x400x340mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x400x340mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x1000x940mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-4x110x50mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x110x50mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x210x150mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x310x250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x210x150mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x600x540mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x260x200mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x310x250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x160x100mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x310x250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x350x290mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x210x150mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x310x240mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x460x400mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x460x400mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x210x150mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x260x200mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x260x200mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x110x50mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x160x100mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x310x250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x310x250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x310x250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x310x250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x460x400mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x460x400mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x460x400mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x460x400mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x460x400mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x600x540mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x600x540mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x600x540mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x600x540mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x600x540mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x800x740mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x800x740mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x800x740mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x800x740mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x800x740mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x1000x940mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x1000x940mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x1000x940mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100mm-sds-plus-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5-5x110x50mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6-5x110x50mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5-5x160x100mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6-5x160x100mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x210x150mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x260x200mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x310x250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x110x50mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x160x100mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50mm-sds-plus-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100mm-sds-plus-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x160x100xmm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x400x340mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x400x340mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x260x200mm-sds-plus-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x260x200-mm-sds-plus-kranz-24533" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x210x150-mm-sds-plus-kranz-24536" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x350x290-mm-sds-plus-kranz-24547" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x460x400-mm-sds-plus-kranz-24553" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x210x150-mm-sds-plus-kranz-24554" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x400x340mm-sds-plus-kranz-30622" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x110x50-mm-sds-plus-kranz-24527" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100-mm-sds-plus-kranz-24530" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x310x250-mm-sds-plus-kranz-24532" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-kranz-10x210-mm-sds-plus-10-sht-up-27020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x460x400-mm-sds-plus-kranz-24556" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x310x250-mm-sds-plus-kranz-24546" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x460x400-mm-sds-plus-kranz-24559" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x260x200-mm-sds-plus-kranz-24538" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x160x100-mm-sds-plus-kranz-27095" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x210x150-mm-sds-plus-kranz-27096" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x310x250-mm-sds-plus-kranz-27102" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x-310x250-mm-sds-plus-kranz-27103" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x460x400-mm-sds-plus-kranz-27107" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x460x400-mm-sds-plus-kranz-27110" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x800x740-mm-sds-plus-kranz-27012" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x600x540-mm-sds-plus-kranz-27115" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x600x540-mm-sds-plus-kranz-27116" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x600x540-mm-sds-plus-kranz-27118" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x600x540-mm-sds-plus-kranz-27119" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x600x540-mm-sds-plus-kranz-27122" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x800x740-mm-sds-plus-kranz-27125" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x800x740-mm-sds-plus-kranz-27003" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x1000x940-mm-sds-plus-kranz-27015" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-4x110x50-mm-sds-plus-kranz-24526" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50-mm-sds-plus-kranz-24529" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x310x250-mm-sds-plus-kranz-24539" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x210x150-mm-sds-plus-kranz-24531" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100-mm-sds-plus-kranz-24535" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x600x540-mm-sds-plus-kranz-24537" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x460x400-mm-sds-plus-kranz-24540" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150-mm-sds-plus-kranz-24543" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x400x340mm-sds-plus-kranz-30590" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x110x50-mm-sds-plus-kranz-24541" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x160x100-mm-sds-plus-kranz-24542" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x600x540-mm-sds-plus-kranz-24544" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x310x240-mm-sds-plus-kranz-24555" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x310x250-mm-sds-plus-kranz-24560" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10h260-mm-sds-plus-kranz-24545" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x460x400-mm-sds-plus-kranz-27109" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x460x400-mm-sds-plus-kranz-27111" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x600x540-mm-sds-plus-kranz-27113" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x600x540-mm-sds-plus-kranz-27114" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x600x540-mm-sds-plus-kranz-27117" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x800x740-mm-sds-plus-kranz-27124" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x110x50-mm-sds-plus-kranz-27093" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400-mm-sds-plus-kranz-27104" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x460x400-mm-sds-plus-kranz-27106" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x460x400-mm-sds-plus-kranz-27108" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x160x100-mm-sds-plus-kranz-27094" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x210x150-mm-sds-plus-kranz-26361" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x260x200-mm-sds-plus-kranz-26363" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x350x290-mm-sds-plus-kranz-26364" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x350x290-mm-sds-plus-kranz-26365" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x600x540-mm-sds-plus-kranz-27120" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x260x60-mm-sds-plus-kranz-26362" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100-mm-sds-plus-10-sht-kranz-27017" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x310x250-mm-sds-plus-kranz-27097" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x310x250-mm-sds-plus-kranz-27099" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x310x250-mm-sds-plus-kranz-27101" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x460x400-mm-sds-plus-kranz-27105" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x460x400-mm-sds-plus-kranz-27112" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x600x540-mm-sds-plus-kranz-27121" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x800x740-mm-sds-plus-kranz-27004" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x1000x940-mm-sds-plus-kranz-27013" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x1000x940-mm-sds-plus-kranz-27014" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x1000x940-mm-sds-plus-kranz-27016" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x310x250-mm-sds-plus-kranz-27100" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x600x540-mm-sds-plus-kranz-27123" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x400x340mm-sds-plus-kranz-30589" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x800x740-mm-sds-plus-kranz-27005" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x800x740-mm-sds-plus-kranz-27006" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x800x740-mm-sds-plus-kranz-27008" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x800x740-mm-sds-plus-kranz-27011" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x800x740-mm-sds-plus-kranz-27007" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x800x740-mm-sds-plus-kranz-27010" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50-mm-sds-plus-10-sht-kranz-26360" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x310x250-mm-sds-plus-kranz-27098" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x210-mm-sds-plus-kranz-24549" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x400x340mm-sds-plus-kranz-30591" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x110x50-mm-sds-plus-kranz-24534" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16h300-mm-sds-plus-kranz-24558" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6-5x110x50-mm-sds-plus-kranz-26357" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12h260-mm-sds-plus-kranz-24551" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x800x740-mm-sds-plus-kranz-27009" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x400x340mm-sds-plus-kranz-30588" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x1000x940mm-sds-plus-kranz-30594" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x400x340mm-sds-plus-kranz-30621" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5-5x110x50-mm-sds-plus-kranz-26356" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x210-mm-sds-plus-kranz-24557" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x160-mm-sds-plus-kranz-24528" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6-5x160x100-mm-sds-plus-kranz-26359" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x1000x940mm-sds-plus-kranz-30593" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100-mm-sds-plus-10-sht-kranz-27018" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x400x340mm-sds-plus-kranz-30592" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x1000x940mm-sds-plus-kranz-30595" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x400x340mm-sds-plus-kranz-30620" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x1000x940mm-sds-plus-kranz-30596" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5-5x160x100-mm-sds-plus-kranz-26358" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10h460-mm-sds-plus-kranz-24548" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x160x100-mm-sds-plus-kranz-24550" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12h300-mm-sds-plus-kranz-24552" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x400x340mm-sds-plus-kranz-30587" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x400x340mm-sds-plus-kranz-30619" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I110"/>
+  <dimension ref="A1:I111"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1190,3172 +1193,3201 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>147.11</v>
+        <v>173.08</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>750</v>
+        <v>1367</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>1</v>
+        <v>120</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>105.77</v>
+        <v>163.46</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>36067</v>
+        <v>1992</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>87.15</v>
+        <v>307.69</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>125382</v>
+        <v>824</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>125.51</v>
+        <v>336.54</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>3849</v>
+        <v>758</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>129.16</v>
+        <v>264.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1496</v>
+        <v>330</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>336.54</v>
+        <v>532.44</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>889</v>
+        <v>66</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>557.69</v>
+        <v>90.06</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>293</v>
+        <v>4301</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>317.31</v>
+        <v>105.77</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>321</v>
+        <v>25904</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>373.06</v>
+        <v>192.31</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>1806</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>278.85</v>
+        <v>147.11</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>903</v>
+        <v>750</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>326.92</v>
+        <v>423.08</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>685</v>
+        <v>721</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>413.46</v>
+        <v>226.18</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>371</v>
+        <v>2250</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>120</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>677.89</v>
+        <v>560.08</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>87</v>
+        <v>1191</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1269.23</v>
+        <v>192.31</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>240</v>
+        <v>747</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>326.92</v>
+        <v>288.46</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>353</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1545.02</v>
+        <v>413.46</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>62</v>
+        <v>357</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>288.46</v>
+        <v>1269.23</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>380</v>
+        <v>237</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>591.35</v>
+        <v>1634.62</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>150</v>
+        <v>68</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>2479.48</v>
+        <v>1152.11</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>118</v>
+        <v>35</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>371.57</v>
+        <v>1832.17</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>326</v>
+        <v>128</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>761.3</v>
+        <v>3649.62</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>694</v>
+        <v>77</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>708.78</v>
+        <v>761.3</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>113</v>
+        <v>590</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
         <v>930.84</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>30</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1038.41</v>
+        <v>1460.4</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>152</v>
+        <v>202</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>173.08</v>
+        <v>1799.94</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1672</v>
+        <v>146</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>120</v>
+        <v>15</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1799.94</v>
+        <v>2706.03</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>2360.71</v>
+        <v>746.6</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>68</v>
+        <v>105</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>694.67</v>
+        <v>865.38</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>746.6</v>
+        <v>1233.22</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>302</v>
+        <v>65</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>961.54</v>
+        <v>86.52</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>267</v>
+        <v>241</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>30</v>
+        <v>240</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>1220.21</v>
+        <v>87.15</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>125</v>
+        <v>89959</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>1753.58</v>
+        <v>225.47</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>90</v>
+        <v>535</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>3649.62</v>
+        <v>144.23</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>95</v>
+        <v>3336</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>10</v>
+        <v>240</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>423.08</v>
+        <v>125.51</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>175</v>
+        <v>2191</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>1596.41</v>
+        <v>423.08</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>147</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>784.16</v>
+        <v>317.31</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>182.75</v>
+        <v>170.62</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>1084</v>
+        <v>2027</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>120</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>2772.04</v>
+        <v>2019.23</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>2019.23</v>
+        <v>129.16</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>81</v>
+        <v>1248</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>10</v>
+        <v>240</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>2323.19</v>
+        <v>138.46</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>30</v>
+        <v>3925</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>10</v>
+        <v>240</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>1442.31</v>
+        <v>373.06</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>1953.3</v>
+        <v>346.15</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>22</v>
+        <v>1984</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>283.85</v>
+        <v>557.69</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>152</v>
+        <v>273</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>294.5</v>
+        <v>219.02</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>190</v>
+        <v>729</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>259.62</v>
+        <v>1545.02</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>1750</v>
+        <v>2182.06</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>108</v>
+        <v>87</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>622.66</v>
+        <v>371.57</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>50</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>532.44</v>
+        <v>640.32</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>50</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>4326.6</v>
+        <v>1038.41</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>86.52</v>
+        <v>694.67</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>1344</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>90.06</v>
+        <v>153.85</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>6293</v>
+        <v>162</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>240</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>144.23</v>
+        <v>326.92</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>4869</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>240</v>
+        <v>80</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>192.31</v>
+        <v>958.21</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>2334</v>
+        <v>31</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>163.46</v>
+        <v>1303.95</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>2365</v>
+        <v>12</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>423.08</v>
+        <v>255.72</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>192.31</v>
+        <v>151.64</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>973</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>225.47</v>
+        <v>365.38</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>705</v>
+        <v>589</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>120</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>138.46</v>
+        <v>278.85</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>6749</v>
+        <v>876</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>240</v>
+        <v>150</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>170.62</v>
+        <v>326.92</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>4386</v>
+        <v>638</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>226.18</v>
+        <v>2042.14</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>2875</v>
+        <v>60</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>120</v>
+        <v>15</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>307.69</v>
+        <v>221.54</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>860</v>
+        <v>423</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>120</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>264.3</v>
+        <v>86.01</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>394</v>
+        <v>1923</v>
       </c>
       <c r="G64" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>346.15</v>
+        <v>653.85</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>2246</v>
+        <v>65</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>423.08</v>
+        <v>677.89</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>825</v>
+        <v>79</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>560.08</v>
+        <v>1076.92</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>1285</v>
+        <v>99</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>151.64</v>
+        <v>784.16</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>252</v>
+        <v>70</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>140</v>
+        <v>40</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>221.54</v>
+        <v>2479.48</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>460</v>
+        <v>116</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>365.38</v>
+        <v>2360.71</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>634</v>
+        <v>51</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>120</v>
+        <v>15</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>153.85</v>
+        <v>961.54</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3">
-        <v>265</v>
+        <v>110</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>240</v>
+        <v>30</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="3">
-        <v>255.72</v>
+        <v>708.78</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C73" s="3">
-        <v>653.85</v>
+        <v>743.7</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>93</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="3">
-        <v>815.38</v>
+        <v>1424.46</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
-        <v>24</v>
+        <v>132</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>20</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C75" s="3">
-        <v>1076.92</v>
+        <v>815.38</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>117</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>20</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C76" s="3">
-        <v>1634.62</v>
+        <v>2600.78</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C77" s="3">
-        <v>958.21</v>
+        <v>1750</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>33</v>
+        <v>90</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="I77" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C78" s="3">
-        <v>1152.11</v>
+        <v>1009.62</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C79" s="3">
-        <v>1303.95</v>
+        <v>1220.21</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3">
+        <v>56</v>
+      </c>
+      <c r="G79" s="3">
+        <v>1</v>
+      </c>
+      <c r="H79" s="3">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C80" s="3">
-        <v>1832.17</v>
+        <v>1753.58</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="3">
-        <v>133</v>
+        <v>76</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C81" s="3">
-        <v>2182.06</v>
+        <v>3269.23</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F81" s="3">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C82" s="3">
-        <v>640.32</v>
+        <v>1596.41</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F82" s="3">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C83" s="3">
-        <v>1460.4</v>
+        <v>2307.31</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F83" s="3">
-        <v>237</v>
+        <v>24</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C84" s="3">
-        <v>2042.14</v>
+        <v>76.99</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F84" s="3">
-        <v>71</v>
+        <v>21368</v>
       </c>
       <c r="G84" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H84" s="3">
-        <v>15</v>
+        <v>500</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C85" s="3">
-        <v>2706.03</v>
+        <v>591.35</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F85" s="3">
-        <v>166</v>
+        <v>139</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C86" s="3">
-        <v>2600.78</v>
+        <v>182.75</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F86" s="3">
-        <v>158</v>
+        <v>661</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C87" s="3">
-        <v>865.38</v>
+        <v>622.66</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F87" s="3">
-        <v>136</v>
+        <v>56</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I87" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C88" s="3">
-        <v>1009.62</v>
+        <v>113.88</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F88" s="3">
-        <v>76</v>
+        <v>3820</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C89" s="3">
-        <v>1853.7</v>
+        <v>423.08</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F89" s="3">
-        <v>91</v>
+        <v>276</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C90" s="3">
-        <v>2307.31</v>
+        <v>100.26</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F90" s="3">
-        <v>78</v>
+        <v>1985</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>10</v>
+        <v>240</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C91" s="3">
-        <v>3269.23</v>
+        <v>211.54</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F91" s="3">
-        <v>88</v>
+        <v>201</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C92" s="3">
-        <v>743.7</v>
+        <v>1853.7</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F92" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C93" s="3">
-        <v>1233.22</v>
+        <v>1442.31</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F93" s="3">
-        <v>104</v>
+        <v>51</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I93" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C94" s="3">
-        <v>1424.46</v>
+        <v>2323.19</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F94" s="3">
-        <v>210</v>
+        <v>17</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I94" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C95" s="3">
-        <v>86.01</v>
+        <v>423.08</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F95" s="3">
-        <v>8560</v>
+        <v>156</v>
       </c>
       <c r="G95" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C96" s="3">
         <v>90.38</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F96" s="3">
-        <v>345</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>240</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C97" s="3">
-        <v>100.26</v>
+        <v>295.57</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F97" s="3">
-        <v>2081</v>
+        <v>758</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C98" s="3">
-        <v>103.85</v>
+        <v>101.92</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F98" s="3">
-        <v>756</v>
+        <v>644</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>240</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C99" s="3">
         <v>116.89</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F99" s="3">
-        <v>909</v>
+        <v>775</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>240</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C100" s="3">
-        <v>295.57</v>
+        <v>1953.3</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F100" s="3">
-        <v>789</v>
+        <v>3</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C101" s="3">
-        <v>211.54</v>
+        <v>115.38</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F101" s="3">
-        <v>278</v>
+        <v>9</v>
       </c>
       <c r="G101" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C102" s="3">
-        <v>423.08</v>
+        <v>811.61</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F102" s="3">
-        <v>279</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="I102" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C103" s="3">
-        <v>113.88</v>
+        <v>2772.04</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F103" s="3">
-        <v>4677</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>240</v>
+        <v>5</v>
       </c>
       <c r="I103" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C104" s="3">
-        <v>182.69</v>
+        <v>294.5</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F104" s="3">
-        <v>3056</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>100</v>
       </c>
       <c r="I104" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C105" s="3">
-        <v>76.99</v>
+        <v>4326.6</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F105" s="3">
-        <v>47280</v>
+        <v>12</v>
       </c>
       <c r="G105" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>500</v>
+        <v>5</v>
       </c>
       <c r="I105" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C106" s="3">
-        <v>115.38</v>
+        <v>103.85</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F106" s="3">
-        <v>9</v>
+        <v>297</v>
       </c>
       <c r="G106" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>221</v>
+        <v>115</v>
       </c>
       <c r="C107" s="3">
-        <v>101.92</v>
+        <v>323.08</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F107" s="3">
-        <v>768</v>
+        <v>587</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>1266.04</v>
+        <v>182.69</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F108" s="3">
-        <v>47</v>
+        <v>2132</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I108" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3">
-        <v>811.61</v>
+        <v>259.62</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F109" s="3">
         <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="I109" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B110" s="3" t="s">
+      <c r="C110" s="3">
+        <v>1266.04</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F110" s="3">
+        <v>43</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>25</v>
+      </c>
+      <c r="I110" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="C110" s="3">
-[...18 lines deleted...]
-        <v>1</v>
+      <c r="B111" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C111" s="3">
+        <v>283.85</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F111" s="3">
+        <v>0</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>100</v>
+      </c>
+      <c r="I111" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
@@ -4427,50 +4459,51 @@
     <hyperlink ref="D86" r:id="rId84"/>
     <hyperlink ref="D87" r:id="rId85"/>
     <hyperlink ref="D88" r:id="rId86"/>
     <hyperlink ref="D89" r:id="rId87"/>
     <hyperlink ref="D90" r:id="rId88"/>
     <hyperlink ref="D91" r:id="rId89"/>
     <hyperlink ref="D92" r:id="rId90"/>
     <hyperlink ref="D93" r:id="rId91"/>
     <hyperlink ref="D94" r:id="rId92"/>
     <hyperlink ref="D95" r:id="rId93"/>
     <hyperlink ref="D96" r:id="rId94"/>
     <hyperlink ref="D97" r:id="rId95"/>
     <hyperlink ref="D98" r:id="rId96"/>
     <hyperlink ref="D99" r:id="rId97"/>
     <hyperlink ref="D100" r:id="rId98"/>
     <hyperlink ref="D101" r:id="rId99"/>
     <hyperlink ref="D102" r:id="rId100"/>
     <hyperlink ref="D103" r:id="rId101"/>
     <hyperlink ref="D104" r:id="rId102"/>
     <hyperlink ref="D105" r:id="rId103"/>
     <hyperlink ref="D106" r:id="rId104"/>
     <hyperlink ref="D107" r:id="rId105"/>
     <hyperlink ref="D108" r:id="rId106"/>
     <hyperlink ref="D109" r:id="rId107"/>
     <hyperlink ref="D110" r:id="rId108"/>
+    <hyperlink ref="D111" r:id="rId109"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>