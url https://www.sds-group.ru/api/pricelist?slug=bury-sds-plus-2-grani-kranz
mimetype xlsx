--- v1 (2025-12-08)
+++ v2 (2026-02-09)
@@ -42,705 +42,705 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Буры sds plus 2 грани Kranz</t>
   </si>
   <si>
+    <t>KR-91-0012-4</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x160x100мм SDS PLUS (10 шт) KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0832</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0833</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x350x290мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0830</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0033</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0041</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0042</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0043</t>
+  </si>
+  <si>
+    <t>Бур по бетону 24x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0044</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0045</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0046</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0047</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0054</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0055</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0056</t>
+  </si>
+  <si>
+    <t>Бур по бетону 24x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0057</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0058</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0063</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0065</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0068</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0070</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0074</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0075</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0077</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0080</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0083</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0084</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0085</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0086</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x1000x940мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0087</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x1000x940мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0088</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x1000x940мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0089</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x1000x940мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0818</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0834</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x350x290мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0030</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0071</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0007</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0815</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0006</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0048</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0026</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0028</t>
+  </si>
+  <si>
+    <t>Бур по бетону 4x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0011</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0017</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0037</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0012</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0018</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0061</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0814</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0025</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0014</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0029</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0019</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0062</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0050</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0034</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0038</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x310x240мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0052</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0040</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0831</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0032</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0049</t>
+  </si>
+  <si>
+    <t>KR-91-0060</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0064</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0066</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0067</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0073</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0076</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0078</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0081</t>
+  </si>
+  <si>
+    <t>Бур по бетону 24x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0082</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0011-4</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x160x100мм SDS PLUS (10 шт) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0019-4</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x210x150мм SDS PLUS (10 шт) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0006-4</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x110x50мм SDS PLUS (10 шт) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0843</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0844</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0845</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0852</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0854</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0031</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x160x100xмм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0027</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0841</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0842</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0846</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0090</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x1000x940мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0091</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x1000x940мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0092</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x1000x940мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0093</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x1000x940мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0851</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0853</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0005</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0813</t>
   </si>
   <si>
     <t>Бур по бетону 6x260x200мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Бур по бетону 8x210x150мм SDS PLUS KRANZ</t>
+    <t>KR-91-0013</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x160x100мм SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0817</t>
   </si>
   <si>
     <t>Бур по бетону 10x350x290мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0050</t>
-[...40 lines deleted...]
-  <si>
     <t>KR-91-0051</t>
   </si>
   <si>
     <t>Бур по бетону 14x460x400мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0026</t>
-[...22 lines deleted...]
-  <si>
     <t>KR-91-0036</t>
   </si>
   <si>
     <t>Бур по бетону 18x210x150мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0046</t>
-[...44 lines deleted...]
-    <t>Бур по бетону 22x600x540мм SDS PLUS KRANZ</t>
+    <t>KR-91-0053</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0059</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x460x400мм SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0069</t>
   </si>
   <si>
     <t>Бур по бетону 24x600x540мм SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0072</t>
   </si>
   <si>
     <t>Бур по бетону 30x600x540мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0075</t>
-[...298 lines deleted...]
-  <si>
     <t>KR-91-0079</t>
   </si>
   <si>
     <t>Бур по бетону 20x800x740мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0081</t>
-[...32 lines deleted...]
-    <t>Бур по бетону 22x310x250мм SDS PLUS KRANZ</t>
+    <t>KR-91-0003</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5,5x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0004</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6,5x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0008</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5,5x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0009</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6,5x160x100мм SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0020</t>
   </si>
   <si>
     <t>Бур по бетону 12x210x150мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0845</t>
-[...8 lines deleted...]
-    <t>Бур по бетону 8x110x50мм SDS PLUS KRANZ</t>
+    <t>KR-91-0035</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0816</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x260x200мм SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0039</t>
   </si>
   <si>
     <t>Бур по бетону 16x310x250мм SDS PLUS KRANZ</t>
-  </si>
-[...127 lines deleted...]
-    <t>Бур по бетону 10x400x340мм, SDS PLUS KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1125,51 +1125,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x260x200-mm-sds-plus-kranz-24533" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x210x150-mm-sds-plus-kranz-24536" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x350x290-mm-sds-plus-kranz-24547" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x460x400-mm-sds-plus-kranz-24553" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x210x150-mm-sds-plus-kranz-24554" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x400x340mm-sds-plus-kranz-30622" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x110x50-mm-sds-plus-kranz-24527" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100-mm-sds-plus-kranz-24530" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x310x250-mm-sds-plus-kranz-24532" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-kranz-10x210-mm-sds-plus-10-sht-up-27020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x460x400-mm-sds-plus-kranz-24556" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x310x250-mm-sds-plus-kranz-24546" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x460x400-mm-sds-plus-kranz-24559" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x260x200-mm-sds-plus-kranz-24538" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x160x100-mm-sds-plus-kranz-27095" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x210x150-mm-sds-plus-kranz-27096" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x310x250-mm-sds-plus-kranz-27102" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x-310x250-mm-sds-plus-kranz-27103" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x460x400-mm-sds-plus-kranz-27107" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x460x400-mm-sds-plus-kranz-27110" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x800x740-mm-sds-plus-kranz-27012" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x600x540-mm-sds-plus-kranz-27115" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x600x540-mm-sds-plus-kranz-27116" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x600x540-mm-sds-plus-kranz-27118" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x600x540-mm-sds-plus-kranz-27119" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x600x540-mm-sds-plus-kranz-27122" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x800x740-mm-sds-plus-kranz-27125" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x800x740-mm-sds-plus-kranz-27003" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x1000x940-mm-sds-plus-kranz-27015" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-4x110x50-mm-sds-plus-kranz-24526" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50-mm-sds-plus-kranz-24529" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x310x250-mm-sds-plus-kranz-24539" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x210x150-mm-sds-plus-kranz-24531" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100-mm-sds-plus-kranz-24535" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x600x540-mm-sds-plus-kranz-24537" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x460x400-mm-sds-plus-kranz-24540" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150-mm-sds-plus-kranz-24543" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x400x340mm-sds-plus-kranz-30590" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x110x50-mm-sds-plus-kranz-24541" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x160x100-mm-sds-plus-kranz-24542" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x600x540-mm-sds-plus-kranz-24544" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x310x240-mm-sds-plus-kranz-24555" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x310x250-mm-sds-plus-kranz-24560" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10h260-mm-sds-plus-kranz-24545" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x460x400-mm-sds-plus-kranz-27109" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x460x400-mm-sds-plus-kranz-27111" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x600x540-mm-sds-plus-kranz-27113" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x600x540-mm-sds-plus-kranz-27114" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x600x540-mm-sds-plus-kranz-27117" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x800x740-mm-sds-plus-kranz-27124" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x110x50-mm-sds-plus-kranz-27093" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400-mm-sds-plus-kranz-27104" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x460x400-mm-sds-plus-kranz-27106" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x460x400-mm-sds-plus-kranz-27108" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x160x100-mm-sds-plus-kranz-27094" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x210x150-mm-sds-plus-kranz-26361" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x260x200-mm-sds-plus-kranz-26363" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x350x290-mm-sds-plus-kranz-26364" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x350x290-mm-sds-plus-kranz-26365" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x600x540-mm-sds-plus-kranz-27120" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x260x60-mm-sds-plus-kranz-26362" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100-mm-sds-plus-10-sht-kranz-27017" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x310x250-mm-sds-plus-kranz-27097" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x310x250-mm-sds-plus-kranz-27099" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x310x250-mm-sds-plus-kranz-27101" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x460x400-mm-sds-plus-kranz-27105" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x460x400-mm-sds-plus-kranz-27112" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x600x540-mm-sds-plus-kranz-27121" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x800x740-mm-sds-plus-kranz-27004" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x1000x940-mm-sds-plus-kranz-27013" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x1000x940-mm-sds-plus-kranz-27014" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x1000x940-mm-sds-plus-kranz-27016" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x310x250-mm-sds-plus-kranz-27100" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x600x540-mm-sds-plus-kranz-27123" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x400x340mm-sds-plus-kranz-30589" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x800x740-mm-sds-plus-kranz-27005" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x800x740-mm-sds-plus-kranz-27006" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x800x740-mm-sds-plus-kranz-27008" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x800x740-mm-sds-plus-kranz-27011" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x800x740-mm-sds-plus-kranz-27007" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x800x740-mm-sds-plus-kranz-27010" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50-mm-sds-plus-10-sht-kranz-26360" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x310x250-mm-sds-plus-kranz-27098" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x210-mm-sds-plus-kranz-24549" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x400x340mm-sds-plus-kranz-30591" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x110x50-mm-sds-plus-kranz-24534" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16h300-mm-sds-plus-kranz-24558" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6-5x110x50-mm-sds-plus-kranz-26357" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12h260-mm-sds-plus-kranz-24551" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x800x740-mm-sds-plus-kranz-27009" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x400x340mm-sds-plus-kranz-30588" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x1000x940mm-sds-plus-kranz-30594" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x400x340mm-sds-plus-kranz-30621" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5-5x110x50-mm-sds-plus-kranz-26356" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x210-mm-sds-plus-kranz-24557" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x160-mm-sds-plus-kranz-24528" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6-5x160x100-mm-sds-plus-kranz-26359" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x1000x940mm-sds-plus-kranz-30593" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100-mm-sds-plus-10-sht-kranz-27018" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x400x340mm-sds-plus-kranz-30592" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x1000x940mm-sds-plus-kranz-30595" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x400x340mm-sds-plus-kranz-30620" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x1000x940mm-sds-plus-kranz-30596" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5-5x160x100-mm-sds-plus-kranz-26358" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10h460-mm-sds-plus-kranz-24548" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x160x100-mm-sds-plus-kranz-24550" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12h300-mm-sds-plus-kranz-24552" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x400x340mm-sds-plus-kranz-30587" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x400x340mm-sds-plus-kranz-30619" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100mm-sds-plus-10-sht-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x350x290mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400mm-sds-plus-kranz-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x350x290mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-4x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x310x240mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100mm-sds-plus-10-sht-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150mm-sds-plus-10-sht-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50mm-sds-plus-10-sht-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x160x100xmm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x350x290mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5-5x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6-5x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5-5x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6-5x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x310x250mm-sds-plus-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I111"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1193,3201 +1193,3201 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>173.08</v>
+        <v>117.34</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1367</v>
+        <v>9</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>163.46</v>
+        <v>371.59</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1992</v>
+        <v>591</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>120</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>307.69</v>
+        <v>283.59</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>824</v>
+        <v>885</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>336.54</v>
+        <v>154.22</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>758</v>
+        <v>4</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>264.3</v>
+        <v>293.36</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>330</v>
+        <v>126</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>120</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>532.44</v>
+        <v>664.97</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>90.06</v>
+        <v>681.39</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>4301</v>
+        <v>123</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>105.77</v>
+        <v>689.41</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>25904</v>
+        <v>66</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>192.31</v>
+        <v>829.24</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1806</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>147.11</v>
+        <v>1095.23</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>750</v>
+        <v>37</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>423.08</v>
+        <v>1290.81</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>721</v>
+        <v>215</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>226.18</v>
+        <v>1545.06</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2250</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>560.08</v>
+        <v>974.5</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1191</v>
+        <v>11</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>192.31</v>
+        <v>1171.7</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>747</v>
+        <v>9</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>288.46</v>
+        <v>1326.12</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>353</v>
+        <v>3</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>413.46</v>
+        <v>1571.29</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>357</v>
+        <v>32</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1269.23</v>
+        <v>1863.32</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>237</v>
+        <v>119</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1634.62</v>
+        <v>449.83</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1152.11</v>
+        <v>650.98</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>35</v>
+        <v>505</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1832.17</v>
+        <v>1485.23</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>128</v>
+        <v>154</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>3649.62</v>
+        <v>2076.86</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>77</v>
+        <v>28</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>761.3</v>
+        <v>706.48</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>590</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>930.84</v>
+        <v>759.29</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1460.4</v>
+        <v>977.89</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>202</v>
+        <v>21</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1799.94</v>
+        <v>1623.55</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>146</v>
+        <v>100</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>2706.03</v>
+        <v>2346.53</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>746.6</v>
+        <v>3324.81</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>105</v>
+        <v>81</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>865.38</v>
+        <v>3264.57</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>85</v>
+        <v>72</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>1233.22</v>
+        <v>720.83</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>86.52</v>
+        <v>756.34</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>241</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>87.15</v>
+        <v>1047.31</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>89959</v>
+        <v>59</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>240</v>
+        <v>30</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>225.47</v>
+        <v>1448.68</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>535</v>
+        <v>119</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>144.23</v>
+        <v>328.57</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>3336</v>
+        <v>589</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>125.51</v>
+        <v>332.48</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>2191</v>
+        <v>630</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>423.08</v>
+        <v>156.47</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>317.31</v>
+        <v>2400.84</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>170.62</v>
+        <v>115.82</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>2027</v>
+        <v>1383</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>2019.23</v>
+        <v>222.74</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>701</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>129.16</v>
+        <v>88.63</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>1248</v>
+        <v>33092</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>240</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>138.46</v>
+        <v>322.7</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>3925</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>373.06</v>
+        <v>230.03</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>2117</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>346.15</v>
+        <v>87.99</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>1984</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>557.69</v>
+        <v>107.57</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>273</v>
+        <v>19122</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>219.02</v>
+        <v>146.68</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>729</v>
+        <v>2021</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>1545.02</v>
+        <v>195.58</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>54</v>
+        <v>1394</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>2182.06</v>
+        <v>127.64</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>87</v>
+        <v>1049</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>371.57</v>
+        <v>166.24</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>640.32</v>
+        <v>430.27</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>1038.41</v>
+        <v>195.58</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>112</v>
+        <v>577</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>694.67</v>
+        <v>193.03</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>513</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>153.85</v>
+        <v>185.8</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>162</v>
+        <v>732</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>326.92</v>
+        <v>131.36</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>703</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>80</v>
+        <v>240</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>958.21</v>
+        <v>173.52</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>31</v>
+        <v>544</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>1303.95</v>
+        <v>430.27</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>255.72</v>
+        <v>342.26</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>647</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>151.64</v>
+        <v>268.79</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>271</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>365.38</v>
+        <v>312.92</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>589</v>
+        <v>1943</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>278.85</v>
+        <v>569.6</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>876</v>
+        <v>1090</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>326.92</v>
+        <v>567.17</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>638</v>
+        <v>229</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>100</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>2042.14</v>
+        <v>225.31</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>60</v>
+        <v>414</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>15</v>
+        <v>120</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>221.54</v>
+        <v>260.07</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>423</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>120</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>135</v>
+        <v>77</v>
       </c>
       <c r="C64" s="3">
-        <v>86.01</v>
+        <v>332.48</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>1923</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>400</v>
+        <v>80</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>653.85</v>
+        <v>2521.63</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>677.89</v>
+        <v>651.21</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="3">
-        <v>1076.92</v>
+        <v>946.66</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>784.16</v>
+        <v>958.33</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="3">
-        <v>2479.48</v>
+        <v>2454.49</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>116</v>
+        <v>12</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>2360.71</v>
+        <v>782.31</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>961.54</v>
+        <v>1026.78</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>708.78</v>
+        <v>1593.95</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>3</v>
+        <v>73</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>743.7</v>
+        <v>1711.3</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>1424.46</v>
+        <v>87.47</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
-        <v>132</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>20</v>
+        <v>400</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>815.38</v>
+        <v>149.61</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>750</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>2600.78</v>
+        <v>78.3</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>88</v>
+        <v>6153</v>
       </c>
       <c r="G76" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H76" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>1750</v>
+        <v>1545.06</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>15</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>1009.62</v>
+        <v>2053.56</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I78" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>1220.21</v>
+        <v>633.25</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3">
         <v>56</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I79" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>1753.58</v>
+        <v>299.51</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="3">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I80" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>3269.23</v>
+        <v>541.49</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F81" s="3">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>1596.41</v>
+        <v>103.65</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F82" s="3">
-        <v>131</v>
+        <v>292</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>2307.31</v>
+        <v>264.03</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F83" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>76.99</v>
+        <v>1287.56</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F84" s="3">
-        <v>21368</v>
+        <v>31</v>
       </c>
       <c r="G84" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="I84" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>591.35</v>
+        <v>1466.83</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F85" s="3">
-        <v>139</v>
+        <v>22</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I85" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>182.75</v>
+        <v>825.41</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F86" s="3">
-        <v>661</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>120</v>
+        <v>25</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>622.66</v>
+        <v>1986.51</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F87" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>113.88</v>
+        <v>2362.68</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F88" s="3">
-        <v>3820</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>240</v>
+        <v>10</v>
       </c>
       <c r="I88" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>423.08</v>
+        <v>2819.16</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F89" s="3">
-        <v>276</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>80</v>
+        <v>5</v>
       </c>
       <c r="I89" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="3">
-        <v>100.26</v>
+        <v>4400.15</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F90" s="3">
-        <v>1985</v>
+        <v>6</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>240</v>
+        <v>5</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>211.54</v>
+        <v>288.68</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F91" s="3">
-        <v>201</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="3">
-        <v>1853.7</v>
+        <v>430.27</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F92" s="3">
-        <v>60</v>
+        <v>140</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="3">
-        <v>1442.31</v>
+        <v>91.59</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F93" s="3">
-        <v>51</v>
+        <v>1670</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="3">
-        <v>2323.19</v>
+        <v>150.59</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F94" s="3">
-        <v>17</v>
+        <v>1239</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I94" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="3">
-        <v>423.08</v>
+        <v>140.81</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F95" s="3">
-        <v>156</v>
+        <v>1713</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I95" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="3">
-        <v>90.38</v>
+        <v>312.92</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>763</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>295.57</v>
+        <v>430.27</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F97" s="3">
-        <v>758</v>
+        <v>680</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="3">
-        <v>101.92</v>
+        <v>420.49</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F98" s="3">
-        <v>644</v>
+        <v>336</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="3">
-        <v>116.89</v>
+        <v>667.41</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F99" s="3">
-        <v>775</v>
+        <v>46</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B100" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="B100" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="3">
-        <v>1953.3</v>
+        <v>1857.98</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F100" s="3">
-        <v>3</v>
+        <v>85</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B101" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="3">
-        <v>115.38</v>
+        <v>1830.54</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F101" s="3">
-        <v>9</v>
+        <v>124</v>
       </c>
       <c r="G101" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>250</v>
+        <v>15</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="3">
-        <v>811.61</v>
+        <v>2341.06</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F102" s="3">
-        <v>0</v>
+        <v>140</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I102" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="3">
-        <v>2772.04</v>
+        <v>1240.95</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F103" s="3">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I103" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="3">
-        <v>294.5</v>
+        <v>91.92</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F104" s="3">
         <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3">
-        <v>4326.6</v>
+        <v>101.96</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F105" s="3">
-        <v>12</v>
+        <v>1437</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>5</v>
+        <v>240</v>
       </c>
       <c r="I105" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>103.85</v>
+        <v>93.88</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F106" s="3">
-        <v>297</v>
+        <v>186</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>240</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>323.08</v>
+        <v>118.88</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F107" s="3">
-        <v>587</v>
+        <v>683</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C108" s="3">
-        <v>182.69</v>
+        <v>185.86</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F108" s="3">
-        <v>2132</v>
+        <v>20</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C109" s="3">
-        <v>259.62</v>
+        <v>300.59</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>120</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C110" s="3">
-        <v>1266.04</v>
+        <v>215.14</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F110" s="3">
-        <v>43</v>
+        <v>114</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="I110" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C111" s="3">
-        <v>283.85</v>
+        <v>430.27</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F111" s="3">
-        <v>0</v>
+        <v>259</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I111" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>