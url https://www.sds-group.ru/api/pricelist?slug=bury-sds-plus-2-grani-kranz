--- v2 (2026-02-09)
+++ v3 (2026-03-30)
@@ -42,705 +42,705 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Буры sds plus 2 грани Kranz</t>
   </si>
   <si>
+    <t>KR-91-0832</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0082</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0011-4</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x160x100мм SDS PLUS (10 шт) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0003</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5,5x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0004</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6,5x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0008</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5,5x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0009</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6,5x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0818</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0020</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0035</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0830</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0831</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0833</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x350x290мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0834</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x350x290мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0006-4</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x110x50мм SDS PLUS (10 шт) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0006</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0011</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0017</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0037</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0028</t>
+  </si>
+  <si>
+    <t>Бур по бетону 4x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0005</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0813</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0012</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0018</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0061</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0814</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0025</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0048</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0029</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0013</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0019</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0062</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0026</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0817</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x350x290мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0050</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0034</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0038</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x310x240мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0051</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0052</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0040</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0036</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x210x150мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0030</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0032</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0033</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0041</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0042</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0043</t>
+  </si>
+  <si>
+    <t>Бур по бетону 24x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0044</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0045</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0046</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0047</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0049</t>
+  </si>
+  <si>
+    <t>KR-91-0053</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0054</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0055</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0056</t>
+  </si>
+  <si>
+    <t>Бур по бетону 24x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0057</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0058</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0059</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0060</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x460x400мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0063</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0064</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0065</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0066</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0067</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0068</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0069</t>
+  </si>
+  <si>
+    <t>Бур по бетону 24x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0070</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0071</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0072</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0073</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x600x540мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0074</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0075</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0076</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0077</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0078</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0079</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0080</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0081</t>
+  </si>
+  <si>
+    <t>Бур по бетону 24x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0083</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0084</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0085</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x800x740мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0086</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x1000x940мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0087</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x1000x940мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0088</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x1000x940мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0089</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x1000x940мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0816</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x260x200мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0039</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0007</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x110x50мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0014</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x160x100мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0012-4</t>
   </si>
   <si>
     <t>Бур по бетону 8x160x100мм SDS PLUS (10 шт) KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...218 lines deleted...]
-    <t>Бур по бетону 8x110x50мм SDS PLUS KRANZ</t>
+    <t>KR-91-0031</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x160x100xмм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0027</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x310x250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0844</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0845</t>
+  </si>
+  <si>
+    <t>Бур по бетону 18x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0846</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0090</t>
+  </si>
+  <si>
+    <t>Бур по бетону 20x1000x940мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0841</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0842</t>
+  </si>
+  <si>
+    <t>Бур по бетону 28x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0843</t>
+  </si>
+  <si>
+    <t>Бур по бетону 30x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0091</t>
+  </si>
+  <si>
+    <t>Бур по бетону 22x1000x940мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0092</t>
+  </si>
+  <si>
+    <t>Бур по бетону 26x1000x940мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0093</t>
+  </si>
+  <si>
+    <t>Бур по бетону 32x1000x940мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0851</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0852</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0853</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x400x340мм, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0854</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x400x340мм, SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0815</t>
   </si>
   <si>
     <t>Бур по бетону 10x260x200мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0006</t>
-[...199 lines deleted...]
-  <si>
     <t>KR-91-0019-4</t>
   </si>
   <si>
     <t>Бур по бетону 10x210x150мм SDS PLUS (10 шт) KRANZ</t>
-  </si>
-[...214 lines deleted...]
-    <t>Бур по бетону 16x310x250мм SDS PLUS KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1125,51 +1125,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100mm-sds-plus-10-sht-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x350x290mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400mm-sds-plus-kranz-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x350x290mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-4x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x310x240mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100mm-sds-plus-10-sht-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150mm-sds-plus-10-sht-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50mm-sds-plus-10-sht-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x160x100xmm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x350x290mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5-5x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6-5x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5-5x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6-5x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x310x250mm-sds-plus-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100mm-sds-plus-10-sht-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5-5x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6-5x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5-5x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6-5x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400mm-sds-plus-kranz-2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x350x290mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x350x290mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50mm-sds-plus-10-sht-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-4x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x350x290mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x310x240mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x210x150mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x460x400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x600x540mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-24x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x800x740mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x110x50mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x160x100mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100mm-sds-plus-10-sht-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x160x100xmm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x310x250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-18x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-20x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-28x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-30x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-22x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-26x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-32x1000x940mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x400x340mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x260x200mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150mm-sds-plus-10-sht-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I111"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1193,3198 +1193,3198 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>117.34</v>
+        <v>315.85</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>371.59</v>
+        <v>1485.63</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>591</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>283.59</v>
+        <v>90.49</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>885</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>154.22</v>
+        <v>82.73</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>140</v>
+        <v>240</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>293.36</v>
+        <v>96.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>126</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>664.97</v>
+        <v>94.5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>681.39</v>
+        <v>112.63</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>123</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>40</v>
+        <v>240</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>689.41</v>
+        <v>295.71</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>829.24</v>
+        <v>183.82</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1095.23</v>
+        <v>270.53</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1290.81</v>
+        <v>131.09</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>140</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1545.06</v>
+        <v>141.95</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>974.5</v>
+        <v>241.05</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1171.7</v>
+        <v>299.23</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1326.12</v>
+        <v>81</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>30</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1571.29</v>
+        <v>83.7</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1863.32</v>
+        <v>96.81</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>449.83</v>
+        <v>124.68</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>650.98</v>
+        <v>166.24</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>505</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1485.23</v>
+        <v>79.19</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>2076.86</v>
+        <v>82.43</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>15</v>
+        <v>240</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>706.48</v>
+        <v>148.93</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>759.29</v>
+        <v>120.92</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>977.89</v>
+        <v>141.3</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1623.55</v>
+        <v>344.22</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>2346.53</v>
+        <v>182.68</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>3324.81</v>
+        <v>172.71</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>81</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>3264.57</v>
+        <v>319.16</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>720.83</v>
+        <v>129.92</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>756.34</v>
+        <v>152.69</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
         <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>40</v>
+        <v>240</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>1047.31</v>
+        <v>162.08</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>1448.68</v>
+        <v>430.27</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>328.57</v>
+        <v>205.82</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>589</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>332.48</v>
+        <v>265.98</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>630</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>156.47</v>
+        <v>314.5</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>2400.84</v>
+        <v>241.91</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>15</v>
+        <v>120</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>115.82</v>
+        <v>265.98</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>1383</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>222.74</v>
+        <v>384.98</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>701</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>88.63</v>
+        <v>484.16</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>33092</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>322.7</v>
+        <v>453.74</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>230.03</v>
+        <v>336.39</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>2117</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>120</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>87.99</v>
+        <v>146.16</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>240</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>107.57</v>
+        <v>254.09</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>19122</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>146.68</v>
+        <v>262.48</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>2021</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>195.58</v>
+        <v>531.98</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>1394</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>127.64</v>
+        <v>476.97</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>1049</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>166.24</v>
+        <v>482.59</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>430.27</v>
+        <v>580.47</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>195.58</v>
+        <v>994.52</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>577</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>193.03</v>
+        <v>1019.74</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>513</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>185.8</v>
+        <v>1367.47</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>732</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>115</v>
+        <v>27</v>
       </c>
       <c r="C54" s="3">
-        <v>131.36</v>
+        <v>232.74</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>703</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>240</v>
+        <v>80</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>173.52</v>
+        <v>586.74</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>544</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>430.27</v>
+        <v>856.7</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>342.26</v>
+        <v>937.36</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>647</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>268.79</v>
+        <v>1151.24</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>271</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>312.92</v>
+        <v>1364.09</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>1943</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>569.6</v>
+        <v>1472.02</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>1090</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>567.17</v>
+        <v>1430.64</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>229</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>225.31</v>
+        <v>1941.66</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>414</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>260.07</v>
+        <v>449.83</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>332.48</v>
+        <v>520.97</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
         <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>2521.63</v>
+        <v>548.19</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>651.21</v>
+        <v>757.33</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>946.66</v>
+        <v>807.02</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
         <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>958.33</v>
+        <v>1056</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>20</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C69" s="3">
-        <v>2454.49</v>
+        <v>1301.52</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C70" s="3">
-        <v>782.31</v>
+        <v>1439.26</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C71" s="3">
-        <v>1026.78</v>
+        <v>1663.79</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C72" s="3">
-        <v>1593.95</v>
+        <v>1802.62</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>10</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C73" s="3">
-        <v>1711.3</v>
+        <v>1989.43</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>10</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C74" s="3">
-        <v>87.47</v>
+        <v>594.93</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
         <v>0</v>
       </c>
       <c r="G74" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C75" s="3">
-        <v>149.61</v>
+        <v>639.4</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C76" s="3">
-        <v>78.3</v>
+        <v>687.74</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>6153</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C77" s="3">
-        <v>1545.06</v>
+        <v>859.68</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C78" s="3">
-        <v>2053.56</v>
+        <v>989.66</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C79" s="3">
-        <v>633.25</v>
+        <v>1077.31</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I79" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C80" s="3">
-        <v>299.51</v>
+        <v>1350.11</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="3">
         <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I80" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C81" s="3">
-        <v>541.49</v>
+        <v>1259.22</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F81" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I81" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C82" s="3">
-        <v>103.65</v>
+        <v>2079</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F82" s="3">
-        <v>292</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>240</v>
+        <v>10</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C83" s="3">
-        <v>264.03</v>
+        <v>2427.11</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F83" s="3">
         <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C84" s="3">
-        <v>1287.56</v>
+        <v>2508.56</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F84" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I84" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C85" s="3">
-        <v>1466.83</v>
+        <v>644.95</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F85" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I85" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C86" s="3">
-        <v>825.41</v>
+        <v>706.47</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F86" s="3">
         <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I86" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C87" s="3">
-        <v>1986.51</v>
+        <v>837.85</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F87" s="3">
         <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I87" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C88" s="3">
-        <v>2362.68</v>
+        <v>1087.24</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F88" s="3">
         <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I88" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C89" s="3">
-        <v>2819.16</v>
+        <v>212.78</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F89" s="3">
         <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>5</v>
+        <v>120</v>
       </c>
       <c r="I89" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C90" s="3">
-        <v>4400.15</v>
+        <v>387.24</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F90" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>5</v>
+        <v>80</v>
       </c>
       <c r="I90" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C91" s="3">
-        <v>288.68</v>
+        <v>104.24</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F91" s="3">
         <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I91" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C92" s="3">
-        <v>430.27</v>
+        <v>173.55</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F92" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C93" s="3">
-        <v>91.59</v>
+        <v>116.06</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F93" s="3">
-        <v>1670</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C94" s="3">
-        <v>150.59</v>
+        <v>93.29</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F94" s="3">
-        <v>1239</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C95" s="3">
-        <v>140.81</v>
+        <v>237.63</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F95" s="3">
-        <v>1713</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C96" s="3">
-        <v>312.92</v>
+        <v>1664.46</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F96" s="3">
-        <v>763</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C97" s="3">
-        <v>430.27</v>
+        <v>533.26</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F97" s="3">
-        <v>680</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C98" s="3">
-        <v>420.49</v>
+        <v>695.08</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F98" s="3">
-        <v>336</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>120</v>
+        <v>25</v>
       </c>
       <c r="I98" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C99" s="3">
-        <v>667.41</v>
+        <v>1490.87</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F99" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I99" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C100" s="3">
-        <v>1857.98</v>
+        <v>1070.71</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F100" s="3">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C101" s="3">
-        <v>1830.54</v>
+        <v>1219.78</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F101" s="3">
-        <v>124</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I101" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C102" s="3">
-        <v>2341.06</v>
+        <v>1220.6</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F102" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I102" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C103" s="3">
-        <v>1240.95</v>
+        <v>1728.3</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F103" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I103" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C104" s="3">
-        <v>91.92</v>
+        <v>2285.01</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F104" s="3">
         <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>240</v>
+        <v>5</v>
       </c>
       <c r="I104" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C105" s="3">
-        <v>101.96</v>
+        <v>3212.11</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F105" s="3">
-        <v>1437</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>240</v>
+        <v>5</v>
       </c>
       <c r="I105" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C106" s="3">
-        <v>93.88</v>
+        <v>285.51</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F106" s="3">
-        <v>186</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I106" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C107" s="3">
-        <v>118.88</v>
+        <v>296.22</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F107" s="3">
-        <v>683</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I107" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C108" s="3">
-        <v>185.86</v>
+        <v>365.73</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F108" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I108" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C109" s="3">
-        <v>300.59</v>
+        <v>484.49</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F109" s="3">
-        <v>678</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I109" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C110" s="3">
-        <v>215.14</v>
+        <v>189.33</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F110" s="3">
-        <v>114</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>120</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C111" s="3">
-        <v>430.27</v>
+        <v>83.78</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F111" s="3">
-        <v>259</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>