--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -42,306 +42,306 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Буры sds plus 4 грани Kranz</t>
   </si>
   <si>
+    <t>KR-91-0811</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0803</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0809</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0826</t>
   </si>
   <si>
     <t>Бур по бетону 10x460x400мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-91-0821</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0838</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0839</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x350x290мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0804</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0812</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0808</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0827</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x460x400мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0807</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0805</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x110x50мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0810</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0820</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0819</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x110x50мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0800</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x110x50мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0801</t>
   </si>
   <si>
     <t>Бур по бетону 6x110x50мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0812</t>
-[...14 lines deleted...]
-    <t>Бур по бетону 8x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
+    <t>KR-91-0825</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x350x290мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0835</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0450</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 5x110мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0464</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 12x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0102</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0837</t>
   </si>
   <si>
     <t>Бур по бетону 14x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0101</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0836</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0103</t>
   </si>
   <si>
     <t>Бур по бетону 12x460x400мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0827</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Бур по бетону SUPER 5x110мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+    <t>KR-91-0456</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 8x110мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0461</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 10x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0822</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0823</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0802</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0824</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0453</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 6x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0462</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 10x210мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0458</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 8x210мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0452</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 6x110мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0451</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 5x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0806</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0457</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 8x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
   </si>
   <si>
     <t>KR-91-0454</t>
   </si>
   <si>
     <t xml:space="preserve">Бур по бетону SUPER 6x210мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
   </si>
   <si>
-    <t>KR-91-0456</t>
-[...46 lines deleted...]
-  <si>
     <t>KR-91-0465</t>
   </si>
   <si>
     <t xml:space="preserve">Бур по бетону SUPER 12x210мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
-  </si>
-[...136 lines deleted...]
-    <t xml:space="preserve">Бур по бетону SUPER 12x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -726,51 +726,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x310x250mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x110x50mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x310x250mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x260x200mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x460x400mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x460x400mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-5x110mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x110mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x210x150mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-5x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x110mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-10x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-12x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-10x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x260x200mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x110x50mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x160x100mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x210x150mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x260x200mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x260x200mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x110x50mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x160x100mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x350x290mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x160x100mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x210x150mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x210x150mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x310x250mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x310x250mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x350x290mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x260x200mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x210x150mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x310x250mm-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-12x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10h260-mm-krestovaya-plastina-sds-plus-kranz-24453" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x210x150-mm-krestovaya-plastina-sds-plus-kranz-24444" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x160x100-mm-krestovaya-plastina-sds-plus-kranz-24451" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400-mm-krestovaya-plastina-sds-plus-kranz-24456" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x160x100-mm-krestovaya-plastina-sds-plus-kranz-24457" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x310x250-mm-sds-plus-krestovaya-plastina-kranz-26369" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x350x290-mm-sds-plus-krestovaya-plastina-kranz-26372" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x260x200-mm-krestovaya-plastina-sds-plus-kranz-24445" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x310x250-mm-krestovaya-plastina-sds-plus-kranz-24454" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x260x200-mm-krestovaya-plastina-sds-plus-kranz-24449" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x460x400-mm-krestovaya-plastina-sds-plus-kranz-27266" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8h210-mm-krestovaya-plastina-sds-plus-kranz-24448" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x110x50-mm-krestovaya-plastina-sds-plus-kranz-24446" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150-mm-krestovaya-plastina-sds-plus-kranz-24452" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x160x100-mm-krestovaya-plastina-sds-plus-kranz-24441" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x110x50-mm-krestovaya-plastina-sds-plus-kranz-24450" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x110x50-mm-krestovaya-plastina-sds-plus-kranz-24440" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50-mm-krestovaya-plastina-sds-plus-kranz-24442" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x350x290-mm-krestovaya-plastina-sds-plus-kranz-24455" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x210x150-mm-sds-plus-krestovaya-plastina-kranz-26366" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-5x110mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31811" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-12x160mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31821" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x310x250-mm-sds-plus-krestovaya-plastina-kranz-26371" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x260x200-mm-sds-plus-krestovaya-plastina-kranz-26368" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x310x250-mm-sds-plus-krestovaya-plastina-kranz-26370" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x210x250mm-sds-plus-krestovaya-plastina-kranz-26367" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x460x400-mm-sds-plus-krestovaya-plastina-kranz-26373" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x110mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31816" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-10x160mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31819" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12h210-mm-krestovaya-plastina-sds-plus-kranz-24458" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12h260-mm-krestovaya-plastina-sds-plus-kranz-24459" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6h160-mm-krestovaya-plastina-sds-plus-kranz-24443" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12h310-mm-krestovaya-plastina-sds-plus-kranz-24460" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x160mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31814" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-10x210mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31820" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x210mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31818" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x110mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31813" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-5x160mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31812" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8h160-mm-krestovaya-plastina-sds-plus-kranz-24447" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x160mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31817" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x210mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31815" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-12x210mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31822" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -794,1255 +794,1255 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>533.23</v>
+        <v>303.02</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>443</v>
+        <v>560</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>148.38</v>
+        <v>201.75</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>24051</v>
+        <v>1283</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>240</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>345.89</v>
+        <v>222.75</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1159</v>
+        <v>3795</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>178.34</v>
+        <v>533.23</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2978</v>
+        <v>469</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>240</v>
+        <v>80</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>321.01</v>
+        <v>262.86</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>721</v>
+        <v>845</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>441.2</v>
+        <v>321.01</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1384</v>
+        <v>636</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>120</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>471.15</v>
+        <v>371.67</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>788</v>
+        <v>729</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>327.27</v>
+        <v>209.08</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>361</v>
+        <v>1814</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>507.08</v>
+        <v>345.89</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>281</v>
+        <v>986</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>829.77</v>
+        <v>249.37</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>341</v>
+        <v>1847</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>120</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>691.49</v>
+        <v>327.27</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>361</v>
+        <v>314</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>240</v>
+        <v>80</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>802.1</v>
+        <v>224</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>321</v>
+        <v>658</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>940.4</v>
+        <v>178.34</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>205</v>
+        <v>2709</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>290.88</v>
+        <v>252.17</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>647</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>120</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>165.73</v>
+        <v>154.26</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>13540</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>240</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>599.28</v>
+        <v>230.06</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>228</v>
+        <v>565</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>240</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>599.28</v>
+        <v>126.04</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1674</v>
+        <v>1335</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>240</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1152.46</v>
+        <v>148.38</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>181</v>
+        <v>15830</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1382.95</v>
+        <v>297.84</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>177</v>
+        <v>323</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>968.07</v>
+        <v>401.92</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>342</v>
+        <v>408</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>197.38</v>
+        <v>507.08</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1900</v>
+        <v>234</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>240</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>303.02</v>
+        <v>1198.57</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>640</v>
+        <v>118</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>126.04</v>
+        <v>554.9</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1794</v>
+        <v>959</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>154.26</v>
+        <v>441.2</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>340</v>
+        <v>1317</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>201.75</v>
+        <v>475</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1453</v>
+        <v>1629</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>209.08</v>
+        <v>525.24</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1988</v>
+        <v>13</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>120</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>249.37</v>
+        <v>471.15</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1758</v>
+        <v>767</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>230.06</v>
+        <v>691.49</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>593</v>
+        <v>286</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>240</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>222.75</v>
+        <v>968.07</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>4236</v>
+        <v>248</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>240</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>252.17</v>
+        <v>290.88</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>177</v>
+        <v>585</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>120</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>297.84</v>
+        <v>330.06</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>350</v>
+        <v>290</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>262.86</v>
+        <v>165.73</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>848</v>
+        <v>9342</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>240</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>401.92</v>
+        <v>305.93</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>420</v>
+        <v>96</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>120</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>525.24</v>
+        <v>691.49</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>36</v>
+        <v>710</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>475</v>
+        <v>1152.46</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>1638</v>
+        <v>167</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>554.9</v>
+        <v>940.4</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>965</v>
+        <v>174</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>120</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>371.67</v>
+        <v>599.28</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>729</v>
+        <v>1268</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>330.06</v>
+        <v>599.28</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>299</v>
+        <v>198</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>224</v>
+        <v>197.38</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>690</v>
+        <v>1617</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>305.93</v>
+        <v>802.1</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>153</v>
+        <v>135</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>691.49</v>
+        <v>829.77</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>1037</v>
+        <v>292</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>1198.57</v>
+        <v>1382.95</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>126</v>
+        <v>141</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>