--- v1 (2025-12-08)
+++ v2 (2026-02-09)
@@ -42,306 +42,306 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Буры sds plus 4 грани Kranz</t>
   </si>
   <si>
+    <t>KR-91-0101</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0839</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x350x290мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0820</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0808</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0809</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0452</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 6x110мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0453</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 6x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0457</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 8x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0461</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 10x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0462</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 10x210мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0464</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 12x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0465</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 12x210мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0822</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0827</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x460x400мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0456</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 8x110мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0835</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0836</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0837</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0102</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0103</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x460x400мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0800</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x110x50мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0801</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x110x50мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0803</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0804</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0805</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x110x50мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0819</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x110x50мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0810</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0812</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0825</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x350x290мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0826</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x460x400мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0821</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0458</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 8x210мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
     <t>KR-91-0811</t>
   </si>
   <si>
     <t>Бур по бетону 10x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Бур по бетону 12x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+    <t>KR-91-0824</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0450</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 5x110мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0807</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0806</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0838</t>
   </si>
   <si>
     <t>Бур по бетону 8x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0839</t>
-[...140 lines deleted...]
-    <t>Бур по бетону 12x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+    <t>KR-91-0451</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 5x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0454</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 6x210мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
   </si>
   <si>
     <t>KR-91-0823</t>
   </si>
   <si>
     <t>Бур по бетону 12x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0802</t>
   </si>
   <si>
     <t>Бур по бетону 6x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
-  </si>
-[...58 lines deleted...]
-    <t xml:space="preserve">Бур по бетону SUPER 12x210мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -726,51 +726,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10h260-mm-krestovaya-plastina-sds-plus-kranz-24453" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x210x150-mm-krestovaya-plastina-sds-plus-kranz-24444" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x160x100-mm-krestovaya-plastina-sds-plus-kranz-24451" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400-mm-krestovaya-plastina-sds-plus-kranz-24456" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x160x100-mm-krestovaya-plastina-sds-plus-kranz-24457" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x310x250-mm-sds-plus-krestovaya-plastina-kranz-26369" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x350x290-mm-sds-plus-krestovaya-plastina-kranz-26372" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x260x200-mm-krestovaya-plastina-sds-plus-kranz-24445" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x310x250-mm-krestovaya-plastina-sds-plus-kranz-24454" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x260x200-mm-krestovaya-plastina-sds-plus-kranz-24449" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x460x400-mm-krestovaya-plastina-sds-plus-kranz-27266" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8h210-mm-krestovaya-plastina-sds-plus-kranz-24448" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x110x50-mm-krestovaya-plastina-sds-plus-kranz-24446" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150-mm-krestovaya-plastina-sds-plus-kranz-24452" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x160x100-mm-krestovaya-plastina-sds-plus-kranz-24441" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x110x50-mm-krestovaya-plastina-sds-plus-kranz-24450" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x110x50-mm-krestovaya-plastina-sds-plus-kranz-24440" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50-mm-krestovaya-plastina-sds-plus-kranz-24442" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x350x290-mm-krestovaya-plastina-sds-plus-kranz-24455" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x210x150-mm-sds-plus-krestovaya-plastina-kranz-26366" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-5x110mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31811" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-12x160mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31821" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x310x250-mm-sds-plus-krestovaya-plastina-kranz-26371" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x260x200-mm-sds-plus-krestovaya-plastina-kranz-26368" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x310x250-mm-sds-plus-krestovaya-plastina-kranz-26370" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x210x250mm-sds-plus-krestovaya-plastina-kranz-26367" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x460x400-mm-sds-plus-krestovaya-plastina-kranz-26373" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x110mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31816" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-10x160mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31819" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12h210-mm-krestovaya-plastina-sds-plus-kranz-24458" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12h260-mm-krestovaya-plastina-sds-plus-kranz-24459" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6h160-mm-krestovaya-plastina-sds-plus-kranz-24443" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12h310-mm-krestovaya-plastina-sds-plus-kranz-24460" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x160mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31814" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-10x210mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31820" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x210mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31818" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x110mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31813" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-5x160mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31812" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8h160-mm-krestovaya-plastina-sds-plus-kranz-24447" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x160mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31817" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x210mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31815" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-12x210mm-professionalniy-tselnaya-krestovaya-plastina-sds-plus-kranz-31822" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x350x290mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x110mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-10x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-10x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-12x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-12x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x460x400mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x110mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x460x400mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x110x50mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x110x50mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x110x50mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x350x290mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-5x110mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-5x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -794,1258 +794,1258 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>303.02</v>
+        <v>483.07</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>560</v>
+        <v>1383</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>201.75</v>
+        <v>377.99</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1283</v>
+        <v>718</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>222.75</v>
+        <v>156.88</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>3795</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>240</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>533.23</v>
+        <v>253.61</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>469</v>
+        <v>1830</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>262.86</v>
+        <v>226.54</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>845</v>
+        <v>3247</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>240</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>321.01</v>
+        <v>609.47</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>636</v>
+        <v>943</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>371.67</v>
+        <v>703.25</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>729</v>
+        <v>480</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>209.08</v>
+        <v>815.74</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1814</v>
+        <v>12</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>345.89</v>
+        <v>984.53</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>986</v>
+        <v>159</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>249.37</v>
+        <v>1172.05</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1847</v>
+        <v>173</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>120</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>327.27</v>
+        <v>1218.95</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>314</v>
+        <v>97</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>80</v>
+        <v>240</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>224</v>
+        <v>1406.46</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>658</v>
+        <v>163</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>120</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>178.34</v>
+        <v>273.81</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2709</v>
+        <v>302</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>252.17</v>
+        <v>352.04</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>265</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>154.26</v>
+        <v>703.25</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>187</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>240</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>230.06</v>
+        <v>408.75</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>565</v>
+        <v>395</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>126.04</v>
+        <v>470.85</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1335</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>148.38</v>
+        <v>379.91</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>15830</v>
+        <v>1289</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>297.84</v>
+        <v>564.33</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>323</v>
+        <v>953</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>401.92</v>
+        <v>479.16</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>408</v>
+        <v>690</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>507.08</v>
+        <v>128.18</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>234</v>
+        <v>377</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>240</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1198.57</v>
+        <v>150.9</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>118</v>
+        <v>8539</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>240</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>554.9</v>
+        <v>205.18</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>959</v>
+        <v>1002</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>441.2</v>
+        <v>212.63</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1317</v>
+        <v>1312</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>120</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>475</v>
+        <v>181.37</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1629</v>
+        <v>2401</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>525.24</v>
+        <v>233.97</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>13</v>
+        <v>433</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>471.15</v>
+        <v>256.46</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>767</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>691.49</v>
+        <v>351.77</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>286</v>
+        <v>904</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>968.07</v>
+        <v>302.9</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>248</v>
+        <v>316</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>240</v>
+        <v>90</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>290.88</v>
+        <v>457.94</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>585</v>
+        <v>470</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>330.06</v>
+        <v>234.69</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>290</v>
+        <v>578</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>165.73</v>
+        <v>956.39</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>9342</v>
+        <v>199</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>305.93</v>
+        <v>262.86</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>96</v>
+        <v>555</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>120</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>691.49</v>
+        <v>338.35</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>710</v>
+        <v>82</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>1152.46</v>
+        <v>515.7</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>167</v>
+        <v>230</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>940.4</v>
+        <v>215.13</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>174</v>
+        <v>415</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>120</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>599.28</v>
+        <v>200.74</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>1268</v>
+        <v>874</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>240</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>599.28</v>
+        <v>326.47</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>198</v>
+        <v>715</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>197.38</v>
+        <v>609.47</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>1617</v>
+        <v>221</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>240</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>802.1</v>
+        <v>843.88</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>135</v>
+        <v>331</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>829.77</v>
+        <v>335.67</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>292</v>
+        <v>271</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>120</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>1382.95</v>
+        <v>168.55</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>141</v>
+        <v>6206</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>