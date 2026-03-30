--- v2 (2026-02-09)
+++ v3 (2026-03-30)
@@ -42,306 +42,306 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Буры sds plus 4 грани Kranz</t>
   </si>
   <si>
+    <t>KR-91-0827</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x460x400мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0800</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x110x50мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0820</t>
+  </si>
+  <si>
+    <t>Бур по бетону 5x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0801</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x110x50мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0803</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0804</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0805</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x110x50мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0808</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0819</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x110x50мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0809</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0810</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0812</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0825</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x350x290мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0826</t>
+  </si>
+  <si>
+    <t>Бур по бетону 10x460x400мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0821</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0835</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0836</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0837</t>
+  </si>
+  <si>
+    <t>Бур по бетону 14x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0838</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0101</t>
   </si>
   <si>
     <t>Бур по бетону 14x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-91-0102</t>
+  </si>
+  <si>
+    <t>Бур по бетону 16x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0839</t>
   </si>
   <si>
     <t>Бур по бетону 8x350x290мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0820</t>
-[...14 lines deleted...]
-    <t>Бур по бетону 10x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+    <t>KR-91-0103</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x460x400мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0802</t>
+  </si>
+  <si>
+    <t>Бур по бетону 6x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0822</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0823</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0807</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x210x150мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0824</t>
+  </si>
+  <si>
+    <t>Бур по бетону 12x310x250мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0806</t>
+  </si>
+  <si>
+    <t>Бур по бетону 8x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0450</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 5x110мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0451</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 5x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
   </si>
   <si>
     <t>KR-91-0452</t>
   </si>
   <si>
     <t xml:space="preserve">Бур по бетону SUPER 6x110мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
   </si>
   <si>
     <t>KR-91-0453</t>
   </si>
   <si>
     <t xml:space="preserve">Бур по бетону SUPER 6x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
   </si>
   <si>
+    <t>KR-91-0454</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 6x210мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0456</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 8x110мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
     <t>KR-91-0457</t>
   </si>
   <si>
     <t xml:space="preserve">Бур по бетону SUPER 8x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
   </si>
   <si>
+    <t>KR-91-0458</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бур по бетону SUPER 8x210мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
+  </si>
+  <si>
     <t>KR-91-0461</t>
   </si>
   <si>
     <t xml:space="preserve">Бур по бетону SUPER 10x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
   </si>
   <si>
     <t>KR-91-0462</t>
   </si>
   <si>
     <t xml:space="preserve">Бур по бетону SUPER 10x210мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
   </si>
   <si>
     <t>KR-91-0464</t>
   </si>
   <si>
     <t xml:space="preserve">Бур по бетону SUPER 12x160мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
   </si>
   <si>
     <t>KR-91-0465</t>
   </si>
   <si>
     <t xml:space="preserve">Бур по бетону SUPER 12x210мм, профессиональный, цельная крестовая пластина, SDS PLUS KRANZ </t>
   </si>
   <si>
-    <t>KR-91-0822</t>
-[...118 lines deleted...]
-  <si>
     <t>KR-91-0811</t>
   </si>
   <si>
     <t>Бур по бетону 10x260x200мм, крестовая пластина, SDS PLUS KRANZ</t>
-  </si>
-[...52 lines deleted...]
-    <t>Бур по бетону 6x160x100мм, крестовая пластина, SDS PLUS KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -726,51 +726,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x350x290mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x110mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-10x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-10x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-12x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-12x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x460x400mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x110mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x460x400mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x110x50mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x110x50mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x110x50mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x350x290mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-5x110mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-5x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x460x400mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x110x50mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-5x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x110x50mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x110x50mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x110x50mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x350x290mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x460x400mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-14x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-16x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x350x290mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x460x400mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-6x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x210x150mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-12x310x250mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-8x160x100mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-5x110mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-5x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x110mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-6x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x110mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-8x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-10x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-10x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-12x160mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-super-12x210mm-professionalnyy-tselnaya-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bur-po-betonu-10x260x200mm-krestovaya-plastina-sds-plus-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -794,1255 +794,1255 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>483.07</v>
+        <v>197.14</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1383</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>377.99</v>
+        <v>121.44</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>718</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>156.88</v>
+        <v>155.16</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>240</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>253.61</v>
+        <v>142.96</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1830</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>226.54</v>
+        <v>184.66</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>3247</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>240</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>609.47</v>
+        <v>191.37</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>943</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>703.25</v>
+        <v>163.23</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>480</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>240</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>815.74</v>
+        <v>228.25</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>984.53</v>
+        <v>210.57</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>159</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>240</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1172.05</v>
+        <v>203.89</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>173</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1218.95</v>
+        <v>253.64</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1406.46</v>
+        <v>347.9</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>163</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>120</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>273.81</v>
+        <v>299.57</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>352.04</v>
+        <v>389.25</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>265</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>80</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>703.25</v>
+        <v>232.11</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>187</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>240</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>408.75</v>
+        <v>347.44</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>395</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>120</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>470.85</v>
+        <v>439.81</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>120</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>379.91</v>
+        <v>322.92</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1289</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>120</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>564.33</v>
+        <v>293.82</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>953</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>120</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>479.16</v>
+        <v>410.61</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>690</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>128.18</v>
+        <v>479.68</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>377</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>150.9</v>
+        <v>340.19</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>8539</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>205.18</v>
+        <v>407.29</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1002</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>240</v>
+        <v>80</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>212.63</v>
+        <v>151.7</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1312</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>181.37</v>
+        <v>270.8</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>2401</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>233.97</v>
+        <v>331.98</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>433</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>256.46</v>
+        <v>212.77</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>120</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>351.77</v>
+        <v>236.85</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>904</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>120</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>302.9</v>
+        <v>198.53</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>316</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>90</v>
+        <v>240</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>457.94</v>
+        <v>350.68</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>470</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>80</v>
+        <v>240</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>234.69</v>
+        <v>414.44</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>578</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>240</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>956.39</v>
+        <v>414.44</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>199</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>262.86</v>
+        <v>478.21</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>555</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>338.35</v>
+        <v>573.84</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>120</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>515.7</v>
+        <v>478.21</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>240</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>215.13</v>
+        <v>554.7</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>415</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>200.74</v>
+        <v>650.34</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>874</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>326.47</v>
+        <v>669.48</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>715</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>609.47</v>
+        <v>796.99</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>221</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>843.88</v>
+        <v>828.89</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>331</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>335.67</v>
+        <v>944.44</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>271</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>120</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>168.55</v>
+        <v>147.2</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>6206</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>