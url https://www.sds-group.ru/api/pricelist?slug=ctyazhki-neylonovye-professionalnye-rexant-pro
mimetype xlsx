--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -42,222 +42,222 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Cтяжки нейлоновые Профессиональные REXANT PRO</t>
   </si>
   <si>
+    <t>67-0350</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>67-0501</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-1302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-1301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0150-4</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 150x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0151-4</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 150x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0201</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0251</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0251-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>67-0200-5</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 200x4,8мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, черная (100 шт/уп) REXANT</t>
+    <t>67-0201-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0303</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0400</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x4,8мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-0500</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 500x4,8мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>67-0400</t>
-[...2 lines deleted...]
-    <t>Стяжка нейлоновая Профессиональная 400x4,8мм, белая (100 шт/уп) REXANT</t>
+    <t>67-0502</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x7,6мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-0503</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 500x7,6мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>67-1301</t>
-[...46 lines deleted...]
-  <si>
     <t>67-0202</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 200x7,5мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-0203</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 200x7,5мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>67-0200</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0300</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0351</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>67-0401</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 400x4,8мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>67-0250-5</t>
-[...16 lines deleted...]
-  <si>
     <t>67-0400-8</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 400x7,6мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-0401-8</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 400x7,6мм, черная (100 шт/уп) REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, черная (100 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -642,51 +642,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-350x4-8mm-belaya-100-sht-up-rexant-15446" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x4-8mm-chernaya-100-sht-up-rexant-19179" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x4-8mm-chernaya-100-sht-up-rexant-19174" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x4-8mm-belaya-100-sht-up-rexant-19178" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-150x3-6mm-belaya-100-sht-up-rexant-15453" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-150x3-6mm-chernaya-100-sht-up-rexant-15442" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x3-6mm-chernaya-100-sht-up-rexant-15445" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x3-6mm-belaya-100-sht-up-rexant-15447" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x3-6mm-chernaya-100-sht-up-rexant-15450" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x4-8mm-chernaya-100-sht-up-rexant-15454" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x3-6mm-chernaya-100-sht-up-rexant-15452" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x4-8mm-belaya-100-sht-up-rexant-15449" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x4-8mm-chernaya-100-sht-up-rexant-15455" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x7-6mm-belaya-100-sht-up-rexant-19173" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x7-6mm-chernaya-100-sht-up-rexant-19168" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x4-8mm-belaya-100-sht-up-rexant-19171" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x4-8mm-belaya-100-sht-up-rexant-19169" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x7-6mm-belaya-100-sht-up-rexant-19172" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x7-6mm-chernaya-100-sht-up-rexant-19177" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x7-5mm-belaya-100-sht-up-rexant-19180" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x7-5mm-chernaya-100-sht-up-rexant-19181" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x3-6mm-belaya-100-sht-up-rexant-15444" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x4-8mm-belaya-100-sht-up-rexant-15448" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x3-6mm-belaya-100-sht-up-rexant-15451" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-350x4-8mm-chernaya-100-sht-up-rexant-15443" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x4-8mm-chernaya-100-sht-up-rexant-19176" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x7-6mm-belaya-100-sht-up-rexant-19175" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x7-6mm-chernaya-100-sht-up-rexant-19170" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I30"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -710,849 +710,849 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>281</v>
+        <v>458</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>343</v>
+        <v>4013</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>145</v>
+        <v>675</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>3590</v>
+        <v>398</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>145</v>
+        <v>396</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>6990</v>
+        <v>1622</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>227</v>
+        <v>396</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>3933</v>
+        <v>690</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>4083</v>
+        <v>2286</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>675</v>
+        <v>145</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>263</v>
+        <v>4958</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>536</v>
+        <v>186</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>334</v>
+        <v>2345</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1275</v>
+        <v>227</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>242</v>
+        <v>2535</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>396</v>
+        <v>227</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>397</v>
+        <v>2439</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>186</v>
+        <v>317.5</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>3180</v>
+        <v>1646</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>281</v>
+        <v>268</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2710</v>
+        <v>3009</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>227</v>
+        <v>281</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2056</v>
+        <v>1265</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>317.5</v>
+        <v>281</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1149</v>
+        <v>3484</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1275</v>
+        <v>783.5</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>1522</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
         <v>783.5</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1561</v>
+        <v>344</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>783.5</v>
+        <v>536</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>490</v>
+        <v>273</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>545</v>
+        <v>675</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>650</v>
+        <v>245</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>545</v>
+        <v>1275</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>677</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>536</v>
+        <v>1275</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1122</v>
+        <v>78</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>317.5</v>
+        <v>545</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1840</v>
+        <v>648</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>268</v>
+        <v>545</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>7670</v>
+        <v>646</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>458</v>
+        <v>186</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>4090</v>
+        <v>2997</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>984</v>
+        <v>317.5</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>583</v>
+        <v>2657</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>984</v>
+        <v>268</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>957</v>
+        <v>7326</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>675</v>
+        <v>458</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>430</v>
+        <v>1227</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>396</v>
+        <v>536</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>2230</v>
+        <v>543</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>186</v>
+        <v>984</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>2928</v>
+        <v>546</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>458</v>
+        <v>984</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1533</v>
+        <v>706</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>