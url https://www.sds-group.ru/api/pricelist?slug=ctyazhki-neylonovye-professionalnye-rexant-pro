--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -42,222 +42,222 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Cтяжки нейлоновые Профессиональные REXANT PRO</t>
   </si>
   <si>
+    <t>67-0400-8</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>67-0501</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-1302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0200</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0351</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0401-8</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>67-0350</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 350x4,8мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>67-1301</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 300x4,8мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-0150-4</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 150x3,6мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-0151-4</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 150x3,6мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-0201</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 200x3,6мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>67-0250</t>
-[...2 lines deleted...]
-    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, белая (100 шт/уп) REXANT</t>
+    <t>67-0200-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0201-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0251-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0300</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0303</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0203</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x7,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0401</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x4,8мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-0251</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 250x3,6мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>67-0251-5</t>
-[...20 lines deleted...]
-    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, черная (100 шт/уп) REXANT</t>
+    <t>67-0202</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x7,5мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-0302</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 300x7,6мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>67-0303</t>
-[...4 lines deleted...]
-  <si>
     <t>67-0400</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 400x4,8мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-0500</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 500x4,8мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-0502</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 500x7,6мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-0503</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 500x7,6мм, черная (100 шт/уп) REXANT</t>
-  </si>
-[...52 lines deleted...]
-    <t>Стяжка нейлоновая Профессиональная 400x7,6мм, черная (100 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -642,51 +642,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-350x4-8mm-belaya-100-sht-up-rexant-15446" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x4-8mm-chernaya-100-sht-up-rexant-19179" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x4-8mm-chernaya-100-sht-up-rexant-19174" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x4-8mm-belaya-100-sht-up-rexant-19178" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-150x3-6mm-belaya-100-sht-up-rexant-15453" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-150x3-6mm-chernaya-100-sht-up-rexant-15442" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x3-6mm-chernaya-100-sht-up-rexant-15445" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x3-6mm-belaya-100-sht-up-rexant-15447" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x3-6mm-chernaya-100-sht-up-rexant-15450" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x4-8mm-chernaya-100-sht-up-rexant-15454" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x3-6mm-chernaya-100-sht-up-rexant-15452" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x4-8mm-belaya-100-sht-up-rexant-15449" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x4-8mm-chernaya-100-sht-up-rexant-15455" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x7-6mm-belaya-100-sht-up-rexant-19173" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x7-6mm-chernaya-100-sht-up-rexant-19168" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x4-8mm-belaya-100-sht-up-rexant-19171" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x4-8mm-belaya-100-sht-up-rexant-19169" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x7-6mm-belaya-100-sht-up-rexant-19172" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x7-6mm-chernaya-100-sht-up-rexant-19177" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x7-5mm-belaya-100-sht-up-rexant-19180" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x7-5mm-chernaya-100-sht-up-rexant-19181" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x3-6mm-belaya-100-sht-up-rexant-15444" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x4-8mm-belaya-100-sht-up-rexant-15448" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x3-6mm-belaya-100-sht-up-rexant-15451" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-350x4-8mm-chernaya-100-sht-up-rexant-15443" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x4-8mm-chernaya-100-sht-up-rexant-19176" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x7-6mm-belaya-100-sht-up-rexant-19175" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x7-6mm-chernaya-100-sht-up-rexant-19170" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I30"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -710,843 +710,843 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>458</v>
+        <v>1000.73</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>4013</v>
+        <v>531</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I3" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>675</v>
+        <v>686.47</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>398</v>
+        <v>349</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>396</v>
+        <v>402.73</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1622</v>
+        <v>1641</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>396</v>
+        <v>189.16</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>690</v>
+        <v>3604</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>145</v>
+        <v>465.79</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2286</v>
+        <v>1485</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>145</v>
+        <v>230.86</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>4958</v>
+        <v>4306</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>186</v>
+        <v>1000.73</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2345</v>
+        <v>143</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>227</v>
+        <v>465.79</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2535</v>
+        <v>4002</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>227</v>
+        <v>402.73</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2439</v>
+        <v>625</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>317.5</v>
+        <v>147.47</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1646</v>
+        <v>5059</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>268</v>
+        <v>147.47</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3009</v>
+        <v>2299</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>281</v>
+        <v>189.16</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1265</v>
+        <v>4823</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>281</v>
+        <v>285.78</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>3484</v>
+        <v>1084</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>783.5</v>
+        <v>285.78</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1522</v>
+        <v>3241</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>783.5</v>
+        <v>322.9</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>344</v>
+        <v>1143</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>536</v>
+        <v>272.56</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>273</v>
+        <v>2651</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>675</v>
+        <v>322.9</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>245</v>
+        <v>2580</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1275</v>
+        <v>272.56</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>7012</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1275</v>
+        <v>796.82</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>78</v>
+        <v>148</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>545</v>
+        <v>554.27</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>648</v>
+        <v>934</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>545</v>
+        <v>545.11</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>646</v>
+        <v>453</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>186</v>
+        <v>230.86</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>2997</v>
+        <v>2375</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>317.5</v>
+        <v>554.27</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>2657</v>
+        <v>623</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>268</v>
+        <v>796.82</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>7326</v>
+        <v>1511</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>458</v>
+        <v>545.11</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1227</v>
+        <v>364</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>536</v>
+        <v>686.47</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>543</v>
+        <v>185</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>984</v>
+        <v>1296.68</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>546</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>25</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>984</v>
+        <v>1296.68</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>706</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>25</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>