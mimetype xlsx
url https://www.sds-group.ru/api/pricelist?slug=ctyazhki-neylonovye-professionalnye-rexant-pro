--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -42,222 +42,222 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Cтяжки нейлоновые Профессиональные REXANT PRO</t>
   </si>
   <si>
+    <t>67-0150-4</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 150x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>67-0151-4</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 150x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0201</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0200-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0201-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0251</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0251-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0303</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0400</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0500</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0502</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0503</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-1301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0202</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x7,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0203</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x7,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0200</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0300</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0350</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0351</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0401</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>67-0400-8</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 400x7,6мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>67-0401-8</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x7,6мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-0501</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 500x4,8мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>67-1302</t>
   </si>
   <si>
     <t>Стяжка нейлоновая Профессиональная 300x4,8мм, черная (100 шт/уп) REXANT</t>
-  </si>
-[...148 lines deleted...]
-    <t>Стяжка нейлоновая Профессиональная 500x7,6мм, черная (100 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -642,51 +642,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-chernaya-100-shtup-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I30"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -710,849 +710,849 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1000.73</v>
+        <v>137.15</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>531</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I3" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>686.47</v>
+        <v>137.15</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>349</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>402.73</v>
+        <v>175.92</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1641</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>189.16</v>
+        <v>265.78</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>3604</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>465.79</v>
+        <v>265.78</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1485</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>230.86</v>
+        <v>214.7</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>4306</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1000.73</v>
+        <v>214.7</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>143</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>465.79</v>
+        <v>280.92</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>4002</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>402.73</v>
+        <v>237.13</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>625</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>147.47</v>
+        <v>693.23</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>5059</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>147.47</v>
+        <v>693.23</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2299</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>189.16</v>
+        <v>474.25</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>4823</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>285.78</v>
+        <v>597.23</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1084</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>285.78</v>
+        <v>1115.14</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>3241</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>322.9</v>
+        <v>1115.14</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1143</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>272.56</v>
+        <v>350.38</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>2651</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>322.9</v>
+        <v>482.21</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2580</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>272.56</v>
+        <v>482.21</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>7012</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>796.82</v>
+        <v>175.92</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>148</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>554.27</v>
+        <v>280.92</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>934</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>545.11</v>
+        <v>237.13</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>453</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>230.86</v>
+        <v>405.24</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>2375</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>554.27</v>
+        <v>405.24</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>623</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>796.82</v>
+        <v>474.25</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1511</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>545.11</v>
+        <v>860.63</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>364</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>686.47</v>
+        <v>860.63</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>185</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I28" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>1296.68</v>
+        <v>597.23</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>1296.68</v>
+        <v>350.38</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>