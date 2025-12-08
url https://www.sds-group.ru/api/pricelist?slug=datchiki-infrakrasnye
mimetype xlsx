--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -42,132 +42,132 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Датчики инфракрасные</t>
   </si>
   <si>
+    <t>11-9206</t>
+  </si>
+  <si>
+    <t>Датчик движения точечный  ДДТ 01, 360°, 2000Вт, 3-2000Лк, 20м,10-420 сек REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-9210</t>
+  </si>
+  <si>
+    <t>Датчик движения настенный ДДС 02, 180°, 1200 Вт, 3-2000 Лк, 12 м, 10-420 сек. IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-9205</t>
+  </si>
+  <si>
+    <t>Датчик движения настенный ДДС 01, 180°, 1200 Вт, 3-2000 Лк, 5-12 м, 10-420 сек. IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-9208</t>
+  </si>
+  <si>
+    <t>Датчик движения встраиваемый ДДВ 01, 160°, 300-1200 Вт, 3-2000 Лк, 9 м,10-420 сек. REXANT</t>
+  </si>
+  <si>
+    <t>11-9211</t>
+  </si>
+  <si>
+    <t>Датчик движения настенный ДДС 03, 180°, 1200 Вт, 3-2000 Лк, 12 м, 10-900 сек. IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-9203</t>
+  </si>
+  <si>
+    <t>Датчик движения в патрон E27 ДДП 01, 360°, 60Вт, 3-2000Лк, 6м, 10-300 сек. REXANT</t>
+  </si>
+  <si>
+    <t>11-9209</t>
+  </si>
+  <si>
+    <t>Датчик движения потолочный ДДП 01, 120°/360°, 1200 Вт, 10-2000 Лк, 6 м, 10-420 сек. REXANT</t>
+  </si>
+  <si>
+    <t>11-9207</t>
+  </si>
+  <si>
+    <t>Датчик движения точечный ДДТ 02, 360°, 800 Вт, 3-2000 Лк, 6 м, 10-900 сек. REXANT</t>
+  </si>
+  <si>
+    <t>11-9212</t>
+  </si>
+  <si>
+    <t>Датчик движения настенный ДДС 04, 180°, 1200 Вт, 3-2000 Лк, 12 м, 10-420 сек. IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-9215</t>
+  </si>
+  <si>
+    <t>Датчик движения встраиваемый ДДВ 02, 180°, 5-800 Вт, 10-2000 Лк, 9 м,10-420 сек. REXANT</t>
+  </si>
+  <si>
+    <t>11-9220</t>
+  </si>
+  <si>
+    <t>Датчик движения к прожектору ДДПР 01, 120°, 1200 Вт, 3-2000 Лк, 12 м,10-420 сек. IP44  REXANT</t>
+  </si>
+  <si>
+    <t>11-9213</t>
+  </si>
+  <si>
+    <t>Датчик движения потолочный ДДП 02, 120°/360°, 1200 Вт, 10-2000 Лк, 2-6 м,10-420 сек. REXANT</t>
+  </si>
+  <si>
     <t>11-9214</t>
   </si>
   <si>
     <t>Датчик движения потолочный ДДП 03, 120°/360°, 1200 Вт, 10-2000 Лк, 2-12 м, 10-420 сек. REXANT</t>
-  </si>
-[...76 lines deleted...]
-    <t>Датчик движения настенный ДДС 04, 180°, 1200 Вт, 3-2000 Лк, 12 м, 10-420 сек. IP44 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -552,51 +552,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-potolochniy-ddp-03-120-360-1200-vt-10-2000-lk-2-12-m-10-420-sek-rexant-13321" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-vstraivaemiy-ddv-02-180-5-800-vt-10-2000-lk-9-m-10-420-sek-rexant-13320" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-potolochniy-ddp-02-120-360-1200-vt-10-2000-lk-2-6-m-10-420-sek-rexant-13319" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-v-patron-e27-ddp-01-360-60vt-3-2000lk-6m-10-300-sek-rexant-13313" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-tochechniy-ddt-02-360-800-vt-3-2000-lk-6-m-10-900-sek-rexant-13327" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-potolochniy-ddp-01-120-360-1200-vt-10-2000-lk-6-m-10-420-sek-rexant-13323" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-k-projektoru-ddpr-01-120-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant-13325" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-nastenniy-dds-03-180-1200-vt-3-2000-lk-12-m-10-900-sek-ip44-rexant-13311" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-nastenniy-dds-01-180-1200-vt-3-2000-lk-5-12-m-10-420-sek-ip44-rexant-13309" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-tochechniy-ddt-01-360-2000vt-3-2000lk-20m-10-1800-sek-rexant-13317" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-vstraivaemiy-ddv-01-160-300-1200-vt-3-2000-lk-9-m-10-420-sek-rexant-13308" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-nastenniy-dds-02-180-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant-13318" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-nastenniy-dds-04-180-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant-13326" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-tochechniy-ddt-01-360-2000vt-3-2000lk-20m-10-1800-sek-rexant-13317" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-nastenniy-dds-02-180-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant-13318" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-nastenniy-dds-01-180-1200-vt-3-2000-lk-5-12-m-10-420-sek-ip44-rexant-13309" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-vstraivaemiy-ddv-01-160-300-1200-vt-3-2000-lk-9-m-10-420-sek-rexant-13308" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-nastenniy-dds-03-180-1200-vt-3-2000-lk-12-m-10-900-sek-ip44-rexant-13311" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-v-patron-e27-ddp-01-360-60vt-3-2000lk-6m-10-300-sek-rexant-13313" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-potolochniy-ddp-01-120-360-1200-vt-10-2000-lk-6-m-10-420-sek-rexant-13323" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-tochechniy-ddt-02-360-800-vt-3-2000-lk-6-m-10-900-sek-rexant-13327" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-nastenniy-dds-04-180-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant-13326" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-vstraivaemiy-ddv-02-180-5-800-vt-10-2000-lk-9-m-10-420-sek-rexant-13320" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-k-projektoru-ddpr-01-120-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant-13325" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-potolochniy-ddp-02-120-360-1200-vt-10-2000-lk-2-6-m-10-420-sek-rexant-13319" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-potolochniy-ddp-03-120-360-1200-vt-10-2000-lk-2-12-m-10-420-sek-rexant-13321" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I15"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -620,408 +620,408 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>718.23</v>
+        <v>1236.77</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>528</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>551.88</v>
+        <v>767.79</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>837.04</v>
+        <v>950</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>866</v>
+        <v>1213</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>783</v>
+        <v>826.5</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1421</v>
+        <v>905</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>734.85</v>
+        <v>838.94</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>263</v>
+        <v>1299</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>863.94</v>
+        <v>783</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>398</v>
+        <v>1067</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1100.25</v>
+        <v>863.94</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1151</v>
+        <v>219</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>838.94</v>
+        <v>734.85</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1501</v>
+        <v>207</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>950</v>
+        <v>1100</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1333</v>
+        <v>358</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1236.77</v>
+        <v>551.88</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1077</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>826.5</v>
+        <v>1100.25</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1033</v>
+        <v>1137</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>767.79</v>
+        <v>837.04</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>79</v>
+        <v>751</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1100</v>
+        <v>718.23</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>382</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>