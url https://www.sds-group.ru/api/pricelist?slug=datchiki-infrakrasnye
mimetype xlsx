--- v1 (2025-12-08)
+++ v2 (2026-01-25)
@@ -42,132 +42,132 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Датчики инфракрасные</t>
   </si>
   <si>
+    <t>11-9215</t>
+  </si>
+  <si>
+    <t>Датчик движения встраиваемый ДДВ 02, 180°, 5-800 Вт, 10-2000 Лк, 9 м,10-420 сек. REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-9220</t>
+  </si>
+  <si>
+    <t>Датчик движения к прожектору ДДПР 01, 120°, 1200 Вт, 3-2000 Лк, 12 м,10-420 сек. IP44  REXANT</t>
+  </si>
+  <si>
+    <t>11-9211</t>
+  </si>
+  <si>
+    <t>Датчик движения настенный ДДС 03, 180°, 1200 Вт, 3-2000 Лк, 12 м, 10-900 сек. IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-9213</t>
+  </si>
+  <si>
+    <t>Датчик движения потолочный ДДП 02, 120°/360°, 1200 Вт, 10-2000 Лк, 2-6 м,10-420 сек. REXANT</t>
+  </si>
+  <si>
+    <t>11-9210</t>
+  </si>
+  <si>
+    <t>Датчик движения настенный ДДС 02, 180°, 1200 Вт, 3-2000 Лк, 12 м, 10-420 сек. IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-9212</t>
+  </si>
+  <si>
+    <t>Датчик движения настенный ДДС 04, 180°, 1200 Вт, 3-2000 Лк, 12 м, 10-420 сек. IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-9208</t>
+  </si>
+  <si>
+    <t>Датчик движения встраиваемый ДДВ 01, 160°, 300-1200 Вт, 3-2000 Лк, 9 м,10-420 сек. REXANT</t>
+  </si>
+  <si>
+    <t>11-9214</t>
+  </si>
+  <si>
+    <t>Датчик движения потолочный ДДП 03, 120°/360°, 1200 Вт, 10-2000 Лк, 2-12 м, 10-420 сек. REXANT</t>
+  </si>
+  <si>
+    <t>11-9203</t>
+  </si>
+  <si>
+    <t>Датчик движения в патрон E27 ДДП 01, 360°, 60Вт, 3-2000Лк, 6м, 10-300 сек. REXANT</t>
+  </si>
+  <si>
+    <t>11-9205</t>
+  </si>
+  <si>
+    <t>Датчик движения настенный ДДС 01, 180°, 1200 Вт, 3-2000 Лк, 5-12 м, 10-420 сек. IP44 REXANT</t>
+  </si>
+  <si>
     <t>11-9206</t>
   </si>
   <si>
     <t>Датчик движения точечный  ДДТ 01, 360°, 2000Вт, 3-2000Лк, 20м,10-420 сек REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...32 lines deleted...]
-    <t>Датчик движения в патрон E27 ДДП 01, 360°, 60Вт, 3-2000Лк, 6м, 10-300 сек. REXANT</t>
+    <t>11-9207</t>
+  </si>
+  <si>
+    <t>Датчик движения точечный ДДТ 02, 360°, 800 Вт, 3-2000 Лк, 6 м, 10-900 сек. REXANT</t>
   </si>
   <si>
     <t>11-9209</t>
   </si>
   <si>
     <t>Датчик движения потолочный ДДП 01, 120°/360°, 1200 Вт, 10-2000 Лк, 6 м, 10-420 сек. REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Датчик движения потолочный ДДП 03, 120°/360°, 1200 Вт, 10-2000 Лк, 2-12 м, 10-420 сек. REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -552,51 +552,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-tochechniy-ddt-01-360-2000vt-3-2000lk-20m-10-1800-sek-rexant-13317" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-nastenniy-dds-02-180-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant-13318" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-nastenniy-dds-01-180-1200-vt-3-2000-lk-5-12-m-10-420-sek-ip44-rexant-13309" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-vstraivaemiy-ddv-01-160-300-1200-vt-3-2000-lk-9-m-10-420-sek-rexant-13308" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-nastenniy-dds-03-180-1200-vt-3-2000-lk-12-m-10-900-sek-ip44-rexant-13311" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-v-patron-e27-ddp-01-360-60vt-3-2000lk-6m-10-300-sek-rexant-13313" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-potolochniy-ddp-01-120-360-1200-vt-10-2000-lk-6-m-10-420-sek-rexant-13323" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-tochechniy-ddt-02-360-800-vt-3-2000-lk-6-m-10-900-sek-rexant-13327" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-nastenniy-dds-04-180-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant-13326" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-vstraivaemiy-ddv-02-180-5-800-vt-10-2000-lk-9-m-10-420-sek-rexant-13320" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-k-projektoru-ddpr-01-120-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant-13325" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-potolochniy-ddp-02-120-360-1200-vt-10-2000-lk-2-6-m-10-420-sek-rexant-13319" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvijeniya-potolochniy-ddp-03-120-360-1200-vt-10-2000-lk-2-12-m-10-420-sek-rexant-13321" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-vstraivaemyy-ddv-02-180-5-800-vt-10-2000-lk-9-m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-k-prozhektoru-ddpr-01-120-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-nastennyy-dds-03-180-1200-vt-3-2000-lk-12-m-10-900-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-potolochnyy-ddp-02-120-360-1200-vt-10-2000-lk-2-6-m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-nastennyy-dds-02-180-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-nastennyy-dds-04-180-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-vstraivaemyy-ddv-01-160-300-1200-vt-3-2000-lk-9-m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-potolochnyy-ddp-03-120-360-1200-vt-10-2000-lk-2-12-m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-v-patron-e27-ddp-01-360-60vt-3-2000lk-6m-10-300-sek-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-nastennyy-dds-01-180-1200-vt-3-2000-lk-5-12-m-10-420-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-tochechnyy-ddt-01-360-2000vt-3-2000lk-20m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-tochechnyy-ddt-02-360-800-vt-3-2000-lk-6-m-10-900-sek-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-potolochnyy-ddp-01-120-360-1200-vt-10-2000-lk-6-m-10-420-sek-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I15"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -620,408 +620,408 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1236.77</v>
+        <v>561.26</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>528</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>767.79</v>
+        <v>1118.95</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>1134</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>950</v>
+        <v>853.2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1213</v>
+        <v>1176</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>826.5</v>
+        <v>851.27</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>905</v>
+        <v>746</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>838.94</v>
+        <v>780.84</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1299</v>
+        <v>847</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>783</v>
+        <v>1118.7</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1067</v>
+        <v>341</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>863.94</v>
+        <v>840.55</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>219</v>
+        <v>779</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>734.85</v>
+        <v>657.4</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>207</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1100</v>
+        <v>796.31</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>358</v>
+        <v>925</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>551.88</v>
+        <v>966.15</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>1144</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1100.25</v>
+        <v>1257.8</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1137</v>
+        <v>379</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>837.04</v>
+        <v>747.34</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>751</v>
+        <v>188</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>718.23</v>
+        <v>878.63</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>