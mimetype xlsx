--- v2 (2026-01-25)
+++ v3 (2026-03-12)
@@ -42,132 +42,132 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Датчики инфракрасные</t>
   </si>
   <si>
+    <t>11-9203</t>
+  </si>
+  <si>
+    <t>Датчик движения в патрон E27 ДДП 01, 360°, 60Вт, 3-2000Лк, 6м, 10-300 сек. REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-9205</t>
+  </si>
+  <si>
+    <t>Датчик движения настенный ДДС 01, 180°, 1200 Вт, 3-2000 Лк, 5-12 м, 10-420 сек. IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-9206</t>
+  </si>
+  <si>
+    <t>Датчик движения точечный ДДТ 01, 360°, 2000Вт, 3-2000Лк, 20м,10-420 сек REXANT</t>
+  </si>
+  <si>
+    <t>11-9208</t>
+  </si>
+  <si>
+    <t>Датчик движения встраиваемый ДДВ 01, 160°, 300-1200 Вт, 3-2000 Лк, 9 м,10-420 сек. REXANT</t>
+  </si>
+  <si>
+    <t>11-9210</t>
+  </si>
+  <si>
+    <t>Датчик движения настенный ДДС 02, 180°, 1200 Вт, 3-2000 Лк, 12 м, 10-420 сек. IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-9211</t>
+  </si>
+  <si>
+    <t>Датчик движения настенный ДДС 03, 180°, 1200 Вт, 3-2000 Лк, 12 м, 10-900 сек. IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-9207</t>
+  </si>
+  <si>
+    <t>Датчик движения точечный ДДТ 02, 360°, 800 Вт, 3-2000 Лк, 6 м, 10-900 сек. REXANT</t>
+  </si>
+  <si>
+    <t>11-9209</t>
+  </si>
+  <si>
+    <t>Датчик движения потолочный ДДП 01, 120°/360°, 1200 Вт, 10-2000 Лк, 6 м, 10-420 сек. REXANT</t>
+  </si>
+  <si>
+    <t>11-9212</t>
+  </si>
+  <si>
+    <t>Датчик движения настенный ДДС 04, 180°, 1200 Вт, 3-2000 Лк, 12 м, 10-420 сек. IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-9213</t>
+  </si>
+  <si>
+    <t>Датчик движения потолочный ДДП 02, 120°/360°, 1200 Вт, 10-2000 Лк, 2-6 м,10-420 сек. REXANT</t>
+  </si>
+  <si>
     <t>11-9215</t>
   </si>
   <si>
     <t>Датчик движения встраиваемый ДДВ 02, 180°, 5-800 Вт, 10-2000 Лк, 9 м,10-420 сек. REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>11-9220</t>
   </si>
   <si>
     <t>Датчик движения к прожектору ДДПР 01, 120°, 1200 Вт, 3-2000 Лк, 12 м,10-420 сек. IP44  REXANT</t>
   </si>
   <si>
-    <t>11-9211</t>
-[...28 lines deleted...]
-  <si>
     <t>11-9214</t>
   </si>
   <si>
     <t>Датчик движения потолочный ДДП 03, 120°/360°, 1200 Вт, 10-2000 Лк, 2-12 м, 10-420 сек. REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Датчик движения потолочный ДДП 01, 120°/360°, 1200 Вт, 10-2000 Лк, 6 м, 10-420 сек. REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -552,51 +552,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-vstraivaemyy-ddv-02-180-5-800-vt-10-2000-lk-9-m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-k-prozhektoru-ddpr-01-120-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-nastennyy-dds-03-180-1200-vt-3-2000-lk-12-m-10-900-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-potolochnyy-ddp-02-120-360-1200-vt-10-2000-lk-2-6-m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-nastennyy-dds-02-180-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-nastennyy-dds-04-180-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-vstraivaemyy-ddv-01-160-300-1200-vt-3-2000-lk-9-m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-potolochnyy-ddp-03-120-360-1200-vt-10-2000-lk-2-12-m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-v-patron-e27-ddp-01-360-60vt-3-2000lk-6m-10-300-sek-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-nastennyy-dds-01-180-1200-vt-3-2000-lk-5-12-m-10-420-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-tochechnyy-ddt-01-360-2000vt-3-2000lk-20m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-tochechnyy-ddt-02-360-800-vt-3-2000-lk-6-m-10-900-sek-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-potolochnyy-ddp-01-120-360-1200-vt-10-2000-lk-6-m-10-420-sek-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-v-patron-e27-ddp-01-360-60vt-3-2000lk-6m-10-300-sek-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-nastennyy-dds-01-180-1200-vt-3-2000-lk-5-12-m-10-420-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-tochechnyy-ddt-01-360-2000vt-3-2000lk-20m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-vstraivaemyy-ddv-01-160-300-1200-vt-3-2000-lk-9-m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-nastennyy-dds-02-180-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-nastennyy-dds-03-180-1200-vt-3-2000-lk-12-m-10-900-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-tochechnyy-ddt-02-360-800-vt-3-2000-lk-6-m-10-900-sek-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-potolochnyy-ddp-01-120360-1200-vt-10-2000-lk-6-m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-nastennyy-dds-04-180-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-potolochnyy-ddp-02-120360-1200-vt-10-2000-lk-2-6-m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-vstraivaemyy-ddv-02-180-5-800-vt-10-2000-lk-9-m-10-420-sek-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-k-prozhektoru-ddpr-01-120-1200-vt-3-2000-lk-12-m-10-420-sek-ip44-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-dvizheniya-potolochnyy-ddp-03-120360-1200-vt-10-2000-lk-2-12-m-10-420-sek-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I15"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -620,408 +620,408 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>561.26</v>
+        <v>637.05</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1118.95</v>
+        <v>772.92</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1134</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>853.2</v>
+        <v>993.66</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1176</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>851.27</v>
+        <v>672.44</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>746</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>780.84</v>
+        <v>624.67</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>847</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1118.7</v>
+        <v>682.56</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>341</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>840.55</v>
+        <v>597.87</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>779</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>657.4</v>
+        <v>702.9</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>796.31</v>
+        <v>894.96</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>966.15</v>
+        <v>681.02</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1144</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1257.8</v>
+        <v>392.88</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>379</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>747.34</v>
+        <v>895.16</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>188</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>878.63</v>
+        <v>460.18</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>