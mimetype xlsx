--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,216 +42,216 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Делители ТВ</t>
   </si>
   <si>
+    <t>05-6032</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-900МГц PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>05-6031</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-900МГц PROconnect</t>
+  </si>
+  <si>
     <t>05-6023</t>
   </si>
   <si>
     <t>Делитель ТВх4 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>05-6024</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
     <t>05-6201-4</t>
   </si>
   <si>
     <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
   </si>
   <si>
+    <t>05-6021</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6025</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
     <t>05-6202-4</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
   </si>
   <si>
-    <t>05-6021</t>
-[...4 lines deleted...]
-  <si>
     <t>05-6022</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
-    <t>05-6024</t>
-[...22 lines deleted...]
-  <si>
     <t>05-6204</t>
   </si>
   <si>
     <t>Делитель ТВх6 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
   </si>
   <si>
+    <t>05-8000</t>
+  </si>
+  <si>
+    <t>Диплексор (сумматор-делитель) SAT+TV REXANT</t>
+  </si>
+  <si>
+    <t>05-6002</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6202</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6104</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц, Silver (7 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6004</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6201</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6105</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц, Silver (9 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6102</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Silver (4 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6102-1</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Gold (4 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6101-1</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц, Gold (3 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6203</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6001</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6205</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
     <t>05-6103</t>
   </si>
   <si>
     <t>Делитель ТВх4 под F-разъем, 5-1000МГц, Silver (5 F-разъемов в комплекте) REXANT</t>
   </si>
   <si>
-    <t>05-8000</t>
-[...4 lines deleted...]
-  <si>
     <t>05-6101</t>
   </si>
   <si>
     <t>Делитель ТВx2 под F-разъем, 5-1000МГц, Silver (3 F-разъема в комплекте) REXANT</t>
   </si>
   <si>
-    <t>05-6202</t>
-[...32 lines deleted...]
-    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Gold (4 F-разъема в комплекте) REXANT</t>
+    <t>05-6003</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц REXANT</t>
   </si>
   <si>
     <t>05-6005</t>
   </si>
   <si>
     <t>Делитель ТВх8 под F-разъем, 5-1000МГц REXANT</t>
-  </si>
-[...40 lines deleted...]
-    <t>Делитель ТВх4 под F-разъем, 5-1000МГц REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -636,51 +636,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect-642" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect-641" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect-2200" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect-2201" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect-3792" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect-639" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect-2202" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect-3793" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect-640" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant-647" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant-4452" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant-37" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant-645" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant-1183" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant-39" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant-644" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant-1184" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant-1181" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant-1186" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant-1185" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant-646" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant-36" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant-648" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant-1182" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant-1180" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant-38" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant-40" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I29"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -704,820 +704,820 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>188.7</v>
+        <v>75.38</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>663</v>
+        <v>8819</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>236.87</v>
+        <v>60.16</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>4898</v>
+        <v>26663</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>300.24</v>
+        <v>188.7</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2204</v>
+        <v>5</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>124.04</v>
+        <v>567.51</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>56850</v>
+        <v>662</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>162.84</v>
+        <v>236.87</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>23605</v>
+        <v>3189</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>567.51</v>
+        <v>124.04</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1138</v>
+        <v>44824</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
         <v>521.08</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1734</v>
+        <v>1437</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>60.16</v>
+        <v>300.24</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>32652</v>
+        <v>1264</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>75.38</v>
+        <v>162.84</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>9066</v>
+        <v>18666</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
         <v>1058.38</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>768</v>
+        <v>681</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>40</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>447.9</v>
+        <v>353.24</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>9003</v>
+        <v>3</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>353.24</v>
+        <v>271.51</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>84</v>
+        <v>9329</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>314.74</v>
+        <v>501.63</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>6075</v>
+        <v>3975</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>501.63</v>
+        <v>1307.02</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>4583</v>
+        <v>140</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1307.02</v>
+        <v>722.75</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>171</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>722.75</v>
+        <v>352.33</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>13</v>
+        <v>6870</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>352.33</v>
+        <v>1193.45</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>8413</v>
+        <v>82</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
         <v>419.66</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>7255</v>
+        <v>6558</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>120</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
         <v>378.36</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>588</v>
+        <v>124</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>120</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>722.19</v>
+        <v>241.63</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>322</v>
+        <v>732</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1193.45</v>
+        <v>598.65</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>125</v>
+        <v>1326</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>271.51</v>
+        <v>180.38</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>11436</v>
+        <v>13881</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>598.65</v>
+        <v>1204.12</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>2122</v>
+        <v>190</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>180.38</v>
+        <v>447.9</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>19488</v>
+        <v>94</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1204.12</v>
+        <v>314.74</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>244</v>
+        <v>4454</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>241.63</v>
+        <v>333.07</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1137</v>
+        <v>1184</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>333.07</v>
+        <v>722.19</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>483</v>
+        <v>248</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>