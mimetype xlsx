--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -42,216 +42,216 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Делители ТВ</t>
   </si>
   <si>
+    <t>05-6024</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>05-6021</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6201-4</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
+  </si>
+  <si>
+    <t>05-6022</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6025</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
     <t>05-6032</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-900МГц PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>05-6031</t>
   </si>
   <si>
     <t>Делитель ТВх2 под F-разъем, 5-900МГц PROconnect</t>
   </si>
   <si>
     <t>05-6023</t>
   </si>
   <si>
     <t>Делитель ТВх4 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
-    <t>05-6024</t>
-[...22 lines deleted...]
-  <si>
     <t>05-6202-4</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
   </si>
   <si>
-    <t>05-6022</t>
-[...2 lines deleted...]
-    <t>Делитель ТВх3 под F-разъем, 5-1000МГц PROconnect</t>
+    <t>05-6103</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц, Silver (5 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6202</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6104</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц, Silver (7 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6203</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6102</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Silver (4 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6101</t>
+  </si>
+  <si>
+    <t>Делитель ТВx2 под F-разъем, 5-1000МГц, Silver (3 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-8000</t>
+  </si>
+  <si>
+    <t>Диплексор (сумматор-делитель) SAT+TV REXANT</t>
+  </si>
+  <si>
+    <t>05-6004</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6205</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6003</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6105</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц, Silver (9 F-разъемов в комплекте) REXANT</t>
   </si>
   <si>
     <t>05-6204</t>
   </si>
   <si>
     <t>Делитель ТВх6 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
   </si>
   <si>
-    <t>05-8000</t>
-[...4 lines deleted...]
-  <si>
     <t>05-6002</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-1000МГц REXANT</t>
   </si>
   <si>
-    <t>05-6202</t>
-[...16 lines deleted...]
-  <si>
     <t>05-6201</t>
   </si>
   <si>
     <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
   </si>
   <si>
-    <t>05-6105</t>
-[...8 lines deleted...]
-    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Silver (4 F-разъема в комплекте) REXANT</t>
+    <t>05-6001</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц REXANT</t>
   </si>
   <si>
     <t>05-6102-1</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Gold (4 F-разъема в комплекте) REXANT</t>
   </si>
   <si>
+    <t>05-6005</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
     <t>05-6101-1</t>
   </si>
   <si>
     <t>Делитель ТВх2 под F-разъем, 5-1000МГц, Gold (3 F-разъема в комплекте) REXANT</t>
-  </si>
-[...40 lines deleted...]
-    <t>Делитель ТВх8 под F-разъем, 5-1000МГц REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -636,51 +636,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect-642" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect-641" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect-2200" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect-2201" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect-3792" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect-639" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect-2202" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect-3793" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect-640" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant-647" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant-4452" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant-37" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant-645" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant-1183" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant-39" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant-644" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant-1184" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant-1181" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant-1186" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant-1185" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant-646" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant-36" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant-648" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant-1182" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant-1180" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant-38" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant-40" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I29"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -704,820 +704,820 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>75.38</v>
+        <v>577.16</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>8819</v>
+        <v>351</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>60.16</v>
+        <v>126.15</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>26663</v>
+        <v>13398</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>188.7</v>
+        <v>240.9</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>5</v>
+        <v>2328</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>567.51</v>
+        <v>165.61</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>662</v>
+        <v>6487</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>236.87</v>
+        <v>529.94</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>3189</v>
+        <v>1300</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>124.04</v>
+        <v>76.66</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>44824</v>
+        <v>6997</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>521.08</v>
+        <v>61.18</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1437</v>
+        <v>23880</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>300.24</v>
+        <v>191.91</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1264</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>162.84</v>
+        <v>305.34</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>18666</v>
+        <v>836</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1058.38</v>
+        <v>455.51</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>681</v>
+        <v>73</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>353.24</v>
+        <v>510.16</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3</v>
+        <v>3747</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>271.51</v>
+        <v>1329.24</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>9329</v>
+        <v>122</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>501.63</v>
+        <v>608.83</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>3975</v>
+        <v>572</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1307.02</v>
+        <v>426.79</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>140</v>
+        <v>3362</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>722.75</v>
+        <v>320.09</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>3373</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>352.33</v>
+        <v>359.25</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>6870</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1193.45</v>
+        <v>735.04</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>419.66</v>
+        <v>1224.59</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>6558</v>
+        <v>155</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>378.36</v>
+        <v>338.73</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>124</v>
+        <v>594</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>241.63</v>
+        <v>1213.74</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>732</v>
+        <v>52</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>598.65</v>
+        <v>1076.37</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1326</v>
+        <v>587</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>180.38</v>
+        <v>276.13</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>13881</v>
+        <v>7421</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1204.12</v>
+        <v>358.32</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>190</v>
+        <v>2824</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>447.9</v>
+        <v>183.45</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>94</v>
+        <v>10250</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>314.74</v>
+        <v>384.79</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>4454</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>120</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>333.07</v>
+        <v>734.47</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1184</v>
+        <v>109</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>722.19</v>
+        <v>245.74</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>248</v>
+        <v>103</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>