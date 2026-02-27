--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -42,216 +42,216 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Делители ТВ</t>
   </si>
   <si>
+    <t>05-6031</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-900МГц PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>05-6024</t>
   </si>
   <si>
     <t>Делитель ТВх6 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>05-6025</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6202-4</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
   </si>
   <si>
     <t>05-6021</t>
   </si>
   <si>
     <t>Делитель ТВх2 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
+    <t>05-6022</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
     <t>05-6201-4</t>
   </si>
   <si>
     <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
   </si>
   <si>
-    <t>05-6022</t>
-[...8 lines deleted...]
-    <t>Делитель ТВх8 под F-разъем, 5-1000МГц PROconnect</t>
+    <t>05-6023</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
     <t>05-6032</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-900МГц PROconnect</t>
   </si>
   <si>
-    <t>05-6031</t>
-[...14 lines deleted...]
-    <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
+    <t>05-6105</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц, Silver (9 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6104</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц, Silver (7 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6201</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6205</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6102-1</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Gold (4 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6101-1</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц, Gold (3 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6203</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6001</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6005</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6204</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
   </si>
   <si>
     <t>05-6103</t>
   </si>
   <si>
     <t>Делитель ТВх4 под F-разъем, 5-1000МГц, Silver (5 F-разъемов в комплекте) REXANT</t>
   </si>
   <si>
+    <t>05-8000</t>
+  </si>
+  <si>
+    <t>Диплексор (сумматор-делитель) SAT+TV REXANT</t>
+  </si>
+  <si>
+    <t>05-6003</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
     <t>05-6202</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
   </si>
   <si>
-    <t>05-6104</t>
-[...10 lines deleted...]
-  <si>
     <t>05-6102</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Silver (4 F-разъема в комплекте) REXANT</t>
   </si>
   <si>
+    <t>05-6002</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
     <t>05-6101</t>
   </si>
   <si>
     <t>Делитель ТВx2 под F-разъем, 5-1000МГц, Silver (3 F-разъема в комплекте) REXANT</t>
   </si>
   <si>
-    <t>05-8000</t>
-[...4 lines deleted...]
-  <si>
     <t>05-6004</t>
   </si>
   <si>
     <t>Делитель ТВх6 под F-разъем, 5-1000МГц REXANT</t>
-  </si>
-[...58 lines deleted...]
-    <t>Делитель ТВх2 под F-разъем, 5-1000МГц, Gold (3 F-разъема в комплекте) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -636,51 +636,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I29"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -704,820 +704,820 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>577.16</v>
+        <v>61.18</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>351</v>
+        <v>21716</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>126.15</v>
+        <v>577.16</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>13398</v>
+        <v>83</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>240.9</v>
+        <v>529.94</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2328</v>
+        <v>1003</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>165.61</v>
+        <v>305.34</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>6487</v>
+        <v>560</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>529.94</v>
+        <v>126.15</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1300</v>
+        <v>16230</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>76.66</v>
+        <v>165.61</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>6997</v>
+        <v>2800</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>61.18</v>
+        <v>240.9</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>23880</v>
+        <v>2660</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
         <v>191.91</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>2053</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>305.34</v>
+        <v>76.66</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>836</v>
+        <v>8441</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>455.51</v>
+        <v>1213.74</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>510.16</v>
+        <v>1329.24</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3747</v>
+        <v>435</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1329.24</v>
+        <v>358.32</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>122</v>
+        <v>4436</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>608.83</v>
+        <v>1224.59</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>572</v>
+        <v>305</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>426.79</v>
+        <v>384.79</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>3362</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>120</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>320.09</v>
+        <v>245.74</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>3373</v>
+        <v>15</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>120</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>359.25</v>
+        <v>608.83</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>379</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>735.04</v>
+        <v>183.45</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>11707</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1224.59</v>
+        <v>734.47</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>155</v>
+        <v>72</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>338.73</v>
+        <v>1076.37</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>594</v>
+        <v>555</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1213.74</v>
+        <v>455.51</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1076.37</v>
+        <v>359.25</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>587</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>276.13</v>
+        <v>338.73</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>7421</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>358.32</v>
+        <v>510.16</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>2824</v>
+        <v>3347</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>183.45</v>
+        <v>426.79</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>10250</v>
+        <v>8128</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>384.79</v>
+        <v>276.13</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>9063</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>734.47</v>
+        <v>320.09</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>109</v>
+        <v>2359</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>245.74</v>
+        <v>735.04</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>