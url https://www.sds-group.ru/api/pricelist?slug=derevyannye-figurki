--- v0 (2025-10-15)
+++ v1 (2026-01-20)
@@ -42,210 +42,210 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Деревянные фигурки</t>
   </si>
   <si>
+    <t>504-023</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Волшебный фонарик 13,8x11x11 см</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>504-012</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 11,5x5x19 см</t>
+  </si>
+  <si>
+    <t>504-022</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Звездочка 24x13x3,6 см</t>
+  </si>
+  <si>
+    <t>504-044</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Игрушечный пони белый 25х5,5х26,5 см</t>
+  </si>
+  <si>
+    <t>504-027</t>
+  </si>
+  <si>
+    <t>Деревянная фигура с подсветкой Звезда двойная 30х4х30 см</t>
+  </si>
+  <si>
+    <t>504-017</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Снеговик 18 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-034</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Звездочки 16x4,5x1,3 cм, розовые, 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-032</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Елочки 14,5x4,5x1,6 cм, 6 шт, розовые NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-011</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 9x5x19 см</t>
+  </si>
+  <si>
+    <t>504-024</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Домик в лесу 19х6х26 см</t>
+  </si>
+  <si>
+    <t>504-009</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гном с носком 15х4х17 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-025</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 20х6,5х29 см</t>
+  </si>
+  <si>
+    <t>504-005</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Рождественский Олень Синий 10,5x4x18 см</t>
+  </si>
+  <si>
+    <t>504-033</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Звездочки 16x4,5x1,3 cм, бирюзовые 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-019</t>
+  </si>
+  <si>
+    <t>Деревянная фигура с подсветкой Домик Звездочета бирюзовая 26х7х25 см, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-028</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елка на подставке 14,5х5х30 см</t>
+  </si>
+  <si>
+    <t>504-004</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гномик 17х4х15 см</t>
+  </si>
+  <si>
+    <t>504-031</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Новогодняя ель 14,5x4,5x1,6 cм, 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-006</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Рождественский Олень Розовый 10,5x4x18 см</t>
+  </si>
+  <si>
     <t>504-002</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Елочка с оленем 12x6x21,5 см</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Деревянная фигурка с подсветкой Звездочка 24x13x3,6 см</t>
+    <t>504-026</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Семейство оленей 30х5х15,7 см</t>
   </si>
   <si>
     <t>504-013</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Ель со снежинками 9,5x6x31 см</t>
   </si>
   <si>
+    <t>504-021</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Рождественская сказка 44,5x6x24 см</t>
+  </si>
+  <si>
     <t>504-007</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Рождественский олень 11х5х47 см</t>
   </si>
   <si>
     <t>504-008</t>
   </si>
   <si>
     <t>Деревянная фигурка Гномик-бородач 7x4,5x18 см NEON-NIGHT</t>
   </si>
   <si>
     <t>504-016</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Дед Мороз 18 см NEON-NIGHT</t>
-  </si>
-[...118 lines deleted...]
-    <t>Деревянная фигурка с подсветкой Елочка 9x5x19 см</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -630,51 +630,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-s-olenem-12x6x21-5-sm.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-zvezdochka-24x13x3-6-sm.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-el-so-snezhinkami-9-5x6x31-sm.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskiy-olen-11h5h47-sm.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-borodach-7x4-5x18-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-ded-moroz-18-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-snegovik-18-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-novogodnyaya-el-14-5x4-5x1-6-cm-6-sht-neon-night.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-biryuzovye-6-sht-neon-night.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-rozovye-6-sht-neon-night.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnom-s-noskom-15h4h17-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-domik-zvezdocheta-biryuzovaya-26h7h25-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-elochki-14-5x4-5x1-6-cm-6-sht-rozovye-neon-night.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-11-5x5x19-sm.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskaya-skazka-44-5x6x24-sm.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-volshebnyy-fonarik-13-8x11x11-sm.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-20h6-5h29-sm.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-17h4h15-sm.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-siniy-10-5x4x18-sm.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-rozovyy-10-5x4x18-sm.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-semeystvo-oleney-30h5h15-7-sm.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-igrushechnyy-poni-belyy-25h5-5h26-5-sm.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elka-na-podstavke-14-5h5h30-sm.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-zvezda-dvoynaya-30h4h30-sm.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-domik-v-lesu-19h6h26-sm.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-9x5x19-sm.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-volshebnyy-fonarik-13-8x11x11-sm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-11-5x5x19-sm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-zvezdochka-24x13x3-6-sm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-igrushechnyy-poni-belyy-25h5-5h26-5-sm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-zvezda-dvoynaya-30h4h30-sm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-snegovik-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-rozovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-elochki-14-5x4-5x1-6-cm-6-sht-rozovye-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-9x5x19-sm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-domik-v-lesu-19h6h26-sm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnom-s-noskom-15h4h17-sm-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-20h6-5h29-sm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-siniy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-biryuzovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-domik-zvezdocheta-biryuzovaya-26h7h25-sm-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elka-na-podstavke-14-5h5h30-sm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-17h4h15-sm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-novogodnyaya-el-14-5x4-5x1-6-cm-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-rozovyy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-s-olenem-12x6x21-5-sm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-semeystvo-oleney-30h5h15-7-sm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-el-so-snezhinkami-9-5x6x31-sm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskaya-skazka-44-5x6x24-sm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskiy-olen-11h5h47-sm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-borodach-7x4-5x18-sm-neon-night" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-ded-moroz-18-sm-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I28"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -698,791 +698,791 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>699</v>
+        <v>761.73</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>36</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>749</v>
+        <v>710.88</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>128</v>
+        <v>48</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1242.86</v>
+        <v>761.73</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>24</v>
+        <v>128</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1264.56</v>
+        <v>1531.94</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>373.75</v>
+        <v>1531.94</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>313</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>192</v>
+        <v>12</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>460</v>
+        <v>361</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>96</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>623.75</v>
+        <v>178.27</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>432</v>
+        <v>275</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>96</v>
+        <v>300</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>175.29</v>
+        <v>178.27</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>175.29</v>
+        <v>738.88</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>300</v>
+        <v>72</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>175.29</v>
+        <v>1531.94</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>592</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>300</v>
+        <v>12</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>407</v>
+        <v>238</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>24</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1264.56</v>
+        <v>1967.96</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>175.29</v>
+        <v>507.48</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1367</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>300</v>
+        <v>48</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>699</v>
+        <v>178.27</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>48</v>
+        <v>300</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1935.06</v>
+        <v>1286.06</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>749</v>
+        <v>1531.94</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1935.06</v>
+        <v>507.48</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>499</v>
+        <v>178.27</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>48</v>
+        <v>300</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>48</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>499</v>
+        <v>710.88</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1506.33</v>
+        <v>1531.94</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>12</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1506.33</v>
+        <v>1263.99</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1506.33</v>
+        <v>1967.96</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1506.33</v>
+        <v>1286.06</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1506.33</v>
+        <v>380.1</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1</v>
+        <v>270</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>12</v>
+        <v>192</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>807.25</v>
+        <v>634.35</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>2</v>
+        <v>332</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>