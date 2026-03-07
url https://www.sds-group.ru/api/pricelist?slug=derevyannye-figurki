--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -42,210 +42,210 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Деревянные фигурки</t>
   </si>
   <si>
+    <t>504-013</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Ель со снежинками 9,5x6x31 см</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>504-008</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гномик-бородач 7x4,5x18 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-016</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Дед Мороз 18 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-017</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Снеговик 18 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-031</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Новогодняя ель 14,5x4,5x1,6 cм, 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-032</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Елочки 14,5x4,5x1,6 cм, 6 шт, розовые NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-033</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Звездочки 16x4,5x1,3 cм, бирюзовые 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-034</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Звездочки 16x4,5x1,3 cм, розовые, 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-009</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гном с носком 15х4х17 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-019</t>
+  </si>
+  <si>
+    <t>Деревянная фигура с подсветкой Домик Звездочета бирюзовая 26х7х25 см, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-002</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка с оленем 12x6x21,5 см</t>
+  </si>
+  <si>
+    <t>504-012</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 11,5x5x19 см</t>
+  </si>
+  <si>
     <t>504-023</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Волшебный фонарик 13,8x11x11 см</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>504-022</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Звездочка 24x13x3,6 см</t>
   </si>
   <si>
+    <t>504-021</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Рождественская сказка 44,5x6x24 см</t>
+  </si>
+  <si>
+    <t>504-024</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Домик в лесу 19х6х26 см</t>
+  </si>
+  <si>
+    <t>504-025</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 20х6,5х29 см</t>
+  </si>
+  <si>
+    <t>504-004</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гномик 17х4х15 см</t>
+  </si>
+  <si>
+    <t>504-005</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Рождественский Олень Синий 10,5x4x18 см</t>
+  </si>
+  <si>
+    <t>504-006</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Рождественский Олень Розовый 10,5x4x18 см</t>
+  </si>
+  <si>
+    <t>504-007</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Рождественский олень 11х5х47 см</t>
+  </si>
+  <si>
+    <t>504-026</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Семейство оленей 30х5х15,7 см</t>
+  </si>
+  <si>
     <t>504-044</t>
   </si>
   <si>
     <t>Деревянная фигурка Игрушечный пони белый 25х5,5х26,5 см</t>
   </si>
   <si>
+    <t>504-028</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елка на подставке 14,5х5х30 см</t>
+  </si>
+  <si>
     <t>504-027</t>
   </si>
   <si>
     <t>Деревянная фигура с подсветкой Звезда двойная 30х4х30 см</t>
   </si>
   <si>
-    <t>504-017</t>
-[...16 lines deleted...]
-  <si>
     <t>504-011</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Елочка 9x5x19 см</t>
-  </si>
-[...100 lines deleted...]
-    <t>Деревянная фигурка с подсветкой Дед Мороз 18 см NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -630,51 +630,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-volshebnyy-fonarik-13-8x11x11-sm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-11-5x5x19-sm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-zvezdochka-24x13x3-6-sm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-igrushechnyy-poni-belyy-25h5-5h26-5-sm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-zvezda-dvoynaya-30h4h30-sm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-snegovik-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-rozovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-elochki-14-5x4-5x1-6-cm-6-sht-rozovye-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-9x5x19-sm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-domik-v-lesu-19h6h26-sm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnom-s-noskom-15h4h17-sm-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-20h6-5h29-sm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-siniy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-biryuzovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-domik-zvezdocheta-biryuzovaya-26h7h25-sm-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elka-na-podstavke-14-5h5h30-sm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-17h4h15-sm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-novogodnyaya-el-14-5x4-5x1-6-cm-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-rozovyy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-s-olenem-12x6x21-5-sm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-semeystvo-oleney-30h5h15-7-sm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-el-so-snezhinkami-9-5x6x31-sm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskaya-skazka-44-5x6x24-sm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskiy-olen-11h5h47-sm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-borodach-7x4-5x18-sm-neon-night" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-ded-moroz-18-sm-neon-night" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-el-so-snezhinkami-9-5x6x31-sm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-borodach-7x4-5x18-sm-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-ded-moroz-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-snegovik-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prishchepki-novogodnyaya-el-14-5x4-5x1-6-cm-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prishchepki-elochki-14-5x4-5x1-6-cm-6-sht-rozovye-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prishchepki-zvezdochki-16x4-5x1-3-cm-biryuzovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prishchepki-zvezdochki-16x4-5x1-3-cm-rozovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnom-s-noskom-15h4h17-sm-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-domik-zvezdocheta-biryuzovaya-26h7h25-sm-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-s-olenem-12x6x21-5-sm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-11-5x5x19-sm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-volshebnyy-fonarik-13-8x11x11-sm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-zvezdochka-24x13x3-6-sm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskaya-skazka-44-5x6x24-sm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-domik-v-lesu-19h6h26-sm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-20h6-5h29-sm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-17h4h15-sm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-siniy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-rozovyy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskiy-olen-11h5h47-sm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-semeystvo-oleney-30h5h15-7-sm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-igrushechnyy-poni-belyy-25h5-5h26-5-sm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elka-na-podstavke-14-5h5h30-sm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-zvezda-dvoynaya-30h4h30-sm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-9x5x19-sm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I28"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -698,791 +698,791 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>761.73</v>
+        <v>884.79</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>710.88</v>
+        <v>304.08</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>48</v>
+        <v>192</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>761.73</v>
+        <v>507.48</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1531.94</v>
+        <v>507.48</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1531.94</v>
+        <v>124.79</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>12</v>
+        <v>300</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>634.35</v>
+        <v>151.53</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>361</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>96</v>
+        <v>300</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>275</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>300</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>178.27</v>
+        <v>151.53</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>166</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>738.88</v>
+        <v>304.08</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1531.94</v>
+        <v>900.24</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>380.1</v>
+        <v>497.62</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>238</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1967.96</v>
+        <v>497.62</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>507.48</v>
+        <v>533.21</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>178.27</v>
+        <v>609.38</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>300</v>
+        <v>128</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1286.06</v>
+        <v>1377.57</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1531.94</v>
+        <v>1072.36</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>507.48</v>
+        <v>1377.57</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>178.27</v>
+        <v>355.24</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>300</v>
+        <v>48</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>507.48</v>
+        <v>355.24</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>48</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>710.88</v>
+        <v>355.24</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1531.94</v>
+        <v>900.24</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1263.99</v>
+        <v>1072.36</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1967.96</v>
+        <v>1072.36</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1286.06</v>
+        <v>1072.36</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>24</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>380.1</v>
+        <v>1072.36</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>192</v>
+        <v>12</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>634.35</v>
+        <v>517.22</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>332</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>