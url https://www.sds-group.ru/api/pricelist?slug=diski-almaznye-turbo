--- v0 (2025-10-20)
+++ v1 (2025-12-16)
@@ -557,51 +557,51 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>316.22</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">