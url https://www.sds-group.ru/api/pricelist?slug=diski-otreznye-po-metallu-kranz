--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -42,141 +42,141 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Диски отрезные по металлу Kranz</t>
   </si>
   <si>
+    <t>KR-90-0912</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>KR-90-0902</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 115х1,0х22,23мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-90-0923</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 150х1,2х22,23мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0914-4</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,6х22,23мм, металлический бокс, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-90-0946</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х3,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0912-4</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,0х22,23мм, металлический бокс, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0913-4</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,2х22,23мм, металлический бокс, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0913</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,2х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0943</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х1,8х22,23мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0932</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 180х1,6х22,23мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0944</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х2,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0914</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,6х22,23мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0945</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 230х2,5х22,23мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0914</t>
-[...13 lines deleted...]
-  <si>
     <t>KR-90-0947</t>
   </si>
   <si>
-    <t>Диск отрезной по металлу (230х6,0х22,23мм) KRANZ</t>
-[...41 lines deleted...]
-    <t>Диск отрезной по металлу (125х1,2х22,23мм) металлический бокс, 10 шт. KRANZ</t>
+    <t>Диск отрезной по металлу 230х6,0х22,23мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -561,51 +561,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-115h1-0h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-150h1-2h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-180h1-6h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-5h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-metallicheskiy-boks-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h6-0h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-metallicheskiy-boks-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h1-8h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-0h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h3-0h22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-metallicheskiy-boks-10-sht-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23-mm-kranz-24720" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-115h1-0h22-23-mm-kranz-24719" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-150h1-2h22-23-mm-kranz-24722" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-metallicheskiy-boks-10-sht-kranz-31458" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h3-0h22-23mm-kranz-31454" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-metallicheskiy-boks-10-sht-kranz-31456" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-metallicheskiy-boks-10-sht-kranz-31457" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23-mm-kranz-24721" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h1-8h22-23-mm-kranz-24724" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-180h1-6h22-23-mm-kranz-24723" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-0h22-23-mm-kranz-27024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23-mm-kranz-27023" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-5h22-23-mm-kranz-27025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h6-0h22-23mm-kranz-31455" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I16"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -629,443 +629,443 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>51.15</v>
+        <v>56.12</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>20667</v>
+        <v>55331</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>400</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>102.73</v>
+        <v>51.15</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>50</v>
+        <v>18119</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>141.26</v>
+        <v>102.73</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>6394</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>209.58</v>
+        <v>797.78</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>260</v>
+        <v>333</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>65.39</v>
+        <v>240.79</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>23069</v>
+        <v>84</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" s="3">
         <v>587.01</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>2667</v>
+        <v>2671</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>421.07</v>
+        <v>571.54</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>81</v>
+        <v>1125</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>797.78</v>
+        <v>59.94</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>297</v>
+        <v>10902</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>56.12</v>
+        <v>182.43</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>111236</v>
+        <v>1076</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>59.94</v>
+        <v>141.26</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>59660</v>
+        <v>5411</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>182.43</v>
+        <v>188.02</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>6898</v>
+        <v>209</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>188.02</v>
+        <v>65.39</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2429</v>
+        <v>7609</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>240.79</v>
+        <v>209.58</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>159</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>571.54</v>
+        <v>421.07</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1439</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
   </hyperlinks>