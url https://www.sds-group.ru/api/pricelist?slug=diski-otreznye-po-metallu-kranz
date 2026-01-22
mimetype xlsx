--- v1 (2025-12-04)
+++ v2 (2026-01-22)
@@ -42,141 +42,141 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Диски отрезные по металлу Kranz</t>
   </si>
   <si>
+    <t>KR-90-0945</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х2,5х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-90-0913</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,2х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0932</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 180х1,6х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0944</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х2,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0947</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х6,0х22,23мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0912</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 125х1,0х22,23мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-90-0912-4</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,0х22,23мм, металлический бокс, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>упак</t>
   </si>
   <si>
     <t>KR-90-0902</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 115х1,0х22,23мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0923</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 150х1,2х22,23мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0943</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х1,8х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0914</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,6х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0946</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х3,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0913-4</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,2х22,23мм, металлический бокс, 10 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0914-4</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 125х1,6х22,23мм, металлический бокс, 10 шт. KRANZ</t>
-  </si>
-[...61 lines deleted...]
-    <t>Диск отрезной по металлу 230х6,0х22,23мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -561,51 +561,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23-mm-kranz-24720" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-115h1-0h22-23-mm-kranz-24719" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-150h1-2h22-23-mm-kranz-24722" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-metallicheskiy-boks-10-sht-kranz-31458" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h3-0h22-23mm-kranz-31454" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-metallicheskiy-boks-10-sht-kranz-31456" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-metallicheskiy-boks-10-sht-kranz-31457" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23-mm-kranz-24721" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h1-8h22-23-mm-kranz-24724" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-180h1-6h22-23-mm-kranz-24723" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-0h22-23-mm-kranz-27024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23-mm-kranz-27023" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-5h22-23-mm-kranz-27025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h6-0h22-23mm-kranz-31455" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-5h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-180h1-6h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h6-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-115h1-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-150h1-2h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h1-8h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h3-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I16"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -629,443 +629,443 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>56.12</v>
+        <v>213.14</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>55331</v>
+        <v>5831</v>
       </c>
       <c r="G3" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>51.15</v>
+        <v>60.96</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>18119</v>
+        <v>106661</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>102.73</v>
+        <v>143.66</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>7489</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>797.78</v>
+        <v>191.22</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>333</v>
+        <v>2446</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>240.79</v>
+        <v>428.23</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>84</v>
+        <v>4</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>587.01</v>
+        <v>57.07</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2671</v>
+        <v>147986</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
+      <c r="C9" s="3">
+        <v>596.99</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="C9" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>1125</v>
+        <v>2300</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>40</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>59.94</v>
+        <v>52.02</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>10902</v>
+        <v>18307</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>400</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>182.43</v>
+        <v>104.48</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1076</v>
+        <v>23937</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>141.26</v>
+        <v>185.53</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>5411</v>
+        <v>14242</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>188.02</v>
+        <v>66.5</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>209</v>
+        <v>56142</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>65.39</v>
+        <v>244.88</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>7609</v>
+        <v>910</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>209.58</v>
+        <v>581.26</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F15" s="3">
+        <v>527</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>40</v>
+      </c>
+      <c r="I15" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>421.07</v>
+        <v>811.34</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>228</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
   </hyperlinks>