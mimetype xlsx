--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -42,129 +42,129 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Диски отрезные по металлу Kranz</t>
   </si>
   <si>
+    <t>KR-90-0902</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 115х1,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-90-0912</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,0х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0913</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,2х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0923</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 150х1,2х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0932</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 180х1,6х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0943</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х1,8х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0914</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 125х1,6х22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0944</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х2,0х22,23мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0945</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 230х2,5х22,23мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t>Диск отрезной по металлу 230х2,0х22,23мм KRANZ</t>
+    <t>KR-90-0946</t>
+  </si>
+  <si>
+    <t>Диск отрезной по металлу 230х3,0х22,23мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0947</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 230х6,0х22,23мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0912</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-90-0912-4</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 125х1,0х22,23мм, металлический бокс, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>упак</t>
-  </si>
-[...28 lines deleted...]
-    <t>Диск отрезной по металлу 230х3,0х22,23мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0913-4</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 125х1,2х22,23мм, металлический бокс, 10 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-90-0914-4</t>
   </si>
   <si>
     <t>Диск отрезной по металлу 125х1,6х22,23мм, металлический бокс, 10 шт. KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -561,51 +561,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-5h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-180h1-6h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h6-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-115h1-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-150h1-2h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h1-8h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h3-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-115h1-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-150h1-2h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-180h1-6h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h1-8h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h2-5h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h3-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-230h6-0h22-23mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-0h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-2h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-otreznoy-po-metallu-125h1-6h22-23mm-metallicheskiy-boks-10-sht-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I16"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -629,437 +629,437 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>213.14</v>
+        <v>44.22</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>5831</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>60.96</v>
+        <v>51.36</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>106661</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>143.66</v>
+        <v>54.86</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>7489</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>191.22</v>
+        <v>94.03</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2446</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>428.23</v>
+        <v>129.29</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>57.07</v>
+        <v>166.98</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>147986</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>596.99</v>
+        <v>59.85</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2300</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>52.02</v>
+        <v>172.1</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>18307</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>104.48</v>
+        <v>191.83</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>23937</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>185.53</v>
+        <v>220.39</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>14242</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>66.5</v>
+        <v>385.41</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>56142</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="3">
+        <v>537.29</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C14" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>910</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>581.26</v>
+        <v>523.13</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>527</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>811.34</v>
+        <v>730.21</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>228</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>40</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>